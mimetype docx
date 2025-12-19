--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re11528ecdaf141ce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8b58063d1ff74833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfb296d1e81b7458d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rccafff04dffd47c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1487fc0a25a14fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R211f6f869e384b26" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eget congue, laoreet ullamcorper elit adipiscing turpis feugiat, ac dolore ante et praesent praesent sem ullamcorper tellus molestie, mauris felis felis elit id adipiscing. Tempus nisi magna dolore ut lobortis, nunc nisi erat, lorem sed erat, massa et mi lobortis tincidunt massa, congue aliquam dolor pulvinar pharetra amet. Turpis consectetur nonummy at nonummy felis eget felis non aliquet, et dolore pulvinar et aliquam sit id nibh ac sit, euismod nibh magna sit. Id non ante magna dolor, molestie mi donec pharetra mauris praesent tincidunt, amet eget sem nunc sed nonummy sem massa tempus, nonummy sem massa. </w:t>
+        <w:t xml:space="preserve">Feugiat adipiscing ante lorem consectetur, eget proin lobortis aliquam consectetur felis sem ut tempus sit nonummy, consectetur mauris non nonummy id et et ut ac ipsum, pulvinar id ullamcorper tincidunt. Sit non nibh ac donec ipsum nonummy elit at, tellus aliquet laoreet nibh, nunc ante nisi tempus pulvinar nonummy elit mauris felis elit volutpat aliquet mi tincidunt congue, nisi nisi. Magna lorem feugiat ipsum amet consectetur pulvinar amet at mauris id mauris molestie volutpat volutpat aliquet diam diam nibh ut aliquam erat pharetra pharetra amet, nonummy elit mauris id volutpat. Volutpat tellus ullamcorper sem volutpat et lobortis ac tempus erat ac sit, adipiscing elit at mauris tellus aliquet diam ante ante, tincidunt ut ut donec erat dolor consectetur adipiscing felis. Volutpat et ante tincidunt tincidunt nisi feugiat consectetur molestie praesent massa dolore erat f</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Erat pharetra volutpat mi congue lorem adipiscing ullamcorper lobortis aliquam turpis euismod laoreet aliquam sit laoreet aliquam sit id et magna sit felis, sem. Lobortis, erat consectetur volutpat massa tempus nonummy non lobortis aliquam amet non nibh donec pharetra eget praesent tincidunt, consectetur euismod laoreet magna turpis id. Et ut feugiat id et magna sit id et congue, feugiat felis diam ut feugiat tempus nonummy non massa tempus elit sem, lobortis tempus. Amet non massa erat amet molestie ante donec dolor eget, ante dolore dolor mauris aliquet tincidunt ac, turpis, et nisi, ipsum elit diam nisi. </w:t>
+        <w:t xml:space="preserve">eugiat pharetra adipiscing id euismod volutpat euismod volutpat molestie tellus diam diam ut ac aliquam, ut tempus. Erat pharetra at adipiscing ante ut aliquam tempus sed nonummy mauris tellus tellus diam et massa nunc massa massa, congue ut aliquam ipsum dolor sit turpis, adipiscing elit at id. Aliquet laoreet laoreet congue nisi dolore, magna aliquam erat pulvinar, elit diam nibh ut nibh massa, laoreet dolore ac aliquam dolore ac tempus tempus dolor pharetra consectetur amet nonummy adipiscing. Nonummy id non non praesent mi sem praesent laoreet lobortis ut donec lorem feugiat, consectetur felis euismod ullamcorper tellus aliquet et et lobortis, nisi tempus turpis felis ullamcorper mi congue. Ac nonummy, eget non aliquet laoreet, dolore erat erat sed dolor, turpis felis, euismod euismod sem ante nisi aliquam ipsum amet eget diam tincidunt ac dolor, elit, sem, ante nunc. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R331a6cf022f141a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdbcba1e09e2244f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9a956ee65a6c4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4463f9467de74dee" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R18a8babe7a8c4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2fc835ff875444e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7fa14d86d72f46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc5995121e8344cce" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>