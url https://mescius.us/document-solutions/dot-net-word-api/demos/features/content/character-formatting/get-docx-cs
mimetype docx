--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rccafff04dffd47c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1487fc0a25a14fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R211f6f869e384b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0fcab18dc15748f3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R41b1c4dc88b54430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd24983bb5c3c4f7c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Feugiat adipiscing ante lorem consectetur, eget proin lobortis aliquam consectetur felis sem ut tempus sit nonummy, consectetur mauris non nonummy id et et ut ac ipsum, pulvinar id ullamcorper tincidunt. Sit non nibh ac donec ipsum nonummy elit at, tellus aliquet laoreet nibh, nunc ante nisi tempus pulvinar nonummy elit mauris felis elit volutpat aliquet mi tincidunt congue, nisi nisi. Magna lorem feugiat ipsum amet consectetur pulvinar amet at mauris id mauris molestie volutpat volutpat aliquet diam diam nibh ut aliquam erat pharetra pharetra amet, nonummy elit mauris id volutpat. Volutpat tellus ullamcorper sem volutpat et lobortis ac tempus erat ac sit, adipiscing elit at mauris tellus aliquet diam ante ante, tincidunt ut ut donec erat dolor consectetur adipiscing felis. Volutpat et ante tincidunt tincidunt nisi feugiat consectetur molestie praesent massa dolore erat f</w:t>
+        <w:t xml:space="preserve">Et id, sed nibh non at, feugiat congue et laoreet ut nibh, ut erat tempus dolor turpis nonummy. Adipiscing mauris euismod sem praesent laoreet ut donec feugiat turpis eget, tellus diam nibh dolore lorem pulvinar consectetur. Felis euismod ante nunc magna ipsum pharetra felis euismod et nunc consectetur molestie diam nibh donec sed, turpis. Elit, tellus praesent tincidunt nisi, ac tempus, pharetra felis euismod proin, massa magna feugiat adipiscing ullam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">eugiat pharetra adipiscing id euismod volutpat euismod volutpat molestie tellus diam diam ut ac aliquam, ut tempus. Erat pharetra at adipiscing ante ut aliquam tempus sed nonummy mauris tellus tellus diam et massa nunc massa massa, congue ut aliquam ipsum dolor sit turpis, adipiscing elit at id. Aliquet laoreet laoreet congue nisi dolore, magna aliquam erat pulvinar, elit diam nibh ut nibh massa, laoreet dolore ac aliquam dolore ac tempus tempus dolor pharetra consectetur amet nonummy adipiscing. Nonummy id non non praesent mi sem praesent laoreet lobortis ut donec lorem feugiat, consectetur felis euismod ullamcorper tellus aliquet et et lobortis, nisi tempus turpis felis ullamcorper mi congue. Ac nonummy, eget non aliquet laoreet, dolore erat erat sed dolor, turpis felis, euismod euismod sem ante nisi aliquam ipsum amet eget diam tincidunt ac dolor, elit, sem, ante nunc. </w:t>
+        <w:t xml:space="preserve">corper ante dolore. Sed turpis non praesent congue lorem pulvinar at id diam lobortis erat dolor at id aliquet massa magna. Ipsum nonummy eget proin laoreet nisi sed molestie ullamcorper ante nunc ac feugiat nonummy volutpat mi congue ac. Pulvinar elit non laoreet ut ipsum nonummy mauris id sem massa magna tempus turpis volutpat proin dolor at. Molestie diam proin congue ac pulvinar, elit, non mi congue tempus pulvinar at euismod et, nunc magna feugiat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R18a8babe7a8c4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2fc835ff875444e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7fa14d86d72f46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc5995121e8344cce" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R23c55a6ceac34ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R04aeea31e43b4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R582a22e861cd4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R48b2507d78124819" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>