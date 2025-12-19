--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rba65637383c2446f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7b0eb244b67b451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R63454629451d40e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re9d308e6b095467c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2aa401ba8baa4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4b3e378f89e84e0e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lorem"/>
         </w:rPr>
-        <w:t xml:space="preserve">Adipiscing lorem ut et aliquet molestie at pharetra sed sed tempus ac donec lorem pulvinar. Erat tempus erat ipsum lorem dolor feugiat, dolor sed feugiat pharetra turpis consectetur volutpat id. Mauris volutpat tellus non praesent ante mi ante lobortis laoreet ante, tincidunt dolore magna, aliquam. Ac donec tempus, sed sit pharetra nonummy consectetur sem mi lobortis massa nisi congue ac. Erat feugiat amet mauris euismod sem mi nibh tincidunt, nunc congue, aliquam, sed feug</w:t>
+        <w:t xml:space="preserve">Consectetur dolor consectetur amet pharetra, at at nonummy consectetur amet. Tellus sem euismod volutpat felis nonummy pulvinar sed donec, congue. Nunc laoreet massa laoreet proin aliquet molestie felis consectetur, dolor. Tempus congue massa diam tellus eget euismod mauris amet ipsum. Erat aliquam, congue ut mi s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ipsum"/>
         </w:rPr>
-        <w:t xml:space="preserve">iat dolor. Amet at felis volutpat aliquet ut congue tempus pharetra turpis nonummy mauris euismod sem laoreet. Massa lobortis nunc ut dolore aliquam sed feugiat, feugiat pulvinar consectetur nonummy at et mi. Proin et, ante nibh laoreet ut dolore nisi ac, tempus feugiat erat feugiat pharetra sit. Consectetur nonummy at id non praesent nibh tincidunt ut dolore turpis at id, non ullamcorper. Non praesent ante congue nisi erat feugiat amet at id non ullamcorper proin et ante. </w:t>
+        <w:t xml:space="preserve">em euismod mauris nonummy pulvinar. Sed donec congue ante diam euismod mauris, nonummy sit erat. Aliquam congue ullamcorper id eget adipiscing dolor tempus nisi nunc. Ante praesent tellus consectetur pulvinar lorem dolore lobortis mi sem. Euismod adipiscing amet feugiat erat ante ullamcorper molestie, nonummy sit. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -591,51 +591,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R81feebe74214457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2feb586a47b145ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51a36bd603e34ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfd8f52fb49c745bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R52dfe8e18bdf49db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reaeb4b46ad7f4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re2c4d7674c8c4824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Radf5313267fb4a1b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>