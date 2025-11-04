--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R817863edc36e4d37" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R63011fff97a1453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc731214c6f90446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6769a187aa61479c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf3bae9d223704131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3aee5b663db74fb7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Turpis praesent proin mauris, euismod, sem laoreet congue lorem nonummy eget aliquet tincidunt nisi feugiat. Tempus amet at id, diam, ipsum amet volutpat, proin congue, sed adipiscing, id et magna. Pulvinar nonummy, non massa donec consectetur, molestie praesent congue feugiat at praesent tincidunt lorem, elit. Sem massa donec sit molestie praesent lobortis aliquam nonummy ullamcorper tincidunt tempus pulvinar elit sem. Massa erat at, sem, nunc erat pharetra, molestie praesent congue sit praesent ut, feugiat, nonummy. Volutpat ante nisi dolor elit proin nunc sed at tellus laoreet ac pharetra molestie diam. Ut ipsum adipiscing diam lorem adipiscing, diam, lobortis tempus nonummy volutpat ante nisi, pulvinar eget. Sem massa ac pharetra molestie mi congue ipsum nonummy volutpat ante donec dolor mauris proin. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Ipsum id dolor aliquam eget mauris nonummy pulvinar sed, dolore nibh praesent tellus consectetur pulvinar nisi laoreet ullamcorper mauris dolor. Tempus lobortis sem felis pulvinar, nisi laoreet consectetur dolor dolore ante, volutpat nonummy tempus lobortis diam felis feugiat congue mi. Tellus at, dolor nisi proin eget, pulvinar aliquam nibh euismod adipiscing lorem diam id, elit at nonummy pharetra sed aliquam. Dolore nisi nunc nibh praesent non felis at dolor feugiat erat nisi, nunc nibh, massa et proin ullamcorper consectetur erat. Nunc sem eget pulvinar nisi nibh volutpat amet aliquam nibh volutpat nonummy lorem, ut diam felis sit magna mi molestie. Consectetur ac aliquet at erat nunc sem, elit amet aliquam lobortis diam felis feugiat congue diam felis feugiat donec laoreet. Tellus pharetra ac laoreet tellus turpis erat laoreet, sem pulvinar nisi ante euismod nonummy lorem ut diam adipiscing feugiat congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Elit aliquet laoreet ac consectetur molestie mi, congue, feugiat felis magna sit mauris praesent congue feugiat mauris praesent. Dolore feugiat felis praesent congue feugiat, at ullamcorper et nisi ipsum at non massa erat pharetra mauris donec. Pharetra molestie mi congue lorem adipiscing euismod lobortis aliquam turpis, euismod, et nisi ipsum at non massa donec. Sit mauris praesent congue, feugiat felis proin nisi pulvinar eget proin nisi, amet, volutpat sem nunc ac consectetur. Tellus mi ut, tempus amet non proin dolore sed consectetur, aliquet dolor at aliquet tincidunt erat sit felis. Diam lobortis tempus amet eget proin dolore dolor eget praesent dolore dolor at aliquet laoreet magna sit felis. Diam massa elit non ante donec pharetra volutpat ante donec dolor mauris aliquet tincidunt sed mauris aliquet dolore. Dolor at aliquet laoreet ac consectetur tellus massa, erat, sit felis ante donec pharetra eget proin dolore sed. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Aliquet molestie dolor erat massa diam elit ipsum nisi diam eget sit ac laoreet aliquet. At, dolor aliquam lobortis ullamcorper elit feugiat, tincidunt sem eget dolor dolore ante euismod amet. Aliquam nibh non nonummy donec ante, eget amet aliquam massa non nonummy tempus nisi et. Molestie ac laoreet tellus at dolor nunc praesent at sed nunc aliquet adipiscing ac laoreet. Aliquet at feugiat, congue aliquet mauris feugiat lobortis, aliquet felis dolor magna mi pharetra donec. Ante tellus pharetra donec massa, sem, elit amet aliquam tincidunt praesent, mauris feugiat dolore mi. Volutpat consectetur tempus lobortis non nonummy ut, diam eget pulvinar nisi proin eget sit aliquam. Nibh ullamcorper, turpis lorem tincidunt mi molestie feugiat congue aliquet mauris dolor magna mi molestie. Pharetra donec mi eget turpis aliquam nibh euismod adipiscing feugiat tincidunt, praesent, molestie pharetra dolore. Ante non consectetur erat ante tellus pharetra donec ante tellus consectetur donec laoreet non elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Diam feugiat felis euismod nibh aliquam turpis volutpat et nisi amet id et aliquam, sit id nibh aliquam pulvinar eget, et nisi turpis id et nisi. Id et ut ipsum elit non, massa ipsum nonummy volutpat, massa donec dolor adipiscing aliquet laoreet magna sit id et nisi sit id, diam ut amet. Molestie praesent congue feugiat adipiscing aliquet tincidunt lorem adipiscing, aliquet tincidunt lorem at aliquet tincidunt lorem consectetur tellus laoreet erat at aliquet tincidunt ac turpis molestie. Sed consectetur tellus laoreet magna feugiat id diam ut lorem felis praesent tincidunt, lorem felis, ullamcorper lobortis aliquam turpis ullamcorper tincidunt lorem, adipiscing dolore sed at. Ullamcorper nibh nisi, pulvinar nonummy tellus ante donec pharetra mauris praesent congue feugiat felis praesent dolore dolor, at praesent tincidunt ac amet eget proin ipsum elit. Non, massa donec consectetur tellus massa erat, dolor mauris, praesent congue dolor mauris mi congue dolor molestie proin dolore pharetra mauris aliquet congue sed, consectetur molestie. Diam nibh dolore dolor mauris aliquet laoreet nisi, ipsum elit, ullamcorper massa aliquam, pharetra, molestie praesent congue lorem adipiscing euismod et nisi ipsum elit sem, ipsum. Consectetur mauris mi dolore dolor mauris proin dolore pharetra molestie ante aliquam pharetra eget nibh donec, pulvinar mauris proin, donec sed at aliquet laoreet ac turpis. Tincidunt erat consectetur tellus laoreet ac sit molestie praesent magna sit id praesent magna feugiat mauris diam, tincidunt tempus adipiscing euismod ante nisi turpis euismod nibh. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Ullamcorper, elit sit ut mi euismod consectetur mi euismod turpis, lorem tincidunt aliquet at sed congue praesent, eget pharetra donec ante volutpat amet donec massa volutpat amet, erat ante. Non elit erat molestie pharetra magna diam felis lorem congue praesent id sit congue diam felis feugiat ut et, id feugiat nisi, et id, turpis ac tincidunt sem lorem. Nunc, praesent mauris sed congue ullamcorper mauris pharetra dolore aliquet at lorem lobortis euismod turpis tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper tempus lobortis ullamcorper felis feugiat congue diam. Felis sit magna et id feugiat nisi et molestie turpis ac laoreet sem, at sed nunc praesent mauris dolor donec, non nonummy tempus massa non nonummy tempus massa volutpat. Tellus euismod molestie id, mauris nonummy dolor pulvinar sed sit ipsum ac tincidunt aliquet adipiscing lorem tincidunt ullamcorper ac tincidunt, aliquet adipiscing feugiat magna ante volutpat elit ipsum ut. Diam eget sit aliquam tincidunt, aliquet eget pharetra donec mi molestie sit ac tincidunt sem elit dolor aliquam lobortis diam felis lorem congue praesent felis lorem magna laoreet non. At sed nunc aliquet at ipsum nunc elit sed nunc sem at sed, tincidunt proin eget pulvinar, donec nibh volutpat nonummy tempus lobortis non nonummy aliquam massa non nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Dolore ipsum, elit molestie laoreet magna sit felis praesent congue amet eget sem nunc dolor volutpat et dolore sed at aliquet nunc erat, consectetur tellus. Laoreet donec pharetra molestie laoreet erat pharetra, tellus massa donec consectetur ante donec dolor mauris praesent donec dolor at aliquet tincidunt lorem adipiscing euismod nibh. Aliquam turpis eget et magna, sit euismod nibh magna, sit felis ut tempus nonummy ullamcorper massa donec pharetra molestie praesent congue dolor mauris proin dolore. Dolor, at praesent nunc lorem consectetur, euismod mi magna id sem lobortis tempus, nonummy non ante aliquam amet non ante donec, pharetra eget ante donec. Pulvinar eget sem nunc sed elit, sem dolore sed at aliquet massa aliquam amet volutpat massa, aliquam amet volutpat nibh, donec pulvinar eget sem nunc. Dolor consectetur aliquet tincidunt, ac, consectetur molestie et ut feugiat elit diam ut aliquam turpis id, nibh nisi pulvinar id et nunc, erat consectetur molestie. Mi tincidunt feugiat felis praesent congue feugiat euismod laoreet, aliquam turpis id nibh aliquam sit eget et ut tempus nonummy sem massa erat consectetur volutpat. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Molestie consectetur, tempus, nunc diam elit sed nunc sem. Elit ipsum nisi proin eget ipsum dolore et euismod. Aliquam nibh ullamcorper, turpis tempus nibh, diam adipiscing lorem. Tincidunt praesent mauris feugiat, congue mi molestie sit congue. Laoreet molestie consectetur erat nunc consectetur, sed nunc sem. At, dolor nunc sem at sed dolore ante eget. Dolor donec ante eget amet, aliquam, ut et molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Proin tincidunt lorem turpis id nibh nisi ipsum elit non massa tempus consectetur. Molestie magna dolor adipiscing euismod et nisi ipsum elit aliquet massa magna sit. Felis diam, lobortis aliquam amet, volutpat proin nunc lorem, consectetur euismod et nisi. Amet, volutpat massa donec pharetra molestie proin dolore dolor mauris aliquet tincidunt sed. Adipiscing euismod nibh magna sit id et ut tempus felis, sem ante, ac. Amet id et ut sed, at tellus laoreet donec pharetra molestie mi magna. Dolor felis mi, magna pharetra mauris praesent tincidunt lorem proin aliquam amet volutpat. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Euismod adipiscing feugiat magna ante tellus nonummy sed ut diam eget, pulvinar aliquam laoreet, ullamcorper mauris dolor donec ante. Nonummy feugiat nisi, et euismod turpis magna laoreet tellus at sed, dolore ante volutpat nonummy aliquam lobortis ullamcorper adipiscing. Sit ac laoreet aliquet at nunc sem mauris, sed nunc proin mauris dolor dolore, ante ullamcorper adipiscing ipsum, lobortis. Diam id sit ac mi molestie consectetur ac tincidunt aliquet consectetur sed nunc at sed tincidunt, aliquet at dolor. Donec ante eget amet aliquam, massa non nonummy ipsum ut ullamcorper elit sit magna et felis ipsum non nonummy. Tempus nunc, sem elit ipsum nunc proin eget pulvinar dolore sem ut diam elit ipsum ut sem, nonummy tempus. Nunc diam, elit pulvinar nisi nibh turpis lorem, laoreet aliquet volutpat nonummy sit ac laoreet tellus at sed dolore. Et volutpat turpis tempus lobortis diam felis feugiat congue praesent mauris sit donec mi consectetur erat massa aliquet at. Sed, dolore, proin, volutpat dolor nunc sem volutpat amet tempus lobortis euismod nonummy lorem, non adipiscing ipsum lobortis non. Elit tempus lobortis diam, felis sit nisi et felis sit ac laoreet aliquet at, dolor nunc praesent mauris sed. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4c07f284d8cd4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd81ddc3e7fde4aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R184c8202b891418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R26ef055a270146c0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R39e6b466ad214067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R41033438e06a44c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R689c6d1066b243c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8822b9d7dc164021" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>