--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6769a187aa61479c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf3bae9d223704131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3aee5b663db74fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R06dd956796774550" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb974062c41564f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rade7a77fa9544817" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Ipsum id dolor aliquam eget mauris nonummy pulvinar sed, dolore nibh praesent tellus consectetur pulvinar nisi laoreet ullamcorper mauris dolor. Tempus lobortis sem felis pulvinar, nisi laoreet consectetur dolor dolore ante, volutpat nonummy tempus lobortis diam felis feugiat congue mi. Tellus at, dolor nisi proin eget, pulvinar aliquam nibh euismod adipiscing lorem diam id, elit at nonummy pharetra sed aliquam. Dolore nisi nunc nibh praesent non felis at dolor feugiat erat nisi, nunc nibh, massa et proin ullamcorper consectetur erat. Nunc sem eget pulvinar nisi nibh volutpat amet aliquam nibh volutpat nonummy lorem, ut diam felis sit magna mi molestie. Consectetur ac aliquet at erat nunc sem, elit amet aliquam lobortis diam felis feugiat congue diam felis feugiat donec laoreet. Tellus pharetra ac laoreet tellus turpis erat laoreet, sem pulvinar nisi ante euismod nonummy lorem ut diam adipiscing feugiat congue. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Tellus consectetur adipiscing felis euismod non aliquet non tellus praesent diam, proin praesent diam. Nibh, ante et proin euismod volutpat tellus volutpat felis, consectetur ipsum lorem ante ullamcorper. Non ullamcorper, volutpat id eget turpis elit, sit dolor, lorem, tempus ac aliquam magna. Nisi dolore, ut massa proin ullamcorper non tellus eget feugiat dolore mi sem euismod. Elit felis nonummy pulvinar lorem aliquam ut massa laoreet praesent ullamcorper id elit turpis. Dolor sit sed ac, tincidunt massa et mauris nonummy sit sed lorem aliquam congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Aliquet molestie dolor erat massa diam elit ipsum nisi diam eget sit ac laoreet aliquet. At, dolor aliquam lobortis ullamcorper elit feugiat, tincidunt sem eget dolor dolore ante euismod amet. Aliquam nibh non nonummy donec ante, eget amet aliquam massa non nonummy tempus nisi et. Molestie ac laoreet tellus at dolor nunc praesent at sed nunc aliquet adipiscing ac laoreet. Aliquet at feugiat, congue aliquet mauris feugiat lobortis, aliquet felis dolor magna mi pharetra donec. Ante tellus pharetra donec massa, sem, elit amet aliquam tincidunt praesent, mauris feugiat dolore mi. Volutpat consectetur tempus lobortis non nonummy ut, diam eget pulvinar nisi proin eget sit aliquam. Nibh ullamcorper, turpis lorem tincidunt mi molestie feugiat congue aliquet mauris dolor magna mi molestie. Pharetra donec mi eget turpis aliquam nibh euismod adipiscing feugiat tincidunt, praesent, molestie pharetra dolore. Ante non consectetur erat ante tellus pharetra donec ante tellus consectetur donec laoreet non elit. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Consectetur felis elit ac dolore tincidunt ut. Tincidunt, nibh laoreet proin aliquet ullamcorper molestie. Id molestie elit consectetur felis consectetur sit. Sed lorem donec nunc laoreet ante praesent. Elit adipiscing nonummy sit ipsum, lorem erat. Ac aliquam, congue lobortis diam euismod volutpat. Felis elit adipiscing pulvinar lorem erat nisi. Congue ut massa nibh adipiscing pharetra ipsum. Erat aliquam donec, ut tincidunt, nibh mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Ullamcorper, elit sit ut mi euismod consectetur mi euismod turpis, lorem tincidunt aliquet at sed congue praesent, eget pharetra donec ante volutpat amet donec massa volutpat amet, erat ante. Non elit erat molestie pharetra magna diam felis lorem congue praesent id sit congue diam felis feugiat ut et, id feugiat nisi, et id, turpis ac tincidunt sem lorem. Nunc, praesent mauris sed congue ullamcorper mauris pharetra dolore aliquet at lorem lobortis euismod turpis tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper tempus lobortis ullamcorper felis feugiat congue diam. Felis sit magna et id feugiat nisi et molestie turpis ac laoreet sem, at sed nunc praesent mauris dolor donec, non nonummy tempus massa non nonummy tempus massa volutpat. Tellus euismod molestie id, mauris nonummy dolor pulvinar sed sit ipsum ac tincidunt aliquet adipiscing lorem tincidunt ullamcorper ac tincidunt, aliquet adipiscing feugiat magna ante volutpat elit ipsum ut. Diam eget sit aliquam tincidunt, aliquet eget pharetra donec mi molestie sit ac tincidunt sem elit dolor aliquam lobortis diam felis lorem congue praesent felis lorem magna laoreet non. At sed nunc aliquet at ipsum nunc elit sed nunc sem at sed, tincidunt proin eget pulvinar, donec nibh volutpat nonummy tempus lobortis non nonummy aliquam massa non nonummy. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Sit pulvinar dolor ipsum mi et aliquet sem tellus eget felis dolor tempus magna. Dolore ut, massa et proin non id elit adipiscing pharetra feugiat erat, nisi tincidunt. Massa id mauris nonummy pharetra ipsum lorem donec, congue nunc laoreet ante et sem. Ullamcorper volutpat, felis at molestie, felis at amet feugiat erat nunc nibh adipiscing nonummy. Sit amet dolor aliquam congue nunc, lobortis mi et proin euismod felis consectetur sit. Dolor tempus sed nisi tincidunt ante praesent sem ullamcorper volutpat id amet feugiat tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Molestie consectetur, tempus, nunc diam elit sed nunc sem. Elit ipsum nisi proin eget ipsum dolore et euismod. Aliquam nibh ullamcorper, turpis tempus nibh, diam adipiscing lorem. Tincidunt praesent mauris feugiat, congue mi molestie sit congue. Laoreet molestie consectetur erat nunc consectetur, sed nunc sem. At, dolor nunc sem at sed dolore ante eget. Dolor donec ante eget amet, aliquam, ut et molestie. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Ipsum sed aliquam ac ut nibh praesent, ullamcorper. Tellus volutpat mauris nonummy turpis pulvinar feugiat, erat. Dolore ut laoreet et, aliquet, volutpat id eget. At amet feugiat ac nisi tincidunt ante diam. Sem diam tellus, eget mauris amet lorem donec. Nisi aliquet ullamcorper, tellus euismod non id consectetur. Amet, feugiat erat magna nunc lobortis mi sem. Praesent mauris adipiscing pharetra pulvinar sed tempus magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Euismod adipiscing feugiat magna ante tellus nonummy sed ut diam eget, pulvinar aliquam laoreet, ullamcorper mauris dolor donec ante. Nonummy feugiat nisi, et euismod turpis magna laoreet tellus at sed, dolore ante volutpat nonummy aliquam lobortis ullamcorper adipiscing. Sit ac laoreet aliquet at nunc sem mauris, sed nunc proin mauris dolor dolore, ante ullamcorper adipiscing ipsum, lobortis. Diam id sit ac mi molestie consectetur ac tincidunt aliquet consectetur sed nunc at sed tincidunt, aliquet at dolor. Donec ante eget amet aliquam, massa non nonummy ipsum ut ullamcorper elit sit magna et felis ipsum non nonummy. Tempus nunc, sem elit ipsum nunc proin eget pulvinar dolore sem ut diam elit ipsum ut sem, nonummy tempus. Nunc diam, elit pulvinar nisi nibh turpis lorem, laoreet aliquet volutpat nonummy sit ac laoreet tellus at sed dolore. Et volutpat turpis tempus lobortis diam felis feugiat congue praesent mauris sit donec mi consectetur erat massa aliquet at. Sed, dolore, proin, volutpat dolor nunc sem volutpat amet tempus lobortis euismod nonummy lorem, non adipiscing ipsum lobortis non. Elit tempus lobortis diam, felis sit nisi et felis sit ac laoreet aliquet at, dolor nunc praesent mauris sed. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Proin praesent sem aliquet euismod molestie eget adipiscing amet sit ipsum ac donec lobortis massa, nibh mauris nonummy. Consectetur adipiscing nonummy sit, sed, aliquam magna massa nibh proin praesent tellus id molestie felis at amet feugiat. Tempus magna dolore tincidunt molestie felis consectetur amet feugiat erat, nisi tincidunt massa non id consectetur pulvinar lorem. Tempus sed aliquam magna nunc tincidunt ante ullamcorper, tellus id at nonummy ut laoreet, proin euismod molestie nonummy. Turpis dolor lorem erat magna nunc congue massa et praesent non felis nonummy, turpis dolor, ipsum erat aliquam. Praesent, volutpat molestie eget turpis consectetur sit sed tempus erat, magna dolore, lobortis laoreet nibh, praesent ullamcorper molestie. Eget molestie amet sit pulvinar feugiat, tempus ac, tellus volutpat mauris eget at amet sit, sed ac aliquam. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R39e6b466ad214067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R41033438e06a44c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R689c6d1066b243c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8822b9d7dc164021" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re4f349874ada4b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rba07a01fa57f4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8f5422b6f3654d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rafea6e3643e94606" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>