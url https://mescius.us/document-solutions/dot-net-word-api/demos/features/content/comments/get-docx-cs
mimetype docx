--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R464970aa80a34e16" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2cfc1216911b40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R76b434b810d8426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R72220106e80b4f48" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd382ac9875944724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc3be9dad296d4acc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-11-03T18:23:39.2656197+00:00" w:id="1">
-    <w:p w14:paraId="75026E46">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-19T11:18:41.1828259+00:00" w:id="1">
+    <w:p w14:paraId="4DF5E89F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-11-03T18:23:39.2656825+00:00" w:id="2">
-    <w:p w14:paraId="4FA77388">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-19T11:18:41.1829216+00:00" w:id="2">
+    <w:p w14:paraId="0A6D5C86">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-11-03T18:23:39.2657134+00:00" w:id="3">
-    <w:p w14:paraId="6E16BD8F">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-19T11:18:41.1829631+00:00" w:id="3">
+    <w:p w14:paraId="5E9C593C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-11-03T18:23:39.2657482+00:00" w:id="4">
-    <w:p w14:paraId="6E4412E0">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-19T11:18:41.1830055+00:00" w:id="4">
+    <w:p w14:paraId="2C163B5B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="75026E46" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="6E4412E0" w15:done="false"/>
+  <w15:commentEx w15:paraId="4DF5E89F" w15:done="false"/>
+  <w15:commentEx w15:paraId="0A6D5C86" w15:paraIdParent="4DF5E89F" w15:done="false"/>
+  <w15:commentEx w15:paraId="5E9C593C" w15:paraIdParent="0A6D5C86" w15:done="true"/>
+  <w15:commentEx w15:paraId="2C163B5B" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R527cd04d30bf412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc4f74c598e734ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc4e9e38a3e4f4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R906a9451bfef4650" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R505ec73ec7ce4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf130450d7fb942c3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R779488a6f2484a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R14901dea4f8d4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20e55cb5283045fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R34a9a6eba3e24e2f" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R70adecd6a2bf4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc2d598355b89444a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>