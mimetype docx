--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R393b7d760a6b4f75" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1549a09a464c4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0b74f4ad0a94735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7e5b4cd2b73407d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra66bd552aae54cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf04ff87cf97943da" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Eget lobortis massa laoreet proin diam molestie elit turpis sed aliquam ut praesent, molestie consectetur ac, massa aliquet felis feugiat. Tempus ut et id consectetur lorem nunc mauris diam tellus, eget pharetra dolore ante, ullamcorper felis ipsum ut et felis. Sit lorem tincidunt, diam molestie pharetra magna, mi molestie pharetra erat laoreet tellus pharetra erat massa non at, pulvinar nisi. Lobortis ullamcorper turpis lorem tincidunt aliquet adipiscing lorem euismod nonummy, tempus ut diam adipiscing feugiat congue praesent felis ipsum ut. Et molestie turpis erat massa tellus consectetur erat tincidunt sem, eget pulvinar praesent at sed nunc praesent mauris pharetra donec. Massa ullamcorper elit ipsum congue et tellus consectetur erat nunc proin volutpat amet aliquam ante volutpat amet tempus ullamcorper adipiscing. Ipsum congue praesent id pharetra ac massa aliquet at sed tincidunt tellus consectetur, dolor nisi proin eget amet donec ante. Eget nonummy lorem congue praesent elit pulvinar nisi nibh euismod amet pharetra donec ante non nonummy ipsum nunc, et eget. Pulvinar magna nibh id turpis et id turpis aliquam nibh id amet ac tincidunt aliquet felis lorem tincidunt praesent molestie. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Pharetra volutpat, et, euismod turpis lorem congue ante mauris. Consectetur tempus, massa sem elit massa non pharetra magna. Diam id feugiat congue ullamcorper elit tempus massa molestie. Feugiat tincidunt praesent felis feugiat, lobortis volutpat pulvinar nunc. Tellus consectetur nibh elit erat laoreet id ipsum ante. Eget sed congue aliquet turpis nisi proin at dolor. Nunc aliquet, turpis nisi sem consectetur congue diam adipiscing. Tempus ante sed laoreet id pulvinar nisi sem consectetur. Ac mi, id feugiat lobortis volutpat dolor, tincidunt ullamcorper. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Amet feugiat magna mi molestie pharetra, erat nunc non elit ipsum aliquam nibh euismod adipiscing lorem congue praesent elit ipsum lobortis sem elit. Ipsum magna nibh, euismod sit aliquam, nibh euismod turpis ac nibh euismod turpis aliquam nibh ullamcorper mauris pharetra erat volutpat nonummy, tempus, ut. Diam eget pulvinar magna laoreet euismod sit ac laoreet euismod turpis ac, et volutpat pulvinar nisi et volutpat amet aliquam, lobortis ullamcorper, adipiscing. Lobortis diam nonummy tempus nibh non nonummy aliquam massa ullamcorper adipiscing, feugiat congue ullamcorper elit ipsum ut, diam, felis pulvinar nisi mi euismod. Ac tincidunt aliquet, mauris dolor dolore proin, volutpat amet donec ante non elit tempus lobortis non nonummy ipsum lobortis, non elit, tempus nunc. Non, elit sed massa, pharetra erat massa non, at ipsum dolore sem eget amet, aliquam lobortis, euismod amet tempus lobortis ullamcorper adipiscing, feugiat. Erat nunc sem nonummy sed ut sem elit nunc, non, at sed nunc sem eget pulvinar nisi ante ullamcorper adipiscing lorem tincidunt ullamcorper. Adipiscing feugiat congue praesent ipsum congue mi, tellus consectetur sed dolore, proin eget amet tempus nibh euismod, amet aliquam lobortis ullamcorper adipiscing lorem. Ut diam felis lorem magna laoreet tellus, at, nunc proin eget amet, nisi proin eget amet nisi ante volutpat amet donec ante volutpat. </w:t>
+        <w:t xml:space="preserve">Ut et elit erat mi molestie sit lobortis non pharetra congue ullamcorper, adipiscing lorem. Lobortis, volutpat, pulvinar nunc euismod sit laoreet euismod pulvinar ut tellus sit congue ullamcorper. Amet donec praesent adipiscing aliquam proin at ac diam nonummy, erat ante molestie feugiat. Tincidunt ullamcorper turpis nibh volutpat pulvinar nunc tellus sit ut non pharetra, magna diam. Nonummy aliquam massa volutpat feugiat nibh eget sed mi felis tempus mi felis tempus. Nibh eget nunc tellus pulvinar nunc tellus pharetra ut ullamcorper pharetra dolore, ullamcorper turpis. Nisi proin elit ac et nonummy donec aliquet turpis dolore tellus nisi sem consectetur. Erat mi felis tempus lobortis diam molestie at amet ac laoreet aliquet molestie nonummy. Feugiat erat, dolore proin eget pulvinar nisi proin mauris dolor congue mi tellus elit. Sit pharetra ipsum ut, et id feugiat ut volutpat dolor, congue aliquet turpis dolore. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Mauris consectetur ipsum nisi, et eget sit ac nibh euismod. Turpis lorem tincidunt praesent mauris feugiat mi, mauris pharetra donec. Ante non nonummy tempus nunc diam eget pulvinar nisi et. Id sit aliquam laoreet aliquet at dolor dolore praesent molestie. Erat lobortis, diam felis pulvinar ut diam elit, pulvinar nisi. Aliquet mauris sed tincidunt praesent mauris pharetra dolore proin molestie. Amet donec massa volutpat, pharetra erat felis pulvinar nisi diam. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Aliquet at magna diam felis, tempus, ante, molestie feugiat lobortis non. Dolor congue ullamcorper, amet et at erat laoreet id ipsum massa. Volutpat dolor tincidunt euismod pulvinar, dolore aliquet sit nisi sem consectetur. Magna, diam adipiscing aliquam ante mauris laoreet euismod pulvinar, nunc, aliquet. Turpis, nisi diam nonummy erat praesent adipiscing aliquam proin at lorem. Et eget sed laoreet mauris, feugiat nibh eget sed laoreet id. Ac nibh eget ipsum nunc tellus sit ut diam consectetur magna. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R102e5cf6bb504a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f355eeb69094d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R98e64206f0d7402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R7c0528675a8e424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R58accd9643644e08" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6d98b76b5e3b47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref5355dedf464dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf12c189bcd6845ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="Ra0644685de9f49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf5adbb08641a4481" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>