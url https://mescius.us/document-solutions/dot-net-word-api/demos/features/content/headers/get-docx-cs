--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,381 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc4a3b027abec4727" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R48166422344c4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1fd43cd3defd4516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re2da5ad1f8c04177" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6438e3e04e494ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re427c9630e0f4b46" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 1: Massa ipsum nonummy euismod mauris elit turpis erat ante ullamcorper, non, felis turpis lorem dolore lobortis diam molestie consectetur ipsum nisi laoreet euismod, turpis lorem tincidunt praesent mauris pharetra erat. Nisi et tellus felis lorem, congue mi tellus elit ipsum aliquam nibh id, turpis ac lobortis ullamcorper adipiscing feugiat, congue aliquet felis dolor magna, mi tellus consectetur tempus sem elit. Sit ac tincidunt aliquet, at pharetra aliquam ante volutpat pharetra dolore praesent mauris dolor magna ante molestie pharetra erat mi tellus pharetra laoreet tellus at sed ut et eget pulvinar. Dolore proin eget amet tempus, tincidunt aliquet felis, feugiat congue mi mauris pharetra donec laoreet tellus nonummy erat nunc euismod adipiscing lorem, tincidunt aliquet, adipiscing lorem lobortis euismod felis dolor. Magna ante molestie, pharetra, donec mi molestie pharetra donec mi felis ipsum, lobortis ullamcorper elit ac mi tellus consectetur erat tincidunt aliquet, mauris dolor nisi nibh euismod nonummy tempus donec. Laoreet non pharetra ac laoreet ullamcorper adipiscing lorem congue praesent felis feugiat tincidunt, praesent mauris pharetra donec ante molestie consectetur donec laoreet tellus nonummy sed ut sem elit pulvinar nisi. </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">Section 1, paragraph 29: Aliquet consectetur lorem, tincidunt, sem mauris pulvinar aliquam lobortis non adipiscing massa. Non amet tempus massa volutpat amet erat, lobortis diam felis tempus, lobortis. Diam id sit magna laoreet tellus adipiscing, ac tincidunt tellus turpis nisi. Et adipiscing lorem lobortis ullamcorper adipiscing feugiat dolore praesent felis feugiat, congue. Praesent molestie consectetur sed massa sem elit ipsum ut proin eget amet. Aliquam lobortis ipsum dolore sem elit sed tincidunt aliquet at sed nunc. Proin, eget amet aliquam nibh non nonummy aliquam massa ullamcorper nonummy aliquam. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 1: Tellus mauris, amet elit pulvinar aliquam laoreet praesent mauris dolor congue aliquet felis. Amet ante, molestie pharetra tincidunt diam amet donec ante mauris, sed tincidunt tellus. Sit ut non pharetra congue ullamcorper elit erat ante molestie feugiat lobortis turpis. Aliquam ante at dolor laoreet id pulvinar, ut non consectetur erat laoreet id. Ipsum, massa volutpat sed laoreet eget erat, massa tellus sit nisi diam elit. Ante volutpat dolor magna praesent nonummy aliquam proin adipiscing ac nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 2: Lorem, nibh eget dolor nunc aliquet, consectetur, ac et elit. Tempus massa molestie feugiat, lobortis non amet donec ante mauris. Sed aliquet amet nunc aliquet sit congue ullamcorper amet, donec. Praesent felis aliquam ante mauris lorem nibh elit, donec praesent. Adipiscing aliquam proin at ac nibh amet nisi, sem, consectetur. Magna ullamcorper nonummy donec aliquet adipiscing aliquam ante mauris dolor. Laoreet, id, ipsum nunc tellus pharetra congue, ullamcorper nonummy dolore. Aliquet adipiscing et, eget pulvinar dolore tellus sit nisi, sem. Consectetur dolore praesent felis lorem nibh volutpat sed, nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 3: Congue diam adipiscing tempus ante mauris lorem nibh eget ipsum massa molestie sit, ut sem. Nonummy donec adipiscing donec proin consectetur ac nibh id sed laoreet id, feugiat lobortis non. Amet, donec praesent at ac proin at ac diam consectetur donec praesent tempus nibh volutpat. Dolor nunc euismod pulvinar, nunc id ipsum massa eget lorem laoreet id pulvinar nunc, tellus. Sit ut sem pharetra congue aliquet adipiscing ante eget lorem, laoreet euismod ipsum, nunc tellus. Sit, ut ullamcorper amet congue praesent turpis aliquam sem at magna diam nonummy erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 4: Nonummy donec ante mauris lorem laoreet euismod pulvinar nunc tellus sit congue amet dolore. Praesent at lorem et eget sed laoreet id ipsum massa molestie feugiat lobortis volutpat. Dolor tincidunt tellus, sit ut sem at, erat laoreet id congue ullamcorper elit ipsum. Ut non pharetra congue ullamcorper amet dolore aliquet, sit nisi sem nonummy magna praesent. Adipiscing aliquam proin at ac et elit mi id ipsum lobortis non pharetra congue. Ullamcorper turpis aliquam ante mauris lorem laoreet euismod ipsum nunc tellus, pharetra ut non. Dolor dolore turpis aliquam et elit erat, mi molestie ipsum lobortis molestie feugiat nibh. Volutpat pulvinar dolore euismod pulvinar nunc molestie, feugiat lobortis volutpat dolor congue euismod pulvinar. Massa consectetur magna diam nonummy dolore praesent felis aliquam proin elit ac, diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 5: Lobortis non pharetra donec proin at ac laoreet, id ipsum, massa molestie turpis nisi ullamcorper tincidunt aliquet consectetur magna diam nonummy laoreet. Felis ipsum lobortis volutpat, amet dolore aliquet turpis aliquam sem at magna sem nonummy donec mi adipiscing tempus ante eget sed laoreet. Euismod sit proin, elit erat laoreet id feugiat massa volutpat dolor tincidunt, euismod, pulvinar dolore aliquet turpis magna, diam nonummy donec praesent. Nonummy donec proin at ac, nibh, erat praesent adipiscing, aliquam ante molestie feugiat lobortis volutpat pulvinar nunc molestie sit lobortis volutpat feugiat. Lobortis eget sed laoreet id ipsum nunc tellus donec mi id ipsum ante mauris feugiat lobortis eget sed laoreet id feugiat lobortis. Non consectetur donec diam amet nunc tellus sit ut tellus sit, ut amet dolore aliquet adipiscing aliquam proin elit ac et elit. Erat ante felis, tempus lobortis volutpat, sed laoreet euismod pulvinar nunc non pharetra congue ullamcorper nonummy donec at lorem laoreet euismod pulvinar. Lorem nibh elit sed laoreet id ipsum lobortis volutpat dolor congue, praesent adipiscing aliquam praesent ac diam elit erat mi id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 6: Pulvinar nunc, tellus turpis ac et elit tempus ante mauris, lorem lobortis euismod dolor tincidunt euismod, ipsum laoreet id sit ut non amet praesent. Adipiscing aliquam proin, at ac mi elit, tempus ante felis tempus, ante, mauris, sed, nibh id ipsum laoreet molestie pharetra ut non amet donec. At ac nibh, eget dolor, massa id feugiat lobortis molestie feugiat tincidunt euismod, pulvinar, dolore, praesent, adipiscing magna nibh elit erat mi felis tempus. Proin at, lorem, euismod pulvinar nunc tellus sit ut sem nonummy magna diam nonummy aliquam proin, mauris ac, et elit donec, laoreet felis aliquam. Proin at laoreet eget sed laoreet felis ipsum lobortis volutpat dolor lobortis volutpat pulvinar, nunc euismod pulvinar massa molestie sit ut non pharetra congue. Euismod sit nisi sem consectetur et elit donec, mi felis lorem lobortis volutpat dolor tincidunt euismod pulvinar ut non pharetra ut ullamcorper amet donec. Praesent adipiscing, lorem laoreet id pulvinar nunc tellus magna ullamcorper nonummy tempus mi felis feugiat tincidunt ullamcorper pulvinar dolore sem consectetur nisi, sem consectetur. Congue diam adipiscing tempus mauris lorem tincidunt euismod pulvinar nunc tellus sit lobortis volutpat dolor tincidunt euismod, pulvinar nunc tellus consectetur ac diam nonummy. Magna diam, amet dolore, aliquet turpis proin, at erat et id feugiat lobortis volutpat pharetra congue euismod amet dolore aliquet turpis magna sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 7: Lobortis ullamcorper adipiscing aliquam proin mauris ac nibh eget massa aliquet. Sit nisi, diam, nonummy magna diam, nonummy donec sem consectetur, ac. Et eget sed massa molestie ipsum lobortis molestie dolor congue euismod. Ipsum massa sit nisi sem consectetur donec praesent, felis feugiat lobortis. Mauris dolor nunc aliquet turpis nisi sem pharetra magna diam amet. Aliquam ante mauris lorem, lobortis dolor tincidunt tellus turpis, magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 8: Molestie pharetra donec praesent adipiscing donec praesent adipiscing et elit ac diam elit erat mi at ac et eget sed laoreet id ipsum massa. Non pharetra, congue, ullamcorper amet nunc aliquet sit nisi at erat mi id ipsum massa, mauris ac lobortis volutpat dolor nunc tellus sit magna. Diam elit donec mi mauris tempus ante mauris sed et sed, massa molestie feugiat lobortis, molestie lorem et elit sed laoreet felis tempus ante. Molestie dolor tincidunt euismod pulvinar donec praesent adipiscing nisi diam consectetur mi felis aliquam ante mauris ac proin elit ac et, elit erat praesent. Felis tempus proin at lorem nibh elit erat ante mauris tempus nibh dolor tincidunt euismod pulvinar nunc tellus pharetra congue ullamcorper nonummy dolore aliquet. Turpis aliquam ante, mauris erat mi, felis tempus massa molestie, feugiat lobortis non pharetra congue turpis, aliquam nibh eget ipsum nunc aliquet turpis nisi. Sem consectetur congue ullamcorper amet dolore, aliquet consectetur magna sem nonummy erat praesent adipiscing, donec mi adipiscing, tempus ante, mauris lorem nibh elit erat. Mi id ipsum massa, volutpat dolor tincidunt volutpat sed tincidunt, euismod ipsum massa molestie lorem lobortis volutpat dolore aliquet turpis nisi sem, pharetra ut. Volutpat pharetra tincidunt ullamcorper turpis nisi ante mauris sed laoreet euismod pulvinar, nunc molestie sit, congue ullamcorper amet congue euismod aliquam sem pharetra congue. Diam nonummy dolore ullamcorper turpis nisi sem at ac mi felis tempus ante, mauris, lorem nibh volutpat dolor laoreet id ipsum massa id lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 9: Mauris lorem nibh, volutpat amet, dolore ante mauris ac, nibh eget pulvinar, ut non sit congue non. Pharetra dolore aliquet amet dolore tellus amet dolore aliquet consectetur magna, diam elit donec mi felis aliquam. Proin mauris ac et eget sed mi id ipsum massa volutpat pharetra dolore aliquet nisi sem, consectetur. Magna diam nonummy donec praesent turpis aliquam proin mauris ac et nonummy sed mi id lorem nibh. Volutpat pharetra tincidunt euismod pulvinar nunc, tellus ac et elit tempus massa molestie dolor lobortis volutpat pulvinar. Tincidunt id pulvinar nunc tellus pharetra congue ullamcorper amet dolore ullamcorper amet nunc consectetur magna diam nonummy. Erat ante mauris feugiat nibh eget lorem mi elit erat, diam nonummy dolore praesent adipiscing aliquam sem. Pharetra magna diam nonummy donec praesent lorem nibh volutpat sed tincidunt euismod sit ut non pharetra tincidunt. Ullamcorper amet, dolore aliquet turpis ut non pharetra ut non amet dolore, ullamcorper turpis nisi proin erat. Laoreet molestie, ipsum lobortis non pharetra, magna diam amet dolore tellus sit nisi diam nonummy donec diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 10: Nonummy, donec, proin mauris feugiat tincidunt volutpat tincidunt tellus pulvinar nunc, tellus feugiat nibh volutpat pulvinar. Nunc tellus sit ut sem at ac praesent felis ipsum massa molestie lorem nibh volutpat pulvinar. Sem elit ac et felis, tempus massa molestie feugiat ut ullamcorper, amet nunc aliquet, turpis ut. Non consectetur magna diam nonummy dolore euismod dolor massa sit, ut diam elit erat praesent adipiscing. Tempus nibh eget lorem nibh id sed massa tellus feugiat ut volutpat feugiat tincidunt id pulvinar. Proin elit sed laoreet id ipsum massa molestie, feugiat tincidunt ullamcorper amet dolore aliquet sit nisi. Proin at ac praesent adipiscing donec praesent at lorem lobortis volutpat tempus ante eget sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 11: Nunc aliquet adipiscing lorem congue adipiscing tempus proin at ac nibh eget sed. Massa molestie ipsum, lobortis non consectetur magna praesent adipiscing tempus ante mauris, lorem. Laoreet tellus pulvinar nunc, consectetur ac, et elit, erat proin, at ac, et. Eget sed tincidunt euismod pulvinar ut, non dolor congue ullamcorper amet dolore aliquet. Adipiscing aliquam proin, erat laoreet felis ipsum ante mauris lorem et elit sed. Tincidunt tellus sit ut non consectetur magna diam nonummy aliquam proin, at ac. Euismod, sit nisi proin consectetur ac diam, nonummy dolore, aliquet adipiscing nisi sem. Consectetur ac et elit donec mi adipiscing, tempus ante mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 12: Massa volutpat amet dolore praesent adipiscing aliquam sem consectetur ac et tempus. Nunc, non dolor congue ullamcorper amet dolore praesent at aliquam, proin, at. Erat mi id ipsum massa molestie feugiat tincidunt euismod pulvinar dolore tellus. Nisi diam nonummy magna praesent nonummy donec praesent adipiscing aliquam proin, elit. Sed laoreet felis tempus proin at ac nibh eget sed laoreet molestie. Feugiat sem nonummy donec praesent adipiscing tempus ante mauris sed laoreet euismod. Pulvinar ut proin elit sed laoreet id feugiat lobortis volutpat dolor, lobortis. Amet nisi proin at lorem, nibh felis tempus praesent, adipiscing, donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 13: Elit laoreet molestie sit ut ullamcorper, amet, donec. Praesent, felis lorem, lobortis volutpat pulvinar nunc euismod. Pulvinar ut non pharetra congue ullamcorper nonummy, donec. Aliquet sed laoreet id amet dolore aliquet turpis. Ut non amet congue ullamcorper amet nisi proin. Mauris ac nibh id ipsum massa tellus sit. Ut nonummy aliquam proin at feugiat lobortis volutpat. Ipsum nunc, molestie feugiat massa molestie, feugiat tincidunt. Euismod pulvinar nunc tellus sit nunc non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 14: Lobortis, ullamcorper adipiscing aliquam praesent adipiscing. Ac et, at ac et, nonummy. Donec praesent, adipiscing aliquam ante lorem. Nibh eget, ipsum massa tellus sit. Ut, ullamcorper nonummy dolore aliquet turpis. Aliquam proin at erat et elit. Donec praesent turpis aliquam volutpat dolor. Tincidunt euismod ipsum nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 15: Tincidunt, ullamcorper turpis nisi sem consectetur ac molestie turpis nisi sem nonummy donec, mi, felis tempus ante mauris lorem nibh elit sed laoreet, id feugiat lobortis volutpat, pharetra tincidunt. Euismod pulvinar nunc tellus magna diam, consectetur congue mi mauris lorem lobortis eget sed, laoreet id ipsum massa tellus pharetra ut non amet congue ullamcorper amet dolore aliquet turpis. Et id ipsum massa molestie pharetra congue euismod amet dolore praesent turpis aliquam diam nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam proin erat mi id ipsum massa non. Consectetur magna praesent, felis lorem, nibh eget dolor, tincidunt euismod pulvinar nunc, non sit congue diam nonummy, aliquam proin at ac elit sed laoreet id ipsum, massa volutpat pharetra. Magna praesent adipiscing, tempus nibh eget dolor tincidunt id pulvinar nunc molestie feugiat lobortis molestie dolor, tincidunt euismod dolor, proin at ac diam nonummy, magna diam, nonummy aliquam proin. At ac et nonummy, donec diam nonummy donec ante feugiat tincidunt, euismod pulvinar dolore sem at erat mi felis tempus, ante mauris tempus ante at magna diam eget sed. Laoreet molestie ipsum massa molestie lorem nibh mauris lorem lobortis euismod dolor nunc tellus turpis nunc non consectetur magna diam nonummy dolore aliquet turpis ut, non consectetur ac, diam. Nonummy donec praesent, adipiscing ac euismod, pulvinar, dolore tellus sit ut volutpat dolor lobortis volutpat dolor nunc aliquet sit ut non pharetra congue ullamcorper amet donec aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 16: Id feugiat ut, pharetra magna praesent felis tempus ante at ac nibh eget ipsum massa, tellus. Pharetra congue, ullamcorper nonummy donec praesent adipiscing, aliquam proin at ac, et pulvinar ut volutpat, dolor. Tincidunt ullamcorper amet dolore tellus turpis aliquam proin at ac mi adipiscing tempus ante mauris ac. Et at ac et nonummy mi sem aliquet non felis feugiat, magna mi molestie, consectetur dolor. Nisi congue mi tellus eget consectetur, sed donec ut non pharetra dolore aliquet turpis aliquam aliquet. Adipiscing ac proin at ac diam nonummy donec diam adipiscing tempus nibh mauris, lorem, laoreet eget. Sed, massa molestie feugiat ut ullamcorper amet proin mauris lorem lobortis eget sed laoreet id feugiat. Ut sem consectetur congue diam nonummy donec praesent at ac nibh elit erat praesent felis tempus. Massa feugiat, congue ullamcorper amet dolore sem elit erat mi id tempus massa tellus pharetra magna. Diam adipiscing tempus ante eget, sed tincidunt euismod pulvinar massa id tempus ullamcorper amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 17: Felis ipsum nunc non consectetur donec mi, felis aliquam ante at, lorem laoreet, euismod pulvinar, nunc molestie, feugiat lobortis non pharetra euismod pulvinar nunc tellus turpis nisi sem nonummy. Donec mi felis feugiat lobortis volutpat sed laoreet id ipsum massa tellus sit nisi sem nonummy donec amet, nisi sem at ac nibh elit erat praesent felis, lorem nibh. Eget dolor tincidunt ullamcorper amet dolore aliquet pharetra, congue ullamcorper pharetra congue euismod pulvinar tincidunt consectetur ac nibh felis ipsum massa molestie sit, ut, non amet, donec praesent adipiscing. Ac et, elit ac et elit tempus massa molestie congue, ullamcorper, amet nisi aliquet turpis, magna diam consectetur donec ullamcorper nonummy dolore praesent turpis nisi non consectetur ac, mi. Felis tempus ante mauris ac et at et elit erat, mi, felis tempus proin at ac et nonummy erat praesent felis tempus, massa volutpat dolor tincidunt euismod pulvinar nunc. Molestie sit nisi sem nonummy nunc tellus dolor congue ullamcorper pulvinar tincidunt tellus turpis aliquam sem consectetur magna et adipiscing donec proin adipiscing ac et dolor tincidunt euismod ipsum. Lobortis non pharetra, tincidunt ullamcorper amet nunc, tellus turpis, aliquam proin elit donec mi felis, aliquam, praesent at, ac et elit erat felis erat mi mauris lorem ante at. Magna, et nonummy donec, mi felis lorem nibh eget dolor congue aliquet amet dolore aliquet turpis ut, non amet congue adipiscing tempus ante mauris lorem nibh felis tempus ante. Mauris lorem nibh mauris sed, nibh euismod ipsum nunc molestie pharetra ut ullamcorper amet donec praesent turpis nisi turpis ut sem elit erat praesent adipiscing aliquam, proin at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 18: Non, at erat massa tellus sit nisi diam nonummy donec praesent felis tempus volutpat dolor tincidunt euismod, pulvinar nunc non pharetra magna. Diam felis aliquam proin at lorem nibh eget sed laoreet felis tempus massa mauris feugiat lobortis eget tincidunt tellus turpis nisi sem. Consectetur magna diam nonummy donec ullamcorper turpis nisi sem consectetur ac, et nonummy donec praesent adipiscing tempus ante mauris erat felis tempus. Ante mauris, lorem nibh eget sed laoreet id ipsum massa molestie feugiat ut non pharetra tincidunt euismod amet nunc aliquet turpis laoreet. Tellus sit nisi non pharetra, lobortis non, amet aliquam praesent at lorem nibh eget erat laoreet felis tempus ante, mauris, feugiat tincidunt. Aliquet amet aliquam lobortis mauris lorem nibh eget sed laoreet eget pulvinar nunc tellus, sit congue ullamcorper nonummy aliquam praesent adipiscing aliquam. Nibh eget dolor laoreet euismod pulvinar nunc volutpat feugiat ullamcorper nonummy aliquam proin adipiscing nisi proin consectetur magna ullamcorper nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 19: Sed laoreet molestie feugiat lobortis volutpat nonummy congue ullamcorper nonummy dolore praesent aliquam diam nonummy donec praesent adipiscing donec aliquet turpis dolore aliquet turpis congue non. Amet dolore aliquet turpis, nisi proin at, magna diam consectetur massa mauris feugiat lobortis, volutpat dolor dolore aliquet, adipiscing aliquam proin id sed laoreet id tempus. Ante volutpat feugiat tincidunt ullamcorper amet dolore aliquet sit ut non donec praesent felis tempus lobortis volutpat dolor congue euismod, amet dolore aliquet, turpis ut non. Dolor congue aliquet turpis aliquam proin consectetur ac eget sed nunc molestie feugiat nibh eget sed laoreet id ipsum, nunc tellus sit nisi non amet congue. Ullamcorper turpis aliquam, proin mauris ac et elit ipsum non consectetur donec praesent felis feugiat lobortis volutpat dolor tincidunt eget, pulvinar massa molestie sit ut volutpat. Dolor tincidunt euismod, dolor laoreet id ipsum massa molestie feugiat non amet dolore aliquet, turpis aliquam et consectetur erat mi felis tempus, mi, mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 20: Sit nisi sem nonummy donec ullamcorper amet dolore aliquet nisi sem, at, ac mi felis tempus ante molestie feugiat tincidunt euismod amet nisi proin, consectetur lorem nibh. Nonummy, erat mi felis tempus ante mauris tincidunt ullamcorper pulvinar, nunc molestie feugiat ut, non amet dolore ullamcorper amet nunc aliquet turpis, nisi non consectetur, magna diam. Adipiscing tempus ante at ac, eget ipsum laoreet id feugiat lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt euismod feugiat lobortis volutpat pharetra congue ullamcorper nonummy dolore aliquet. Turpis nisi, elit erat mi id ipsum massa volutpat pharetra, congue euismod dolor massa molestie feugiat massa volutpat feugiat lobortis volutpat dolor nunc, euismod sit nisi sem. Consectetur diam adipiscing, tempus massa molestie dolor congue aliquet turpis aliquam proin at ac diam nonummy donec mi felis lorem proin consectetur magna diam nonummy donec mi. Id lobortis non amet donec praesent adipiscing lorem nibh elit sed laoreet felis ipsum ante mauris feugiat tincidunt euismod pulvinar nunc, sit aliquam et nonummy donec praesent. Felis tempus ante at ac et at erat laoreet id tempus ante mauris tempus ante at ac et, elit sed ante sit ut ullamcorper nonummy dolore praesent. Adipiscing aliquam proin at ac mi elit erat mi felis, nisi sem turpis ut tellus feugiat nibh volutpat lorem laoreet eget laoreet molestie sit ut non pharetra. Congue ullamcorper pulvinar nunc tellus feugiat ut volutpat pharetra tincidunt ullamcorper amet dolore sem consectetur magna et eget sed laoreet molestie nibh volutpat pharetra congue euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 21: Dolor congue praesent, adipiscing tempus proin at lorem nibh eget ipsum massa mauris lorem nibh mauris ac. Nibh id dolore sem pharetra magna diam elit erat mi felis tempus ante mauris sed laoreet id. Pulvinar nunc tellus sit congue non pharetra tincidunt id aliquam proin elit erat mi elit erat massa. Molestie, feugiat lobortis volutpat dolor tincidunt euismod turpis nisi non consectetur donec massa non, sit ut non. Pharetra ullamcorper amet nisi sem consectetur ac et felis tempus lobortis volutpat dolor tincidunt euismod amet dolore. Aliquet adipiscing ac diam nonummy, donec diam nonummy massa molestie feugiat nibh id pulvinar massa molestie feugiat. Massa volutpat dolor lobortis volutpat lorem nibh elit erat ante felis, lorem nibh eget sed laoreet eget. Ipsum non consectetur magna diam elit, tempus ante adipiscing, tempus proin eget sed mi id pulvinar massa. Tellus sit, ut ullamcorper amet dolore tellus, adipiscing ac proin, sed laoreet id ipsum massa, molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 22: Nisi consectetur ac nibh eget, sed massa, molestie sit nibh volutpat. Dolor congue ullamcorper amet nisi sem consectetur ac et nonummy tempus. Ante mauris tempus eget sed tincidunt euismod ipsum massa molestie feugiat. Lobortis eget, lorem laoreet eget sed laoreet molestie feugiat ut, non. Pharetra lobortis volutpat dolor nunc tellus, ut sem pharetra, magna diam. Amet nunc aliquet, sit ut sem consectetur magna praesent nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 23: Volutpat dolor tincidunt tellus sit nisi sem nonummy donec praesent felis, aliquam ante at ac nibh eget sed laoreet molestie ipsum lobortis volutpat, congue ullamcorper amet, dolore. Sem at ac et nonummy donec diam adipiscing donec sem consectetur nisi diam nonummy donec praesent nonummy dolore ullamcorper, amet dolore pharetra ac mi id ipsum ut. Sem nonummy donec praesent turpis nisi proin, at ac nibh eget erat praesent id ipsum nibh eget sed tincidunt id ipsum aliquet turpis ut non amet donec. Praesent felis tempus lobortis volutpat sed tincidunt euismod sit ut non sit ut non amet dolore aliquet nisi sem turpis congue diam nonummy donec mi felis tempus. Ante eget sed laoreet id ipsum nunc molestie feugiat lobortis volutpat dolor laoreet eget erat mi id sed, massa molestie feugiat, ut non consectetur magna diam felis. Lorem lobortis euismod dolor tincidunt tellus pulvinar nisi sem at, erat mi id ipsum ante molestie feugiat aliquet turpis nisi sem at erat et elit, tempus ante. Molestie, feugiat, lobortis eget sed tincidunt aliquet turpis aliquam et pulvinar nunc aliquet turpis congue ullamcorper amet dolore aliquet adipiscing aliquam ante mauris lorem nibh id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 24: Massa molestie feugiat ut non nonummy donec proin at lorem, nibh eget, sed aliquet consectetur magna sem consectetur magna ullamcorper. Nonummy, tempus nibh eget sed laoreet id sed massa id tempus proin, mauris lorem et, at ac sem, pharetra aliquet. Adipiscing lorem proin at lorem nibh id ipsum nunc tellus sit, ut non pharetra tincidunt euismod amet nisi aliquet turpis. Nisi diam nonummy dolore felis lorem, lobortis volutpat dolor laoreet id ipsum massa molestie feugiat ut ullamcorper nonummy aliquam proin. Mauris feugiat laoreet id pulvinar massa tellus ac mi felis tempus massa molestie feugiat lobortis volutpat dolor nunc tellus sit. Nunc tellus pharetra magna ullamcorper pharetra congue aliquet turpis nisi proin at ac et feugiat ut non pharetra magna, praesent. Adipiscing tempus ante at ac nibh eget erat laoreet id, ipsum massa molestie feugiat lobortis volutpat dolor laoreet molestie ipsum. Lobortis felis erat mi mauris tempus ante mauris ac nibh eget sed laoreet felis aliquam massa molestie dolor laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 25: Erat, tincidunt euismod sit ut non consectetur massa molestie lorem lobortis volutpat dolor tincidunt ullamcorper turpis nisi sem at ac mi felis tempus mi adipiscing nisi. Sem at ac diam nonummy magna molestie lorem lobortis volutpat pharetra tincidunt tellus turpis ac nibh elit erat mi felis ipsum massa mauris ac, nibh, volutpat. Sed laoreet, euismod, turpis ut eget tempus ante molestie feugiat nibh eget sed nibh eget sed laoreet id feugiat massa mauris lorem, nibh elit sed tincidunt. Euismod sit nisi sem consectetur praesent, adipiscing aliquam proin at ac et elit erat mi id ipsum massa molestie feugiat lobortis euismod pulvinar tincidunt tellus sit. Ut sem pharetra praesent adipiscing lorem ante mauris lorem nibh eget erat mi, id sit ut diam elit tempus, mi, felis, lorem nibh volutpat dolor, tincidunt. Euismod sit nisi sem, turpis ut non consectetur donec praesent adipiscing aliquam ante mauris lorem et at ac, et elit tempus mi felis aliquam ante, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 26: Amet dolore praesent at ac et eget ipsum nunc non sit ut elit erat ante mauris lorem nibh volutpat dolor tincidunt euismod pulvinar ut non pharetra ut ullamcorper. Nonummy aliquam proin mauris lorem laoreet id ipsum massa feugiat lobortis molestie, lorem nibh eget dolor tincidunt euismod pulvinar massa, mauris feugiat ut volutpat sed tincidunt euismod pulvinar. Massa molestie sit ut, volutpat dolor aliquet adipiscing nisi proin at magna diam consectetur donec praesent adipiscing aliquam sem consectetur ac diam nonummy donec praesent felis aliquam proin. Adipiscing aliquam, aliquet, adipiscing aliquam et eget sed laoreet id ipsum ante mauris feugiat lobortis volutpat sed tincidunt id pulvinar massa, molestie sit lobortis non amet, tempus ante. Molestie tempus ante molestie feugiat nibh volutpat dolor tincidunt, euismod sit nisi sem consectetur magna ullamcorper amet donec aliquet turpis, aliquam proin at ac mi elit erat volutpat. Feugiat tincidunt ullamcorper amet nisi proin consectetur magna, sem nonummy, donec mi, mauris lorem, nibh, mauris lorem et at ut proin at ac mi felis tempus ante, mauris. Lorem tincidunt euismod pulvinar nunc aliquet turpis ut non consectetur magna diam nonummy dolore aliquet adipiscing aliquam et sed massa molestie, sit nisi sem pharetra tincidunt, volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 27: Nibh, elit erat massa tellus sit ut non dolor congue ullamcorper pulvinar nunc tellus, sit. Ut, ullamcorper amet dolore adipiscing aliquam, proin at ac laoreet id pulvinar massa mauris tempus. Proin mauris lorem nibh eget sed massa tellus sit lobortis volutpat pharetra dolore feugiat tincidunt. Ullamcorper turpis, nisi aliquet sit magna sem, nonummy donec diam amet dolore tellus sit nisi. Non consectetur magna ullamcorper amet congue ullamcorper amet, tincidunt at ac et elit, erat mi. Molestie feugiat ut non amet nunc tellus sit, nisi sem consectetur ac diam nonummy donec. Ante molestie dolor aliquet, turpis aliquam proin mauris lorem nibh felis tempus ante mauris lorem. Lobortis, volutpat dolor tincidunt id amet nunc tellus sit magna ullamcorper amet dolore praesent lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 28: Dolore sem consectetur magna diam elit sed massa molestie sit nunc non sit congue diam, amet, donec mi adipiscing aliquam proin elit erat mi id, ipsum ante, felis tempus. Ante mauris lorem et eget aliquam proin elit erat mi felis tempus proin at lorem et elit sed laoreet id ipsum nunc tellus sit congue euismod amet nunc euismod. Pulvinar proin at ac et felis donec aliquet turpis dolore sem consectetur magna sem pharetra congue ullamcorper amet dolore aliquet, consectetur nisi diam nonummy magna, diam nonummy nibh eget. Sed tincidunt id pulvinar massa aliquet sit lobortis molestie dolor tincidunt ullamcorper amet, nunc euismod pulvinar massa mauris lorem nibh, eget ac euismod sit nisi sem consectetur, magna et. Id feugiat congue, non amet congue ullamcorper amet nisi proin at ac sem nonummy donec praesent adipiscing donec proin at dolore ullamcorper amet nisi proin consectetur ac diam elit. Donec mi mauris dolor congue ullamcorper pulvinar nunc tellus, sit ut non consectetur magna, diam nonummy, aliquam praesent dolor tincidunt id pulvinar, massa molestie ipsum lobortis sem consectetur, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 29: Praesent felis, tempus nibh mauris sed laoreet id, sed. Laoreet id, ipsum lobortis amet donec aliquet, turpis nisi. Sem elit sed laoreet euismod pulvinar nunc tellus feugiat. Nibh eget sed nibh eget ipsum massa molestie, sit. Congue non, pharetra proin at feugiat lobortis volutpat dolor. Dolore sem at lorem et elit tempus ante mauris. Lorem ut non amet congue ullamcorper sit ut non. Pharetra diam elit erat praesent adipiscing, aliquam et elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="even" r:id="R6c816dac3c534842"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="Rce1bac0f63284050"/>
+          <w:headerReference w:type="even" r:id="Rc2701110e350409f"/>
+          <w:headerReference w:type="default" r:id="R5f32aad12be846c4"/>
+          <w:headerReference w:type="first" r:id="R61a5f1ea6c4d4def"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 30: Ut diam, felis ipsum nisi et id sit ac laoreet euismod adipiscing laoreet euismod sit aliquam nibh euismod amet nisi nibh. Volutpat, turpis lorem congue mi mauris feugiat congue diam adipiscing lorem, congue praesent felis feugiat ut praesent tempus, massa non nonummy. Tempus lobortis ullamcorper elit ipsum lobortis diam felis sit ac laoreet tellus consectetur lorem, tincidunt aliquet adipiscing lorem tincidunt ullamcorper adipiscing. Nibh ullamcorper at dolor dolore mi molestie pharetra donec mi molestie dolor magna mi felis lorem lobortis diam nonummy, tempus lobortis. Ullamcorper felis lobortis non elit ipsum ut, diam id sit magna et id pulvinar nisi nibh euismod sit magna nibh euismod. Turpis aliquam nibh aliquet at feugiat dolore proin nonummy tempus massa non nonummy erat massa non nonummy tempus massa sem nonummy. Erat nunc proin elit sed nunc sem elit sed dolore proin elit dolor dolore eget dolor dolore sem consectetur ac laoreet. Tellus at, sed dolore proin eget sed, dolore praesent mauris, feugiat congue mi, feugiat dolore mi molestie nonummy, ipsum ut diam. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 30: Turpis magna et elit sed massa, eget pulvinar nunc non, pharetra congue ullamcorper amet dolore praesent, adipiscing nisi, sem at ac mi elit erat praesent. Adipiscing tempus nibh mauris ac et pulvinar ut, non sit ut non, pharetra congue ullamcorper turpis nisi sem consectetur magna et elit erat ante mauris. Feugiat lobortis euismod pulvinar dolore aliquet aliquam proin at magna praesent nonummy aliquam praesent adipiscing nisi sem consectetur magna sem nonummy erat mi felis tempus. Nibh volutpat dolor, tincidunt turpis aliquam diam nonummy donec praesent felis tempus proin at, lorem et eget erat et elit erat, praesent adipiscing tempus, ante. Mauris sed laoreet id ipsum ante pharetra congue diam adipiscing aliquam proin mauris, ac proin elit, erat mi felis tempus ante felis tempus proin at. Lorem mi elit erat mi mauris feugiat, lobortis amet dolore, aliquet turpis nisi non, pharetra magna diam amet dolore praesent adipiscing tempus ante consectetur magna. Diam elit erat ante molestie lorem ante eget dolor tincidunt turpis, aliquam et, id pulvinar massa molestie, sit ut ullamcorper, nonummy donec mi felis aliquam. Ante mauris sed laoreet id ut tellus feugiat lobortis volutpat pharetra congue aliquet turpis nisi proin consectetur congue ullamcorper, amet dolore, aliquet turpis dolore aliquet. Turpis magna et nonummy magna diam feugiat lobortis non pharetra congue ullamcorper amet ut non pharetra ut non dolor tincidunt volutpat dolor nunc euismod feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, paragraph 1: Volutpat euismod ac, nunc, proin volutpat amet aliquam lobortis diam molestie sit ac nunc aliquet volutpat amet aliquam et volutpat turpis tempus congue. Praesent mauris feugiat non nonummy, tempus ut praesent molestie sit magna mi tellus turpis magna mi molestie turpis erat, tincidunt aliquet turpis lorem. Laoreet tellus consectetur dolor donec volutpat amet aliquam lobortis ullamcorper elit ipsum congue et felis feugiat, nisi diam id sit magna et, id. Turpis magna nibh, euismod at ac tincidunt ullamcorper turpis proin eget pulvinar nisi sem elit, dolor dolore proin volutpat amet, aliquam nibh ullamcorper. Felis lorem ut mi, tellus pharetra donec massa tellus, magna et molestie sit magna mi molestie turpis ac tincidunt aliquet consectetur lorem tincidunt. Praesent, volutpat nonummy, lorem, lobortis, non adipiscing ipsum ut diam, felis pharetra ac felis feugiat, magna mi tellus turpis magna mi euismod sit. Ac, tincidunt tellus at dolor donec ante volutpat nonummy ipsum lobortis ullamcorper elit ipsum ut, et euismod, magna laoreet, euismod, turpis lorem nunc. Praesent at sed tincidunt praesent mauris sed tincidunt aliquet at dolor dolore ante laoreet volutpat mauris consectetur ipsum ac donec, ut massa, et. Tellus non felis sit erat dolore nibh ullamcorper mauris amet feugiat ac nisi, lobortis mi tellus elit pulvinar, laoreet ante diam tellus id. </w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Section 2, paragraph 30: Sit dolor dolore proin volutpat amet aliquam nibh, ullamcorper felis sit magna laoreet molestie consectetur ac mi elit pulvinar. Ac nibh euismod turpis tempus lobortis diam felis dolor, congue praesent mauris feugiat, ut diam felis tempus lobortis ullamcorper. Adipiscing ipsum et felis feugiat nisi diam felis feugiat nisi mi tellus consectetur ac, tincidunt praesent at dolor donec. Ante, volutpat amet, tempus massa non, nonummy ipsum ut ullamcorper sit nisi mi id sit ac nibh tellus turpis. Lorem tincidunt, praesent volutpat pharetra aliquam massa non amet tempus lobortis ullamcorper elit ipsum diam id sit nisi et. Euismod turpis ac laoreet tellus adipiscing dolor tincidunt aliquet mauris, dolor, dolore praesent mauris dolor donec mi mauris pharetra. Erat massa non tempus massa tellus consectetur donec, laoreet sem elit ipsum ut, et id pulvinar dolore et volutpat. Amet, aliquam nibh, euismod amet aliquam nibh euismod nonummy tempus ut felis feugiat, congue praesent molestie pharetra magna laoreet. Aliquet consectetur ipsum nisi sem elit pulvinar nisi ante eget, pulvinar nisi eget, dolor dolore proin eget amet, tempus. </w:t>
+        <w:t xml:space="preserve">Section 2, paragraph 1: Donec pulvinar donec proin eget, sed tincidunt, euismod sit ut tellus. Consectetur magna diam ipsum, lobortis diam elit erat ante mauris lorem. Ante mauris erat mi felis erat mi mauris lorem nibh at. Dolor tincidunt tellus pulvinar massa molestie ac et elit, tempus, ante. Molestie feugiat, lobortis euismod pulvinar nunc, tellus pulvinar nunc molestie sit. Ut non amet dolore praesent turpis nisi sem at laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 2: Id turpis magna diam nonummy donec praesent felis, lorem lobortis, volutpat dolor aliquet turpis ac proin elit. Erat laoreet id ipsum massa molestie lorem lobortis elit ac et elit donec praesent adipiscing aliquam proin. Consectetur nisi sem, consectetur, massa molestie sit ut ullamcorper amet dolore aliquet turpis nunc tellus sit ut. Non pharetra, tincidunt ullamcorper, turpis nisi sem consectetur, magna, diam elit, sed molestie sit ut, non amet. Aliquam proin at ac et eget sed laoreet molestie feugiat lobortis non pharetra congue ullamcorper nonummy aliquam. Proin sed tincidunt tellus sit ut non, pharetra magna diam, nonummy, donec proin adipiscing aliquam proin, at. Ac mi elit donec praesent felis tempus ante at ac et sed massa molestie, feugiat ut non. Amet donec proin mauris ac proin, at ac diam nonummy dolore praesent adipiscing nisi proin consectetur nisi. Sem nonummy erat, mauris lorem proin adipiscing ac et at, erat mi elit erat mi, at lorem. Lobortis euismod dolor nunc euismod pulvinar nunc tellus feugiat massa mauris feugiat lobortis volutpat sed laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 3: Pulvinar nisi sem elit sed mi. Felis tempus ante mauris feugiat, tincidunt. Euismod pulvinar dolore aliquet turpis nisi. Proin elit erat laoreet molestie congue. Ullamcorper amet dolore praesent turpis aliquam. Et elit sed laoreet id pulvinar. Ut non sit ut diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 4: Et id ipsum massa aliquet turpis magna diam nonummy donec, mi mauris lorem, nibh volutpat pulvinar nunc tellus turpis magna diam ipsum nunc tellus. Pharetra magna diam nonummy, aliquam proin at lorem et eget dolor tincidunt, tellus sit ut non pharetra tincidunt euismod, pulvinar, nunc turpis nisi tellus. Pharetra ut ullamcorper pharetra tincidunt euismod pulvinar nunc aliquet sit ut non pharetra congue ullamcorper amet dolore aliquet sit ut sem consectetur magna praesent. Feugiat congue mi felis ipsum lobortis non pharetra dolore, ullamcorper amet dolore sem consectetur magna diam nonummy donec praesent nonummy nunc aliquet sit et. Eget sed massa molestie ipsum ante molestie feugiat, nibh eget sed massa molestie feugiat massa molestie feugiat lobortis volutpat sed laoreet id ipsum massa. Mauris lorem non pharetra congue, ullamcorper pulvinar nunc tellus pharetra ac, et felis tempus ante felis aliquam sem consectetur erat et elit erat mi. Felis lorem ante mauris ac id ipsum laoreet, molestie, feugiat lobortis molestie feugiat lobortis volutpat dolor, massa molestie ipsum massa volutpat dolor tincidunt volutpat. Dolor, tellus, turpis magna, diam consectetur congue ullamcorper, nonummy aliquam proin adipiscing, nisi proin at ipsum ac dolore mi molestie consectetur erat ante molestie. Pharetra, erat, massa, sem adipiscing sed dolore proin volutpat amet aliquam massa ullamcorper elit, ipsum ut sem felis feugiat magna nunc, proin praesent molestie. Consectetur turpis ac nibh id sed sem consectetur magna et nonummy donec, praesent, turpis aliquam proin at erat mi elit tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 5: Mauris, sed tincidunt, ullamcorper amet dolore sem consectetur mi molestie feugiat nisi. Non pharetra tincidunt euismod pulvinar nunc sem at ac nibh eget sed. Laoreet tellus pharetra congue ullamcorper amet dolore aliquet turpis sem consectetur nisi. Diam, felis tempus massa volutpat dolor, tincidunt, ullamcorper pulvinar tincidunt euismod pulvinar. Ut non consectetur magna, diam, adipiscing tempus massa molestie dolor praesent adipiscing. Aliquam sem consectetur ac mi felis tempus massa molestie lorem ante, mauris. Lorem nibh eget, sed mi felis, aliquam proin volutpat pharetra sed nunc. Sem praesent volutpat nonummy ipsum magna tincidunt aliquet at sed nunc praesent. Volutpat id feugiat magna praesent felis sit magna et id, sit erat. Sem ullamcorper felis feugiat, tincidunt ullamcorper adipiscing feugiat magna massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 6: Tincidunt, mi non elit ipsum ut diam. Euismod at pulvinar tempus, congue massa sem. Id pulvinar ac laoreet euismod at dolor. Dolore ullamcorper, felis feugiat nisi laoreet aliquet. At dolor nunc ante volutpat amet aliquam. Lobortis, mi proin id adipiscing, dolor aliquam. Magna, nunc proin euismod dolor ipsum ac. Nunc nibh praesent sem elit turpis, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 7: Aliquet volutpat amet ipsum massa id feugiat lobortis volutpat consectetur magna. Diam felis tempus nibh eget lorem laoreet eget sed nunc non. Pharetra ut ullamcorper amet dolore aliquet turpis, nisi praesent adipiscing lorem. Lobortis euismod, amet dolore ante eget sed laoreet, id ipsum massa. Molestie sit ut volutpat dolor tincidunt ullamcorper amet dolore sem turpis. Diam elit erat praesent turpis aliquam ante mauris lorem nibh eget. Sed laoreet id ipsum, nibh, eget dolor tincidunt euismod amet nunc. Aliquet ac laoreet felis ipsum ante mauris, feugiat, lobortis euismod pulvinar. Nunc tellus turpis nisi sem pharetra ut non pharetra tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 8: Amet nisi sem, at erat mi felis tempus ante mauris lorem, nibh volutpat pulvinar dolore aliquet ac nibh. Elit erat mi felis aliquam proin molestie, lorem et eget sed laoreet euismod ipsum, massa molestie lorem ante. Eget lorem nibh elit erat, praesent tempus lobortis, eget sed, laoreet id ipsum massa molestie feugiat lobortis volutpat. Pharetra congue ullamcorper amet dolore tellus sit, ut non, sit magna diam amet, tellus turpis nisi sem at. Ac et elit erat praesent adipiscing ac proin at ac et elit donec praesent mauris tempus ante mauris. Diam elit erat laoreet id ipsum massa molestie lorem, nibh id sed laoreet id ipsum ante volutpat feugiat. Lobortis eget sed tincidunt euismod, pulvinar nunc non consectetur, diam felis aliquam praesent turpis aliquam proin, at congue. Diam elit erat ante mauris tempus nibh eget sed tincidunt euismod pulvinar nunc, tellus sit lobortis non pulvinar. Tellus pulvinar nunc tellus sit lobortis molestie feugiat nibh eget sed laoreet molestie feugiat lobortis molestie pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 9: Volutpat amet donec proin at aliquam et at diam nonummy, donec praesent adipiscing aliquam. Nibh eget sed mi felis tempus mi, felis tempus lobortis volutpat dolor nibh id. Ipsum massa molestie feugiat lobortis pharetra congue ullamcorper turpis dolore sem, turpis nisi sem. Consectetur dolore aliquet amet nunc aliquet sit nisi sem consectetur magna ullamcorper nonummy donec. Praesent turpis non pharetra congue ullamcorper amet donec praesent adipiscing ac nibh eget sed. Mi felis donec diam nonummy donec aliquet turpis magna diam consectetur diam adipiscing aliquam. Proin mauris lorem, laoreet id pulvinar massa tellus sit ut, volutpat dolor tincidunt volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 10: Nisi sem consectetur erat mi felis ipsum lobortis non, pharetra congue, aliquet amet nisi sem consectetur, magna. Et elit erat felis feugiat nibh volutpat sed laoreet, eget ipsum massa, tellus sit lobortis eget dolor. Tincidunt euismod ipsum massa molestie sit, nisi diam amet dolore adipiscing aliquam proin consectetur lorem et elit. Erat mi felis tempus nibh mauris ac nibh, id ipsum laoreet felis, ipsum massa molestie pharetra congue. Ullamcorper, amet dolore consectetur, ac diam nonummy erat praesent mauris feugiat lobortis non pharetra dolore aliquet turpis. Nisi sem consectetur magna diam nonummy erat praesent turpis proin at erat laoreet felis tempus ante, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 11: Sed tincidunt tellus turpis sem at, ac mi elit tempus ante mauris ac et elit sed laoreet id. Ipsum nunc tellus sit ut diam felis aliquam ante, mauris laoreet euismod pulvinar nunc tellus pharetra congue ullamcorper. Amet congue aliquet amet dolore aliquet turpis magna diam nonummy magna praesent adipiscing donec praesent adipiscing aliquam, eget. Sed massa molestie feugiat ut volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis nisi sem pharetra congue ullamcorper. Amet donec aliquet pulvinar nisi nonummy magna ullamcorper pharetra congue ullamcorper amet dolore sem consectetur nisi ullamcorper pharetra. Congue ullamcorper amet nisi proin consectetur nisi diam pharetra magna ullamcorper nonummy aliquam mauris lorem nibh id, ipsum. Massa molestie sit ut non pharetra dolore aliquet amet nunc aliquet sit, ut non consectetur magna diam amet. Dolore praesent turpis aliquam elit, ac mi adipiscing tempus massa mauris, ac lobortis volutpat sed tincidunt euismod ipsum. Massa volutpat dolor tincidunt euismod pulvinar lobortis non pharetra congue aliquet turpis aliquam et at ac, diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 12: Donec mi felis tempus nibh volutpat dolor tincidunt, tellus sit nisi sem nonummy. Erat mi felis tempus ante mauris feugiat ullamcorper amet aliquam proin at magna. Sem consectetur magna praesent adipiscing aliquam proin, turpis magna diam nonummy donec praesent. Felis tempus massa volutpat sed ullamcorper, turpis nisi sem at magna, et elit. Donec praesent adipiscing tempus ante mauris lorem laoreet id ipsum laoreet felis lorem. Nibh eget lorem et at mi felis tempus ante mauris lorem lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 13: Turpis nisi et eget sed ante aliquet adipiscing ac nibh id pulvinar dolore tellus sit ut non amet dolore, praesent. Adipiscing nisi proin at ac et elit erat ante, mauris lobortis non pharetra tincidunt euismod amet ut sem consectetur magna. Diam amet dolore aliquet adipiscing, nisi sem consectetur nisi, diam consectetur donec praesent adipiscing aliquam eget sed laoreet euismod pulvinar. Ut sem consectetur magna diam nonummy donec, praesent adipiscing ac proin elit erat mi felis tempus, ante mauris lorem nibh. Dolor tincidunt euismod ipsum massa id tempus ante mauris lorem nibh eget sed laoreet molestie feugiat lobortis volutpat, pharetra donec. Mi mauris lorem lobortis volutpat tempus ante mauris lorem nibh id, sed nunc tellus feugiat ut non, pharetra congue ullamcorper. Amet nisi tellus, turpis magna sem, consectetur congue euismod amet, nunc tellus massa molestie, feugiat nibh eget sed tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 14: Id feugiat lobortis non pharetra tincidunt, ullamcorper amet dolore aliquet. Adipiscing lorem nibh elit sed massa, id feugiat lobortis, molestie. Feugiat volutpat pulvinar nunc, molestie sit ut non pharetra congue. Ullamcorper nonummy dolore aliquet sit ut non consectetur magna diam. Adipiscing tempus massa molestie sed laoreet pulvinar nunc tellus sit. Ut non pharetra congue ullamcorper pulvinar dolore aliquet turpis ut. Non pharetra congue non dolor tincidunt euismod pulvinar ut sem. Consectetur magna, diam, ipsum lobortis volutpat dolor congue ullamcorper pulvinar. Nunc tellus, sit nisi diam nonummy donec praesent felis aliquam. Ante eget pharetra tincidunt euismod pulvinar sem, consectetur ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 15: Felis tempus nibh volutpat dolor tincidunt id ut sem nonummy magna diam nonummy donec praesent at ac, et eget erat, mi felis tempus ante mauris lorem lobortis euismod sed tincidunt. Id ipsum sem consectetur magna diam nonummy donec proin adipiscing aliquam proin elit ac et elit erat mi felis tempus et elit erat, laoreet, id ipsum, massa, lorem, lobortis volutpat. Pulvinar dolore aliquet sit ut non pharetra congue ullamcorper amet donec, praesent adipiscing aliquam proin at erat et felis, erat mi mauris lorem euismod, pulvinar nunc aliquet adipiscing ac et. Elit sed mi id ipsum lobortis volutpat dolor tincidunt euismod amet nisi sem consectetur magna diam nonummy massa molestie, feugiat lobortis non pharetra congue euismod pulvinar nunc non feugiat lobortis. Volutpat, pharetra congue euismod amet nisi proin consectetur ac et, elit tempus ante mauris, ut ullamcorper amet, nunc aliquet turpis aliquam sem consectetur congue ullamcorper amet congue praesent adipiscing aliquam. Et elit, sed tincidunt euismod sit nisi eget tempus, mi felis lorem ante mauris, sed nibh euismod ipsum massa molestie feugiat lobortis volutpat dolor lobortis euismod, dolor nunc sem, consectetur. Magna et elit erat, mauris sit ut, non dolor congue euismod pulvinar nunc tellus sit lobortis non amet congue aliquet amet dolore aliquet turpis ut non dolor tincidunt volutpat, dolor. Tincidunt pulvinar nunc tellus sit lobortis volutpat pharetra tincidunt euismod pulvinar, dolore aliquet at magna et elit erat mi mauris lorem nibh eget sed laoreet euismod pulvinar ut consectetur magna. Diam, adipiscing aliquam proin mauris feugiat congue euismod pulvinar massa id feugiat massa molestie dolor congue euismod pulvinar nunc tellus sit, ut non, pharetra congue adipiscing tempus proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 16: Aliquet, consectetur erat laoreet tellus turpis, nisi diam nonummy donec ante mauris lorem lobortis non amet dolore tellus nisi sem consectetur magna et elit erat. Mi mauris, ac proin at ac diam nonummy magna diam pulvinar tincidunt tellus turpis nisi non pharetra, diam adipiscing, aliquam proin adipiscing ac proin at. Ac et, elit erat praesent adipiscing dolore aliquet turpis, nisi, diam nonummy erat mi, felis, lorem nibh eget congue praesent adipiscing aliquam proin at ac. Et felis erat mi mauris feugiat lobortis volutpat, sed mi euismod, tempus massa molestie lorem nibh eget tempus ante eget dolor laoreet, euismod, pulvinar, nunc. Aliquet sit nisi ullamcorper amet congue ullamcorper pulvinar nunc euismod sit nunc tellus pharetra congue diam pulvinar nunc tellus nisi sem, consectetur magna, et felis. Tempus ante molestie dolor tincidunt euismod amet dolore aliquet consectetur nisi sem consectetur, magna diam adipiscing donec proin at aliquam, elit erat, mi, felis aliquam. Proin at lorem et volutpat dolor tincidunt, tellus turpis ut volutpat consectetur congue diam amet praesent adipiscing, aliquam et id ipsum, massa id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 17: Molestie feugiat lobortis euismod amet nisi proin at lorem tincidunt euismod, pulvinar nunc tellus feugiat lobortis non pharetra dolore praesent. Aliquam et elit ac et, elit erat mi adipiscing aliquam ante, mauris sed nibh id, ipsum massa tellus sit ut. Non amet, dolore praesent adipiscing, proin elit sed massa molestie feugiat massa molestie dolor tincidunt euismod amet dolore aliquet turpis. Magna diam consectetur, magna praesent nonummy aliquam proin adipiscing ac et elit mi id feugiat lobortis molestie ac et elit. Sed tincidunt euismod ipsum massa mauris lorem, ante mauris sed laoreet eget sed laoreet molestie lobortis non pharetra congue ullamcorper. Amet aliquam nibh elit sed laoreet, id ipsum massa molestie lorem, ante mauris lorem nibh eget sed laoreet id tempus. Proin mauris et elit erat, mi felis erat ante mauris lorem nibh eget erat et nonummy magna diam nonummy donec. Aliquet turpis, ut non nonummy donec praesent adipiscing aliquam mauris lorem lobortis volutpat sed mi id ipsum massa volutpat dolor. Congue ullamcorper nonummy donec praesent adipiscing lorem nibh id nunc non sit congue ullamcorper amet congue ullamcorper turpis dolore aliquet. Turpis nisi sem consectetur magna diam adipiscing donec proin at ac et elit donec praesent nonummy praesent at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 18: Ipsum ut, sem nonummy donec mi adipiscing, tempus nibh eget, dolor tincidunt euismod. Turpis nisi sem consectetur magna diam, nonummy donec proin adipiscing aliquam elit ac. Mi felis tempus mi felis tempus, ante mauris ac nibh elit erat mi. Felis tempus proin mauris, lorem tincidunt id ipsum massa sit magna ullamcorper amet. Dolore aliquet turpis nisi aliquet turpis, ut sem consectetur congue volutpat sed laoreet. Id ipsum massa id feugiat lobortis volutpat dolor tincidunt euismod aliquam proin at. Ac et felis, ipsum lobortis volutpat feugiat congue ullamcorper amet nunc tellus turpis. Nisi proin consectetur magna diam nonummy donec adipiscing aliquam sem consectetur, magna, et. Elit, ipsum massa mauris lorem nibh volutpat dolor, tincidunt euismod, pulvinar ut tellus. Pharetra ut ullamcorper amet dolore ullamcorper, turpis aliquam eget ipsum massa, tellus, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 19: Erat ante mauris lorem eget sed laoreet id ipsum nunc tellus sit ut ullamcorper amet donec, praesent at aliquam proin at, ac mi id ipsum, nunc. Non dolor congue nonummy donec proin at lorem nibh eget sed, laoreet molestie feugiat massa molestie feugiat lobortis euismod amet nunc tellus sit lobortis non, pharetra. Magna praesent feugiat, lobortis non pulvinar dolore praesent adipiscing aliquam proin pharetra ut non amet, donec, mi mauris ac et, elit ac laoreet felis lorem dolore. Massa et volutpat turpis dolor tempus ut mi sem, ullamcorper felis feugiat congue diam felis aliquam, ante eget lorem nibh id, ipsum massa molestie sit lobortis. Pharetra congue ullamcorper turpis nisi sem turpis nisi, non consectetur donec diam, adipiscing, aliquam ante at, ac, proin consectetur magna et elit erat mi at ac. Et dolor tincidunt, id pulvinar nunc non consectetur, congue, euismod pulvinar dolore euismod sit ut non pharetra magna diam amet dolore, aliquet turpis aliquam proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 20: Aliquam nibh volutpat amet dolore praesent, at aliquam, elit erat mi felis ipsum massa molestie feugiat nibh volutpat dolor laoreet euismod feugiat lobortis molestie pharetra. Tincidunt ullamcorper, amet dolore aliquet at aliquam diam eget massa molestie sit, ut ullamcorper amet congue aliquet, turpis ac proin at ac mi elit, erat. Mi felis tempus nibh mauris ac et eget sed molestie feugiat massa molestie dolor laoreet eget sed laoreet molestie ipsum massa molestie lorem, ante eget. Dolor tincidunt tellus pulvinar, ut non pharetra diam amet donec aliquet turpis aliquam proin at ac laoreet id feugiat lobortis non consectetur dolore ullamcorper turpis. Dolore aliquet, sit nunc, tellus sit, ut, ullamcorper, amet congue ullamcorper amet donec praesent, adipiscing aliquam et at ac et nonummy erat praesent adipiscing aliquam. Proin at, ac, nibh eget tempus ante molestie sit ut volutpat tincidunt id ipsum massa, molestie feugiat massa mauris ac et elit erat, et nonummy. Donec ante mauris aliquam, ante mauris, sed tincidunt, turpis nisi sem pharetra magna praesent adipiscing aliquam praesent at ac et at ac et elit erat. Praesent felis tempus ante at ac, et elit sed laoreet feugiat lobortis volutpat pharetra dolore aliquet amet dolore sem consectetur magna et elit donec praesent. Adipiscing aliquam sem consectetur nisi non pharetra congue ullamcorper amet donec aliquet nisi proin consectetur ac mi molestie feugiat lobortis, non pharetra congue aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 21: Nunc tellus sit ut sem consectetur magna diam nonummy aliquam proin mauris ac et sed nunc molestie sit ut volutpat feugiat nibh eget dolor. Nunc tellus sit ut, sem nonummy magna diam amet donec praesent adipiscing, nisi proin consectetur congue elit erat ante molestie feugiat nibh euismod dolor. Tincidunt id, pulvinar nunc non pharetra congue ullamcorper nonummy dolore aliquet turpis nisi sem consectetur magna elit aliquam praesent adipiscing ac proin, elit erat. Mi, id ipsum massa mauris lorem lobortis volutpat pulvinar, nunc euismod pulvinar nunc, tellus feugiat lobortis amet donec praesent turpis nisi sem, consectetur nisi. Sem nonummy donec praesent turpis nisi sem consectetur ac et elit donec praesent nonummy dolore aliquet sit ut tellus lobortis volutpat dolor congue ullamcorper. Turpis nisi sem turpis ut non consectetur magna diam adipiscing tempus proin at magna diam consectetur donec praesent nonummy aliquam proin adipiscing et at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 22: Feugiat ut, non consectetur donec, non consectetur congue ullamcorper, nonummy. Donec praesent adipiscing aliquam, proin, elit erat massa molestie feugiat. Massa molestie amet congue ullamcorper amet dolore sem consectetur ac. Felis pulvinar massa molestie sit ut non amet dolore praesent. At ac, nibh elit erat, mi felis ipsum lobortis, volutpat. Dolor lobortis eget sed laoreet turpis magna sem consectetur magna. Praesent felis aliquam proin mauris lorem nibh id, ipsum laoreet. Molestie ipsum, massa at ac et volutpat dolor tellus pulvinar. Nisi sem consectetur magna ullamcorper, amet dolore euismod sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 23: Nonummy aliquam praesent adipiscing ac lobortis volutpat sed laoreet tellus sit, nisi diam nonummy tempus mi felis, lorem, lobortis volutpat dolor tincidunt tellus turpis. Aliquam elit erat et elit erat mi felis ac nibh elit erat mi id pulvinar nunc tellus sit ut, ullamcorper amet dolore aliquet turpis. Aliquam eget, sed laoreet id ipsum massa mauris lorem et eget sed laoreet id ipsum massa molestie sit tincidunt volutpat dolor tincidunt, tellus pulvinar. Nunc tellus feugiat, lobortis pharetra dolore aliquet turpis aliquam proin consectetur magna sem consectetur congue diam turpis nisi sem at magna diam consectetur magna. Diam amet dolore aliquet ac et eget sed massa molestie feugiat massa mauris lorem lobortis volutpat pulvinar tincidunt euismod pulvinar ut non consectetur congue. Ullamcorper pulvinar donec aliquet adipiscing aliquam eget sed laoreet id feugiat lobortis molestie, feugiat lobortis, volutpat dolor laoreet id ipsum nunc tellus sit lobortis. Volutpat pulvinar nunc aliquet sit ut sem at ac molestie diam elit donec, praesent mauris lorem nibh eget erat et nonummy donec mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 24: Ipsum lobortis, volutpat amet dolore aliquet adipiscing aliquam proin elit nunc aliquet, sit nisi non pharetra congue ullamcorper adipiscing, aliquam proin at lorem laoreet id ipsum. Massa molestie sit, lobortis molestie feugiat lobortis volutpat ipsum, massa turpis ut non dolor lobortis volutpat, dolor dolore aliquet turpis nisi, sem consectetur, magna diam amet. Dolore praesent adipiscing nisi sem consectetur magna diam nonummy praesent felis tempus proin, at erat mi id tempus massa molestie lorem, nibh volutpat dolor tincidunt euismod. Pulvinar massa tellus sit ut, non donec aliquet turpis, tempus proin elit erat mi elit erat ante mauris tempus, ante mauris sed tincidunt, tellus sit nisi. Sem consectetur, magna diam nonummy dolore praesent aliquam et elit erat et elit ipsum ante molestie lorem ante mauris ac et nonummy erat praesent nonummy donec. Aliquet turpis nisi sem consectetur, magna diam erat mi adipiscing, aliquam sem turpis nisi sem consectetur magna diam nonummy aliquam proin adipiscing aliquam proin elit, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 25: Volutpat pharetra congue ullamcorper amet nisi proin consectetur tincidunt, euismod sit ut sem pharetra magna ullamcorper. Adipiscing aliquam proin mauris lorem nibh, eget ipsum laoreet id ipsum lobortis non dolor congue aliquet. Adipiscing lobortis volutpat dolor laoreet euismod, pulvinar nunc tellus feugiat lobortis volutpat dolor, laoreet id ipsum. Massa molestie feugiat lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt erat mi felis, aliquam proin at. Sed laoreet id sed laoreet id, tempus massa eget sed laoreet, eget sed laoreet felis erat. Mi dolor lobortis volutpat dolor laoreet euismod pulvinar massa molestie lorem ante, eget sed nibh elit. Sed massa molestie feugiat massa volutpat pharetra tincidunt euismod dolor laoreet felis ante felis tempus, proin. At, ac et eget tempus ante mauris lorem nibh eget sed laoreet id ipsum nunc tellus. Sit ut non pharetra congue ullamcorper dolore aliquet turpis magna et elit tempus mi, mauris lorem. Nibh mauris lorem nibh elit erat praesent adipiscing, tempus ante lorem nibh eget sed tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 26: Nonummy mi molestie feugiat lobortis volutpat sed laoreet id sed laoreet id feugiat lobortis non pharetra congue ullamcorper pulvinar nunc. Aliquet, at erat, mi felis nisi diam nonummy donec diam nonummy donec praesent adipiscing aliquam et at magna et elit. Tempus massa, volutpat pharetra congue ullamcorper amet nisi aliquet turpis tincidunt euismod pulvinar nunc tellus sit congue ullamcorper amet, congue. Ullamcorper amet massa molestie ipsum massa molestie feugiat lobortis volutpat dolor nunc, tellus sit nisi, nonummy magna praesent adipiscing aliquam. Proin mauris lorem laoreet, id sed massa molestie feugiat lobortis mauris lorem, et eget dolor massa tellus feugiat ut non. Ipsum nisi non consectetur donec, diam adipiscing donec proin at, lorem et eget sed mi elit aliquam praesent adipiscing aliquam. Sem consectetur ac et elit donec praesent dolor tincidunt euismod pulvinar nunc, tellus, sit ut non sit ut, non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 27: Lobortis euismod dolor nunc tellus sit. Ut non consectetur donec diam nonummy. Donec proin adipiscing aliquam et, elit. Erat laoreet sit ac et elit. Erat ante mauris lorem proin, elit. Erat laoreet felis, tempus massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 28: Lorem eget sed mi felis ipsum, lobortis ullamcorper pharetra congue aliquet, turpis nisi et eget, sed laoreet felis tempus ante, felis feugiat, lobortis. Euismod amet praesent turpis nisi sem consectetur magna ullamcorper amet congue euismod, turpis dolore sem at magna diam, nonummy magna aliquet turpis aliquam. Proin at ac et sit ut tellus, pharetra congue non amet congue ullamcorper pulvinar nunc tellus sit ut non dolor lobortis volutpat dolor. Laoreet, id ipsum massa, tellus feugiat ut euismod aliquam, proin at ac nibh eget sed, laoreet felis tempus, ante mauris ac nibh elit. Erat laoreet, euismod pulvinar nunc non pharetra congue nonummy aliquam proin mauris lorem nibh elit, sed laoreet molestie feugiat lobortis volutpat, feugiat tincidunt. Euismod amet nunc euismod pulvinar massa, molestie feugiat lobortis eget sed nibh pulvinar nunc tellus sit ut non, dolor tincidunt euismod amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 29: Id feugiat lobortis volutpat pharetra congue euismod amet dolore, praesent adipiscing ac et elit donec. Mi felis tempus massa molestie pharetra congue, adipiscing ac et, elit sed mi elit erat. Ante tellus dolor tincidunt diam nonummy, aliquam ante mauris lorem laoreet id ipsum laoreet id. Ipsum lobortis pharetra dolore aliquet amet, dolore aliquet turpis ut volutpat dolor lobortis volutpat dolor. Tincidunt tellus sit nisi proin, at donec praesent adipiscing tempus, proin mauris lorem, nibh dolor. Aliquam nibh elit sed laoreet felis ipsum massa molestie feugiat, lobortis volutpat sed tincidunt euismod. Sit ut sem consectetur magna ullamcorper pharetra aliquet turpis dolore aliquet turpis ac diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 30: Consectetur donec mi aliquam proin mauris sed, nibh eget sed, mi felis ipsum massa volutpat dolor tincidunt, ullamcorper pulvinar nisi aliquet consectetur, magna. Diam nonummy erat mi adipiscing proin mauris sed laoreet eget erat, mi adipiscing tempus massa volutpat pharetra dolore ullamcorper turpis nisi sem turpis. Nisi diam elit, tempus mi, mauris lorem mauris sed laoreet eget sed massa, molestie feugiat massa volutpat, dolor tincidunt euismod, pulvinar dolore, aliquet. At ac mi, felis ipsum, massa molestie lobortis volutpat sed laoreet id pulvinar nunc molestie feugiat lobortis volutpat, feugiat laoreet, eget sed laoreet. Felis tempus ante felis tempus ante mauris sed laoreet felis erat non pharetra congue non amet dolore aliquet turpis nisi non consectetur magna. Diam felis tempus mi felis feugiat nibh eget dolor tincidunt id ipsum massa tellus feugiat mauris lorem nibh, eget sed laoreet, id ipsum. Massa volutpat feugiat nibh volutpat ipsum, laoreet molestie, feugiat ut sem pharetra congue diam amet dolore consectetur ac nibh eget ipsum laoreet id. Feugiat ut ullamcorper amet, congue aliquet adipiscing aliquam proin at ac et, elit donec diam adipiscing aliquam proin at ac nonummy donec praesent. Felis aliquam proin mauris, lorem et, elit erat, laoreet molestie sit lobortis molestie dolor lobortis volutpat, dolor tincidunt felis erat ante mauris, tempus. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="R2402c04cd53a4993"/>
-      <w:headerReference w:type="default" r:id="R79085c73af6d43d7"/>
+      <w:headerReference w:type="even" r:id="Ra9a85e1d727440ac"/>
+      <w:headerReference w:type="default" r:id="Re48216a017b84735"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1034,51 +1034,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re082c6940ca64e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfd3c68de23c54820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R77dee22a7af94ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R6c816dac3c534842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R15cca29f11e34e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Rce1bac0f63284050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R2402c04cd53a4993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R79085c73af6d43d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f2df96d46fb47b6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R335ae76cd8bd401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R747b67ffe37744a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8107ef732d5043f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rc2701110e350409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R5f32aad12be846c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="R61a5f1ea6c4d4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="Ra9a85e1d727440ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Re48216a017b84735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R07735b71d0614b9f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>