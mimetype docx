--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R51fa42ddbe1b4c6b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R20abd5213dea44ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7bfd32284f23435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdb1d46b85bd34d49" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2ceb3c92268549c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8648b3fce13840d6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi volutpat molestie praesent sem tellus mauris, pulvinar sit erat elit. Eget nonummy feugiat ac aliquam laoreet aliquet volutpat elit sit ac. Laoreet aliquet mauris amet tempus lobortis praesent molestie consectetur sed nunc. Nibh aliquet lorem dolore massa, diam molestie turpis ac, tincidunt tellus. Elit pulvinar aliquam lobortis praesent felis feugiat magna mi molestie sit. Donec massa non elit i</w:t>
+        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R689d9477602248fe"/>
+                    <a:blip r:embed="R56ae414cb0f24e82"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">psum lobortis ullamcorper mauris amet donec massa. Non nonummy ipsum, nisi diam id consectetur lorem laoreet aliquet, at. Amet tempus massa non elit ipsum non elit tempus nisi mi. Euismod turpis ac tincidunt sem mauris sed nunc praesent mauris pharetra. Donec ut praesent molestie pharetra magna mi molestie turpis ac laoreet. Sit ac laoreet tellus consectetur lorem nunc praesent mauris, dolor donec. </w:t>
+        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi volutpat molestie praesent sem tellus mauris, pulvinar sit erat elit. Eget nonummy feugiat ac aliquam laoreet aliquet volutpat elit sit ac. Laoreet aliquet mauris amet tempus lobortis praesent molestie consectetur sed nunc. Nibh aliquet lorem dolore massa, diam molestie turpis ac, tincidunt tellus. Elit pulvinar aliquam lobortis praesent felis feugiat magna mi molestie sit. Donec massa non elit i</w:t>
+        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R689d9477602248fe"/>
+                    <a:blip r:embed="R56ae414cb0f24e82"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">psum lobortis ullamcorper mauris amet donec massa. Non nonummy ipsum, nisi diam id consectetur lorem laoreet aliquet, at. Amet tempus massa non elit ipsum non elit tempus nisi mi. Euismod turpis ac tincidunt sem mauris sed nunc praesent mauris pharetra. Donec ut praesent molestie pharetra magna mi molestie turpis ac laoreet. Sit ac laoreet tellus consectetur lorem nunc praesent mauris, dolor donec. </w:t>
+        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi volutpat molestie praesent sem tellus mauris, pulvinar sit erat elit. Eget nonummy feugiat ac aliquam laoreet aliquet volutpat elit sit ac. Laoreet aliquet mauris amet tempus lobortis praesent molestie consectetur sed nunc. Nibh aliquet lorem dolore massa, diam molestie turpis ac, tincidunt tellus. Elit pulvinar aliquam lobortis praesent felis feugiat magna mi molestie sit. Donec massa non elit i</w:t>
+        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R689d9477602248fe"/>
+                    <a:blip r:embed="R56ae414cb0f24e82"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">psum lobortis ullamcorper mauris amet donec massa. Non nonummy ipsum, nisi diam id consectetur lorem laoreet aliquet, at. Amet tempus massa non elit ipsum non elit tempus nisi mi. Euismod turpis ac tincidunt sem mauris sed nunc praesent mauris pharetra. Donec ut praesent molestie pharetra magna mi molestie turpis ac laoreet. Sit ac laoreet tellus consectetur lorem nunc praesent mauris, dolor donec. </w:t>
+        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi volutpat molestie praesent sem tellus mauris, pulvinar sit erat elit. Eget nonummy feugiat ac aliquam laoreet aliquet volutpat elit sit ac. Laoreet aliquet mauris amet tempus lobortis praesent molestie consectetur sed nunc. Nibh aliquet lorem dolore massa, diam molestie turpis ac, tincidunt tellus. Elit pulvinar aliquam lobortis praesent felis feugiat magna mi molestie sit. Donec massa non elit i</w:t>
+        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R689d9477602248fe"/>
+                    <a:blip r:embed="R56ae414cb0f24e82"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">psum lobortis ullamcorper mauris amet donec massa. Non nonummy ipsum, nisi diam id consectetur lorem laoreet aliquet, at. Amet tempus massa non elit ipsum non elit tempus nisi mi. Euismod turpis ac tincidunt sem mauris sed nunc praesent mauris pharetra. Donec ut praesent molestie pharetra magna mi molestie turpis ac laoreet. Sit ac laoreet tellus consectetur lorem nunc praesent mauris, dolor donec. </w:t>
+        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi volutpat molestie praesent sem tellus mauris, pulvinar sit erat elit. Eget nonummy feugiat ac aliquam laoreet aliquet volutpat elit sit ac. Laoreet aliquet mauris amet tempus lobortis praesent molestie consectetur sed nunc. Nibh aliquet lorem dolore massa, diam molestie turpis ac, tincidunt tellus. Elit pulvinar aliquam lobortis praesent felis feugiat magna mi molestie sit. Donec massa non elit i</w:t>
+        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R689d9477602248fe"/>
+                    <a:blip r:embed="R56ae414cb0f24e82"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">psum lobortis ullamcorper mauris amet donec massa. Non nonummy ipsum, nisi diam id consectetur lorem laoreet aliquet, at. Amet tempus massa non elit ipsum non elit tempus nisi mi. Euismod turpis ac tincidunt sem mauris sed nunc praesent mauris pharetra. Donec ut praesent molestie pharetra magna mi molestie turpis ac laoreet. Sit ac laoreet tellus consectetur lorem nunc praesent mauris, dolor donec. </w:t>
+        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi volutpat molestie praesent sem tellus mauris, pulvinar sit erat elit. Eget nonummy feugiat ac aliquam laoreet aliquet volutpat elit sit ac. Laoreet aliquet mauris amet tempus lobortis praesent molestie consectetur sed nunc. Nibh aliquet lorem dolore massa, diam molestie turpis ac, tincidunt tellus. Elit pulvinar aliquam lobortis praesent felis feugiat magna mi molestie sit. Donec massa non elit i</w:t>
+        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R689d9477602248fe"/>
+                    <a:blip r:embed="R56ae414cb0f24e82"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">psum lobortis ullamcorper mauris amet donec massa. Non nonummy ipsum, nisi diam id consectetur lorem laoreet aliquet, at. Amet tempus massa non elit ipsum non elit tempus nisi mi. Euismod turpis ac tincidunt sem mauris sed nunc praesent mauris pharetra. Donec ut praesent molestie pharetra magna mi molestie turpis ac laoreet. Sit ac laoreet tellus consectetur lorem nunc praesent mauris, dolor donec. </w:t>
+        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi volutpat molestie praesent sem tellus mauris, pulvinar sit erat elit. Eget nonummy feugiat ac aliquam laoreet aliquet volutpat elit sit ac. Laoreet aliquet mauris amet tempus lobortis praesent molestie consectetur sed nunc. Nibh aliquet lorem dolore massa, diam molestie turpis ac, tincidunt tellus. Elit pulvinar aliquam lobortis praesent felis feugiat magna mi molestie sit. Donec massa non elit i</w:t>
+        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R689d9477602248fe"/>
+                    <a:blip r:embed="R56ae414cb0f24e82"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">psum lobortis ullamcorper mauris amet donec massa. Non nonummy ipsum, nisi diam id consectetur lorem laoreet aliquet, at. Amet tempus massa non elit ipsum non elit tempus nisi mi. Euismod turpis ac tincidunt sem mauris sed nunc praesent mauris pharetra. Donec ut praesent molestie pharetra magna mi molestie turpis ac laoreet. Sit ac laoreet tellus consectetur lorem nunc praesent mauris, dolor donec. </w:t>
+        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raabcf32dcdf1462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc28f9fd2d0ff4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4145171c83ab4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R689d9477602248fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3da27b9dcaf442d4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R69ec9dd154a142ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R16167b72a5294ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5e2a79e4da8e4607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R56ae414cb0f24e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9004eccf2cf42a8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>