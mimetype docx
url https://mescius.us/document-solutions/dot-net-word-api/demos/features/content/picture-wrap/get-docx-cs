--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdb1d46b85bd34d49" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2ceb3c92268549c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8648b3fce13840d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4bb2c19d42e44250" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8f330aab540c447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R21e4263b3c514d00" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
+        <w:t xml:space="preserve">Lobortis consectetur, tincidunt tincidunt ante diam aliquet mauris, nonummy sit donec. Nisi tincidunt aliquet mauris dolor, donec massa et ullamcorper molestie consectetur. Tempus nisi diam id consectetur lorem tincidunt aliquet mauris pharetra donec. Nibh ullamcorper tellus pharetra erat dolore et euismod adipiscing lorem, praesent. Volutpat consectetur pulvinar nisi nibh, euismod consectetur lorem tincidunt aliquet adipiscing. Dolor do</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56ae414cb0f24e82"/>
+                    <a:blip r:embed="R95977bc87af34700"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
+        <w:t xml:space="preserve">lore praesent at pharetra aliquam ut et id turpis magna. Mi euismod consectetur laoreet euismod at dolor dolore proin eget amet. Donec proin mauris pharetra aliquam lobortis ullamcorper, ante volutpat dolor congue. Diam nonummy donec ante sed, laoreet euismod pulvinar nunc tellus sit. Ut non pharetra tincidunt volutpat sed, massa molestie, feugiat, lobortis volutpat. Dolor magna diam nonummy, aliquam, nibh eget dolor, tincidunt sit nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
+        <w:t xml:space="preserve">Lobortis consectetur, tincidunt tincidunt ante diam aliquet mauris, nonummy sit donec. Nisi tincidunt aliquet mauris dolor, donec massa et ullamcorper molestie consectetur. Tempus nisi diam id consectetur lorem tincidunt aliquet mauris pharetra donec. Nibh ullamcorper tellus pharetra erat dolore et euismod adipiscing lorem, praesent. Volutpat consectetur pulvinar nisi nibh, euismod consectetur lorem tincidunt aliquet adipiscing. Dolor do</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56ae414cb0f24e82"/>
+                    <a:blip r:embed="R95977bc87af34700"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
+        <w:t xml:space="preserve">lore praesent at pharetra aliquam ut et id turpis magna. Mi euismod consectetur laoreet euismod at dolor dolore proin eget amet. Donec proin mauris pharetra aliquam lobortis ullamcorper, ante volutpat dolor congue. Diam nonummy donec ante sed, laoreet euismod pulvinar nunc tellus sit. Ut non pharetra tincidunt volutpat sed, massa molestie, feugiat, lobortis volutpat. Dolor magna diam nonummy, aliquam, nibh eget dolor, tincidunt sit nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
+        <w:t xml:space="preserve">Lobortis consectetur, tincidunt tincidunt ante diam aliquet mauris, nonummy sit donec. Nisi tincidunt aliquet mauris dolor, donec massa et ullamcorper molestie consectetur. Tempus nisi diam id consectetur lorem tincidunt aliquet mauris pharetra donec. Nibh ullamcorper tellus pharetra erat dolore et euismod adipiscing lorem, praesent. Volutpat consectetur pulvinar nisi nibh, euismod consectetur lorem tincidunt aliquet adipiscing. Dolor do</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56ae414cb0f24e82"/>
+                    <a:blip r:embed="R95977bc87af34700"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
+        <w:t xml:space="preserve">lore praesent at pharetra aliquam ut et id turpis magna. Mi euismod consectetur laoreet euismod at dolor dolore proin eget amet. Donec proin mauris pharetra aliquam lobortis ullamcorper, ante volutpat dolor congue. Diam nonummy donec ante sed, laoreet euismod pulvinar nunc tellus sit. Ut non pharetra tincidunt volutpat sed, massa molestie, feugiat, lobortis volutpat. Dolor magna diam nonummy, aliquam, nibh eget dolor, tincidunt sit nisi. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
+        <w:t xml:space="preserve">Lobortis consectetur, tincidunt tincidunt ante diam aliquet mauris, nonummy sit donec. Nisi tincidunt aliquet mauris dolor, donec massa et ullamcorper molestie consectetur. Tempus nisi diam id consectetur lorem tincidunt aliquet mauris pharetra donec. Nibh ullamcorper tellus pharetra erat dolore et euismod adipiscing lorem, praesent. Volutpat consectetur pulvinar nisi nibh, euismod consectetur lorem tincidunt aliquet adipiscing. Dolor do</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56ae414cb0f24e82"/>
+                    <a:blip r:embed="R95977bc87af34700"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
+        <w:t xml:space="preserve">lore praesent at pharetra aliquam ut et id turpis magna. Mi euismod consectetur laoreet euismod at dolor dolore proin eget amet. Donec proin mauris pharetra aliquam lobortis ullamcorper, ante volutpat dolor congue. Diam nonummy donec ante sed, laoreet euismod pulvinar nunc tellus sit. Ut non pharetra tincidunt volutpat sed, massa molestie, feugiat, lobortis volutpat. Dolor magna diam nonummy, aliquam, nibh eget dolor, tincidunt sit nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
+        <w:t xml:space="preserve">Lobortis consectetur, tincidunt tincidunt ante diam aliquet mauris, nonummy sit donec. Nisi tincidunt aliquet mauris dolor, donec massa et ullamcorper molestie consectetur. Tempus nisi diam id consectetur lorem tincidunt aliquet mauris pharetra donec. Nibh ullamcorper tellus pharetra erat dolore et euismod adipiscing lorem, praesent. Volutpat consectetur pulvinar nisi nibh, euismod consectetur lorem tincidunt aliquet adipiscing. Dolor do</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56ae414cb0f24e82"/>
+                    <a:blip r:embed="R95977bc87af34700"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
+        <w:t xml:space="preserve">lore praesent at pharetra aliquam ut et id turpis magna. Mi euismod consectetur laoreet euismod at dolor dolore proin eget amet. Donec proin mauris pharetra aliquam lobortis ullamcorper, ante volutpat dolor congue. Diam nonummy donec ante sed, laoreet euismod pulvinar nunc tellus sit. Ut non pharetra tincidunt volutpat sed, massa molestie, feugiat, lobortis volutpat. Dolor magna diam nonummy, aliquam, nibh eget dolor, tincidunt sit nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
+        <w:t xml:space="preserve">Lobortis consectetur, tincidunt tincidunt ante diam aliquet mauris, nonummy sit donec. Nisi tincidunt aliquet mauris dolor, donec massa et ullamcorper molestie consectetur. Tempus nisi diam id consectetur lorem tincidunt aliquet mauris pharetra donec. Nibh ullamcorper tellus pharetra erat dolore et euismod adipiscing lorem, praesent. Volutpat consectetur pulvinar nisi nibh, euismod consectetur lorem tincidunt aliquet adipiscing. Dolor do</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56ae414cb0f24e82"/>
+                    <a:blip r:embed="R95977bc87af34700"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
+        <w:t xml:space="preserve">lore praesent at pharetra aliquam ut et id turpis magna. Mi euismod consectetur laoreet euismod at dolor dolore proin eget amet. Donec proin mauris pharetra aliquam lobortis ullamcorper, ante volutpat dolor congue. Diam nonummy donec ante sed, laoreet euismod pulvinar nunc tellus sit. Ut non pharetra tincidunt volutpat sed, massa molestie, feugiat, lobortis volutpat. Dolor magna diam nonummy, aliquam, nibh eget dolor, tincidunt sit nisi. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit ut donec sed, erat dolor adipiscing euismod et, tincidunt erat. Feugiat felis et congue sit, id id nibh lorem at tellus. Tincidunt lorem, at proin dolore amet ullamcorper lobortis feugiat mauris ante. Ipsum felis et ac consectetur non ut amet euismod aliquam, sit. Id nibh magna consectetur sem dolore pulvinar euismod lobortis feugiat mauris. Mi erat nonummy, diam magna turpis molestie massa, </w:t>
+        <w:t xml:space="preserve">Lobortis consectetur, tincidunt tincidunt ante diam aliquet mauris, nonummy sit donec. Nisi tincidunt aliquet mauris dolor, donec massa et ullamcorper molestie consectetur. Tempus nisi diam id consectetur lorem tincidunt aliquet mauris pharetra donec. Nibh ullamcorper tellus pharetra erat dolore et euismod adipiscing lorem, praesent. Volutpat consectetur pulvinar nisi nibh, euismod consectetur lorem tincidunt aliquet adipiscing. Dolor do</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56ae414cb0f24e82"/>
+                    <a:blip r:embed="R95977bc87af34700"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">sed eget laoreet. Dolor proin donec nonummy diam magna pharetra, non nunc pulvinar, id. Laoreet erat elit proin nisi turpis aliquet dolore amet ullamcorper ut. Sit tellus, pulvinar id nibh lorem mauris ante tempus felis praesent. Magna dolor volutpat lobortis pulvinar euismod tincidunt dolor euismod tincidunt feugiat. Molestie lobortis ipsum, id laoreet, sed elit praesent magna pharetra molestie. </w:t>
+        <w:t xml:space="preserve">lore praesent at pharetra aliquam ut et id turpis magna. Mi euismod consectetur laoreet euismod at dolor dolore proin eget amet. Donec proin mauris pharetra aliquam lobortis ullamcorper, ante volutpat dolor congue. Diam nonummy donec ante sed, laoreet euismod pulvinar nunc tellus sit. Ut non pharetra tincidunt volutpat sed, massa molestie, feugiat, lobortis volutpat. Dolor magna diam nonummy, aliquam, nibh eget dolor, tincidunt sit nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R69ec9dd154a142ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R16167b72a5294ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5e2a79e4da8e4607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R56ae414cb0f24e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9004eccf2cf42a8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2cb4951f6a6842ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re36c62bd6727411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R386efdadf9d64994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R95977bc87af34700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9b6d86e0e990420f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>