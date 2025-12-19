--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb668767506bf45a7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb4da99730d54437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R656a09570df24025" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2a7e19da5fd94426" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e5d1f0723104aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09aa44871c524b1e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Volutpat at adipiscing euismod mauris, nonummy ipsum magna massa sem aliquet felis. Elit pulvinar ac tincidunt aliquet mauris sed donec mi, tellus at sed. Nisi, nibh ullamcorper adipiscing lorem dolore mi volutpat consectetur tempus lobortis, diam. Id turpis lorem nibh tellus turpis ac tincidunt tellus dolor donec ante. Volutpat, nonummy tempus, massa ullamcorper elit ipsum nisi et felis pulvinar ac. Laoreet praesent volutpat amet aliquam lobortis non adipiscing tempus massa non, pharetra. Erat massa aliquet elit dolor nisi ante volutpat nonummy aliquam nibh euismod. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Mi lobortis felis mi volutpat, nonummy ipsum magna et id pulvinar nisi, sem nonummy erat, mi, molestie sit congue ullamcorper nonummy, erat ante mauris. Pharetra, dolore felis tempus ante mauris lorem nibh, eget tempus massa molestie feugiat nibh eget lorem laoreet id pulvinar dolore aliquet pharetra congue diam. Elit tempus lobortis, pharetra, magna praesent felis tempus ante eget sed nibh id sed laoreet id ipsum massa eget sed laoreet id sed massa. Molestie turpis nisi sem nonummy, donec, mauris feugiat tincidunt euismod pulvinar nunc tellus sit nisi diam, consectetur donec mi adipiscing aliquam ante molestie feugiat. Nibh euismod dolor massa id lobortis, molestie dolor congue, diam nonummy, donec proin consectetur magna diam nonummy donec mi felis ipsum ante at feugiat. Lobortis euismod amet nunc aliquet turpis nisi sem magna mi felis tempus nibh eget sed laoreet id ipsum massa molestie sit lobortis volutpat sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2. Ante, non elit ipsum erat tincidunt aliquet, elit dolor dolore sem. Eget amet tempus lobortis, ullamcorper felis lorem congue praesent id ac. Laoreet sem elit dolor dolore proin elit dolor nunc sem, eget. Pulvinar aliquam nibh euismod nonummy lorem ut diam, felis feugiat congue. Diam felis congue et, molestie sit, erat laoreet aliquet at pulvinar. Nisi nibh euismod nonummy tempus, ut diam felis feugiat ac laoreet. Non elit, ipsum dolore aliquet at dolor aliquet elit dolor nunc. Ante volutpat amet aliquam lobortis non nonummy tempus lobortis ullamcorper felis. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2. Proin eget, sed laoreet euismod pulvinar nisi sem nonummy donec, praesent id lorem nibh eget sed tincidunt euismod lorem et elit ac mi, elit erat mi felis lorem ante mauris. Ac diam nonummy donec praesent adipiscing tempus proin mauris lorem nibh eget erat mi ipsum massa, molestie lorem nibh, elit erat mi elit erat mi, mauris lorem nibh volutpat dolor. Tincidunt euismod ipsum laoreet, id tempus ante mauris lorem, aliquet, adipiscing aliquam proin at ac et elit erat praesent turpis nisi sem consectetur magna et elit, erat praesent, adipiscing tempus. Ante at proin at ac et elit erat, ante, felis lorem nibh eget dolor tincidunt euismod, pulvinar, ut non consectetur donec praesent felis tempus ante, eget lorem nibh eget, mi. Felis, ipsum massa volutpat feugiat nibh eget sed tincidunt tellus pulvinar, ut, non consectetur magna praesent adipiscing, tempus ante mauris lorem nibh eget sed, laoreet felis lobortis ullamcorper pharetra dolore. Aliquet turpis nisi sem consectetur magna, diam elit erat praesent adipiscing eget sed laoreet id lorem volutpat pharetra tincidunt ullamcorper amet dolore, tellus sit lobortis volutpat dolor tincidunt euismod pulvinar. Tincidunt euismod pulvinar nunc tellus sit, ut euismod, pulvinar nunc aliquet sit nisi consectetur ac et, nonummy donec praesent mauris lorem nibh eget, sed laoreet id ipsum ante mauris tempus. Ante, eget sed laoreet id ipsum nunc tellus sit congue adipiscing tempus proin mauris lorem lobortis eget sed laoreet felis, tempus ante adipiscing aliquam proin at ac diam nonummy magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Lobortis praesent molestie dolor donec mi mauris feugiat congue praesent felis sit magna mi molestie sit magna laoreet tellus consectetur laoreet molestie sit nisi et, tellus consectetur. Dolor donec nibh, euismod nonummy tempus lobortis ullamcorper adipiscing ipsum ut ullamcorper adipiscing ipsum congue mi molestie ac tincidunt aliquet at dolor nunc proin eget pulvinar donec. Ante non nonummy tempus lobortis ullamcorper felis ipsum ut diam, felis feugiat ut et molestie sit magna euismod turpis lorem laoreet tellus, adipiscing sed dolore proin eget. Pharetra tempus massa ullamcorper elit, feugiat magna laoreet tellus at dolor nisi, ante dolor dolore proin volutpat adipiscing feugiat ut ullamcorper felis feugiat, congue et molestie consectetur. Sed nunc sem elit pulvinar dolore proin eget, dolor nisi proin eget pulvinar erat laoreet non at sed ut proin eget amet aliquam nibh euismod turpis, lorem. Lobortis aliquet felis feugiat, tincidunt praesent mauris sit magna laoreet tellus pharetra donec sem at sed dolore nibh euismod turpis ac tincidunt aliquet, mauris pharetra magna mi. Molestie consectetur erat massa tellus consectetur, massa, tellus consectetur sed nunc sem eget ipsum nisi, et volutpat pulvinar nisi ante eget pulvinar dolore proin eget pulvinar, dolore. Ante volutpat amet, aliquam lobortis non at sed nunc sem at erat, nunc aliquet elit sed tincidunt aliquet mauris pulvinar donec ante volutpat sed dolore proin at. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Ac nibh, eget sed massa molestie, feugiat sem nonummy donec praesent adipiscing aliquam. Ante, euismod dolor tincidunt euismod pulvinar nunc non consectetur congue praesent nonummy dolore. Ullamcorper turpis nisi aliquet turpis ullamcorper nonummy dolore aliquet adipiscing nisi sem consectetur. Ac diam, nonummy erat mi felis, tempus proin mauris ac et elit erat. Laoreet id ipsum lobortis dolor tincidunt euismod turpis nisi proin mauris erat, mi. Felis erat mi, felis aliquam proin at ac nibh at erat laoreet id. Ipsum molestie amet dolore ullamcorper amet dolore aliquet sit nisi sem nonummy donec. Mi mauris feugiat lobortis volutpat dolor tincidunt tellus sit, nunc tellus pharetra congue. Ullamcorper amet proin at ac nibh elit erat laoreet id ipsum massa molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 1. Pharetra ipsum sem id sit lorem nunc proin eget amet tempus ut diam id feugiat congue mi id turpis erat laoreet tellus mauris dolor. Nisi ante nonummy lorem lobortis praesent felis ipsum, congue diam molestie consectetur sed nunc sem elit dolor dolore proin volutpat turpis tempus, tincidunt, diam. Mauris sit donec molestie consectetur sed massa sem eget ipsum dolore et, volutpat amet aliquam nibh volutpat, pulvinar nisi ante euismod nonummy id adipiscing. Ac congue aliquet mauris dolor magna, molestie consectetur tempus nunc, sem elit sed massa non id, eget felis pharetra sed nisi tincidunt massa sem. Id, eget, adipiscing nonummy at feugiat erat laoreet tellus consectetur sed ut sem eget amet, nisi nibh euismod turpis ac lobortis aliquet mauris pharetra. Donec massa, non consectetur tempus nunc sem, elit nisi et id amet aliquam nibh eget pulvinar, dolore et volutpat pulvinar aliquam lobortis ullamcorper felis. Feugiat magna praesent mauris sit magna laoreet tellus consectetur donec, laoreet at sed nunc sem eget turpis aliquam lobortis ullamcorper turpis lorem, lobortis diam. Mauris pharetra donec praesent felis sit donec felis feugiat congue mi, tellus turpis magna, mi molestie turpis ac laoreet euismod turpis magna nibh euismod. Turpis lorem tincidunt praesent, mauris dolor dolore ante, volutpat amet proin molestie, pharetra erat ante molestie dolor donec ante volutpat consectetur erat massa non. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 1. Laoreet euismod amet dolore sem at erat mi felis tempus ante mauris, lorem lobortis volutpat dolor, tincidunt id sed laoreet tempus. Proin mauris lorem laoreet id ipsum massa id feugiat massa molestie feugiat nibh eget dolor tincidunt tellus ipsum ante mauris feugiat. Lobortis volutpat nunc euismod ipsum massa molestie feugiat massa molestie feugiat tincidunt, volutpat pulvinar nunc tellus, turpis ut non pharetra, congue. Ullamcorper nonummy tempus nibh at ac et eget nisi non consectetur magna, et felis aliquam, proin mauris lorem lobortis, volutpat pulvinar. Nunc aliquet consectetur nisi, sem consectetur magna diam nonummy donec adipiscing nisi sem consectetur magna ullamcorper adipiscing aliquam, praesent at ac. Et elit erat mi felis tempus ante mauris lorem nibh volutpat dolor tincidunt euismod, pulvinar nisi consectetur donec praesent, adipiscing aliquam. Proin at, ac et elit, erat et felis tempus mi felis tempus nibh eget sed nibh eget erat massa molestie feugiat. Nibh pharetra tincidunt ullamcorper ipsum nisi sem, consectetur magna et felis tempus mi, felis tempus ante mauris sed laoreet id ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2. Mauris amet tempus ut diam felis feugiat nisi et euismod turpis, ac laoreet aliquet lorem. Nunc aliquet mauris pharetra aliquam, proin non adipiscing, ipsum congue, et id sit ut diam. Felis sit magna et id turpis sed nunc proin sed tincidunt praesent mauris sed dolore. Proin molestie pharetra donec, proin, molestie pharetra erat, ante molestie pharetra donec, massa tellus consectetur. Donec nunc sem elit nunc proin id amet aliquam nibh ullamcorper turpis, ac nibh ullamcorper. Felis feugiat congue praesent mauris pharetra donec ante molestie pharetra donec nunc id sit ac. Laoreet euismod amet aliquam nibh ullamcorper adipiscing feugiat congue praesent mauris feugiat, congue praesent adipiscing. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2. Nunc proin eget sed laoreet ipsum massa mauris feugiat lobortis euismod amet nisi, proin elit erat laoreet id pulvinar massa molestie, feugiat lobortis non pharetra nunc aliquet turpis ut tellus. Non pharetra congue aliquet turpis aliquam, et elit sed, mi felis ipsum, nunc sem consectetur magna diam nonummy dolore tellus pulvinar nunc tellus sit ut nonummy donec proin adipiscing nisi. Et eget dolor tincidunt tellus, turpis magna et, elit erat mi, felis tempus ante mauris lorem nibh elit sed massa molestie feugiat mi felis tempus ante mauris tempus nibh eget. Sed laoreet id, ipsum massa tellus sit ut non pharetra nunc euismod ipsum massa tellus ut ullamcorper amet donec praesent adipiscing aliquam proin consectetur magna, diam nonummy donec praesent, adipiscing. Donec proin at magna diam nonummy, magna ullamcorper, amet, dolore ullamcorper pulvinar, proin at sed laoreet id, ipsum massa, molestie dolor tincidunt ullamcorper pulvinar dolore sem turpis nisi diam nonummy. Donec mi, adipiscing tempus ante mauris lorem euismod pulvinar nunc tellus feugiat massa molestie feugiat, nibh, elit erat mi felis, erat mi, mauris lorem lobortis, volutpat dolor laoreet id ipsum. Massa id feugiat lobortis elit erat mi at ac et volutpat sed tincidunt euismod sit ut molestie feugiat lobortis volutpat dolor laoreet euismod ipsum massa molestie feugiat ante mauris feugiat. Nibh pulvinar nunc, tellus sit lobortis volutpat pharetra tincidunt volutpat pulvinar nunc tellus sit ut sem pharetra congue ullamcorper amet, congue aliquet turpis nisi non sit massa volutpat tincidunt euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3. Sit magna, mi molestie consectetur sed nunc sem at ipsum nisi et volutpat turpis tempus nibh euismod. Adipiscing dolor, ante tellus elit pulvinar aliquam laoreet euismod turpis lorem laoreet ullamcorper adipiscing feugiat tincidunt, aliquet. Felis dolor magna mi mauris dolor, magna mi non erat massa tellus consectetur sed ut sem eget. Pulvinar aliquam et volutpat amet, nisi et euismod adipiscing lorem lobortis diam, adipiscing lorem congue mi, mauris. Sit magna adipiscing ipsum ut diam id ipsum congue diam felis feugiat ut diam elit pulvinar magna. Laoreet aliquet consectetur sed laoreet euismod turpis, aliquam eget pulvinar ut proin, eget turpis ac lobortis euismod. Adipiscing lorem tincidunt ullamcorper adipiscing, feugiat congue diam tellus nonummy sed massa non nonummy sed nunc non. At aliquam nibh volutpat turpis aliquam et volutpat amet aliquam ante euismod nonummy lorem lobortis ullamcorper nonummy. Lorem ut diam felis, ipsum ut diam felis sit congue mi ipsum nisi et id turpis magna. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3. Sed tincidunt tellus turpis nunc non pharetra. Magna mi felis, tempus nibh eget sed. Laoreet id ipsum laoreet molestie ipsum massa. Volutpat tincidunt ullamcorper turpis nisi proin consectetur. Ac et, elit erat, mi, adipiscing aliquam. Proin, mauris ac, et elit erat et. Felis ipsum massa molestie feugiat euismod pulvinar. Nunc tellus sit ut non, pharetra congue. Euismod pulvinar nunc euismod pulvinar nunc id. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -597,51 +597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R80dfa5d1aa2d4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rba2aa96646714593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rda3cc31da874431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc1db8eb8c27b42c0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfd081183af4048a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8eb003571a924a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3c8026b8653a4f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R980ccf250d1645d0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>