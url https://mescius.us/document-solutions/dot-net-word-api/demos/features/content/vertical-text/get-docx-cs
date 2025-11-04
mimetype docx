--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5f20f9ba98594244" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd9da2becd0484e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdda1f617a72c4ef2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2b064dcfdd5a404d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R698c872fd7f641b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rafe3d02c1b5646f7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
       <w:r>
         <w:t>Chinese</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Text"/>
       </w:pPr>
       <w:r>
         <w:t>漢語，又称中文、汉文、國文、國语、华文、华语，英文統一用「Chinese」，常用作简称现代标准汉语，古代的汉语称为文言文。属于汉藏语系分析语，有声调。汉语的文字系统汉字是一种意音文字，表意的同時也具一定的表音功能。漢語包含書面語以及口語兩部分。一般意義上，“漢語”這個詞，多指現代標準漢語，以北京语音为标准音、以北方话为基础方言、以典范的现代白话文著作为语法规范。[2]在中國大陆漢語語言文字課本中稱為語文。需要注意的是，中国大陆之“普通话”、台灣之“國語”、新马地区之“华语”，在某些漢字的取音上是有一定程度的差异的，而且口語讀音也出現不少分野，亦有一些汉字的读音在三者中根本不同。而大部分較中立的學者認為，漢語是眾多漢方言的統稱，是一個稱謂，可以指代任何其中一種方言（如粵語、吳語、客家話……），而非單一是語言。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
@@ -632,51 +632,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf1b4010465d741a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9a413e09938b45de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3538bc3d30324daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfb0afb9adca44799" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red093ac4bcc94ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfcb7fd7ec346472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R76455d9073f1411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9faad2530893437d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>