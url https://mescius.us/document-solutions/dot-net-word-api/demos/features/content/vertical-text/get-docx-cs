--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2b064dcfdd5a404d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R698c872fd7f641b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rafe3d02c1b5646f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f119ec249084a3f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re474251793db409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a4d0c3b29a2430b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
       <w:r>
         <w:t>Chinese</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Text"/>
       </w:pPr>
       <w:r>
         <w:t>漢語，又称中文、汉文、國文、國语、华文、华语，英文統一用「Chinese」，常用作简称现代标准汉语，古代的汉语称为文言文。属于汉藏语系分析语，有声调。汉语的文字系统汉字是一种意音文字，表意的同時也具一定的表音功能。漢語包含書面語以及口語兩部分。一般意義上，“漢語”這個詞，多指現代標準漢語，以北京语音为标准音、以北方话为基础方言、以典范的现代白话文著作为语法规范。[2]在中國大陆漢語語言文字課本中稱為語文。需要注意的是，中国大陆之“普通话”、台灣之“國語”、新马地区之“华语”，在某些漢字的取音上是有一定程度的差异的，而且口語讀音也出現不少分野，亦有一些汉字的读音在三者中根本不同。而大部分較中立的學者認為，漢語是眾多漢方言的統稱，是一個稱謂，可以指代任何其中一種方言（如粵語、吳語、客家話……），而非單一是語言。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
@@ -632,51 +632,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red093ac4bcc94ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfcb7fd7ec346472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R76455d9073f1411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9faad2530893437d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8bd092303eea4cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra00dbe304d3b47fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R364a8d5fe45d4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R928cb18574c54459" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>