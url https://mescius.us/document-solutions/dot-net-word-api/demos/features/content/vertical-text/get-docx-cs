--- v2 (2025-12-19)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f119ec249084a3f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re474251793db409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a4d0c3b29a2430b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd96f34d38278443d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf8a3eacc384940d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1244aae0177f4bdf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
       <w:r>
         <w:t>Chinese</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Text"/>
       </w:pPr>
       <w:r>
         <w:t>漢語，又称中文、汉文、國文、國语、华文、华语，英文統一用「Chinese」，常用作简称现代标准汉语，古代的汉语称为文言文。属于汉藏语系分析语，有声调。汉语的文字系统汉字是一种意音文字，表意的同時也具一定的表音功能。漢語包含書面語以及口語兩部分。一般意義上，“漢語”這個詞，多指現代標準漢語，以北京语音为标准音、以北方话为基础方言、以典范的现代白话文著作为语法规范。[2]在中國大陆漢語語言文字課本中稱為語文。需要注意的是，中国大陆之“普通话”、台灣之“國語”、新马地区之“华语”，在某些漢字的取音上是有一定程度的差异的，而且口語讀音也出現不少分野，亦有一些汉字的读音在三者中根本不同。而大部分較中立的學者認為，漢語是眾多漢方言的統稱，是一個稱謂，可以指代任何其中一種方言（如粵語、吳語、客家話……），而非單一是語言。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
@@ -632,51 +632,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8bd092303eea4cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra00dbe304d3b47fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R364a8d5fe45d4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R928cb18574c54459" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R668367deb7c04502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5357cb6e3c9542df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra0b20792a4c24ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R334a04e986844baa" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>