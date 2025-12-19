--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc002d17f001045e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re1f151494c7e4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6cc03786f7604f70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2bba6fdde20f4d47" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb11291f4e8cd43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ed95ff7bc6c4505" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc999b168ff164cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc078bdbe88af45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdb1dd806bdbe42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7a2416c3c2c1444c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a3a781f747c4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rea41101c07144e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re69d9e3155154d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra3dc6e64e2654038" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>