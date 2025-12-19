--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7666e6473ffe4985" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcd29d324099f4733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1dec497dde4f4c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R42f73cf548644f6e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf86d48e7488243b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7036617ec3a64e0e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="DATE">
         <w:r>
-          <w:t>11/3/2025</w:t>
+          <w:t>12/19/2025</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="TIME">
         <w:r>
-          <w:t>6:23 PM</w:t>
+          <w:t>11:19 AM</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the field code, right column contains the actual field using that code.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy&quot;">
               <w:r>
-                <w:t>11/3/2025</w:t>
+                <w:t>12/19/2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "dddd, MMMM dd, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;dddd, MMMM dd, yyyy&quot;">
               <w:r>
-                <w:t>Monday, November 03, 2025</w:t>
+                <w:t>Friday, December 19, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>November 3, 2025</w:t>
+                <w:t>December 19, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yy&quot;">
               <w:r>
-                <w:t>11/3/25</w:t>
+                <w:t>12/19/25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "yyyy-MM-dd"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;yyyy-MM-dd&quot;">
               <w:r>
-                <w:t>2025-11-03</w:t>
+                <w:t>2025-12-19</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d-MMM-yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d-MMM-yy&quot;">
               <w:r>
-                <w:t>3-Nov-25</w:t>
+                <w:t>19-Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M.d.yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M.d.yyyy&quot;">
               <w:r>
-                <w:t>11.3.2025</w:t>
+                <w:t>12.19.2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMM. d, yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM. d, yy&quot;">
               <w:r>
-                <w:t>Nov. 3, 25</w:t>
+                <w:t>Dec. 19, 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d MMMM yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d MMMM yyyy&quot;">
               <w:r>
-                <w:t>3 November 2025</w:t>
+                <w:t>19 December 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM yy&quot;">
               <w:r>
-                <w:t>November 25</w:t>
+                <w:t>December 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMM-yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM-yy&quot;">
               <w:r>
-                <w:t>Nov-25</w:t>
+                <w:t>Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm am/pm&quot;">
               <w:r>
-                <w:t>11/3/2025 6:23 PM</w:t>
+                <w:t>12/19/2025 11:19 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>11/3/2025 6:23:20 PM</w:t>
+                <w:t>12/19/2025 11:19:33 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm am/pm&quot;">
               <w:r>
-                <w:t>6:23 PM</w:t>
+                <w:t>11:19 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>6:23:20 PM</w:t>
+                <w:t>11:19:33 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "HH:mm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;HH:mm&quot;">
               <w:r>
-                <w:t>18:23</w:t>
+                <w:t>11:19</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "'Today is 'MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;'Today is 'MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>Today is November 3, 2025</w:t>
+                <w:t>Today is December 19, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -910,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra54ae760dbbc41dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R947d9aca910c4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re9898a9c71234b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R07ffada2260c43ec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9569f9839b774484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rffbd7478965f41e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b15aa6aeae64f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5dbd3bb083264d66" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>