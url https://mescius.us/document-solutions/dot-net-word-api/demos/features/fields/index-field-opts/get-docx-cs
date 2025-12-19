--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,471 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Red244dbb4f0f4f59" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rebba61ca76134d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c059f16b84b46c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R48b80f85a39c4838" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e519913636740ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R61df8f43283e4847" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
-[...103 lines deleted...]
-        <w:t xml:space="preserve">Id sem, massa donec feugiat euismod et ut sed consectetur non massa, erat sit mauris praesent congue dolor molestie mi donec dolor molestie mi. Congue lorem adipiscing ullamcorper, laoreet euismod et aliquam pulvinar eget diam ut, ipsum consectetur molestie diam lobortis tempus adipiscing ullamcorper et nisi ipsum eget. Nibh dolore ipsum elit non, laoreet nonummy sem nunc erat pharetra molestie praesent tincidunt lorem adipiscing aliquet tincidunt ac adipiscing euismod nibh aliquam amet. Id, proin, ut ipsum, nonummy massa, erat consectetur tellus, mi tincidunt feugiat mauris aliquet tincidunt lorem felis ullamcorper lobortis ac, amet id et nisi. Pulvinar elit sem, nunc sed nonummy tellus, ante, consectetur molestie mi magna dolor molestie praesent lobortis aliquam turpis ullamcorper nibh aliquam pulvinar id proin. Ut sed nonummy non ante donec pharetra tellus massa erat elit ut ipsum elit sem lobortis erat amet non massa aliquam amet volutpat praesent. Tincidunt sed adipiscing euismod laoreet ac turpis id mi magna pharetra mauris mi dolore dolor at ullamcorper nibh nisi pulvinar eget proin ut, pulvinar. Consectetur, tellus massa erat consectetur molestie praesent magna dolor mauris mi congue feugiat euismod lobortis aliquam amet id, et ut sit id nibh ac. Sit eget diam ut ipsum nonummy volutpat ante tempus, nonummy non massa erat pharetra molestie proin laoreet magna sit id diam congue lorem adipiscing. </w:t>
+        <w:instrText xml:space="preserve"> XE "Adipiscing" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ullamcorper sit turpis id id volutpat tellus. Aliquet mi tincidunt massa laoreet lobortis nunc laoreet. Ante mi et proin praesent sem, aliquet non. Tellus ullamcorper volutpat, molestie volutpat felis, pharetra tempus. Pulvinar feugiat congue massa proin euismod at pharetra. Tempus erat aliquam, congue lobortis et sem volutpat. Adipiscing consectetur, ipsum lorem donec ut mi, non. Id molestie felis turpis sed nunc sem volutpat. Turpis pharetra tempus nunc, diam tellus eget adipiscing. Sit ipsum aliquam congue proin ullamcorper felis pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Ipsum" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Ipsum pharetra mauris, praesent tincidunt aliquam ipsum nonummy non laoreet magna feugiat mauris praesent congue feugiat adipiscing euismod nibh, aliquam pulvinar eget. Proin, massa ac id praesent lobortis tempus nonummy, ullamcorper, nibh, donec, pulvinar, eget aliquet laoreet magna turpis id, mi nisi sit felis. Diam lobortis ipsum elit et ut felis praesent congue feugiat felis diam ut tempus nonummy ullamcorper nibh lorem felis ullamcorper lobortis ac. Amet eget proin nunc ipsum praesent, lobortis tempus turpis ante dolore sed, elit aliquet consectetur molestie non aliquet proin ut congue nunc. Ut lobortis mi nunc, magna lorem pulvinar consectetur elit molestie euismod non proin nibh nisi erat consectetur molestie praesent tincidunt tempus adipiscing. Volutpat ante nunc dolor at, tellus massa sed at aliquet nunc sed consectetur tellus massa, erat pharetra diam, lobortis lorem nonummy euismod. Ante nisi amet eget proin nisi dolor eget sem massa erat consectetur non massa donec consectetur tellus massa sed nonummy euismod proin. Nunc sed at sem tincidunt ac turpis molestie et lobortis ipsum elit ullamcorper massa donec pharetra eget ante aliquam nonummy volutpat aliquet. Dolore sed at laoreet ac turpis molestie mi congue feugiat felis ullamcorper lobortis nibh nisi pulvinar eget diam ut sed consectetur tellus. Mi congue feugiat, felis aliquet tincidunt tempus amet et aliquam erat pharetra molestie praesent congue feugiat felis ullamcorper lobortis aliquam amet volutpat. </w:t>
+        <w:t xml:space="preserve">Ipsum nibh nibh, mi sem aliquet mauris felis sit dolor, aliquam magna ut, nibh, aliquet volutpat, nonummy sit donec nisi congue, lobortis laoreet nibh, praesent ullamcorper molestie consectetur. Amet feugiat, donec ut tincidunt ante, mi id mauris nonummy consectetur turpis dolor tempus magna nunc lobortis mi diam id consectetur pulvinar aliquam congue, laoreet sem euismod mauris. Adipiscing pharetra sed nunc adipiscing feugiat dolore lobortis non elit tempus nunc, tellus nonummy sed ut, et eget pulvinar, aliquam laoreet praesent mauris amet erat magna tincidunt mi. Sem proin non nonummy, ipsum ut diam molestie consectetur sed dolore et mi, sem, felis sit magna tincidunt, sem eget, dolor aliquam nibh, diam id molestie nonummy feugiat. Ac aliquam tincidunt praesent volutpat nonummy pulvinar magna laoreet tellus sit lorem, nunc proin, non felis pharetra sed, aliquam congue, massa diam, molestie at, pulvinar, lorem donec massa. Diam praesent ullamcorper tellus at amet lorem donec ante ullamcorper id sit nisi et, id euismod lorem donec lobortis, praesent tellus elit sit ac laoreet proin diam aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Felis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Felis ante mi proin, mi et sem ullamcorper sem euismod mauris nonummy. Pharetra sit dolor, lorem erat, lorem dolore lobortis, laoreet sem id adipiscing. Nonummy at, nonummy pharetra tempus ac nunc nibh ullamcorper, id eget mauris. Felis at amet dolor donec nisi nisi nibh praesent non euismod volutpat. Diam aliquet eget nonummy feugiat, ac dolore tincidunt massa et aliquet euismod. Felis elit pulvinar dolor aliquam ut nunc nibh ante ullamcorper adipiscing feugiat. Magna, laoreet proin amet lorem tincidunt diam non felis consectetur sed dolore. Ut aliquam congue ante non adipiscing sit ac laoreet aliquet consectetur erat. Nunc sem lorem nunc aliquet at lorem tincidunt, aliquet adipiscing lorem laoreet. Euismod turpis ac lobortis ullamcorper felis feugiat, donec ut et id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ipsum" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum adipiscing feugiat erat massa sem. Molestie consectetur sed tincidunt sem eget. Nonummy, feugiat donec, nunc non eget. Adipiscing, dolore lobortis ullamcorper id consectetur. Amet lorem congue ante diam, sem. Ullamcorper molestie, nonummy sit dolor aliquam. Congue massa et aliquet volutpat felis. Consectetur pulvinar magna nunc proin eget. Amet tempus magna, massa proin id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pulvinar" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar felis elit felis, elit turpis amet pharetra sit dolor feugiat pulvinar dolor tempus magna ac erat nisi mi tellus. Volutpat sem euismod at amet feugiat ipsum lorem aliquam congue, laoreet et praesent ullamcorper turpis, dolor ipsum, sed tempus magna. Ut donec congue nunc tincidunt ante diam tellus eget, adipiscing pharetra, feugiat sed lorem erat nisi laoreet proin nonummy sit. Sed ac congue ante non felis turpis magna nunc proin, euismod mauris felis mauris nonummy sit, pulvinar pulvinar lorem donec. Ac pulvinar feugiat, tempus magna nunc lobortis ante diam tellus mauris dolor tempus donec ut laoreet proin, diam tellus eget. Mauris felis consectetur, amet feugiat erat magna tincidunt id adipiscing dolor aliquam lobortis praesent id, consectetur ipsum, aliquam congue praesent. Non, euismod volutpat molestie nonummy tempus magna laoreet proin ullamcorper molestie elit turpis pharetra feugiat, dolore tincidunt lobortis tincidunt nibh. Ante nibh praesent diam tellus euismod, at nonummy, sit, pulvinar, lorem, ipsum ac aliquam congue ante sem felis consectetur dolor. Tempus donec nunc et praesent eget nonummy, ipsum erat aliquam lobortis praesent non id, consectetur sed nisi tincidunt praesent non. Id, erat massa, non elit pulvinar, aliquam congue, praesent molestie amet ipsum sed, nisi ante volutpat amet tempus lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Volutpat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tincidunt, magna ac dolore, lobortis mi, diam praesent non, non ullamcorper, non id elit volutpat felis, consectetur amet pharetra ipsum. Dolor aliquam, lobortis, praesent non elit ipsum aliquam nibh, euismod at amet ipsum ut et molestie elit pulvinar ante euismod, nonummy. Lorem donec massa proin eget pulvinar ac lobortis, ullamcorper, at pharetra erat ut et euismod consectetur sed nisi ante praesent mauris. Pharetra ipsum aliquet volutpat felis, eget, turpis feugiat dolore ante, sem, felis sit sed nisi tincidunt ante non eget at sed. Congue nibh volutpat adipiscing nunc proin euismod felis nonummy pulvinar lorem donec lobortis laoreet tellus at adipiscing amet feugiat erat dolore. Tincidunt ante, diam aliquet euismod mauris pharetra donec massa et massa, proin aliquet mauris elit consectetur turpis dolor, erat ut nunc. Tincidunt, nunc, et, tellus at pharetra tempus ut laoreet, proin eget amet lorem donec massa diam volutpat, mauris elit sit, sed. Feugiat ipsum aliquam congue ante non elit feugiat sed dolor tempus ac dolore lobortis ante diam aliquet non id elit turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Molestie" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, massa laoreet laoreet aliquam, magna ut laoreet sem volutpat mauris elit turpis dolor, donec congue, massa et id mauris felis, turpis amet tempus dolore lobortis mi aliquet eget. Amet feugiat donec ut laoreet aliquet mauris pharetra tempus congue mi sem volutpat turpis lorem magna nunc, sem euismod, eget nonummy sit, pulvinar dolor tempus ante et sem volutpat. Mauris, felis mauris, adipiscing nonummy at felis nonummy turpis pharetra ipsum magna nunc et, aliquet volutpat felis consectetur dolor, feugiat et proin ullamcorper tellus eget adipiscing amet feugiat erat. Ac aliquam ut et aliquet eget, at pharetra feugiat sed lorem erat ac donec lobortis praesent sem mauris nonummy turpis erat aliquam congue nunc tincidunt, ante ullamcorper mauris consectetur. Pulvinar pharetra tempus ut, laoreet et euismod at pharetra erat massa sem felis consectetur, elit eget adipiscing nonummy turpis sed dolore ante non felis consectetur ipsum aliquam tincidunt, massa. Diam sem ullamcorper mauris nonummy pulvinar ac dolore congue massa, laoreet ante mi aliquet ullamcorper volutpat felis consectetur pulvinar lorem tempus magna nunc lobortis mi, non eget turpis pharetra. Feugiat ipsum ac dolore lobortis tincidunt at nonummy consectetur pulvinar sed, lorem sed aliquam, donec, congue massa lobortis mi et sem ullamcorper volutpat felis at amet sit tempus magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Non" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Non proin praesent, non euismod mauris elit sit, nisi lobortis. Massa laoreet sem euismod tellus nonummy sed ut, nibh euismod. Adipiscing dolor aliquam massa diam molestie at, amet feugiat donec. Lobortis et aliquet volutpat felis, pharetra erat nunc laoreet massa. Et sem ullamcorper mauris nonummy sit erat nisi magna massa. Laoreet nibh mi non tellus non non id adipiscing amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ut feugiat pulvinar pulvinar lorem erat magna nunc lobortis mi tellus elit amet pharetra, feugiat erat, nisi congue massa diam aliquet euismod molestie. Elit adipiscing amet feugiat, ipsum lorem dolore ut laoreet proin ullamcorper mauris dolor tempus nisi laoreet ante praesent nibh ante praesent sem ullamcorper. Volutpat molestie volutpat molestie elit at amet feugiat donec nisi donec magna ut, tincidunt lobortis massa nibh praesent, diam aliquet volutpat mauris dolor. Ipsum sed, aliquam magna nunc tincidunt lobortis, laoreet et praesent non id elit at felis elit adipiscing consectetur sit pulvinar feugiat tempus proin. Praesent et praesent ullamcorper non id at nonummy elit felis nonummy turpis dolor tempus magna ut laoreet ante ullamcorper molestie consectetur pulvinar sed. Ipsum magna consectetur pulvinar lorem donec congue nunc laoreet ante praesent tellus eget, at amet, sit ipsum, aliquam tincidunt, ante mi ante diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ante" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ante nunc tincidunt magna, ut nunc magna nunc nibh proin, et sem praesent diam aliquet euismod volutpat id. Mauris felis consectetur sit sed ipsum ac dolore lobortis ante sem tellus eget turpis dolor ipsum ac donec. Ut laoreet sem tellus eget, felis consectetur sem ullamcorper non, euismod at, adipiscing consectetur, sit dolor tempus magna. Ut dolore ut laoreet et ullamcorper, at, amet turpis amet feugiat erat ac nisi congue mauris amet pharetra. Ipsum ac dolore massa mi proin ullamcorper non id at turpis dolor ipsum, magna dolore lobortis laoreet et. Praesent diam non tempus, magna massa, et ullamcorper felis dolor magna mi tellus, nonummy sed ut nibh tellus. Volutpat non ullamcorper mauris dolor ipsum erat dolore tincidunt massa et id mauris adipiscing consectetur pulvinar ac aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Amet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Amet nonummy at amet nonummy turpis adipiscing dolor ipsum dolor lorem erat ac donec congue nunc nibh ante et sem ullamcorper volutpat euismod eget felis consectetur pulvinar dolor feugiat. Sed lorem aliquam congue et, sem aliquet non molestie eget, adipiscing nonummy turpis dolor feugiat sed ac dolore ut laoreet proin aliquet volutpat id, id mauris elit turpis pulvinar. Laoreet lobortis massa et aliquet volutpat adipiscing consectetur erat ut congue massa, ullamcorper elit feugiat ut et id turpis magna laoreet aliquet at ut nibh tellus mauris adipiscing pharetra. Pulvinar amet ipsum nisi mi aliquet turpis ac laoreet tellus consectetur, lorem dolore proin mauris dolor tempus donec ut et aliquet laoreet, tellus elit pulvinar aliquam nibh diam mauris. Consectetur, turpis pulvinar lorem congue, mi molestie consectetur erat, massa sem elit sed dolore et euismod adipiscing feugiat donec lobortis praesent, mauris consectetur sed ut et aliquet, non adipiscing. Pharetra pulvinar lorem donec lobortis et sem eget adipiscing aliquet diam molestie elit amet feugiat erat magna nunc nibh diam molestie nonummy turpis pulvinar feugiat sed nisi tincidunt praesent. Mauris felis sit ac dolore et ullamcorper, dolor dolore ante euismod nonummy feugiat donec laoreet non elit sed aliquam tincidunt praesent ullamcorper tellus at turpis aliquam lobortis, aliquet volutpat. Felis at amet lorem donec praesent tellus eget mauris elit at turpis dolor tempus erat nisi tincidunt massa et aliquet euismod mauris elit adipiscing amet ipsum sed aliquam tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sit nonummy feugiat sed, nisi tincidunt proin diam felis. Turpis ac dolore nibh euismod felis feugiat, congue praesent. Id at ipsum nisi laoreet, aliquet at lorem dolore. Mi sem felis feugiat ut, felis sit congue, praesent. Id consectetur donec laoreet tellus at, ipsum, nisi et. Ullamcorper adipiscing feugiat dolore mi volutpat consectetur erat massa. Non consectetur donec adipiscing dolor congue, proin, non felis. Sit, sed nisi nibh euismod amet tempus nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Diam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Diam laoreet nibh praesent proin, ullamcorper volutpat id at, amet lorem sed dolor erat lobortis mi id, consectetur sed donec lobortis ullamcorper adipiscing lorem donec laoreet proin. Ullamcorper molestie ac et elit sed mi id sit ut diam, nonummy, ipsum magna donec, nibh diam tellus consectetur ipsum dolore proin elit pulvinar lorem, tincidunt mi. Ut et felis sit ac tincidunt tellus adipiscing lorem, laoreet ullamcorper adipiscing sed congue praesent mauris feugiat, congue ante non nonummy ipsum ut sem nonummy mauris pharetra. Aliquam congue laoreet aliquet consectetur ac laoreet molestie, sit ac tincidunt aliquet at sed tincidunt praesent at sed dolore ante non, nonummy aliquam dolor, dolore proin volutpat. Pharetra, erat, massa non nonummy ipsum ut et felis pulvinar nisi et euismod sit aliquam laoreet ullamcorper turpis ac laoreet ullamcorper, adipiscing eget pulvinar donec nibh non. Felis, pharetra erat massa non at sed dolore sem eget adipiscing pharetra donec ante sem felis, consectetur lorem, nibh tellus, ac, congue praesent mauris feugiat tincidunt, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ut ipsum congue et tellus at amet lorem dolore mi volutpat nonummy sit magna nibh tellus turpis ac nibh id, turpis ac tincidunt aliquet. Aliquam congue praesent mauris pharetra erat ut et aliquet volutpat dolore congue nunc tincidunt, ante et aliquet, eget, felis id consectetur pulvinar tempus, congue. Ut, nibh proin diam molestie elit turpis dolor tempus magna mi id turpis erat, dolore, lobortis, praesent tellus consectetur ipsum nisi nibh tellus at. Sed congue ullamcorper turpis mauris lorem lobortis volutpat dolor nunc aliquet, turpis nisi sem consectetur donec praesent felis aliquam proin at ac, nibh eget. Ipsum massa molestie, feugiat, lobortis eget erat mi id ipsum massa molestie feugiat congue, euismod pulvinar nunc euismod, pulvinar ut tellus sit congue diam. Nonummy aliquam proin, mauris lorem nibh ipsum lobortis non pharetra congue ullamcorper nonummy donec praesent turpis, nisi sem consectetur congue diam nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Adipiscing" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sed tincidunt aliquet turpis aliquam nibh eget, sed laoreet tellus turpis nisi et felis tempus ante molestie lorem nibh aliquet turpis aliquam et at sed mi. Felis tempus ante at aliquam et, eget pulvinar nunc tellus sit nisi non nonummy donec praesent felis aliquam sem consectetur magna et elit donec praesent adipiscing nisi. Proin consectetur ac diam nonummy donec mi felis lorem lobortis volutpat dolor aliquam ut, praesent tellus elit sed eget turpis ac tincidunt aliquet mauris, consectetur, ipsum ac. Laoreet sem ullamcorper felis, sit magna praesent adipiscing tempus proin at ac proin pharetra dolore aliquet adipiscing nisi proin at ac sem nonummy donec diam adipiscing aliquam. Proin mauris sed laoreet id ipsum nunc tellus, sit ut non, dolor congue consectetur magna, diam nonummy erat ante felis lorem lobortis eget lorem laoreet eget erat. Mi molestie sit lobortis non dolor lobortis volutpat, dolor laoreet id ipsum ante dolor nunc tellus turpis nisi sem consectetur congue ullamcorper amet congue ullamcorper adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus sit congue diam nonummy aliquam proin mauris ac et elit erat, laoreet felis ipsum erat mi, felis tempus ante eget sed. Nunc aliquet turpis nisi sem consectetur ac mi id, tempus proin at lorem et elit erat, mi felis ipsum at ac, nibh elit. Erat laoreet id feugiat, ut ullamcorper amet congue ullamcorper amet dolore sem, consectetur ac et elit erat praesent turpis tempus ante mauris feugiat. Lobortis volutpat sed tincidunt euismod, ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod, pulvinar dolore aliquet turpis nisi sem diam felis tempus. Ante volutpat dolor tincidunt euismod sed laoreet id, ipsum lobortis volutpat, feugiat lobortis euismod dolor laoreet id pulvinar lobortis volutpat dolor congue diam. Adipiscing eget ipsum massa molestie sit congue non amet dolore euismod amet nisi sem consectetur magna non pharetra tincidunt ullamcorper nonummy donec aliquet. Turpis nisi diam nonummy donec proin at aliquam proin at magna et elit, erat, mi felis tempus ante eget dolor tincidunt tellus consectetur. Ac nibh adipiscing aliquam praesent adipiscing nisi proin at ac et elit donec praesent turpis aliquam sem, consectetur magna diam nonummy magna, diam. Nonummy donec ante mauris lorem massa tellus feugiat, lobortis, non, pharetra congue ullamcorper turpis nisi sem at erat et elit erat mi mauris. Lorem lobortis ullamcorper amet, donec proin, at ac et molestie, feugiat lobortis volutpat pharetra tincidunt euismod pulvinar tincidunt id, pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Elit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum nunc molestie feugiat, lobortis ullamcorper elit, erat ante mauris laoreet id pulvinar nunc. Molestie, sit ut, ullamcorper nonummy aliquam proin adipiscing nisi sem at ac mi, nonummy dolore. Praesent adipiscing aliquam proin at magna diam amet dolore proin at lorem nibh eget sed. Mi felis tempus ante, mauris feugiat lobortis volutpat ipsum laoreet id tempus ante mauris lorem. Ante mauris, feugiat congue ullamcorper amet donec praesent at lorem nibh elit ac et elit. Donec proin mauris feugiat tincidunt, ullamcorper, turpis aliquam proin id pulvinar, nunc non pharetra congue. Ullamcorper nonummy aliquam proin at ac et at, erat laoreet euismod, ipsum massa molestie feugiat. Tincidunt euismod dolor tincidunt id ipsum diam adipiscing aliquam praesent adipiscing nisi sem at erat. Et felis tempus massa volutpat dolor lobortis, volutpat, dolor laoreet euismod, sit, nisi sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Massa" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Massa ullamcorper nonummy, erat mi felis lorem lobortis volutpat, sed laoreet. Tellus sit nisi, diam consectetur sit congue diam nonummy donec proin. Mauris dolor tincidunt euismod amet nunc tellus sit lobortis volutpat, dolor. Congue diam adipiscing aliquam ante eget dolor ut, non consectetur, congue. Diam nonummy erat mi felis aliquam nibh eget erat mi felis. Ipsum massa molestie feugiat ut euismod, pulvinar nunc tellus sit nunc. Non mauris feugiat, lobortis id pulvinar nunc tellus consectetur magna et. Elit erat mi mauris lorem nibh eget lorem nibh id sed. Laoreet erat laoreet id ipsum lobortis volutpat pharetra congue aliquet amet. Nunc sem at ac nibh, id ipsum massa molestie, tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ac" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget ipsum massa molestie sit. Ut sem, nonummy dolore praesent felis tempus. Ante at ac diam elit donec diam. Erat massa molestie feugiat lobortis volutpat feugiat. Lobortis euismod pulvinar tincidunt id pulvinar, nunc. Tellus dolor congue euismod amet dolore aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Donec" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Donec lorem turpis volutpat ante dolore erat consectetur tellus mi congue ipsum amet volutpat ante aliquam amet volutpat proin ac pulvinar elit diam massa erat, pharetra mauris aliquet. Lobortis, ac turpis volutpat et nunc ipsum at non laoreet, donec feugiat felis praesent congue tellus felis sem massa erat amet non massa, erat amet non ante donec. Sed turpis id proin nunc sed nonummy tellus ante donec consectetur volutpat ante donec molestie praesent dolore dolor mauris aliquet, laoreet aliquam amet eget proin ut pulvinar eget. Diam massa tempus nonummy non massa erat pharetra mauris tincidunt lorem adipiscing aliquet lobortis ac amet euismod nibh aliquam pulvinar eget sem massa erat nonummy mauris at felis. Mauris eget id non praesent nibh nisi erat, nonummy eget tellus, non praesent nibh tincidunt nisi erat feugiat pulvinar turpis elit felis, elit molestie diam ante laoreet ut. Magna donec aliquam erat lorem, dolor pulvinar nonummy turpis elit felis consectetur elit at at id molestie praesent tincidunt lorem ipsum elit, sem nunc erat elit sem ipsum. Elit non massa tempus amet non massa donec amet volutpat, ante dolore, sed at praesent, congue lorem, adipiscing, euismod et nisi pulvinar felis diam nisi, id et magna. Feugiat elit ullamcorper, lobortis aliquam amet volutpat massa donec dolor mauris praesent nunc, lorem consectetur tellus tincidunt lorem consectetur tellus mi magna sit elit magna sit felis, ullamcorper. Lobortis aliquam nonummy non ante dolore sed at tellus laoreet ac consectetur tellus laoreet ac, turpis molestie mi magna feugiat felis et ut pharetra eget proin dolore dolor. Eget, praesent, tincidunt ac consectetur, tellus tincidunt ac sit id et, magna ipsum elit non massa aliquam nonummy non ut ipsum felis donec consectetur non massa donec pharetra. </w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve">Congue tempus amet eget proin dolore dolor at, aliquet laoreet magna feugiat elit diam, congue ipsum adipiscing diam lobortis aliquam turpis, tellus nibh magna sit, id. Et ut pulvinar nonummy volutpat massa tempus nonummy non massa donec, pharetra molestie proin, dolore dolor, mauris aliquet tincidunt volutpat proin dolore pulvinar euismod ante, nisi. Dolor at aliquet laoreet erat at aliquet laoreet magna feugiat, adipiscing volutpat ante donec dolor volutpat ante dolore pulvinar mauris, tempus adipiscing, euismod nibh ac amet. Eget sem, dolore ipsum eget et ut sed consectetur molestie mi magna sit mauris, mi magna dolor, mauris erat, consectetur, molestie mi donec pharetra, molestie proin. Donec dolor mauris pharetra nonummy at, felis mauris volutpat tellus non praesent proin nunc ac feugiat nonummy mauris amet at id non, diam proin laoreet magna. Ipsum aliquam sed feugiat amet adipiscing eget molestie diam, proin nibh ac, pulvinar nonummy mauris ullamcorper proin laoreet nisi diam massa tincidunt, ut elit felis congue. Dolore mauris euismod sem praesent ante mi massa lobortis massa ut dolore aliquam consectetur nonummy adipiscing consectetur mauris euismod tellus diam diam ante nunc magna tempus. </w:t>
+        <w:t xml:space="preserve">Donec ut non pharetra dolore aliquet. Adipiscing, aliquam proin at erat mi. Felis tempus ante mauris feugiat, lobortis. Volutpat pulvinar, tincidunt euismod adipiscing tempus. Massa non amet dolore aliquet, turpis. Dolore proin at, ac diam elit. Donec praesent felis tempus ante mauris. Lorem laoreet id ipsum massa amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Massa" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus pharetra congue diam elit tempus massa mauris feugiat nibh, volutpat pulvinar nunc euismod sit. Nunc molestie sit dolor congue ullamcorper adipiscing aliquam sem pharetra congue non amet dolore aliquet turpis. Nisi proin mauris, sed laoreet id, pulvinar ut non pharetra congue eget dolor, tincidunt ullamcorper amet. Dolore sem, consectetur magna et, elit erat mi felis, aliquam proin consectetur magna diam nonummy donec. Mi felis tempus, ante mauris lorem mi felis ipsum massa molestie feugiat lobortis volutpat dolor laoreet. Id pulvinar ut non pharetra congue ullamcorper amet dolore aliquet turpis nisi sem ut ullamcorper amet. Donec praesent adipiscing aliquam proin at magna diam nonummy magna diam amet dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ac" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet euismod turpis, aliquam et volutpat amet dolore aliquet consectetur, ac, laoreet tellus turpis, magna. Et, eget, sed massa tellus nonummy aliquam, proin at lorem et elit sed mi elit tempus. Ante felis, lorem lobortis eget sed laoreet id pulvinar nunc sem nonummy, donec diam, massa molestie. Pharetra congue diam amet congue ullamcorper amet dolore sem consectetur magna sem pharetra, congue diam adipiscing. Aliquam proin at aliquam proin elit, sed mi adipiscing sem consectetur magna diam elit erat praesent. Felis lorem ante mauris lorem nibh eget sed, laoreet molestie feugiat lobortis volutpat pharetra tincidunt euismod. Consectetur, ac et elit donec praesent adipiscing aliquam ante mauris, lorem et elit erat praesent nonummy. Dolore aliquet at ac et at ac, et elit donec proin nibh eget sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ut mi felis tempus massa molestie pharetra magna. Diam adipiscing sed congue ullamcorper amet dolore proin. Consectetur ac et felis tempus massa volutpat dolor. Tincidunt ullamcorper amet dolore, aliquet turpis nisi non. Pharetra magna, nibh id pulvinar dolore proin, consectetur. Ac mi felis tempus ante felis tempus nibh. Eget dolor laoreet euismod pulvinar massa molestie feugiat. Lobortis non id ipsum laoreet id ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Molestie" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Molestie nonummy, donec ante volutpat feugiat lobortis volutpat pulvinar nunc tellus sit nisi non non dolor. Congue ullamcorper amet nunc non consectetur congue diam nonummy erat mi, adipiscing tempus ante at erat. Mi id ipsum massa mauris lorem nibh magna diam adipiscing, aliquam proin at ac proin at. Ac mi, elit donec mi felis tempus ante, at lorem laoreet euismod sit massa mauris feugiat. Tincidunt euismod amet dolore tellus feugiat lobortis volutpat, feugiat nibh, volutpat dolor nunc euismod ipsum ante. Mauris feugiat ante mauris sed, nibh eget donec praesent adipiscing nisi non pharetra ut ullamcorper pharetra. Congue ullamcorper pulvinar dolore aliquet turpis nisi diam nonummy donec mi mauris, feugiat turpis proin, euismod. At felis et euismod, mauris, dolor donec lobortis mi molestie consectetur sed nunc sem id amet. Aliquam tincidunt mi molestie consectetur erat ut mi aliquet mauris felis sit erat laoreet molestie ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pharetra" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sit ut non nonummy donec praesent, felis tempus sed laoreet tellus turpis ut sem, pharetra congue ullamcorper pharetra congue ullamcorper amet nunc tellus. Sit magna mi felis tempus ante felis lorem ante lobortis ullamcorper amet dolore aliquet turpis aliquam et, eget sed laoreet id ipsum lobortis volutpat. Dolor tincidunt diam nonummy, donec proin, adipiscing ac diam elit, at lorem nibh eget ipsum nunc molestie sit magna sem consectetur magna diam nonummy. Donec sem consectetur, ac et nonummy donec praesent felis aliquam, laoreet id ipsum massa molestie sit ut non consectetur magna ullamcorper amet dolore aliquet. Turpis nisi, diam eget sed massa molestie ipsum massa eget, sed laoreet elit erat ante felis tempus, proin, at magna diam elit tempus mi. Felis lorem lobortis non pharetra nunc tellus pulvinar nunc non sit ut non amet congue at sed tincidunt euismod sit ut tellus sit tincidunt. Ullamcorper nonummy donec praesent adipiscing, ac proin, at ac mi elit aliquam proin adipiscing nisi proin consectetur tempus nunc sem consectetur, magna diam nonummy. Dolore praesent adipiscing aliquam proin elit, erat praesent, felis, tempus proin at ac et, eget erat mi felis tempus mi turpis magna diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Felis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Felis, feugiat ut diam elit, erat ante mauris, ac et elit ac et elit tempus. Massa molestie feugiat ut volutpat pulvinar nunc, euismod tempus massa volutpat, dolor congue euismod pulvinar. Dolore sem at ac diam elit magna ullamcorper amet nunc tellus sit nunc non pharetra. Congue ullamcorper nonummy non consectetur sed massa id, feugiat lobortis molestie tempus nibh eget dolor. Tincidunt id pulvinar nunc non pharetra congue non pharetra, tincidunt euismod pulvinar, massa, molestie feugiat. Lobortis euismod adipiscing aliquam et consectetur erat et elit donec praesent adipiscing aliquam proin consectetur. Ac, laoreet id ipsum massa molestie ipsum massa aliquet pharetra magna diam amet, dolore ullamcorper. Amet nisi sem consectetur magna et elit tempus ante mauris, lorem nibh eget pharetra donec. Ullamcorper turpis nisi sem dolor dolore tellus sit lobortis volutpat, dolor, tincidunt ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nonummy" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi, id non pharetra congue praesent adipiscing. Aliquam et, volutpat dolor nunc, molestie sit ut non. Pharetra magna praesent, felis tempus proin at lorem nibh. Mi molestie, pharetra congue non pharetra congue ullamcorper amet. Dolore aliquet turpis magna nibh felis erat praesent nonummy. Donec praesent at lorem et elit, erat mauris feugiat. Lobortis euismod pulvinar nisi proin turpis magna diam, elit. Erat ante mauris lorem ante, volutpat dolor tincidunt aliquet. Adipiscing aliquam et elit, erat, praesent felis ac proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Et" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Et molestie sit nisi diam consectetur donec praesent felis lorem lobortis eget pharetra dolore praesent turpis aliquam. Proin, at erat mi elit tempus massa volutpat dolor tincidunt ullamcorper nonummy donec tellus sit ut non. Sit ut non pulvinar nisi proin, pharetra magna diam amet dolore aliquet amet dolore aliquet turpis nisi. Non pharetra tincidunt ullamcorper amet, dolore aliquet sit ut proin pharetra id amet nunc aliquet turpis nisi. Non, amet donec aliquet adipiscing aliquam ante at lorem laoreet id ipsum massa molestie feugiat, ut non. Turpis ac nibh eget sed laoreet id ipsum massa molestie, lorem nibh mauris sed, laoreet tellus pulvinar. Nunc tellus pharetra ut volutpat sed laoreet eget sed laoreet ullamcorper amet donec praesent adipiscing aliquam proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt dolore ipsum consectetur molestie mi magna feugiat adipiscing volutpat nibh donec dolor mauris aliquet tincidunt lorem consectetur sem lobortis erat dolor mauris praesent tincidunt. Feugiat adipiscing euismod nibh aliquam sit eget diam nunc erat consectetur, molestie mi magna feugiat felis ullamcorper feugiat turpis ullamcorper et nisi ipsum at non. Laoreet, ac sit id diam, ut feugiat felis diam tincidunt tempus adipiscing diam congue lorem felis praesent dolore feugiat, aliquet tincidunt lorem at euismod, et. Nisi ipsum elit sem nunc tempus nonummy non massa erat, nonummy volutpat massa donec dolor mauris praesent dolor mauris praesent congue, dolor mauris praesent nunc. Lorem turpis id sem nunc tempus nonummy non ante donec consectetur volutpat ante dolore dolor mauris praesent congue dolor ante dolore pharetra eget proin dolore. Dolor at aliquet tincidunt lorem, consectetur euismod, laoreet ac consectetur, tellus et ut ipsum, nonummy ullamcorper ut ipsum, adipiscing ullamcorper ut, adipiscing ullamcorper nibh tempus. Amet volutpat nibh nisi pulvinar volutpat et nisi pulvinar volutpat et nisi pulvinar id nibh aliquam euismod et nisi ipsum elit sem nunc tempus, elit. Volutpat massa erat nonummy sem ut ipsum felis diam ut, tempus amet volutpat proin congue dolor at tellus nunc, erat pharetra volutpat mi congue feugiat. Felis ullamcorper lobortis lorem turpis id et nisi sed at non massa donec consectetur, tellus mi, congue feugiat, felis diam dolore sed consectetur, tellus laoreet. Congue ipsum elit ullamcorper lobortis tempus felis diam ut, aliquam pulvinar volutpat nibh tempus nonummy euismod ante dolore sed consectetur tellus mi, feugiat felis diam. </w:t>
-[...153 lines deleted...]
-        <w:t xml:space="preserve">Erat pharetra molestie mi, congue feugiat felis, diam congue lorem, adipiscing ullamcorper tincidunt. Tempus adipiscing ullamcorper lobortis aliquam praesent congue dolor at ullamcorper tincidunt lorem adipiscing. Euismod et nisi pulvinar eget diam ut tempus nonummy sem ut tempus nonummy. Diam lobortis tempus elit, congue ipsum adipiscing, ullamcorper massa tempus amet volutpat nibh. Donec dolor mauris sem tincidunt lorem turpis tellus tincidunt sed turpis molestie, mi. Congue feugiat elit, ullamcorper, lobortis molestie mi, magna sit mauris mi magna feugiat. Adipiscing volutpat proin, dolore pulvinar volutpat et nisi, amet elit sem laoreet ac. Sit felis donec, consectetur, molestie, laoreet erat nonummy tellus ante congue lorem adipiscing. </w:t>
+        <w:t xml:space="preserve">Tincidunt mi felis lorem lobortis ullamcorper amet donec tincidunt ullamcorper sit ut non pharetra magna, ullamcorper. Nonummy tempus massa molestie lorem nibh elit sed laoreet id ipsum ante mauris lorem ante, eget. Sed praesent, felis ipsum lobortis molestie feugiat tincidunt ullamcorper amet, dolore aliquet sit ut non consectetur. Magna diam nonummy donec proin consectetur ac diam nonummy ipsum proin at ac proin at ac. Et elit erat praesent felis aliquam proin at magna diam consectetur magna diam amet nunc aliquet. Turpis aliquam proin, mauris sed laoreet id pulvinar nunc tellus sit ut non pharetra congue ullamcorper. Amet dolore tellus, turpis ut tellus feugiat ut non amet dolore molestie pharetra tincidunt, ullamcorper amet. Dolore aliquet turpis nisi sem, pharetra magna diam amet nunc aliquet turpis nisi sem consectetur magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Volutpat" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Volutpat aliquet lobortis nisi pulvinar non massa sed consectetur. Molestie, mi congue feugiat adipiscing ullamcorper lobortis lorem amet. Volutpat proin dolore dolor elit et nisi pulvinar eget. Sem massa congue tellus, massa magna sit, mauris praesent. Tincidunt, lorem, nonummy, volutpat nibh aliquam turpis volutpat nibh. Aliquam amet id et nisi pulvinar eget sem ut. Pulvinar et magna, pulvinar eget, diam ut ipsum felis. Diam nisi feugiat id et nisi feugiat felis diam. Ut aliquam adipiscing non nibh tempus amet lobortis, aliquam. </w:t>
+        <w:instrText xml:space="preserve"> XE "Proin" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget ipsum massa tellus, pharetra, congue ullamcorper. Nonummy donec praesent felis aliquam, sem at lorem. Laoreet felis pulvinar et eget ipsum, laoreet felis. Tempus lobortis volutpat dolor congue ullamcorper turpis nisi. Sem consectetur magna diam elit erat mi felis. Tempus ante mauris massa tellus sit ut ullamcorper. Amet donec mi felis lorem et eget pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INDEX \h "A" \c 2 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -476,748 +476,708 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Aliquet</w:t>
-[...5 lines deleted...]
-        <w:t>, 1</w:t>
+        <w:t>Ac</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Adipiscing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Amet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 4</w:t>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Ante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>C</w:t>
-[...13 lines deleted...]
-        <w:t>Congue</w:t>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Diam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Donec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 5</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>D</w:t>
-[...13 lines deleted...]
-        <w:t>Diam</w:t>
+        <w:t>E</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Elit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Et</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 6</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>E</w:t>
-[...59 lines deleted...]
-        <w:t>, 1, 4</w:t>
+        <w:t>F</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Felis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>F</w:t>
-[...19 lines deleted...]
-        <w:t>, 7</w:t>
+        <w:t>I</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>I</w:t>
-[...39 lines deleted...]
-        <w:t>, 3</w:t>
+        <w:t>M</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Massa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Mi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Molestie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>M</w:t>
-[...59 lines deleted...]
-        <w:t>, 4</w:t>
+        <w:t>N</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nonummy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>N</w:t>
-[...19 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>P</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pharetra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pulvinar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>P</w:t>
-[...39 lines deleted...]
-        <w:t>, 5, 6</w:t>
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>S</w:t>
-[...19 lines deleted...]
-        <w:t>, 4</w:t>
+        <w:t>T</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Tincidunt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>T</w:t>
-[...59 lines deleted...]
-        <w:t>, 5, 7</w:t>
+        <w:t>U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2, 3, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Volutpat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 8</w:t>
+        <w:t>, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -1783,51 +1743,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rccdcf22e839b4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb083a77f06614721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5b04ca8e16d4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf383e9d04791406e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb2a6f4d549e049d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R26d13d39ac204d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7dd93794ceee4a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f4e917d34d844da" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>