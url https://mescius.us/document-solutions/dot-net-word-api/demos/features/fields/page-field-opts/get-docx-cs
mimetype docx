--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,440 +1,342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcca95266d86e4359" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R309610319be049f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc60a943aca3d4ce8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4377ba5314744e40" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5433bd7a9d4f42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ef16eaf8c00448d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc proin laoreet ut erat dolor euismod sem laoreet magna ipsum, nonummy mauris aliquet nibh aliquam amet eget. Sem nunc erat consectetur molestie mi magna feugiat nonummy, eget sem dolore dolor aliquet laoreet ac feugiat, id. Et ut ipsum nonummy volutpat proin, donec dolor at euismod nibh, nisi pulvinar, elit sem lobortis donec pharetra. Mauris aliquet aliquam turpis euismod et nisi ipsum elit proin ut ipsum elit sem nunc tempus consectetur, volutpat. Praesent lobortis nisi pulvinar eget proin nunc sed at non ac pharetra tellus mi donec pharetra molestie praesent. Magna dolor, mauris, praesent congue dolor volutpat mi donec feugiat turpis euismod laoreet, ac turpis euismod, massa, erat. Nonummy non ut tempus eget sem, nunc erat nonummy non massa, donec pharetra molestie, ante donec amet volutpat. Massa aliquam nonummy non lobortis tempus sed nonummy tellus ante donec, consectetur volutpat, massa dolore, feugiat felis ullamcorper. Lobortis ac adipiscing ullamcorper laoreet, aliquam, turpis euismod laoreet lorem sit felis ullamcorper lobortis tempus amet volutpat proin. </w:t>
+        <w:t xml:space="preserve">Non id mauris amet ipsum magna. Nunc nibh mi volutpat consectetur tempus. Magna laoreet sem volutpat nonummy feugiat. Congue mi, molestie pharetra ipsum nisi. Proin ullamcorper felis feugiat nisi diam. Id sit nisi laoreet aliquet at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Et nunc ipsum nonummy molestie, praesent ut lorem adipiscing ullamcorper nibh tempus turpis euismod nibh amet volutpat. Proin dolore erat consectetur tellus massa, sed, at non laoreet donec pharetra molestie mi congue feugiat felis. Praesent congue pharetra mauris, praesent amet volutpat ante dolore dolor mauris proin dolore dolor mauris praesent nunc. Sed consectetur tellus laoreet magna turpis tellus laoreet sed at, tellus laoreet ac consectetur aliquet sed elit. Proin massa donec consectetur molestie laoreet magna sit felis, diam, tincidunt tempus amet eget proin dolore sed. At tellus laoreet ac, proin nunc sed pharetra, tellus mi magna sit mauris mi magna dolor mauris. Mi magna dolor adipiscing, ullamcorper, tincidunt lorem adipiscing ullamcorper laoreet ac turpis euismod nibh turpis, euismod nibh. </w:t>
+        <w:t xml:space="preserve">Ac dolore massa non felis, ipsum nisi mi. Id, turpis ac tincidunt tellus, at sed dolore. Ante id pharetra ac massa sem elit pulvinar. Ac lobortis ullamcorper turpis, tempus nibh euismod turpis. Feugiat congue mi mauris sit, magna mi tellus. Consectetur erat nibh ullamcorper turpis, ac tincidunt praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus, consectetur volutpat mi dolore dolor at aliquet tincidunt sed adipiscing euismod nibh aliquam pulvinar id et nisi sit id et consectetur aliquet, laoreet ac sit id et congue. Feugiat adipiscing et, magna sit molestie, mi, magna pharetra molestie massa erat consectetur tellus ante erat consectetur ut, ipsum nonummy ullamcorper ante erat amet volutpat lobortis aliquam amet non. Ante dolore dolor at tellus laoreet, ac sit felis sem lobortis erat pharetra molestie ante amet non lobortis tempus adipiscing ullamcorper lobortis aliquam amet non nibh tempus nonummy euismod. Ante aliquam amet eget sem nunc dolor elit aliquet pulvinar eget et dolore, ipsum elit sem massa sed consectetur non massa tempus nonummy, non nunc erat consectetur mauris praesent. Congue feugiat mauris aliquet congue lorem adipiscing et nisi ipsum elit, sem nunc ipsum elit diam nunc, tempus nonummy non, lobortis erat pharetra volutpat, ante donec amet non lobortis. Aliquam amet volutpat nibh aliquam mauris aliquet tincidunt lorem consectetur euismod laoreet ac consectetur euismod laoreet magna feugiat felis et congue feugiat adipiscing non ut adipiscing ullamcorper ut feugiat. Felis diam tincidunt lorem nonummy diam lobortis aliquam turpis euismod lobortis lorem adipiscing aliquet congue lorem adipiscing aliquet tincidunt ac turpis euismod magna sit id, nibh nisi sit felis. Non massa erat nonummy non, massa erat amet volutpat, ante donec amet volutpat, ante aliquam amet non nibh tempus nonummy tincidunt, lorem felis praesent congue, dolor molestie praesent dolore. </w:t>
+        <w:t xml:space="preserve">Lorem dolore ante euismod adipiscing feugiat ut diam, felis feugiat congue et id, consectetur sed nunc proin elit dolor nunc sem sed dolore proin eget sed dolore praesent. Mauris pharetra donec nibh non adipiscing ipsum ut diam felis feugiat nisi mi id turpis, erat euismod sit ac, et id pulvinar ut sem elit ipsum amet tellus. Eget volutpat nonummy ipsum lobortis, diam, felis pulvinar ut sem, felis sit magna nibh id felis sit magna praesent molestie sit magna et id sit, magna laoreet tellus. Consectetur sed laoreet ante, volutpat amet aliquam nibh volutpat dolor lobortis non adipiscing tempus lobortis non elit ipsum lobortis diam felis sit magna mi id pulvinar nisi et. Tellus consectetur ac laoreet aliquet adipiscing lorem laoreet, aliquet lorem laoreet aliquet, adipiscing lorem congue praesent felis feugiat tincidunt ullamcorper adipiscing, tempus lobortis, ullamcorper felis feugiat ut mi. Id at sed massa non at ipsum nunc at dolor nunc sem eget dolor tincidunt tellus, consectetur sed nunc aliquet mauris sed tincidunt ante volutpat pharetra donec massa. Dolor erat ante molestie dolor congue praesent mauris, feugiat tincidunt diam felis, feugiat ut diam, adipiscing tempus nibh non amet donec, ante molestie dolor dolore proin molestie congue. Aliquet mauris feugiat congue diam molestie pharetra donec mi tellus consectetur, ipsum nisi et id turpis ac laoreet ullamcorper adipiscing lorem tincidunt aliquet mauris dolor dolore mauris pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis id et nisi pulvinar elit diam ut pulvinar elit sem massa elit sem massa tempus, elit ullamcorper lobortis ipsum felis, diam lobortis. Tempus, amet volutpat, proin dolore pulvinar eget proin nisi amet euismod nibh aliquam turpis tincidunt ac turpis, euismod, et ut ipsum at sem. Nunc ipsum elit sem ut, ipsum elit non massa tempus nonummy diam nisi sit molestie laoreet consectetur molestie mi magna sit molestie praesent. Magna lorem felis praesent, congue feugiat felis diam congue feugiat felis aliquet congue dolor mauris aliquet dolor mauris praesent dolore dolor mauris, praesent. Congue ac turpis euismod nibh magna turpis euismod laoreet ac consectetur tellus mi magna sit, id et congue tempus adipiscing congue feugiat felis. Diam congue feugiat molestie mi magna dolor mauris praesent, magna feugiat felis aliquet congue feugiat at aliquet tincidunt, lorem, adipiscing aliquet laoreet ac. </w:t>
+        <w:t xml:space="preserve">Dolore ante volutpat, nonummy erat massa sem elit pulvinar magna. Laoreet tellus at sed congue praesent mauris sed, aliquet, at. Feugiat dolore mi molestie, pharetra magna mi molestie consectetur donec. Ante non consectetur sed ut proin id turpis aliquam et. Euismod adipiscing, proin elit dolor nunc sem eget pulvinar nisi. Lorem nunc praesent, mauris sed nunc proin mauris sed dolore. Praesent mauris pharetra donec ante non nonummy tempus massa dolor. Magna mi mauris dolor tincidunt, praesent adipiscing, lorem ut, ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>II</w:t>
+        <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat turpis volutpat proin nisi dolor elit proin nunc sed consectetur molestie, laoreet erat pharetra tellus laoreet, magna sit molestie, mi donec nonummy non pulvinar felis. Diam nisi ipsum elit non lobortis aliquam nonummy non, massa tempus nonummy non, ante donec sed consectetur euismod et nisi sit felis diam turpis molestie mi. Nisi ipsum felis non massa aliquam nonummy non lobortis tempus nonummy ullamcorper lobortis aliquam dolor eget ante aliquam pulvinar eget sem, nunc, dolor elit, dolore ipsum. At non nunc sed at non massa erat consectetur non massa erat nonummy non ante erat pharetra molestie mi donec amet massa aliquam amet mauris praesent. Congue sed at tellus nibh ac turpis euismod nibh ac turpis, tellus tincidunt erat, consectetur tellus, laoreet ac turpis molestie mi congue tellus laoreet sed nonummy. Non massa erat pharetra molestie ante magna dolor mauris praesent tincidunt tempus amet volutpat et nisi pulvinar id proin nisi ipsum eget sem pulvinar eget, et. Nisi pulvinar id mi ac turpis euismod mi nisi feugiat elit ullamcorper massa donec pharetra volutpat ante nonummy non ante donec amet eget praesent nunc sed. </w:t>
+        <w:t xml:space="preserve">Sem volutpat adipiscing feugiat congue ante non elit, tempus. Nisi nibh euismod nisi, nibh tellus at sed congue. Aliquet, mauris lorem tincidunt praesent at feugiat congue aliquet. Felis dolor congue praesent molestie pharetra donec mi mauris. Feugiat mi non at sed laoreet tellus pharetra ac. Laoreet tellus turpis erat tincidunt aliquet at erat tincidunt. Tellus consectetur sed tincidunt aliquet adipiscing lorem tincidunt mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>II</w:t>
+        <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Proin ut sed at tellus mi magna sit felis diam congue feugiat felis. Donec feugiat felis praesent tincidunt feugiat adipiscing aliquet nibh ac turpis euismod nibh. Aliquam, pulvinar elit sem nunc ipsum elit sem nunc tempus consectetur molestie mi. Pharetra, molestie praesent tincidunt lorem adipiscing aliquet congue sed mauris praesent nunc sed. Adipiscing aliquet laoreet, ac sit euismod et magna, sit molestie, mi nisi ac. Sed pharetra nonummy mauris ullamcorper proin mi nibh tincidunt ut congue aliquam sed. Ipsum pharetra adipiscing eget sem mi ut aliquam pharetra, eget tellus, ullamcorper aliquet. Diam diam ante tincidunt nisi erat consectetur volutpat, ante donec amet volutpat ante. Donec dolor, molestie proin donec amet eget ante dolore pulvinar aliquet laoreet ac. </w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve">Turpis id mi magna sit id et congue ipsum adipiscing ullamcorper dolore sed mauris praesent tincidunt sed turpis tellus tincidunt ac turpis euismod mi nisi. Sit id, et congue feugiat felis diam congue pharetra molestie massa nonummy non massa erat nonummy non ante donec pharetra, molestie, mi dolore dolor mauris. Aliquet tincidunt lorem turpis, ullamcorper laoreet, lorem turpis euismod laoreet lorem aliquet tincidunt ac turpis tellus mi ac turpis molestie mi ac turpis id, diam. Ut, tempus amet, volutpat ante donec pharetra mauris ante lorem at aliquet tincidunt erat consectetur aliquet nunc dolor eget et dolore pulvinar id, nibh nisi. Pulvinar, elit sem nunc erat nonummy tellus massa donec pharetra mauris congue feugiat felis praesent dolore dolor mauris proin donec pharetra molestie praesent dolore dolor. Mauris praesent dolore dolor at, aliquet tincidunt ac turpis tellus laoreet ac turpis massa erat sit felis ullamcorper lobortis tempus, adipiscing non nibh donec sed. Adipiscing id et nisi pulvinar felis diam massa elit sem massa erat pharetra molestie praesent dolore dolor, mauris aliquet congue dolor mauris aliquet dolore sed. At aliquet tincidunt lorem at sem nunc sed, at sem sed, at aliquet massa erat consectetur molestie mi congue tempus amet volutpat ante dolore, dolor. </w:t>
+        <w:t xml:space="preserve">Diam ipsum, nisi mi euismod sit ac laoreet euismod turpis ac nibh tellus adipiscing lorem congue aliquet, adipiscing. Lorem laoreet, ullamcorper at lorem tincidunt praesent aliquam, nibh volutpat amet nisi, proin eget pulvinar aliquam ante non. Nonummy feugiat ut ullamcorper felis ipsum ut diam, felis ipsum ut diam elit tempus volutpat pharetra erat nunc. Diam, id turpis magna, nibh euismod sit ac tincidunt praesent at, feugiat congue praesent at lorem lobortis aliquet. Felis lorem tincidunt ullamcorper felis, tincidunt diam felis lorem ut, diam felis feugiat magna laoreet non at ipsum. Nunc proin eget pulvinar nisi sem, mauris pulvinar dolore sem magna laoreet, tellus adipiscing lorem tincidunt aliquet mauris. Sed congue, proin volutpat nonummy, feugiat, nisi et id sit, magna laoreet euismod turpis ac tincidunt aliquet at. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R188c4e4ec7fa4623"/>
+      <w:headerReference w:type="default" r:id="R537794a0d09c4ea9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -484,69 +386,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>4</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1008,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb93d826653744097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5dab7c9b0841427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c0f48184523467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R188c4e4ec7fa4623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7bef399f4fa2472f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rabca931e5d5b421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05b7f5a6f9fb4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb1e4bd215bac4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R537794a0d09c4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f0b323cf2bf4e0d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>