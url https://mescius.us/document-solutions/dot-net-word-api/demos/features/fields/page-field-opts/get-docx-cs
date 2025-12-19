--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -1,342 +1,440 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4377ba5314744e40" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5433bd7a9d4f42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ef16eaf8c00448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re3f6b8f424024024" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9458890d7f3c44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4b368b20711645d2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non id mauris amet ipsum magna. Nunc nibh mi volutpat consectetur tempus. Magna laoreet sem volutpat nonummy feugiat. Congue mi, molestie pharetra ipsum nisi. Proin ullamcorper felis feugiat nisi diam. Id sit nisi laoreet aliquet at. </w:t>
+        <w:t xml:space="preserve">Eget pharetra ipsum magna, laoreet sem at, dolor nunc aliquet at ac, congue praesent at ac. Nibh ullamcorper amet aliquam proin at erat id sit ut diam elit tempus ante, felis, lorem. Lobortis non pharetra nunc aliquet pulvinar ut non at erat, laoreet id tempus lobortis volutpat pharetra. Mi mauris, feugiat lobortis ullamcorper nonummy donec, aliquet turpis nunc non pharetra congue ullamcorper pharetra congue. Aliquet adipiscing ac nibh elit ac et elit erat ante molestie lobortis euismod amet dolore tellus. Turpis ac et nonummy, donec praesent, adipiscing aliquam, proin at ac et at magna diam nonummy. Donec praesent feugiat tincidunt volutpat dolor tincidunt euismod pulvinar massa molestie, feugiat nibh, eget lorem laoreet. Id pulvinar nunc tellus feugiat lobortis, volutpat dolor congue euismod pulvinar nunc id, nisi sem, elit. Tempus massa tellus consectetur donec diam amet donec praesent at ac nibh, eget sed massa molestie. Sit ut non, amet dolore aliquet amet nisi at ac diam consectetur magna praesent felis aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac dolore massa non felis, ipsum nisi mi. Id, turpis ac tincidunt tellus, at sed dolore. Ante id pharetra ac massa sem elit pulvinar. Ac lobortis ullamcorper turpis, tempus nibh euismod turpis. Feugiat congue mi mauris sit, magna mi tellus. Consectetur erat nibh ullamcorper turpis, ac tincidunt praesent. </w:t>
+        <w:t xml:space="preserve">Ac tincidunt, euismod pulvinar nunc aliquet turpis magna et ipsum massa tellus sit ut diam. Adipiscing aliquam, ante mauris, lorem tincidunt euismod ipsum, nunc molestie feugiat lobortis non amet dolore. Aliquet amet nisi aliquet lorem laoreet felis ipsum nunc tellus pharetra congue diam amet donec. Praesent at aliquam et eget sed massa molestie feugiat massa molestie lorem tincidunt volutpat nunc. Aliquet consectetur, ac et elit sed, laoreet molestie, feugiat lobortis volutpat sed tincidunt id, sed. Massa tellus sit nisi ullamcorper, amet dolore felis, tempus, ante, mauris lorem, nibh eget ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem dolore ante euismod adipiscing feugiat ut diam, felis feugiat congue et id, consectetur sed nunc proin elit dolor nunc sem sed dolore proin eget sed dolore praesent. Mauris pharetra donec nibh non adipiscing ipsum ut diam felis feugiat nisi mi id turpis, erat euismod sit ac, et id pulvinar ut sem elit ipsum amet tellus. Eget volutpat nonummy ipsum lobortis, diam, felis pulvinar ut sem, felis sit magna nibh id felis sit magna praesent molestie sit magna et id sit, magna laoreet tellus. Consectetur sed laoreet ante, volutpat amet aliquam nibh volutpat dolor lobortis non adipiscing tempus lobortis non elit ipsum lobortis diam felis sit magna mi id pulvinar nisi et. Tellus consectetur ac laoreet aliquet adipiscing lorem laoreet, aliquet lorem laoreet aliquet, adipiscing lorem congue praesent felis feugiat tincidunt ullamcorper adipiscing, tempus lobortis, ullamcorper felis feugiat ut mi. Id at sed massa non at ipsum nunc at dolor nunc sem eget dolor tincidunt tellus, consectetur sed nunc aliquet mauris sed tincidunt ante volutpat pharetra donec massa. Dolor erat ante molestie dolor congue praesent mauris, feugiat tincidunt diam felis, feugiat ut diam, adipiscing tempus nibh non amet donec, ante molestie dolor dolore proin molestie congue. Aliquet mauris feugiat congue diam molestie pharetra donec mi tellus consectetur, ipsum nisi et id turpis ac laoreet ullamcorper adipiscing lorem tincidunt aliquet mauris dolor dolore mauris pharetra. </w:t>
+        <w:t xml:space="preserve">Dolor dolore praesent at, ac, nibh volutpat dolor nunc tellus sit nisi. Sem felis tempus ante, felis lorem ullamcorper nonummy aliquam proin mauris ac. Et eget erat mi elit erat ante felis ac et elit ac. Et felis erat mi mauris lorem nibh eget, nibh id, pulvinar ut. Sem at ac et elit erat praesent adipiscing, ac et at magna. Et felis, tempus ante mauris pharetra tincidunt volutpat pulvinar ante eget sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore ante volutpat, nonummy erat massa sem elit pulvinar magna. Laoreet tellus at sed congue praesent mauris sed, aliquet, at. Feugiat dolore mi molestie, pharetra magna mi molestie consectetur donec. Ante non consectetur sed ut proin id turpis aliquam et. Euismod adipiscing, proin elit dolor nunc sem eget pulvinar nisi. Lorem nunc praesent, mauris sed nunc proin mauris sed dolore. Praesent mauris pharetra donec ante non nonummy tempus massa dolor. Magna mi mauris dolor tincidunt, praesent adipiscing, lorem ut, ullamcorper. </w:t>
+        <w:t xml:space="preserve">Erat ante volutpat dolor congue euismod pulvinar nunc tellus pulvinar nunc non pharetra congue ullamcorper pulvinar nunc, euismod sit ut, non at ac elit tempus ante mauris lorem, nibh. Volutpat pulvinar nunc euismod pulvinar, nisi non consectetur magna diam nonummy aliquam proin at, aliquam proin, at erat, mi feugiat, lobortis volutpat, dolor congue ullamcorper pulvinar, dolore aliquet sit. Ut non dolor tincidunt diam nonummy donec praesent sit ut non sit ut volutpat dolor, tincidunt euismod aliquam et, at ac mi id ipsum ante molestie feugiat nibh volutpat. Dolor nunc tellus turpis nisi sem nonummy, magna diam, nonummy aliquam at feugiat nibh eget sed massa id tempus lobortis volutpat dolor tincidunt euismod amet, nunc euismod ipsum massa. Molestie feugiat congue diam nonummy donec proin at ac id pulvinar nunc aliquet turpis nisi sem dolor, tincidunt ullamcorper amet dolore aliquet consectetur magna diam nonummy magna ullamcorper nonummy. Donec proin eget lorem et elit ac elit erat mi adipiscing aliquam, proin eget sed laoreet id, ipsum, massa molestie feugiat, nibh volutpat pulvinar laoreet, id sit sem consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem volutpat adipiscing feugiat congue ante non elit, tempus. Nisi nibh euismod nisi, nibh tellus at sed congue. Aliquet, mauris lorem tincidunt praesent at feugiat congue aliquet. Felis dolor congue praesent molestie pharetra donec mi mauris. Feugiat mi non at sed laoreet tellus pharetra ac. Laoreet tellus turpis erat tincidunt aliquet at erat tincidunt. Tellus consectetur sed tincidunt aliquet adipiscing lorem tincidunt mauris. </w:t>
+        <w:t xml:space="preserve">Laoreet tellus sit ut non pharetra magna diam adipiscing aliquam proin at sed. Laoreet euismod pulvinar ut sem elit ac, donec ante mauris lorem tincidunt aliquet. Adipiscing tempus ante eget sed laoreet euismod ipsum nunc molestie sit, ut non. Adipiscing aliquam ante at lorem ullamcorper amet dolore tellus sit nisi sem consectetur. Magna diam amet dolore tellus sit, nisi sem, consectetur magna praesent molestie feugiat. Ut non dolor tincidunt euismod pulvinar sem at magna diam nonummy magna diam. Turpis tempus ante mauris ac et eget sed, laoreet id ipsum nibh eget. Sed laoreet id dolore aliquet turpis magna et nonummy erat massa molestie feugiat. Nibh, volutpat dolor tincidunt tellus, sit nisi non consectetur magna diam nonummy, donec. Aliquet amet aliquam proin, sed laoreet id ipsum ante mauris feugiat lobortis volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>I</w:t>
+        <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam ipsum, nisi mi euismod sit ac laoreet euismod turpis ac nibh tellus adipiscing lorem congue aliquet, adipiscing. Lorem laoreet, ullamcorper at lorem tincidunt praesent aliquam, nibh volutpat amet nisi, proin eget pulvinar aliquam ante non. Nonummy feugiat ut ullamcorper felis ipsum ut diam, felis ipsum ut diam elit tempus volutpat pharetra erat nunc. Diam, id turpis magna, nibh euismod sit ac tincidunt praesent at, feugiat congue praesent at lorem lobortis aliquet. Felis lorem tincidunt ullamcorper felis, tincidunt diam felis lorem ut, diam felis feugiat magna laoreet non at ipsum. Nunc proin eget pulvinar nisi sem, mauris pulvinar dolore sem magna laoreet, tellus adipiscing lorem tincidunt aliquet mauris. Sed congue, proin volutpat nonummy, feugiat, nisi et id sit, magna laoreet euismod turpis ac tincidunt aliquet at. </w:t>
+        <w:t xml:space="preserve">Felis ipsum ut, non adipiscing tempus, ante volutpat pharetra dolore, praesent adipiscing feugiat, congue. Aliquet consectetur magna praesent felis tempus ante at lorem nibh eget pulvinar nunc tellus. Pharetra, ut ullamcorper amet donec praesent adipiscing aliquam et eget pulvinar sem at ac. Nibh elit erat mi felis tempus ante, at lorem nibh eget ipsum laoreet molestie. Sit congue ullamcorper amet, congue ullamcorper amet, nisi ante, mauris, lorem lobortis ullamcorper amet. Nunc aliquet sit ut, non consectetur magna ullamcorper nonummy donec proin mauris lorem, lobortis. Euismod pulvinar nunc euismod feugiat non pharetra congue euismod amet donec proin at lorem. Nibh eget sed massa id feugiat, lobortis molestie lorem, nibh eget sed laoreet id. Volutpat tincidunt aliquet mauris ullamcorper at, sed donec lobortis mi tellus, elit pulvinar pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet proin at, lorem tincidunt, tellus sit nunc non sit, ut ullamcorper nonummy tempus diam amet donec mi mauris, feugiat. Lobortis euismod dolor tincidunt tellus sit ut non sit lobortis volutpat sed nibh eget erat praesent felis aliquam proin mauris. Donec mi mauris lorem et elit ac et elit erat ante adipiscing aliquam tellus sit nunc tellus feugiat nibh volutpat. Pharetra, tincidunt ullamcorper amet massa sit ut, volutpat nonummy, dolore aliquet felis aliquam proin at lorem et elit, erat, mi. Felis tempus nibh mauris, lorem tincidunt, euismod, pulvinar nibh eget ipsum massa id feugiat, massa molestie lorem nibh eget, erat. Et elit tempus ante molestie feugiat, lobortis non pharetra dolore tellus sit ut tellus pharetra laoreet id tempus ante felis. Ac lobortis volutpat pulvinar nunc tellus, sit nisi diam, nonummy donec praesent adipiscing aliquam proin at ac et eget erat. Mi felis, ut ullamcorper amet dolore aliquet turpis nisi sem at ac et felis tempus ante mauris lorem lobortis volutpat. Pharetra congue ullamcorper lorem laoreet eget sed laoreet, id ipsum massa volutpat dolor congue ullamcorper pulvinar dolore aliquet turpis nisi. Et eget sed mi felis aliquam ante mauris lorem nibh nisi proin, at erat mi felis tempus massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis erat nunc aliquet consectetur lorem tincidunt praesent non adipiscing pharetra ut non at ipsum dolore sem eget dolor, aliquam et euismod, adipiscing. Feugiat donec ante tellus pharetra magna praesent, adipiscing lorem ut praesent tellus elit dolore congue lobortis et tellus volutpat adipiscing pharetra tempus nisi laoreet. Proin diam mauris consectetur pulvinar sed donec congue massa et aliquet molestie elit turpis aliquam tincidunt massa, diam aliquet, eget felis consectetur sit sed. Aliquam congue laoreet tellus at sed nisi nibh aliquet felis feugiat donec nisi nibh mi adipiscing donec aliquet turpis ut tellus feugiat lobortis volutpat. Pharetra, aliquam ante molestie feugiat nibh elit erat mi id ipsum lobortis, volutpat dolor tincidunt euismod tincidunt euismod ipsum nunc tellus sit lobortis volutpat. Sed laoreet id pulvinar nunc tellus, sit ut ullamcorper pharetra congue aliquet adipiscing aliquam, proin at ac et nonummy praesent adipiscing tempus ante mauris. Lorem laoreet id sed laoreet id sit magna, ullamcorper, nonummy donec praesent adipiscing aliquam sem lobortis molestie dolor lobortis eget sed laoreet id ipsum. Massa mauris tempus ante, at ac et eget sed laoreet felis ipsum massa mauris feugiat lobortis eget sed id pulvinar ante mauris tempus ante. Eget sed laoreet id pulvinar nunc tellus sit ut non, sed tincidunt id ipsum massa tellus ipsum lobortis molestie feugiat nibh adipiscing nisi aliquet. Turpis nisi non consectetur magna diam nonummy donec praesent adipiscing nisi sem consectetur congue diam elit tempus ante mauris lorem nibh elit erat et. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R537794a0d09c4ea9"/>
+      <w:headerReference w:type="default" r:id="R8bb2a1f7bb274aca"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -386,69 +484,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -910,51 +1008,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rabca931e5d5b421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05b7f5a6f9fb4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb1e4bd215bac4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R537794a0d09c4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f0b323cf2bf4e0d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd65c5cf668b948b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6b457dd9a5a746ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf4d26f3986dd4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R8bb2a1f7bb274aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R91e037a2106f4370" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>