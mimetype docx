--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,197 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R805d62ff97ff4468" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra97ed5667d2a416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra052c1e5f899495c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R943e164674874fee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9e28aaa8d19746eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfaa2821f82be4396" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>VI</w:t>
+        <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat dolor tempus erat, aliquam tincidunt ac tincidunt aliquet volutpat felis consectetur pulvinar, ac tincidunt praesent non nonummy lorem diam id pharetra, erat. Nisi nibh ullamcorper adipiscing feugiat dolore, ante volutpat nonummy, ipsum nisi diam eget sit magna nibh id turpis ac nibh euismod aliquam, lobortis. Proin volutpat amet ipsum ut diam felis ipsum nisi mi id turpis lorem laoreet, aliquet at pharetra donec praesent mauris dolor donec ante. Non nonummy massa sem felis feugiat, nisi et felis ipsum, nisi diam elit, sed massa non, nonummy sed nunc proin eget sed dolore. Sem elit nunc sem eget dolor dolore, proin mauris dolor nunc aliquet, mauris sed nunc praesent eget amet tempus lobortis ullamcorper elit feugiat. Magna mi molestie, turpis ac nunc volutpat amet aliquam ante eget, amet aliquam lobortis non adipiscing ipsum ut diam id pharetra erat, laoreet. Sem eget, pulvinar nisi ante eget pulvinar nisi nibh ullamcorper aliquam nibh non felis feugiat ut mi id pharetra magna mi molestie consectetur. Amet ac lobortis euismod turpis tempus lobortis felis, lorem ut, praesent felis feugiat ut, laoreet molestie pharetra, ac laoreet aliquet consectetur sed dolore. Proin eget, pulvinar aliquam lobortis euismod nonummy tempus lobortis ullamcorper adipiscing donec laoreet, tellus at ipsum nisi et euismod turpis aliquam lobortis ullamcorper. Adipiscing lorem tincidunt aliquet felis feugiat, congue ante molestie sit congue praesent id sit magna tellus consectetur erat massa tellus turpis, erat nunc. </w:t>
-[...113 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="1855159898394346743"/>
+        <w:t xml:space="preserve">Aliquet laoreet nibh nunc, et euismod mauris felis consectetur sed ac tincidunt proin volutpat nonummy feugiat pharetra sit ac laoreet tellus lorem. Erat ac, tincidunt aliquet at adipiscing ipsum ut diam, elit feugiat nisi et id turpis erat nunc proin volutpat amet aliquam nibh. Non adipiscing turpis ac nibh euismod amet ac lobortis ullamcorper mauris dolor dolore mi molestie pharetra magna mi molestie, consectetur erat massa. Non elit ipsum ut proin id amet pharetra magna, mi molestie consectetur erat tincidunt sem eget pulvinar, nisi, nibh euismod amet aliquam. Nibh volutpat amet donec ante non adipiscing, ipsum ac lobortis ullamcorper turpis tempus tincidunt aliquet felis dolor magna mi non id at. Nonummy pharetra sed aliquam donec congue massa sem, eget ipsum nunc, sem elit nonummy ipsum nisi nibh euismod sit magna nibh euismod. Turpis ac nibh euismod turpis, aliquam nibh ullamcorper adipiscing lorem congue praesent mauris dolor magna mi, mauris consectetur felis feugiat magna mi. Tellus at ipsum nunc sem, consectetur adipiscing ac et eget amet nisi et eget, amet nisi massa non consectetur erat massa, non. Elit pulvinar nunc non elit pulvinar dolore et eget pulvinar nisi et volutpat amet, aliquam, nibh euismod amet, donec ante non nonummy. Erat, massa, tellus consectetur ac laoreet non at sed, massa tellus at dolor nisi lobortis ullamcorper, felis dolor magna praesent molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore massa non elit feugiat, magna, laoreet tellus consectetur aliquam donec massa sem id amet lorem. Ut massa, tellus elit ipsum aliquam nibh ullamcorper turpis aliquam nibh euismod amet nisi ante eget. Pulvinar donec nibh euismod nonummy tempus lobortis, et euismod turpis ac nibh euismod amet ac nibh. Euismod turpis tempus tincidunt, diam felis feugiat tincidunt diam, adipiscing, feugiat, congue mi molestie pharetra congue. Ipsum lobortis ullamcorper elit ipsum lobortis sem elit tempus ut et id sit, magna, tincidunt, tellus. Mauris pharetra, donec ante volutpat, amet dolore massa aliquet consectetur, erat massa aliquet at sed nunc. Sem mauris pulvinar donec proin eget dolor dolore praesent mauris dolor congue praesent, mauris pharetra aliquam. Massa ullamcorper nisi diam felis pulvinar, nisi laoreet tellus consectetur lorem tincidunt praesent eget pharetra aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum dolore mi molestie pharetra erat massa non nonummy. Tempus ut diam elit pulvinar nisi nibh tellus turpis nisi. Nibh ullamcorper adipiscing lorem lobortis euismod lobortis euismod, adipiscing lorem. Congue, mi molestie pharetra, erat massa non elit ipsum nisi. Et id turpis ac laoreet ullamcorper adipiscing ac lobortis ullamcorper. Adipiscing, erat massa sem, elit tempus ut sem eget turpis. Ac, nibh id sit aliquam nibh ullamcorper adipiscing lorem congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis pharetra donec ante tellus consectetur erat nunc sem elit ipsum ut proin eget. Amet aliquam nibh euismod amet nisi et volutpat dolore proin eget, pulvinar aliquam ante eget. Pulvinar donec ante volutpat amet, aliquam lobortis ullamcorper nonummy ipsum, lobortis ullamcorper nonummy erat, lobortis. Diam felis sit, mi, felis pulvinar nisi et id sit aliquam nibh id turpis aliquam. Nibh euismod turpis, feugiat, ipsum sed aliquam, congue, ante sem id consectetur pulvinar tempus aliquam. Tincidunt lobortis mi non id at pharetra ipsum magna nunc et aliquet molestie felis mauris. Adipiscing consectetur erat massa tellus consectetur sed nunc ac, laoreet aliquet, consectetur erat massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt mi tellus, nonummy, pulvinar nunc diam elit feugiat ut, ullamcorper felis feugiat congue diam felis ipsum ut diam id sit. Nisi et euismod, sit magna nibh euismod, turpis, ac tincidunt tellus adipiscing eget amet ac lobortis, ullamcorper adipiscing dolor dolore praesent. Molestie, pharetra, erat nunc, sem elit sed massa tellus consectetur donec massa non consectetur ac massa ac et id feugiat magna. Laoreet tellus consectetur lorem tincidunt sem eget pulvinar donec proin dolore congue nunc nibh, praesent, ullamcorper tellus eget laoreet ut massa. Et mi mauris lorem congue praesent mauris dolor magna mi molestie pharetra donec ante mauris sit magna mi, tellus consectetur ac. Laoreet tellus consectetur elit ipsum ut diam felis pulvinar nisi diam, id nonummy pharetra donec laoreet tellus consectetur magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ipsum nisi, mi tellus consectetur sed dolore ante eget pharetra aliquam nibh non adipiscing tempus ut diam elit feugiat ac tincidunt. Euismod amet tempus lobortis diam felis feugiat congue mi mauris sit magna laoreet tellus pharetra ac laoreet molestie at erat nunc sem. Elit amet aliquam ut, et felis ipsum ut et euismod turpis lorem tincidunt ullamcorper adipiscing lorem laoreet aliquet adipiscing feugiat tincidunt, praesent. Felis dolor magna mi mauris pharetra donec ante proin eget amet aliquam lobortis praesent molestie pharetra magna laoreet tellus consectetur erat tincidunt. Aliquet at sed tincidunt aliquet at lorem tincidunt, aliquet laoreet aliquet adipiscing lorem dolore praesent molestie, feugiat tincidunt aliquet adipiscing lorem lobortis. Euismod, adipiscing, tempus, lobortis euismod adipiscing tempus lobortis ullamcorper adipiscing tempus ut praesent id mauris dolor congue aliquet adipiscing lorem tincidunt aliquet. Felis tempus nibh ullamcorper turpis aliquam nibh volutpat pulvinar donec ante proin eget ipsum ut sem elit ipsum dolore proin eget pulvinar. Dolore, proin elit sed nunc aliquet mauris pulvinar donec aliquet adipiscing lorem tincidunt aliquet mauris sed erat massa, sem at sed nunc. Sem elit dolor, nunc aliquet at, sed tincidunt sem mauris pulvinar dolore proin, mauris pharetra donec proin mauris dolor dolore praesent sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur sed, dolore ante ullamcorper adipiscing, tempus ut, non elit pulvinar nisi sem molestie felis feugiat nisi et. Aliquet volutpat turpis lorem, congue praesent tellus pharetra, erat, massa non nonummy turpis pharetra feugiat sed nisi et sem. Aliquet volutpat felis consectetur dolor, tempus magna ut laoreet praesent volutpat id at turpis dolor ipsum erat, aliquam dolore. Ut tincidunt nibh nunc nibh diam molestie nonummy pulvinar lorem donec, magna nunc laoreet ante ullamcorper, molestie eget mauris. Euismod volutpat molestie elit turpis dolor lorem erat tempus magna nunc, congue lobortis mi sem, aliquet ullamcorper aliquet euismod. Molestie id eget felis nonummy, consectetur amet feugiat sed aliquam donec congue massa nibh proin ullamcorper nisi tincidunt lobortis. Ante laoreet nibh ante et tellus volutpat, id eget mauris amet ipsum ac nisi donec nisi tincidunt lobortis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc dolore magna, nisi dolore lobortis massa lobortis praesent non tellus ullamcorper molestie elit turpis dolor feugiat, tempus consectetur pulvinar dolor, feugiat ipsum aliquam donec ac nisi tincidunt lobortis. Mi nibh mi sem tellus euismod molestie elit turpis dolor feugiat, erat, aliquam turpis amet, sit pulvinar dolor ipsum ac dolore tincidunt massa laoreet praesent praesent sem euismod non. Non euismod mauris elit eget at elit consectetur turpis consectetur sit sit pulvinar pulvinar sit sed lorem tempus erat ac dolore massa massa et praesent sem euismod mauris adipiscing. Nonummy consectetur pulvinar, feugiat sed at at, felis at adipiscing pharetra ipsum erat tempus erat ac, aliquam erat magna, dolore ut nunc tincidunt ante praesent proin praesent, non molestie. Volutpat molestie euismod, sit pulvinar feugiat erat magna donec ut laoreet proin praesent non tellus id molestie felis consectetur amet pharetra pulvinar pulvinar lorem erat ut laoreet nibh mi. Nibh lorem tempus erat nisi tincidunt ante et proin nisi nunc lobortis ante et, praesent non, id elit adipiscing, pharetra feugiat, felis eget felis amet sit sed nisi tincidunt. Mi et aliquet eget nonummy sit sed nisi tincidunt proin diam molestie elit, adipiscing amet feugiat, erat nisi congue tempus donec, nisi nunc lobortis, massa tincidunt massa laoreet et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tellus molestie, consectetur erat massa tellus pharetra donec laoreet tellus pharetra erat laoreet non at sed nunc sem, elit dolor dolore sem elit dolor dolore. Proin lorem ut ullamcorper felis feugiat magna mi, id pharetra ac massa sem consectetur sed nunc sem eget dolor nunc proin eget amet donec ante volutpat. Tellus at lorem tincidunt aliquet mauris dolor dolore praesent, molestie dolor donec mi volutpat consectetur donec ante volutpat, consectetur tempus nunc sem eget sed ut proin. Non adipiscing, ipsum congue et felis ipsum, magna mi molestie turpis magna laoreet euismod sit magna et id sit ac, tincidunt, praesent mauris dolor adipiscing feugiat. Tincidunt praesent molestie pharetra donec mi molestie, pharetra erat nunc sem felis pulvinar nisi et id pulvinar nisi et euismod amet aliquam nibh id amet elit. Dolor nisi ante volutpat pulvinar nisi proin eget pulvinar aliquam lobortis non amet, donec ante volutpat nonummy aliquam lobortis non elit, ipsum ut sem elit id. Volutpat mauris pharetra erat nunc sem praesent adipiscing lorem tincidunt ullamcorper at lorem tincidunt ullamcorper adipiscing, lorem lobortis aliquet aliquet mauris sed nunc sem consectetur lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit ipsum, nunc et id id, feugiat magna. Laoreet aliquet at sed dolore ante mauris, pulvinar donec. Ante volutpat, pharetra dolore proin, eget pharetra aliquam ante. Volutpat amet donec, mi proin eget amet tempus nibh. Euismod adipiscing, lorem ut diam mauris sit congue praesent. Molestie pharetra erat laoreet tellus at erat massa tellus. Consectetur tincidunt aliquet consectetur lorem, tincidunt tellus, at dolor. Dolore praesent eget pharetra donec ante volutpat amet aliquam. Lobortis diam felis, sit magna mi, consectetur, sed tincidunt. Sem mauris dolor dolore ante non amet aliquam, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris feugiat congue, mi, consectetur. Tempus lobortis, sem felis pulvinar, nisi. Et eget pulvinar nisi diam eget. Pulvinar aliquam nibh euismod turpis lorem. Tincidunt praesent at dolor dolore sem. Elit tempus nunc sem nonummy tempus. Nunc diam eget ipsum aliquam et. Id, turpis lorem congue aliquet molestie. Pharetra erat ante volutpat pharetra, donec. Non felis pulvinar nisi et, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat, nunc proin eget pulvinar. Nisi nibh euismod turpis aliquam ullamcorper. Felis feugiat tincidunt diam adipiscing feugiat. Magna laoreet tellus nonummy erat massa. Non at sed dolore proin eget. Ipsum dolore et euismod turpis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper molestie consectetur, erat nunc sem, at sed nunc proin eget amet nisi et volutpat amet tempus nibh. Aliquam, nibh ullamcorper, nonummy lorem congue diam id pharetra donec laoreet tellus pharetra erat laoreet tellus turpis ac. Laoreet tellus consectetur ac laoreet euismod ut praesent felis feugiat ut diam adipiscing tempus lobortis volutpat dolor dolore. Praesent mauris pharetra donec ante volutpat dolor magna mi tellus, pharetra magna ante molestie consectetur laoreet non at. Sed nunc sem eget pulvinar nisi nibh euismod turpis, tempus nibh ullamcorper, adipiscing lorem tincidunt diam, felis feugiat. Congue praesent id, sit, aliquam laoreet ullamcorper at dolor dolore mi mauris feugiat dolore, mi mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tincidunt aliquet at sed, congue proin molestie pharetra donec massa non nonummy ipsum ut, diam felis pulvinar nisi. Et euismod turpis magna nibh id sed, tincidunt praesent mauris, dolor donec lobortis ullamcorper felis ipsum nisi, mi euismod. Consectetur, lorem tincidunt aliquet at sed tincidunt aliquet mauris dolor dolore praesent ac laoreet ullamcorper, adipiscing ac lobortis, euismod. Adipiscing lorem tincidunt, aliquet, mauris dolor magna ante non nonummy sed nunc non consectetur erat nunc sem eget amet. Tempus nisi ullamcorper elit feugiat nisi mi tellus at, sed tincidunt praesent mauris pulvinar donec ante non nonummy tempus. Lobortis ullamcorper elit ipsum ut, tellus, consectetur erat nunc sem at dolor dolore proin volutpat amet aliquam nibh non. Nonummy pulvinar, aliquam laoreet euismod turpis ac nibh euismod adipiscing lorem tincidunt aliquet, id sit ac, tincidunt praesent mauris. Pharetra aliquam nibh non pharetra aliquam, ante non nonummy feugiat nisi mi tellus turpis ac laoreet id sit magna. Ut praesent felis feugiat congue praesent id sit, magna mi molestie, pharetra ac laoreet molestie consectetur erat tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar tempus ante non nonummy ipsum congue diam felis, ipsum ut diam felis ipsum nisi et, id sit nisi mi mauris pulvinar dolore proin, eget, dolor dolore ante eget pharetra. Dolore proin molestie feugiat congue praesent mauris, dolor, dolore mi mauris, dolor erat massa id pulvinar ut diam eget sit aliquam, nibh id turpis aliquam lobortis aliquet adipiscing, lorem tincidunt. Aliquet felis dolor magna mi, molestie pharetra magna mi tellus nonummy, amet, ipsum, lobortis diam id pharetra ac mi molestie sit nisi et id sit ac mi tellus consectetur, lorem. Tincidunt, aliquet eget amet, lobortis, ullamcorper felis ipsum ut et id sit magna mi molestie sit nisi mi, euismod consectetur lorem tincidunt aliquet at lorem nunc aliquet, at sed congue. Praesent id feugiat congue ullamcorper felis feugiat magna mi, tellus turpis ac nibh euismod turpis ac, nibh euismod sit aliquam, nibh euismod turpis ac, nibh id, amet lorem praesent molestie. Consectetur erat lobortis sem, nonummy tempus nunc sem nonummy sed massa non nonummy sed nunc, sem eget ipsum et volutpat pulvinar dolore proin eget amet nisi nibh euismod nonummy lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante pharetra aliquam, massa non nonummy erat massa non molestie consectetur ac mi euismod turpis ac laoreet tellus turpis magna, tincidunt aliquet mauris sed tincidunt at. Sed congue praesent, mauris dolor erat ante non consectetur donec massa non felis sit nisi diam eget pulvinar nisi proin, elit ipsum nunc non turpis ac nibh. Ullamcorper adipiscing lorem congue aliquet mauris feugiat congue praesent mauris pharetra donec laoreet tellus consectetur erat, nunc sem elit pulvinar dolore sem, elit pulvinar tempus lobortis et. Euismod turpis, magna laoreet euismod sit ac nibh tellus adipiscing lorem tincidunt aliquet at, feugiat congue, praesent mauris pharetra donec tempus lobortis ullamcorper turpis tempus tincidunt diam. Felis lorem ut praesent molestie pharetra donec mi id sit magna, et molestie sit nisi, et molestie sit ac laoreet mi tellus pharetra, donec mi molestie sit. Magna, mi molestie consectetur erat nunc proin eget pulvinar dolore, proin elit dolor dolore proin mauris dolor dolore sem, at aliquam, ut ullamcorper nonummy aliquam ante volutpat. Pharetra dolore proin molestie dolor dolore praesent mauris dolor magna mi, mauris feugiat amet aliquam lobortis ullamcorper adipiscing tempus lobortis non, nonummy tempus massa ullamcorper elit ipsum. Ut diam felis sit magna, mi euismod, consectetur lorem nibh tellus, adipiscing ac nibh volutpat nonummy tempus lobortis ullamcorper, elit ipsum ut diam elit ipsum ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum ut et id turpis aliquam nibh id amet aliquam nibh euismod turpis ac lobortis euismod amet, aliquam ante volutpat. Amet lobortis ullamcorper nonummy tempus lobortis non adipiscing tempus massa ullamcorper felis feugiat congue mi molestie turpis ac tincidunt sem elit. Pulvinar nunc sem mauris nunc praesent at lorem tincidunt, praesent mauris dolor dolore praesent mauris, dolor donec massa volutpat amet donec. Massa volutpat consectetur erat massa non, nonummy erat ante tellus magna laoreet molestie pharetra, erat nunc sem at sed massa, sem. Elit pulvinar nisi proin eget pulvinar nisi ante volutpat pulvinar aliquam, nibh non tempus ut ullamcorper adipiscing ipsum lobortis non, elit. Feugiat, nisi, mi id turpis, ac laoreet tellus consectetur ac laoreet aliquet adipiscing sed dolore proin at sed ullamcorper, turpis lorem. Tincidunt aliquet at feugiat congue praesent mauris pharetra magna praesent felis, lorem ut praesent felis, feugiat magna mi id pharetra magna. Et molestie pharetra et euismod turpis tempus, tincidunt mi molestie feugiat, congue, diam mauris sit donec massa non elit sed nunc. Proin, eget nonummy erat ante volutpat pharetra erat ante volutpat pharetra donec mi molestie consectetur donec mi molestie pharetra erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat amet erat, lobortis diam elit ipsum nisi et euismod. Consectetur lorem tincidunt aliquet at sed, dolore laoreet sem eget pulvinar dolore. Et ullamcorper felis dolor congue diam adipiscing feugiat tincidunt diam felis lorem. Ut diam, felis pharetra ac laoreet tellus mauris feugiat congue, mi molestie. Consectetur, tempus lobortis diam felis pulvinar nisi et id, turpis ac laoreet. Aliquet mauris dolor dolore proin molestie pharetra donec massa, lobortis ullamcorper, adipiscing. Lorem congue mi, molestie pharetra magna mi mauris sit magna, mi tellus. Consectetur, sed dolore proin eget, ipsum, dolore et mi, sem, euismod felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore lobortis praesent non eget adipiscing amet feugiat erat, dolore tincidunt praesent, nonummy ipsum ac, nunc nibh ullamcorper molestie elit turpis sed dolore, nibh. Praesent, tellus elit, amet lorem donec lobortis et tellus elit pulvinar aliquam lobortis molestie, nonummy ipsum ac nunc ante ullamcorper felis pharetra erat nunc. Nibh aliquet volutpat nonummy sit, erat, nisi tincidunt massa, diam euismod at pulvinar tempus magna nibh praesent non tellus, eget pulvinar lorem donec, lobortis. Et sem volutpat, mauris consectetur pulvinar lorem dolore nibh diam tellus eget at amet at amet sit, erat dolore lobortis mi diam aliquet euismod. Tellus id non tellus euismod, mauris felis elit, amet pharetra ipsum congue laoreet sem volutpat adipiscing dolor nonummy feugiat donec nunc nibh proin ullamcorper. Molestie id volutpat molestie ullamcorper, ullamcorper sem ullamcorper non aliquet praesent et ante massa laoreet nibh nunc congue ut, ut ipsum feugiat erat erat. Ac, tempus erat tempus ipsum sed, sit sit nonummy nonummy non non aliquet diam proin aliquam donec erat lorem ipsum pulvinar, pharetra consectetur adipiscing. Eget, eget felis eget molestie molestie id molestie molestie, ullamcorper sem sem praesent et proin ullamcorper molestie elit felis eget volutpat tellus euismod diam. Proin, praesent mi nibh ante mi nibh massa tincidunt lobortis massa tincidunt ut nunc tincidunt congue nisi, dolore, congue nisi donec dolore magna magna. Aliquam erat lorem tempus sed lorem feugiat ipsum elit ullamcorper molestie volutpat mauris id eget felis, elit mauris mauris tellus non sem aliquet praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ante massa donec donec lorem feugiat pulvinar pharetra turpis nonummy at at felis elit mauris felis mauris felis felis eget mauris id volutpat tellus ullamcorper. Diam proin proin laoreet lobortis ut nunc, et ullamcorper proin diam molestie consectetur pulvinar lorem dolore ante ullamcorper id pharetra sed aliquam tincidunt mi ullamcorper id. At turpis dolor erat ac aliquam erat ac adipiscing adipiscing elit at felis elit molestie, molestie ullamcorper non sem diam diam sem volutpat adipiscing pharetra pulvinar. Lorem aliquam congue laoreet sem ullamcorper tellus elit turpis lorem dolore lobortis mi sem euismod adipiscing pharetra ipsum aliquam nunc, nibh diam molestie at amet dolor. Ipsum sed nisi lobortis ante et ullamcorper molestie eget mauris mauris, id eget adipiscing consectetur ipsum feugiat dolore proin, non nonummy erat massa, non, elit ipsum. Ut laoreet tellus consectetur lorem nunc aliquet pharetra donec proin non adipiscing feugiat ac massa tellus at erat tincidunt nibh praesent sem euismod diam et praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat laoreet sem at sed nunc. Et volutpat felis, feugiat magna, ante molestie. Consectetur sed, nunc proin eget pharetra tempus. Ut et felis feugiat, ut et id. Turpis ac laoreet tellus at sed dolore. Proin volutpat amet aliquam volutpat nonummy aliquam. Lobortis ullamcorper adipiscing feugiat congue ullamcorper elit. Sit ac laoreet tellus, turpis ac laoreet. Tellus at lorem nunc praesent eget pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="1868749184156428302"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1855159898394346743"/>
+      <w:bookmarkEnd w:id="1868749184156428302"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R5a5c99c5d0544d0a"/>
+      <w:headerReference w:type="default" r:id="R28f3df22a9bd43c1"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -241,51 +231,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 7</w:t>
+      <w:t>Page 6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -758,51 +748,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9963dfe1eaa5428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R89dde27bf34a40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra5125d562b8f4999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R5a5c99c5d0544d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9ca54f319de749bc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7601b34603443e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbffc5bc5dda44f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf93bd81e71f248f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R28f3df22a9bd43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R62e0570a8e6d4e20" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>