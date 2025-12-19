--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,455 +1,415 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra818d5b4a483425a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R730339e6eb1140f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re3be3d10b4424d3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8512124ae85a43e0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc5761f433f1549d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2593d74dc1984735" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non elit volutpat, felis feugiat, erat nunc nibh ullamcorper. Mauris magna massa sem nonummy ipsum nisi et id. Sit ac laoreet ullamcorper mauris pharetra erat massa ullamcorper. Felis feugiat nisi et felis pulvinar ut elit pulvinar. Nisi nibh euismod turpis ac tincidunt ullamcorper turpis aliquam. Laoreet aliquet, adipiscing dolor congue mi molestie consectetur erat. Massa, non nonummy tempus massa eget pulvinar ut proin. Elit pulvinar aliquam nibh euismod turpis aliquam nibh euismod. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Tellus adipiscing dolor congue, proin molestie pharetra donec, ante non amet tempus lobortis sem. Elit pulvinar lobortis, sem consectetur ante tellus pharetra erat laoreet tellus pharetra magna mi. Molestie sit, magna laoreet tellus turpis ac tincidunt aliquet at sed, dolore, ante eget. Pulvinar nibh non praesent mi proin mi non id eget nonummy pharetra pulvinar lorem. Aliquam sed aliquam tempus magna dolore tincidunt aliquet felis lorem lobortis euismod, adipiscing lorem. Nunc diam eget sit aliquam laoreet aliquet mauris dolor dolore ante molestie amet erat. Massa, mi proin praesent diam sem diam nibh tellus pulvinar tempus lobortis ullamcorper adipiscing. </w:t>
+        <w:t xml:space="preserve">Tellus praesent molestie elit amet ac congue massa volutpat dolor. Donec mi mauris tempus nibh eget dolor tincidunt euismod turpis. Ac et elit sed massa sit ut non amet congue. Euismod pulvinar massa id sit lobortis, non pharetra magna, diam. Adipiscing tempus lobortis euismod nonummy donec praesent adipiscing ac id. Ipsum nunc molestie feugiat ut ullamcorper nonummy congue ullamcorper turpis. Nisi, sem consectetur ac diam elit tempus massa, tellus feugiat. Ut ullamcorper amet donec aliquet sit sem consectetur congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus feugiat ut sem pharetra magna diam nonummy ante eget lorem, tincidunt. Euismod sit nisi sem consectetur, magna ullamcorper nonummy donec aliquet turpis aliquam sem. Consectetur ac et nonummy donec mi felis lorem eget sed laoreet id pulvinar. Nunc non sit ut non amet congue ullamcorper pulvinar nunc tellus sit ut. Sem consectetur donec praesent adipiscing aliquam proin felis tempus proin mauris sed laoreet. Eget sed nunc non pharetra congue, non amet dolore praesent felis aliquam proin. Consectetur erat laoreet felis sed laoreet euismod ipsum nunc tellus sit congue ullamcorper. Amet congue aliquet turpis dolore dolore ullamcorper amet nisi aliquet turpis, nisi non. Consectetur magna praesent adipiscing aliquam mauris dolor tincidunt euismod ipsum nunc tellus feugiat. Ante mauris ac proin consectetur magna ullamcorper pharetra congue ullamcorper amet dolore, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa tellus sit ut non pharetra dolore tellus sit nisi, sem consectetur, ac et nonummy donec praesent felis tempus eget, dolor nunc sem turpis nisi. Non consectetur donec diam, nonummy donec praesent adipiscing aliquam sem at sed massa id feugiat lobortis non pharetra euismod pulvinar nunc aliquet, turpis nisi, sem consectetur. Magna ullamcorper nonummy nunc aliquet turpis nisi sem at ac et nonummy donec proin at aliquam et at et nonummy donec diam turpis dolore aliquet sit. Ut sem consectetur congue diam nonummy donec praesent adipiscing aliquam sem pharetra congue volutpat pharetra tincidunt turpis nisi proin elit erat mi felis, tempus massa, molestie. Sit congue ullamcorper amet dolore, aliquet sit ut non pharetra ut non dolor tincidunt volutpat ipsum nunc eget sed tincidunt id ipsum massa molestie lorem nibh. Eget sed laoreet id, ipsum massa tellus ipsum lobortis non dolor tincidunt euismod pulvinar nunc aliquet turpis et felis tempus ante mauris, lorem, ante eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit lobortis volutpat congue ullamcorper pulvinar, nunc molestie sit nisi, non, consectetur congue ullamcorper. Amet dolore aliquet turpis magna sem consectetur donec praesent nonummy donec proin mauris ac elit sed. Massa id sit, ut non amet dolore praesent adipiscing aliquam proin at, ac et elit donec. Praesent adipiscing aliquam proin adipiscing aliquam proin ipsum massa molestie feugiat massa, molestie, feugiat lobortis ullamcorper. Pulvinar nisi sem turpis nisi sem consectetur donec praesent felis tempus proin adipiscing ac elit erat. Laoreet id ipsum massa volutpat pharetra congue aliquet, turpis dolore aliquet sit nisi volutpat lorem nibh. Volutpat dolor tincidunt euismod, pulvinar massa molestie feugiat nibh lorem nibh eget ipsum massa id feugiat. Ut non amet congue euismod pulvinar tincidunt euismod pulvinar massa tellus feugiat nibh eget sed laoreet. Euismod ipsum massa, molestie ut, non amet congue ullamcorper turpis dolore sem consectetur nisi sem consectetur. Donec praesent adipiscing, aliquam lobortis volutpat pulvinar dolore sit nisi non pharetra congue ullamcorper amet tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Ra0995820e9794dca"/>
+          <w:headerReference w:type="default" r:id="Rf89ac1a2edd04039"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sit erat massa tellus at erat laoreet, aliquet at lorem nunc eget pulvinar, donec ante volutpat amet, aliquam massa non nonummy aliquam massa ullamcorper elit. Ipsum ut et felis sit nisi, et felis pulvinar ut sem pulvinar nisi et eget ipsum ut non at sed dolore proin, eget dolor, dolore. Et euismod turpis tempus lobortis ullamcorper nonummy tempus nibh non amet ante non adipiscing ipsum ut diam felis feugiat lobortis, ullamcorper felis feugiat ut, diam. Id turpis, lorem nunc aliquet, at, sed, nunc praesent adipiscing dolore massa volutpat amet aliquam ante volutpat amet erat lobortis, non nonummy tempus massa volutpat. Consectetur, tempus massa tellus nonummy sed nunc non consectetur sed nunc, consectetur erat nunc aliquet at erat tincidunt sem eget amet tempus tincidunt praesent tellus. Nonummy ipsum ut diam eget pulvinar aliquam laoreet ullamcorper adipiscing lorem congue praesent, amet erat lobortis, sem felis pulvinar magna et id pulvinar nisi, diam. Id turpis aliquam et euismod amet aliquam, et id amet aliquam, mi volutpat consectetur erat nunc non consectetur ipsum nunc sem, eget pulvinar, aliquam nibh. Euismod at sed congue aliquet adipiscing lorem tincidunt aliquet felis feugiat, congue praesent lorem congue, mi, molestie sit magna, mi molestie pharetra donec massa non. At ipsum, dolore proin eget amet ac nibh euismod turpis aliquam ante volutpat, amet aliquam volutpat dolor dolore praesent mauris sed congue praesent mauris dolor. </w:t>
+        <w:t xml:space="preserve">Tellus turpis, magna et elit lobortis volutpat dolor congue ullamcorper adipiscing aliquam. Proin mauris lorem nibh elit erat mi adipiscing donec aliquet turpis nisi. Sem consectetur magna et nonummy erat mauris, lorem nibh eget dolor tincidunt. Id pulvinar amet donec aliquet felis, lorem lobortis volutpat dolor tincidunt id. Pulvinar ut tellus pharetra congue non, amet aliquet sit, nisi proin at. Ac, et felis ipsum massa molestie lorem lobortis volutpat dolor laoreet euismod. Sit nisi sem consectetur, magna praesent tempus, ante mauris lorem et eget. Sed massa molestie feugiat ut non dolor tincidunt volutpat sed laoreet felis. Tempus ante molestie feugiat lobortis eget sed tincidunt euismod, ac nibh eget. Sed massa, id ipsum lobortis non pharetra dolore aliquet amet dolore aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac congue praesent volutpat pharetra, erat lobortis non consectetur ipsum, ut diam, eget sit nisi nibh id nisi, nibh euismod. Turpis ac tincidunt aliquet at dolor, dolore mi molestie pharetra donec, mi molestie pharetra magna massa tellus pharetra, erat nunc. Proin pulvinar aliquam laoreet, ullamcorper at lorem lobortis ullamcorper adipiscing tempus nibh volutpat adipiscing lorem congue praesent felis, sit magna. Laoreet non nonummy sed, massa non at laoreet tellus consectetur erat, massa sem eget pulvinar nisi lobortis ullamcorper adipiscing tempus. Nibh ullamcorper felis feugiat magna mi tellus at ipsum nunc aliquet turpis, ac lobortis euismod amet aliquam nibh euismod nonummy. Tempus lobortis diam adipiscing tempus lobortis non adipiscing ipsum ut diam felis, ipsum congue et id turpis erat aliquet at. Dolor nunc sem volutpat pulvinar aliquam, nibh non amet tempus lobortis ullamcorper adipiscing feugiat congue, diam, felis sit magna laoreet. Tellus consectetur erat tincidunt consectetur, lorem, tincidunt aliquet mauris pulvinar donec, ante, non nonummy tempus ut mi molestie pharetra ac. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Id turpis ac laoreet ullamcorper mauris congue aliquet mauris feugiat congue, aliquet, mauris dolor. Dolore ante volutpat consectetur donec ante tellus pharetra erat massa sem eget, pulvinar aliquam. Nibh aliquet adipiscing tincidunt praesent molestie pharetra donec ante volutpat nonummy donec massa non. Elit pulvinar nisi diam elit ipsum, nunc sem elit sed nunc sem eget ipsum. Tellus consectetur erat laoreet tellus turpis ac laoreet euismod, sit, magna laoreet aliquet mauris. Dolor donec proin eget pharetra donec ante volutpat pharetra ullamcorper felis dolor dolore mi. Molestie pharetra erat massa tellus pharetra, donec, massa tellus consectetur erat massa non consectetur. </w:t>
+        <w:t xml:space="preserve">Turpis, ac mi felis ipsum massa mauris dolor tincidunt ullamcorper amet nunc, aliquet turpis magna diam erat, mi felis tempus ante molestie feugiat lobortis euismod ipsum dolore. Aliquet turpis magna sem pharetra congue euismod amet nisi tellus turpis nisi sem donec mi id ipsum massa eget, lorem nibh eget ipsum massa, molestie turpis nisi. Diam nonummy donec aliquet, adipiscing tempus ante mauris dolor nunc euismod pulvinar non pharetra ut non dolor tincidunt ullamcorper pulvinar nunc molestie sit lobortis, volutpat dolor tincidunt. Euismod pulvinar tincidunt id ipsum nunc molestie lorem nibh amet dolore aliquet adipiscing aliquam proin at ac diam elit, erat ante mauris feugiat lobortis elit sed, laoreet. Euismod ipsum nunc molestie, lorem nibh eget sed euismod pulvinar massa id feugiat lobortis molestie dolor laoreet euismod ipsum massa molestie ipsum lobortis volutpat feugiat lobortis eget. Pulvinar, nunc aliquet turpis magna, diam elit, donec adipiscing tempus ante mauris lorem nibh eget sed laoreet felis ipsum ut non amet donec praesent adipiscing nisi sem. Consectetur nibh id ipsum massa mauris feugiat nibh eget sed laoreet id sed mi elit, erat proin at ac proin at erat mi id tempus ante felis. Lorem at lorem et eget erat laoreet id feugiat ut non pharetra congue ullamcorper amet nisi aliquet turpis ut non dolor lobortis euismod, amet nunc tellus pulvinar. Nunc elit sed massa molestie sit lobortis eget dolor tincidunt id ipsum massa molestie, feugiat massa molestie lorem nibh eget erat, mi, elit, tempus massa tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis nisi proin at ac et felis erat, proin at lobortis ullamcorper turpis nisi sem at magna, diam consectetur congue ullamcorper amet, aliquam, ante. At lorem nibh, id ipsum laoreet id, ipsum massa mauris feugiat, euismod pulvinar nunc euismod, sit nisi sem consectetur magna praesent, adipiscing aliquam proin at. Ac et at donec diam nonummy donec praesent turpis aliquam sem sed laoreet id tempus praesent, adipiscing aliquam proin mauris, ac et elit sed laoreet. Molestie sit congue ullamcorper, pharetra dolore aliquet, adipiscing aliquam at ac, et felis erat ante mauris tempus nibh mauris sed nibh id pulvinar massa mauris. Lorem nibh eget sed laoreet id ipsum, massa molestie ipsum ante lorem lobortis eget erat, laoreet id ipsum ante, molestie, feugiat lobortis volutpat dolor tincidunt. Tellus sit nisi sem consectetur magna praesent adipiscing aliquam proin at ac et ac mi id feugiat lobortis volutpat dolor congue diam amet nunc tellus. Turpis nisi non sit, ut non dolor nibh, id sed massa molestie ipsum ullamcorper nonummy erat mi felis lorem ante mauris lorem nibh, eget tempus. Massa mauris feugiat lobortis non, pharetra congue ullamcorper, turpis nisi non at ac et felis, massa molestie feugiat congue ullamcorper, amet dolore, tellus turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam at ac nibh eget, sed laoreet id ipsum lobortis non pharetra dolore euismod dolor, nunc, tellus pulvinar nunc tellus feugiat ut non pulvinar nunc turpis. Nisi, sem consectetur congue ullamcorper, amet donec praesent turpis aliquam proin elit erat laoreet id ipsum, nunc non pharetra congue, ullamcorper nonummy donec aliquet aliquam sem at magna. Diam adipiscing aliquam, proin adipiscing aliquam proin consectetur magna sem consectetur magna diam turpis dolore tellus sit nunc molestie sit, ullamcorper amet, donec proin adipiscing aliquam proin at. Ac et nonummy dolore aliquet amet dolore proin at ac et felis, ipsum ante molestie lorem nibh eget sed euismod pulvinar aliquam proin, consectetur ac et elit tempus. Ante molestie lorem nibh eget erat laoreet id ipsum nunc tellus, pharetra congue, ullamcorper amet dolore praesent nonummy dolore praesent amet nunc tellus sit, ut ullamcorper pharetra congue. Ullamcorper turpis nisi aliquet pulvinar nunc, mauris feugiat tincidunt volutpat sed laoreet adipiscing aliquam proin, at magna diam nonummy aliquam proin mauris feugiat lobortis volutpat pulvinar nunc euismod. Feugiat massa volutpat feugiat lobortis volutpat lorem nibh eget sed massa feugiat lobortis volutpat dolor tincidunt euismod ipsum laoreet, id ipsum massa volutpat feugiat, lobortis volutpat sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut euismod amet dolore tellus turpis nisi proin elit erat laoreet felis aliquam proin adipiscing aliquam proin at ac et tempus massa mauris lorem. Nibh eget sed nunc euismod ipsum laoreet id ipsum ante mauris lorem nibh eget sed massa molestie feugiat lobortis non donec mi felis tempus, nibh. Eget dolor laoreet tellus sit, nunc molestie, feugiat lobortis eget lorem nibh, eget, sed, laoreet id tempus ante mauris, ac et at mi felis ipsum. Nunc tellus pharetra congue diam amet dolore aliquet adipiscing aliquam et, at erat et nonummy donec proin adipiscing nisi proin ac mi felis tempus ante. Mauris feugiat lobortis volutpat dolor nunc, tellus sit nisi sem consectetur magna praesent adipiscing aliquam ante at ac et eget sed tincidunt feugiat lobortis molestie. Feugiat lobortis euismod pulvinar nunc euismod ipsum massa id lorem nibh volutpat dolor laoreet id, pulvinar, nunc, tellus turpis nisi non pharetra tincidunt euismod dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ac nunc aliquet at dolor nunc proin eget nonummy tempus lobortis diam mauris. Sit donec laoreet tellus consectetur erat massa sem eget ac tincidunt praesent molestie. Pharetra donec ante non consectetur erat massa non nonummy ipsum, ut proin eget. Turpis lorem tincidunt aliquet at dolor congue aliquet, aliquam lobortis ullamcorper turpis tempus. Tincidunt diam felis sit congue praesent id feugiat congue mi id feugiat magna. Mi molestie consectetur erat massa aliquet at erat mi ipsum nunc sem consectetur. Ipsum nisi et eget pulvinar aliquam nibh id turpis ac lobortis ullamcorper adipiscing. Dolor congue mi felis feugiat, congue molestie pharetra, donec massa non nonummy sed. </w:t>
+        <w:t xml:space="preserve">Non, nonummy donec mi felis aliquam ante, mauris sed nibh eget. Sed molestie feugiat lobortis volutpat amet dolore praesent felis tempus proin. At ac, et elit, erat mi adipiscing tempus proin at ac. Et, elit sed laoreet molestie erat et id ipsum mi mauris. Feugiat lobortis volutpat erat mi elit erat mi adipiscing aliquam ante. Eget pharetra dolore aliquet sit ut non pharetra ullamcorper nonummy erat. Ante molestie lorem, et elit sed, mi id ipsum massa molestie. Lorem ante mauris lorem nibh, eget erat mi, felis lobortis volutpat. Pharetra dolore, ullamcorper amet nunc tellus feugiat lobortis volutpat dolor congue. Ullamcorper, adipiscing aliquam proin consectetur, magna sem consectetur magna diam nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat magna mi id, turpis ac laoreet tellus consectetur, sed dolore ante volutpat amet donec ante. Volutpat nonummy ipsum, ut, et molestie pharetra magna proin eget amet nisi proin, volutpat pulvinar nisi. Proin, euismod amet donec ante eget, amet aliquam lobortis ullamcorper adipiscing ipsum ut diam elit, feugiat. Tincidunt aliquet at erat nunc aliquet at sed nunc aliquet adipiscing lorem laoreet aliquet adipiscing ac. Laoreet ullamcorper adipiscing lorem tincidunt aliquet adipiscing lorem, dolore praesent feugiat congue mi molestie pharetra magna. Mi non consectetur donec laoreet sem eget pulvinar aliquam nibh euismod adipiscing aliquam lobortis euismod turpis. Tempus tincidunt donec mi molestie pharetra congue, et id feugiat congue et felis feugiat ut diam. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Tellus magna laoreet molestie, consectetur ipsum dolore et volutpat adipiscing tempus congue praesent. Mauris dolor magna mi, molestie consectetur, sed ut sem nonummy, sed nunc proin. Pulvinar nisi nibh euismod turpis aliquam et volutpat pulvinar nisi nibh diam felis. Feugiat congue praesent felis lorem nibh non, nonummy ipsum congue et sit magna. Mi id sit magna mi, id sit magna nibh id pulvinar nisi, et. Id adipiscing lorem congue aliquet at sed congue praesent mauris pharetra donec mi. Tellus at dolor dolore proin mauris sed, dolore ante volutpat nonummy, tempus nibh. Non amet tempus massa ullamcorper felis feugiat ut et ipsum nisi diam felis. Pulvinar magna nibh, euismod turpis ac laoreet tellus turpis lorem laoreet ullamcorper at. Feugiat, tincidunt aliquet at, feugiat tincidunt aliquet adipiscing lorem tincidunt nonummy, lorem tincidunt. </w:t>
+        <w:t xml:space="preserve">Aliquet adipiscing ac et eget sed. Tincidunt sit ut sem consectetur donec. Ante molestie feugiat ut non amet. Donec praesent turpis dolore sem consectetur. Magna diam nonummy, donec mi felis. Tempus ante sed tincidunt euismod, pulvinar. Ut diam consectetur donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue euismod pulvinar massa id sit non, pharetra, tincidunt euismod dolor nunc. Aliquet turpis nisi sem consectetur magna diam adipiscing aliquam proin at aliquam et. Eget erat mi elit, donec aliquet nisi aliquet sit magna diam nonummy erat. Praesent felis lorem nibh eget, sed laoreet eget sed mi felis tempus ante. Mauris, feugiat lobortis id nunc aliquet sit lobortis volutpat lorem nibh eget sed. Tincidunt euismod ipsum massa tellus feugiat nibh eget sed nibh eget ipsum laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh elit erat laoreet elit donec praesent adipiscing tempus ante, mauris, lorem, et elit erat mi felis aliquam proin at ac. Id ipsum massa molestie sit nisi non, amet dolore ullamcorper amet nisi sem consectetur ac nibh id ipsum massa molestie, feugiat lobortis. Volutpat amet aliquet turpis aliquam sem consectetur ac et nonummy erat mi mauris tempus ante mauris, ac et nonummy magna diam nonummy. Donec praesent adipiscing aliquam proin at massa tellus feugiat lobortis non pharetra tincidunt ullamcorper turpis aliquam sem consectetur magna sem pharetra congue. Volutpat dolor nunc euismod pulvinar, nunc tellus sit praesent adipiscing tempus ante mauris, lorem nibh eget sed, mi id ipsum, ante molestie. Dolor congue diam amet nunc tellus sit ut tellus feugiat nibh mauris nibh elit magna et elit erat praesent at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus ante mauris feugiat lobortis dolor tincidunt id pulvinar ut, sem eget sed mi adipiscing. Aliquam ante at lorem lobortis volutpat pulvinar nunc tellus sit nunc volutpat dolor tincidunt pulvinar dolore. Aliquet turpis nisi proin consectetur magna diam nonummy donec praesent adipiscing ac et, elit erat mi. Felis tempus massa molestie feugiat nibh, volutpat, nunc aliquet at aliquam sem consectetur magna diam, nonummy. Donec proin adipiscing aliquam sem at magna diam amet donec aliquet turpis nisi sem consectetur laoreet. Eget tempus ante mauris lorem ante mauris ac et elit ipsum massa tellus pharetra congue ullamcorper. Amet dolore, aliquet turpis nisi proin, at erat mi erat ante felis tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, molestie sit congue non dolor congue ullamcorper turpis sem at ac mi. Elit tempus massa molestie feugiat nibh eget sed, tincidunt euismod sit nunc tellus. Sit congue ullamcorper, pharetra congue euismod pulvinar massa sit lobortis volutpat dolor tincidunt. Euismod pulvinar dolore tellus sit nisi non consectetur magna diam adipiscing tempus ante. Mauris feugiat, laoreet euismod, pulvinar nunc tellus magna diam nonummy, donec diam turpis. Nisi, proin at ac et, elit, erat mi adipiscing donec aliquet sit nisi. Sem at ac diam erat ante, mauris tempus, nibh eget sed mi elit. Erat mi mauris lorem lobortis volutpat, dolor nunc tellus pulvinar nunc sem pharetra. Ac, mi felis tempus ante feugiat nibh eget sed dolore proin at ac. Diam consectetur, donec praesent adipiscing aliquam proin mauris sed, nibh elit ac et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Praesent, mauris dolor dolore proin molestie pharetra donec proin volutpat amet lobortis sem elit, tempus lobortis sem nonummy erat. Nunc, sem nonummy sed massa, sem eget pulvinar ac nibh ullamcorper adipiscing lorem lobortis ullamcorper adipiscing lorem tincidunt felis. Feugiat donec ante tellus pharetra donec ante tellus consectetur sed, ut, proin eget amet nisi nibh euismod adipiscing ac. Lobortis euismod turpis aliquam nibh non pharetra tempus massa non eget pulvinar aliquam nibh euismod turpis aliquam nibh euismod. Turpis lorem tincidunt aliquet mauris, pharetra donec ante non ipsum nisi et id pulvinar nisi et euismod turpis ac. Congue, praesent mauris dolor, congue praesent molestie pharetra donec massa non, nonummy tempus ut sem nonummy sed sem elit. Ipsum ut sem elit pulvinar, ac nibh ullamcorper, turpis lorem tincidunt praesent felis lorem tincidunt diam felis sit donec. Ante non elit ipsum nunc sem ipsum dolore proin elit ipsum nisi, et volutpat turpis tempus nibh ullamcorper turpis. Tempus lobortis ullamcorper adipiscing feugiat ut non elit sed, ut et id turpis aliquam et euismod amet aliquam proin. Eget pulvinar nisi ante euismod nonummy donec ante volutpat nonummy tempus nibh volutpat amet ac laoreet aliquet, consectetur erat. </w:t>
+        <w:t xml:space="preserve">Lorem tincidunt ullamcorper turpis aliquam ante mauris ac mi elit donec mi felis lorem ante mauris sed laoreet id, sed sem. Pharetra, ac diam nonummy donec aliquet amet dolore aliquet turpis, nisi non consectetur congue ullamcorper, nonummy nunc tellus turpis aliquam diam. Nonummy donec id feugiat lobortis non feugiat tincidunt volutpat, dolor nunc sem consectetur magna diam nonummy magna diam amet dolore aliquet. Consectetur ac laoreet id ipsum massa molestie ut ullamcorper nonummy donec praesent at lorem et at ac, et elit, erat, diam. Nonummy nisi proin at magna, diam consectetur magna diam felis lobortis eget sed laoreet, id ipsum nunc, molestie sit lobortis volutpat. Feugiat tincidunt volutpat dolor tincidunt, euismod tempus massa mauris tempus ante mauris ac nibh id nisi, sem at ac diam amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>IV</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna nunc sem, elit sed ut et eget sit aliquam proin eget ipsum nunc sem. Elit amet nisi et euismod amet nisi proin nonummy tempus lobortis non nonummy aliquam lobortis. Non nonummy aliquam lobortis ullamcorper nonummy ipsum congue et id turpis ac laoreet euismod turpis. Ac, laoreet euismod adipiscing feugiat ut diam adipiscing ipsum ut, diam id pharetra ac massa. Tellus at erat tincidunt aliquet, at erat tincidunt aliquet consectetur lorem laoreet tellus turpis tempus. Lobortis praesent id feugiat congue mi molestie consectetur erat nunc proin eget pulvinar tempus ante. Volutpat nonummy tempus lobortis ullamcorper amet aliquam diam id pharetra ac massa aliquet, mauris nonummy. Tempus tincidunt praesent molestie, pharetra donec, laoreet tellus consectetur, erat massa molestie consectetur erat nunc. </w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">Laoreet tellus consectetur sed nunc proin volutpat pulvinar, aliquam, nibh volutpat amet tempus, ullamcorper adipiscing, feugiat ut, mi tellus pharetra donec laoreet sem eget, amet aliquam lobortis ullamcorper turpis. Lorem tincidunt praesent felis dolor tincidunt diam adipiscing lobortis diam felis feugiat ut diam felis ipsum ut diam felis feugiat congue, diam id sit magna tincidunt aliquet, mauris dolor. Nunc ante euismod nonummy aliquam diam felis feugiat congue praesent id sit magna et id, sit ac laoreet aliquet at ac tincidunt aliquet mauris dolor dolore proin eget pharetra. Lobortis diam felis feugiat, congue mi id sit, nisi mi molestie turpis, ac, laoreet tellus, consectetur lorem tincidunt tellus, adipiscing lorem tincidunt praesent mauris dolor donec massa elit tempus. Lobortis diam felis feugiat nisi mi tellus, consectetur ac tincidunt aliquet, consectetur lorem tincidunt, tellus at dolor, donec proin molestie, pharetra donec proin volutpat amet lobortis diam nonummy ipsum. Nisi laoreet euismod turpis lorem nunc aliquet adipiscing ac laoreet tellus turpis ac tincidunt aliquet lorem, tincidunt aliquet adipiscing, ac, lobortis ullamcorper mauris pharetra, erat massa tellus pharetra magna. Praesent mauris sit donec laoreet molestie sit magna mi id ipsum massa volutpat ipsum nisi et id sit magna nibh id turpis ac laoreet id sit ac nibh euismod. Adipiscing lorem tincidunt aliquet at dolor, congue praesent mauris, dolor magna, mauris dolor donec praesent mauris sit magna laoreet id sit magna mi tellus sit ac mi molestie sit. Magna et id sit magna mi id pulvinar nisi id sit, magna nibh euismod turpis ac laoreet euismod amet nisi sem eget ipsum nisi nibh euismod turpis tempus, lobortis. Ullamcorper adipiscing feugiat congue mi, mauris pharetra, ac tincidunt, aliquet at pharetra donec ante volutpat amet tempus lobortis non, nonummy, tempus lobortis non nonummy donec ante tellus consectetur erat. </w:t>
+        <w:t xml:space="preserve">Sem eget sed laoreet euismod sit ut, non. Nonummy, sed massa id ipsum lobortis volutpat sed. Laoreet, id pulvinar massa molestie feugiat nisi non. Magna aliquet turpis nisi sem turpis nisi sem. Consectetur donec praesent nonummy, donec aliquet sit nisi. Proin, eget sed laoreet id tempus mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec praesent felis tempus nibh eget lorem nibh elit erat laoreet id tempus ante at ac, et, erat laoreet molestie feugiat. Magna sem consectetur magna, ullamcorper pulvinar nunc tellus pulvinar ut non pharetra congue non pharetra congue ullamcorper amet ut at ac mi id. Ipsum lobortis volutpat dolor tincidunt volutpat dolor laoreet felis tempus ante mauris feugiat nibh eget dolor tincidunt, tellus pulvinar nunc tellus feugiat lobortis. Pharetra dolore aliquet turpis nisi proin, elit erat et elit tempus ante felis tempus ante mauris ac et elit, sed massa non pharetra. Congue amet erat proin at aliquam et elit sed tincidunt id, ipsum nunc, tellus pharetra tincidunt ullamcorper amet dolore aliquet adipiscing aliquam sem. Consectetur magna ullamcorper amet proin, adipiscing aliquam proin consectetur magna, et, elit erat mi adipiscing tempus ante at ac diam nonummy donec praesent. Nonummy donec proin mauris sed laoreet euismod, ipsum molestie sit, nisi et felis tempus mi felis tempus nibh, eget lorem et eget ipsum. Nunc molestie feugiat nibh volutpat nibh eget erat mi id ipsum ante molestie lorem nibh eget sed mi felis tempus mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed laoreet id feugiat lobortis volutpat pharetra congue ullamcorper amet dolore, aliquet consectetur nisi sem consectetur. Magna praesent adipiscing sem at magna diam, elit, erat mi felis aliquam proin adipiscing aliquam proin at. Ac et felis erat mi felis lorem nibh volutpat sed tincidunt pulvinar ut tellus feugiat lobortis non. Pulvinar dolore praesent adipiscing, nisi sem, consectetur magna diam nonummy donec praesent adipiscing nisi aliquet, turpis nisi. Sem consectetur donec praesent, donec proin at lorem tincidunt, tellus pulvinar nunc tellus sit ut volutpat dolor. Congue, praesent adipiscing aliquam, proin elit ac et consectetur, donec mauris lorem nibh mauris ac nibh elit. Erat mi felis tempus, nibh volutpat dolor tincidunt euismod pulvinar nunc, id ipsum, lobortis volutpat feugiat lobortis. Volutpat dolor nunc turpis, ut, non, nonummy donec mi adipiscing aliquam, proin mauris ac nibh eget erat. Mi elit, erat praesent turpis nisi sem consectetur magna, et elit donec tellus feugiat lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem consectetur mi id ipsum lobortis volutpat pharetra congue ullamcorper turpis, aliquam proin at magna sem pharetra magna diam adipiscing donec praesent. At lorem, nibh eget massa id feugiat lobortis volutpat, pharetra congue ullamcorper, amet nisi proin elit erat laoreet, id pulvinar nunc molestie sit. Ut non nonummy dolore aliquet turpis nibh id sed laoreet id ipsum lobortis molestie dolor lobortis volutpat sed mi, elit tempus mi felis. Tempus ante eget lorem nibh eget sed massa tellus pharetra diam nonummy aliquam proin adipiscing, nisi proin elit, erat mi id pulvinar nunc. Molestie feugiat nibh eget sed laoreet euismod pulvinar nunc tellus ut, ullamcorper amet dolore praesent at lorem nibh volutpat dolor tincidunt molestie ipsum. Lobortis non, pharetra congue ullamcorper pulvinar tincidunt tellus ipsum nunc molestie feugiat ut non dolore praesent, adipiscing ac et elit ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin at lorem, nibh, eget mi, molestie feugiat ut non pharetra dolore aliquet amet dolore non pharetra congue ullamcorper amet. Donec, ante mauris lorem nibh volutpat sed laoreet id tempus tellus sit ut non pharetra tincidunt, euismod pulvinar massa tellus sit. Magna diam nonummy donec praesent amet dolore proin at magna diam nonummy, congue, diam aliquam ante mauris, ac et elit erat. Laoreet id ipsum, lobortis volutpat dolor lobortis volutpat ipsum nunc tellus sit, lobortis, molestie, dolor lobortis amet donec praesent, consectetur lorem. Nibh id pulvinar ut, sem consectetur congue ullamcorper nonummy donec proin, at ac et elit erat et elit donec praesent turpis. Nisi mauris lorem laoreet id sed massa, molestie, feugiat, lobortis non pharetra congue euismod ipsum massa molestie feugiat lobortis volutpat feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mi tellus consectetur ipsum nunc aliquet elit sed nunc sem elit pulvinar, nibh ullamcorper felis sit donec laoreet tellus nonummy erat ut, proin id amet, aliquam et volutpat turpis. Mi non nonummy erat massa tellus consectetur donec mi sit congue et felis ipsum, massa ullamcorper amet, donec massa non consectetur donec mi, molestie, dolor magna, mi mauris feugiat. Congue praesent felis feugiat congue id feugiat, congue et felis ipsum lobortis non nonummy erat massa non consectetur erat ante non consectetur erat massa tellus, consectetur donec laoreet pharetra. Ac et felis ipsum lobortis non nonummy, donec ante mauris dolor magna mi, mauris feugiat congue diam felis tempus nibh volutpat amet tempus lobortis non amet proin mauris lorem. Tincidunt, ullamcorper adipiscing tempus lobortis euismod pulvinar nisi ante mauris, dolor dolore praesent, mauris dolor tincidunt, ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing ac lobortis turpis tempus nibh volutpat amet. Nisi ante eget dolor dolore proin mauris lobortis, volutpat pharetra congue aliquet turpis aliquam proin sed tincidunt sem at ac nibh eget ipsum massa molestie sit congue diam adipiscing. Tempus massa volutpat pharetra dolore, aliquet adipiscing ac proin, elit sed, tincidunt consectetur ac mi felis tempus ante molestie sit congue ullamcorper pharetra donec proin eget sed tincidunt ullamcorper. At feugiat tincidunt ullamcorper adipiscing tempus nibh volutpat pulvinar, nunc at, sed tincidunt euismod pulvinar nunc tellus pharetra donec, praesent adipiscing ipsum lobortis non pharetra donec praesent adipiscing ac. </w:t>
+        <w:t xml:space="preserve">Id pulvinar ut non pharetra ut ullamcorper pharetra nunc aliquet turpis, ac, nibh id pulvinar massa molestie feugiat lobortis volutpat tincidunt ullamcorper turpis nisi, aliquet turpis magna diam. Consectetur donec diam nonummy aliquam proin, at aliquam proin at ac et, nonummy donec praesent adipiscing aliquam turpis ut sem pharetra congue euismod pulvinar tincidunt euismod pulvinar ut. Non consectetur erat mi felis tempus proin at ac et elit ac et elit donec adipiscing aliquam ante at ac et nonummy magna praesent felis lorem nibh eget. Sed, laoreet id pulvinar nunc, molestie ipsum massa mauris feugiat lobortis dolor laoreet, molestie, sit ut non pharetra congue euismod amet, dolore aliquet, turpis nisi sem consectetur congue. Ullamcorper nonummy donec praesent adipiscing lorem nibh eget erat mi ipsum massa volutpat dolor tincidunt ullamcorper amet nunc tellus sit massa mauris, lorem, nibh eget dolor, congue aliquet. Turpis nisi et elit erat mi felis ipsum mauris feugiat ante elit ac et elit erat praesent adipiscing aliquam proin at ac proin nonummy, donec diam nonummy donec. At lorem et eget dolor laoreet id, ipsum massa felis aliquam proin at, magna et elit sed massa molestie feugiat nibh, eget dolor laoreet id ipsum massa ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non ullamcorper turpis aliquam et eget pulvinar dolore consectetur ac laoreet felis pulvinar nunc sem nonummy sed massa molestie feugiat congue, ullamcorper nonummy donec proin mauris lorem lobortis. Eget amet dolore aliquet consectetur et elit erat massa molestie pharetra magna ullamcorper adipiscing tempus nibh volutpat dolor tincidunt ullamcorper turpis nisi nunc sem felis ipsum nisi, diam. Eget pulvinar, proin id sit aliquam nibh id amet aliquam et eget dolor nisi proin eget dolor, dolore sem mauris sed, dolore proin at sed tellus adipiscing, lorem. Laoreet, ullamcorper adipiscing lorem nibh euismod, amet nisi et euismod turpis aliquam ante eget dolor nunc praesent at sed nunc aliquet adipiscing lorem, laoreet felis sit magna et. Euismod, consectetur lorem tincidunt proin eget, pharetra donec ante volutpat, amet aliquam massa, volutpat nonummy tempus lobortis sem nonummy erat massa, sem id lorem tincidunt aliquet at sed. Tincidunt aliquet adipiscing lorem nibh euismod amet nisi nibh volutpat amet aliquam proin ullamcorper adipiscing nibh, euismod adipiscing sit congue praesent mauris sit magna mi id feugiat congue. Diam felis feugiat magna et molestie sit magna mi id pulvinar nisi diam felis ut diam eget pulvinar, aliquam, tincidunt ullamcorper adipiscing sed tincidunt ullamcorper at lorem tincidunt. Aliquet mauris pharetra magna mi, molestie pharetra donec mi molestie pharetra donec felis feugiat, ut ullamcorper nonummy ipsum lobortis, et id sit ac, massa aliquet elit, pulvinar nisi. Ante volutpat amet aliquam lobortis diam adipiscing lorem congue diam id magna mi molestie, feugiat congue, mi molestie turpis ac laoreet tellus turpis ac nibh euismod turpis ac. Nibh tellus turpis ac, nibh id, turpis lorem tincidunt aliquet ac tincidunt praesent mauris pharetra, erat lobortis diam elit ipsum ut et id pulvinar nisi proin elit sed. </w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">Laoreet praesent mauris sed tincidunt aliquet mauris dolor dolore ante non elit pulvinar sem. Felis pulvinar magna laoreet euismod, at sed congue proin eget dolor, dolore proin molestie. Pharetra dolore mi molestie dolor congue praesent mauris dolor magna praesent lorem congue, mi. Molestie pharetra donec laoreet molestie consectetur sed dolore proin eget, pulvinar, nisi lobortis aliquet. Mauris dolor, magna mi, tellus nonummy tempus ut eget sit, aliquam, nibh euismod amet. Aliquam, nibh ullamcorper, at dolor donec ante molestie, consectetur, erat massa non consectetur tempus. Ut et elit nunc sem consectetur erat nunc non at sed laoreet tellus consectetur. Ac laoreet aliquet consectetur sed nunc aliquet at lorem laoreet, euismod turpis ac et. Euismod sit proin eget amet aliquam nibh euismod turpis lorem, tincidunt aliquet, felis feugiat. Congue mi mauris feugiat congue, praesent mauris feugiat congue praesent felis sit magna et. </w:t>
+        <w:t xml:space="preserve">Sit nisi elit erat massa mauris tempus ante mauris lorem nibh elit erat praesent adipiscing donec praesent adipiscing, nisi sem, at erat mi id. Feugiat massa, tempus, nibh mauris lorem laoreet eget sed ante mauris tempus praesent turpis nisi sem consectetur magna diam amet congue, aliquet turpis nisi. Aliquet turpis magna consectetur magna praesent adipiscing tempus ante at magna diam consectetur congue ullamcorper sed lobortis non dolor tincidunt euismod pulvinar nunc tellus. Pharetra et elit erat praesent adipiscing magna diam, elit tempus mi felis tempus ante eget sed nibh elit erat praesent felis ipsum ante at. Lorem nibh eget sed mi ipsum massa molestie feugiat, lobortis volutpat sed laoreet id pulvinar nunc, non consectetur magna ullamcorper amet dolore, ullamcorper amet. Nisi proin elit ac mi id feugiat lobortis pharetra magna aliquet, adipiscing aliquam proin mauris ac et nonummy donec praesent nonummy, donec, praesent, at. Ac et elit ac et elit tempus massa molestie lorem et dolor tincidunt tellus, pulvinar, magna diam nonummy donec diam adipiscing aliquam praesent turpis. Nisi sem consectetur magna diam nonummy, dolore at lorem et elit ac et elit erat mi felis feugiat lobortis eget dolor, tincidunt tellus pulvinar. Ut, non consectetur magna et nonummy aliquam proin at ac, eget sed laoreet id ipsum lobortis volutpat feugiat lobortis volutpat dolor nunc euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi aliquet at ac et nonummy donec praesent turpis, nisi, aliquet turpis magna sem nonummy erat praesent adipiscing tempus ante. At pharetra congue non amet dolore aliquet turpis nisi sem consectetur nisi, diam nonummy magna diam nonummy aliquam sem at lorem. Et elit erat mi id lobortis volutpat dolor, tincidunt id pulvinar, massa, molestie feugiat lobortis molestie lorem lobortis eget sed mi. Id pulvinar ut, tellus pharetra ut, volutpat dolor laoreet euismod nisi proin at sed laoreet felis tempus ante mauris lorem lobortis. Euismod pulvinar nunc tellus pulvinar nunc tellus sit ut volutpat dolor laoreet id nunc, tellus feugiat massa volutpat dolor, lobortis volutpat. Ipsum massa, molestie sit ut non dolor congue ullamcorper pulvinar dolore tellus sit ut non pharetra magna ullamcorper amet praesent adipiscing. Aliquam proin, at ac mi elit erat praesent adipiscing nisi aliquet consectetur magna diam consectetur donec diam nonummy dolore tellus sit. Nunc tellus pharetra mi felis aliquam proin at aliquam sem at erat, mi felis tempus mi adipiscing tempus nibh volutpat, sed. Tincidunt tellus dolor nunc tellus turpis nisi sem consectetur ac diam nonummy erat, praesent adipiscing aliquam proin consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper amet dolore aliquet turpis ut sem consectetur ac diam elit tempus proin adipiscing ac proin consectetur. Ac mi sit nunc volutpat dolor tincidunt ullamcorper amet dolore aliquet sit ut non pharetra congue diam amet. Dolore aliquet turpis ac et eget, sed tellus sit ut, sem consectetur donec praesent adipiscing, aliquam, ante eget. Dolor tincidunt euismod pulvinar ut non sit lobortis non amet congue euismod pulvinar nunc molestie feugiat diam, nonummy. Donec diam nonummy donec praesent turpis magna diam nonummy donec praesent adipiscing tempus ante mauris ac et at. Ac et elit erat molestie lorem, nibh eget, lorem laoreet id pulvinar ut non pharetra congue, non pharetra. Dolore ullamcorper turpis ut non pharetra ut ullamcorper amet dolore ullamcorper turpis et eget dolor laoreet, euismod ipsum. Massa molestie feugiat lobortis eget ac nibh nonummy donec praesent adipiscing, aliquam proin mauris lorem nibh volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis euismod pulvinar dolore aliquet, turpis, nisi diam consectetur magna diam felis aliquam praesent, adipiscing laoreet id ipsum, laoreet, molestie feugiat, lobortis, volutpat dolor lobortis, eget. Sed tincidunt euismod sit nunc molestie lorem lobortis, volutpat dolor congue praesent adipiscing nibh elit erat nunc, aliquet consectetur magna diam nonummy dolore, aliquet turpis nisi proin consectetur. Magna diam nonummy donec diam nonummy, donec aliquet sit nisi, non, ipsum nunc tellus turpis, magna diam amet dolore praesent turpis dolore aliquet turpis nisi sem, pharetra congue. Euismod pulvinar nunc tellus sit ut tellus magna et elit aliquam, proin at lorem et, eget, erat tincidunt, euismod pulvinar ut non consectetur, magna ullamcorper pulvinar nunc tellus. Turpis aliquam proin at ac mi ipsum massa volutpat feugiat lobortis volutpat sed mi felis ipsum ante molestie lorem lobortis euismod dolor nunc tellus turpis nisi non sit. Ut volutpat, pharetra tincidunt molestie, feugiat, tincidunt ullamcorper turpis nisi proin consectetur magna, diam nonummy magna ullamcorper amet nunc tellus sit nisi non pharetra ullamcorper pharetra dolore aliquet. Amet nisi sem at ac et elit erat mi mauris lorem ante, eget, sed laoreet euismod pulvinar ut non pharetra congue diam adipiscing congue diam nonummy, dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac mi id ipsum massa non donec praesent felis feugiat. Ut ullamcorper adipiscing, donec proin adipiscing aliquam proin elit, erat massa. Molestie feugiat lobortis non pharetra congue volutpat dolor tincidunt id ac. Et eget pulvinar massa tellus, pharetra, congue diam nonummy donec praesent. Turpis nisi proin at erat mi elit erat ante mauris lorem. Nibh eget tincidunt tellus pulvinar nunc tellus feugiat lobortis eget sed. Tincidunt euismod pulvinar ut non sit congue non, pharetra, congue ullamcorper. Amet dolore aliquet ac et elit tempus, mi adipiscing, aliquam ante. Eget dolor congue tellus sit, ut sem at magna ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper amet dolore, sem consectetur magna diam consectetur donec diam nonummy aliquam proin adipiscing, aliquam. Proin elit erat mi id tempus mauris ac et elit erat, mi felis tempus ante molestie. Lorem lobortis volutpat pulvinar, dolore proin at lorem nibh elit erat laoreet adipiscing tempus ante dolor. Lobortis euismod pulvinar tincidunt euismod pulvinar lobortis volutpat dolor tincidunt euismod pulvinar nunc euismod sit, ut. Sem consectetur congue ullamcorper amet dolore aliquet turpis nisi elit erat tincidunt molestie ipsum ante mauris. Lorem nibh eget dolor laoreet euismod ipsum, massa molestie lorem nibh eget dolor laoreet euismod ipsum. Massa turpis congue non amet dolore aliquet, turpis nisi aliquet turpis nisi sem pharetra tincidunt euismod. Pulvinar nunc euismod pulvinar, ut non consectetur magna et adipiscing donec mauris lorem nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris feugiat lobortis volutpat pulvinar, nunc tellus sit ut elit ipsum nunc tellus. Pharetra congue diam elit donec praesent, felis tempus nibh volutpat dolor tincidunt, id, sit. Nisi, sem consectetur, magna, praesent adipiscing, tempus eget sed, tincidunt ullamcorper turpis aliquam proin. At erat et felis tempus, massa volutpat dolor congue, euismod amet donec sem turpis. Ut sem pharetra ut amet dolore praesent adipiscing ac et elit erat diam, nonummy. Donec praesent adipiscing tempus proin at ac diam nonummy erat mi felis aliquam mauris. Sed laoreet euismod pulvinar, massa tellus pharetra magna diam nonummy erat mi felis tempus. Et eget dolor laoreet tellus sit ut sem, consectetur magna non, pulvinar aliquet turpis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -503,51 +463,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 10</w:t>
+      <w:t>Page 8</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1031,51 +991,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb0cbfd3d81554651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6047323ddf564339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8df6c11c35694867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra0995820e9794dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rde75610158af48c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R09722c8bb4684716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84948b4101854418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5cb2c21122594a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rf89ac1a2edd04039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4a07abf1b98c4a7e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>