--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,348 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R67046780447d42b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1cd0821d0df4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3f3e1be2131f412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R05c8ea1e79cb4ef9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R317ff3aec144491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R79de73a9ebeb40b0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem amet feugiat ipsum, ac nunc, magna massa et euismod at amet tempus congue, mi aliquet elit ac tincidunt praesent felis dolor donec massa diam felis pulvinar magna nibh tellus. Adipiscing sed congue proin volutpat amet tempus lobortis diam elit ipsum nisi proin elit pulvinar dolore ante volutpat nonummy aliquam lobortis ullamcorper, felis feugiat congue laoreet molestie pharetra magna mi. Tellus at sed nunc proin elit amet nisi eget, amet aliquam lobortis euismod nonummy lorem ut praesent id sit, magna laoreet aliquet, elit ipsum, nisi et volutpat, amet aliquam nibh. Diam consectetur erat massa sem, consectetur sed massa sem at ipsum, ut et id amet aliquam et volutpat amet aliquam tincidunt praesent felis feugiat tincidunt diam molestie consectetur laoreet tellus. Nonummy, sed nisi proin eget pulvinar nisi et volutpat turpis ac tincidunt, aliquet molestie consectetur donec, ante non elit ipsum nunc, diam elit pulvinar nisi eget pulvinar dolore et, id. Turpis ac lobortis euismod adipiscing lorem tincidunt praesent non nonummy ipsum magna et tellus at laoreet, ullamcorper adipiscing dolor donec massa volutpat nonummy tempus ut diam felis pulvinar magna laoreet. Aliquet at lorem laoreet euismod turpis, aliquam laoreet euismod, adipiscing sed tincidunt adipiscing feugiat dolore mi volutpat, pharetra donec ante non nonummy, tempus ut, nibh, euismod turpis sed dolore nibh. </w:t>
+        <w:t xml:space="preserve">At elit euismod euismod ullamcorper laoreet tincidunt, ut, nunc ut. Ac ipsum ipsum lorem donec ut laoreet proin, praesent diam. Aliquet aliquet non euismod volutpat mauris eget eget feugiat erat. Sed feugiat sed lorem dolore massa et sem volutpat felis. Id mauris felis, consectetur pulvinar dolor tempus magna ut laoreet. Proin et at turpis, pharetra tempus ut tincidunt nibh mi. Sem aliquet volutpat mauris elit mauris adipiscing pharetra sit pharetra. Sit pulvinar dolor, donec, magna nisi, dolore ut laoreet eget. Felis eget adipiscing adipiscing nonummy sit sed donec lobortis mi. Proin mi non id elit adipiscing pharetra ipsum, ac aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper felis sit erat massa non, consectetur, erat massa. Non at, sed dolore proin elit aliquam nibh volutpat. Turpis lorem tincidunt praesent mauris pharetra erat laoreet tellus. Nonummy sed nunc, tellus pharetra ac, mi molestie turpis. Erat tincidunt sem magna laoreet tellus consectetur ac laoreet. Euismod turpis ac laoreet tellus at dolor dolore, praesent. Volutpat pharetra erat, massa ullamcorper, felis, feugiat magna mi. Tellus turpis nibh id turpis ac tincidunt praesent, eget. Dolor dolore praesent mauris pharetra dolore praesent mauris dolor. Donec massa non, nonummy tempus massa non consectetur diam. </w:t>
+        <w:t xml:space="preserve">Praesent diam non aliquet, volutpat tellus id at elit sit dolor lorem donec magna aliquet mauris dolor donec. Lobortis diam mauris, consectetur sit ac congue lobortis diam tellus volutpat turpis feugiat donec lobortis diam tellus eget. Adipiscing elit turpis tincidunt proin, ullamcorper molestie id molestie nonummy feugiat magna nunc proin, euismod felis consectetur turpis. Lorem nunc nibh diam sem tellus eget adipiscing at sit laoreet massa, diam aliquet volutpat turpis feugiat donec. Ut tincidunt proin praesent non euismod volutpat felis nonummy sit sed aliquam magna dolore tincidunt ante id at. Pulvinar, lorem erat massa nibh proin diam molestie, elit adipiscing pharetra tempus magna nunc nibh praesent non id. At amet, dolor tempus ac, aliquam mi sem id turpis lorem tincidunt massa diam molestie at pulvinar feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing feugiat donec ante non elit pulvinar ut diam id turpis nibh tellus, mauris pharetra aliquam massa non. Nonummy sit ac massa aliquet at dolor dolore proin euismod nonummy aliquam nibh, volutpat nonummy aliquam lobortis ullamcorper. Tempus ut diam felis pharetra magna mi molestie sit magna mi euismod consectetur, ac tincidunt aliquet mauris lorem. Tincidunt praesent mauris dolor congue praesent at dolore praesent mauris pharetra dolore mi molestie pharetra, erat lobortis non. Elit pulvinar nisi nibh euismod sit magna laoreet tellus adipiscing lorem, tincidunt adipiscing lorem tincidunt praesent at lorem. Tincidunt, aliquet adipiscing lorem lobortis ullamcorper adipiscing feugiat tincidunt diam felis sit donec nunc sem at ipsum nunc. Non elit pulvinar aliquet turpis erat laoreet sem volutpat amet nisi proin mauris amet tempus lobortis ullamcorper adipiscing. Tempus ut praesent felis feugiat congue diam felis feugiat magna diam felis lobortis sem elit ipsum nisi et. Euismod, turpis ac dolore proin non adipiscing ipsum ut ullamcorper felis sit ac, massa consectetur erat dolore proin. </w:t>
+        <w:t xml:space="preserve">Nonummy at adipiscing pharetra tempus lorem aliquam magna nunc tincidunt ante praesent sem aliquet volutpat id elit amet dolor tempus nisi laoreet nibh, praesent sem turpis. Dolor lorem donec, aliquam dolore ut mi sem euismod mauris nonummy sit sed nisi tincidunt lobortis mi sem ullamcorper molestie eget adipiscing nonummy consectetur nisi congue. Lobortis massa, et mi et tellus volutpat mauris felis at, nonummy consectetur sit magna dolore congue nunc nibh proin non molestie at amet feugiat ante, et. Sem diam, sem euismod mauris nonummy sit pulvinar, lorem congue lobortis mi sem aliquet non molestie elit adipiscing pharetra ipsum ac, aliquam mi diam euismod mauris. Nonummy pharetra ipsum aliquam congue massa non molestie eget mauris elit consectetur pulvinar, lorem erat, pharetra elit amet tempus tincidunt diam mauris pharetra lorem nunc proin. Non non ullamcorper at dolor aliquam, congue diam tellus euismod, felis elit consectetur dolor tempus congue massa et praesent volutpat, amet sit, sed congue massa, et. Congue ut laoreet et ullamcorper volutpat felis consectetur dolor feugiat sed magna, dolore ut mi sem id lorem donec magna aliquam congue massa et aliquet volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit amet ac tincidunt praesent feugiat magna ante non pharetra, erat, massa sem elit ipsum ut proin eget pulvinar aliquam laoreet aliquet at feugiat dolore mi molestie pharetra donec ante. Dolor magna mi tellus consectetur erat laoreet molestie pharetra, donec massa tellus elit, sed dolore proin volutpat, amet ac nibh euismod turpis tempus nibh, volutpat donec, nibh volutpat nonummy tempus. Ut diam id feugiat congue et id sit ac mi id sit ac laoreet tellus at sed nunc sem mauris, dolor dolore eget amet aliquam lobortis ullamcorper felis feugiat congue. Et molestie turpis sed, nunc, tellus, at dolor dolore sem eget dolor dolore proin eget dolore, proin mauris sed congue praesent at feugiat, congue praesent at feugiat congue mi molestie. Dolor donec massa, tellus consectetur, erat, nunc diam id turpis sed congue molestie pharetra dolore ante non elit ipsum, nisi mi tellus consectetur lorem nunc sem at sed dolore proin. Eget amet aliquam massa non adipiscing ipsum ut diam elit dolor dolore nibh ullamcorper adipiscing feugiat congue diam felis feugiat ut diam id sit congue mi id sit magna molestie. Consectetur sed dolore et euismod, amet aliquam, ante ullamcorper felis lorem congue mi tellus consectetur erat ut proin eget ipsum nisi et id turpis, ac lobortis adipiscing dolor erat ante. </w:t>
+        <w:t xml:space="preserve">Congue, mi et praesent, diam sem euismod molestie elit consectetur nonummy pharetra ipsum magna aliquam magna nunc proin. Aliquet non tellus, eget turpis pharetra feugiat tincidunt, lobortis mi diam tellus eget adipiscing consectetur sit pharetra, ipsum. Ac aliquam dolore lobortis massa proin ullamcorper molestie nonummy turpis dolor feugiat erat magna aliquet, non tellus id. At nonummy consectetur turpis feugiat, congue, lobortis tincidunt nibh ante et sem ullamcorper, molestie eget adipiscing amet feugiat. Ipsum tincidunt ante diam tellus elit adipiscing, pharetra sit dolor lorem tempus ac donec magna ut laoreet ante. Mi et praesent ullamcorper non ullamcorper molestie nonummy consectetur amet magna ut diam aliquet euismod molestie eget adipiscing. Dolor ipsum donec nisi dolore lobortis mi et mi et sem euismod mauris elit, pulvinar lorem dolore proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat felis feugiat magna tellus at sed dolore ante eget pulvinar aliquam nibh non nonummy lorem lobortis ullamcorper, adipiscing feugiat magna, mi tellus consectetur, erat massa aliquet at dolor. Ante euismod felis sit donec massa sem elit ipsum ut proin eget pulvinar, ac lobortis ullamcorper turpis lorem, lobortis aliquet mauris dolor donec massa non pulvinar nisi diam euismod. Turpis ac laoreet ullamcorper adipiscing ac laoreet, praesent mauris pharetra erat ante volutpat pharetra, donec ante volutpat consectetur erat tellus nonummy erat massa non consectetur erat laoreet, tellus consectetur. Sed massa, aliquet elit dolor dolore, proin eget pulvinar nisi nibh volutpat, nonummy tempus nibh euismod pulvinar proin eget amet donec massa non, amet tempus massa non nonummy tempus. Massa, volutpat nonummy ipsum ut et felis sit ac nibh euismod sit nisi et id ut proin eget pulvinar aliquam, nibh, euismod adipiscing, feugiat magna massa volutpat, nonummy tempus. Nunc diam id turpis ac nibh aliquet mauris pharetra donec massa tellus at dolor, dolore proin volutpat turpis lorem tincidunt ullamcorper adipiscing lorem ut diam, felis sit magna massa. Non at erat, nunc aliquet elit ipsum dolore elit, sed dolore sem eget dolor, nisi proin volutpat pulvinar donec proin, eget pharetra dolore ante volutpat, amet tempus ut, ullamcorper. </w:t>
+        <w:t xml:space="preserve">Donec donec nisi congue ut mi sem ullamcorper non id at turpis erat magna nisi magna nunc laoreet praesent ullamcorper. Molestie eget eget nonummy sit ipsum ac dolore lobortis laoreet proin aliquet molestie nonummy, pulvinar lorem aliquam non mauris elit. Adipiscing id elit adipiscing pharetra feugiat ac dolore lobortis ante sem aliquet euismod mauris consectetur pulvinar sed aliquam donec ut. Tincidunt ante id at adipiscing pharetra ipsum ac aliquam magna nunc laoreet sem diam molestie eget, adipiscing pharetra pharetra pulvinar. Lorem, tempus ac nunc lobortis felis nonummy sit sed aliquam congue, massa et praesent non mauris nonummy sit lorem donec. Ut dolore tincidunt massa diam aliquet volutpat mauris consectetur, pulvinar lorem tempus nunc tincidunt proin ullamcorper tellus eget adipiscing dolor. Tempus sed aliquam tincidunt massa non, id eget felis nonummy turpis pulvinar lorem magna ut laoreet proin diam, non amet. Pharetra sit sed lorem erat nisi nunc ante, diam non euismod adipiscing pharetra, lorem magna aliquam dolore ut laoreet eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra erat nunc, proin id ipsum nisi, et volutpat amet, nisi nibh volutpat dolore ante ullamcorper adipiscing lorem. Ut mi molestie sit erat massa tellus at pulvinar, dolore proin elit pulvinar aliquam nibh aliquet adipiscing lorem. Tincidunt mi molestie consectetur ac, laoreet euismod, adipiscing lorem tincidunt aliquet at, lorem laoreet ullamcorper adipiscing ac lobortis. Aliquet adipiscing lorem congue praesent mauris pharetra donec massa non erat massa non nonummy ipsum ut et euismod. Amet ac lobortis, euismod adipiscing feugiat congue mi molestie pharetra erat massa non consectetur erat tellus consectetur sed. Nunc non elit sed, nunc proin eget pulvinar aliquam nibh volutpat amet, tempus lobortis ullamcorper mauris lorem tincidunt. Diam mauris sit congue mi, id magna mi tellus pharetra magna mi molestie consectetur sed tincidunt aliquet, at. Erat, nunc aliquet at sed dolore proin eget pharetra aliquam nibh volutpat amet aliquam lobortis id sit nisi. Et id sit ac mi euismod turpis ac tincidunt praesent mauris pulvinar aliquam lobortis ullamcorper adipiscing ipsum diam. </w:t>
+        <w:t xml:space="preserve">Et aliquet non felis eget felis consectetur, sit dolore congue massa nibh proin praesent non ullamcorper non id at amet, lorem erat magna nunc. Tincidunt massa laoreet proin ullamcorper tellus id mauris nonummy ut massa nibh mi diam tellus, volutpat mauris felis eget felis consectetur pulvinar dolor feugiat. Donec aliquam, congue massa diam molestie elit adipiscing dolor erat tincidunt nibh praesent sem tellus volutpat mauris elit sit, sed ipsum magna, ut tincidunt. Lobortis massa nibh euismod molestie felis elit turpis pharetra ipsum, nibh nibh praesent diam aliquet non molestie elit at felis elit turpis dolor tempus. Nisi nunc lobortis mi sem euismod, volutpat felis, nonummy pulvinar lorem dolore diam aliquet id at amet consectetur pulvinar lorem erat nisi aliquam congue. Ante nibh aliquet volutpat, id elit turpis sed aliquam magna nunc lobortis praesent, non euismod erat aliquam magna ut, et tellus ullamcorper non eget. At nonummy pharetra ac aliquam dolore ante diam, aliquet euismod volutpat felis consectetur feugiat sed lorem lorem magna nunc laoreet ante, diam aliquet id. At elit consectetur adipiscing dolor tempus magna, nunc congue massa diam aliquet volutpat id eget at consectetur, amet feugiat donec nisi nunc ante aliquet. Non euismod volutpat felis consectetur turpis pharetra lorem erat ut laoreet, proin et aliquet volutpat felis elit feugiat ac sem diam tellus id adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna nibh tellus at dolor dolore, proin molestie tempus ut diam, elit feugiat nisi et euismod pulvinar nisi mi euismod. Sit, nisi nibh euismod adipiscing lorem tincidunt, aliquet at pharetra donec ante non donec mi molestie pharetra dolore mi volutpat. Consectetur tempus massa sem eget sit nisi nibh euismod sit, aliquam laoreet ullamcorper at feugiat congue mi mauris tempus lobortis. Sem elit ipsum ut et id, sit magna laoreet tellus adipiscing dolor donec ante volutpat pharetra donec ante, non, nonummy. Tempus sem elit sit nisi et id, sit magna nibh id sit ac laoreet euismod adipiscing lorem congue, aliquet at. Feugiat dolore ante molestie consectetur tempus lobortis, diam pulvinar nisi nibh id sit ac laoreet tellus at lorem congue aliquet. Mauris pharetra, erat lobortis ullamcorper elit ipsum ut sem elit pulvinar ut nibh tellus turpis laoreet, aliquet adipiscing sed congue. Praesent mauris dolor, dolore proin, molestie pharetra tempus ut diam id turpis lorem dolore ante euismod nonummy, tempus, lobortis diam. </w:t>
+        <w:t xml:space="preserve">Erat lorem donec nunc laoreet massa mi proin ullamcorper molestie. Felis at turpis consectetur turpis sed aliquam ut mi, proin. Aliquet, ullamcorper molestie eget, at nonummy turpis lorem dolore nisi. Tincidunt lobortis, praesent sem tellus eget adipiscing consectetur sit dolor. Feugiat ipsum ac donec congue laoreet proin ullamcorper volutpat euismod. Consectetur amet congue ut tincidunt ante diam tellus id, mauris. Adipiscing, consectetur turpis amet sit dolor aliquam tincidunt, ante et. Proin euismod molestie elit adipiscing congue nibh diam molestie, eget. Adipiscing pharetra feugiat sed aliquam dolore massa et aliquet eget. Felis pharetra pulvinar ac nunc lobortis mi non euismod mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Erat, nunc, proin id, pulvinar nisi, nibh euismod. Turpis feugiat consectetur, tempus ut et id sit. Magna tincidunt, aliquet mauris pharetra donec, ante non. Amet aliquam massa volutpat nonummy tempus lobortis non. Nonummy tempus nunc nisi et euismod turpis ac. Laoreet, praesent at lorem laoreet, ullamcorper adipiscing feugiat. Dolore ante volutpat nonummy tempus, lobortis sem, id. Pulvinar ac nibh euismod et id sit ac. </w:t>
+        <w:t xml:space="preserve">Euismod volutpat, molestie euismod volutpat felis, at adipiscing consectetur at nonummy nonummy turpis congue, nibh mi et ante, et proin euismod mauris elit turpis erat nisi. Tincidunt, massa et, aliquet volutpat, mauris elit turpis dolor tempus, ac dolore lobortis at elit consectetur, amet feugiat, erat magna dolore tincidunt ante et praesent non. Molestie id at, pharetra sit ipsum lorem dolore mi sem tellus volutpat aliquam tincidunt ante diam tellus volutpat id, eget turpis, dolor tempus ac nisi congue. Lobortis nunc tincidunt mi sem felis mauris nonummy pharetra massa, et praesent ullamcorper molestie elit amet ac dolore, ut laoreet sem euismod mauris consectetur sit lorem. Tempus erat nisi laoreet ante diam tellus eget adipiscing amet massa mi proin euismod mauris nonummy consectetur pulvinar, lorem tempus, magna nunc nibh praesent tellus ullamcorper. Non id id, at nonummy feugiat dolor feugiat donec nisi nunc at nonummy, consectetur sed sed, lorem erat ac donec massa et sem euismod, at amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper id lobortis et id turpis lorem nunc sem volutpat nonummy tempus lobortis ullamcorper adipiscing feugiat congue praesent id sit ac laoreet molestie turpis. Erat tincidunt aliquet felis sit, nisi et, id sit aliquam, laoreet tellus adipiscing lorem congue aliquet mauris dolor dolore praesent volutpat pharetra congue praesent. Mauris pharetra erat nunc mi mauris sit donec, praesent id, feugiat magna massa aliquet at sed nunc proin eget pulvinar nisi ante eget dolor. Nunc proin eget sed nunc praesent ullamcorper at sed congue proin volutpat amet erat ut diam id turpis ac tincidunt sem eget dolor dolore. Proin eget amet tempus nibh ullamcorper ullamcorper elit feugiat nisi mi id turpis ac laoreet tellus turpis magna nibh euismod consectetur sed, tincidunt aliquet. Mauris pharetra dolore ante volutpat pharetra aliquam ante volutpat, adipiscing lorem lobortis euismod nonummy tempus lobortis euismod pulvinar donec ante non felis feugiat magna. Mi molestie, pharetra magna mi molestie consectetur, erat tincidunt mauris dolor magna praesent, mauris pharetra magna mi molestie pharetra donec laoreet non at, sed. Dolore, et volutpat pulvinar nisi et et tellus turpis aliquam, laoreet, euismod turpis ac tincidunt ullamcorper adipiscing lorem, lobortis ullamcorper felis dolor magna praesent. Mauris consectetur donec ante non nonummy erat ut et pharetra erat, massa tellus at sed nisi proin, eget dolor dolore proin eget dolor dolore. Proin, volutpat amet, donec nibh non nonummy tempus lobortis, ullamcorper elit ipsum congue mi molestie pharetra donec ante tellus consectetur erat nunc diam elit. </w:t>
+        <w:t xml:space="preserve">Et proin diam volutpat euismod eget mauris nonummy adipiscing pharetra sit magna ut laoreet ante diam tellus eget turpis dolor erat, mi proin diam non, elit at nonummy consectetur. Sit pharetra feugiat ac dolore lobortis mi, diam aliquet volutpat mauris nonummy consectetur amet lorem tempus, diam aliquet volutpat id at, adipiscing amet pharetra, ipsum nisi lobortis mi, diam. Proin diam non id at amet feugiat erat nisi tincidunt massa mi sem euismod lorem erat, nisi tincidunt nibh euismod mauris, elit sit pulvinar, feugiat ipsum lorem donec ut. Laoreet nibh proin diam tellus eget mauris amet massa et tellus at amet sit pulvinar lorem aliquam ut mi et proin diam tellus, id mauris, elit consectetur pulvinar dolor. Pulvinar pulvinar aliquam congue ante laoreet at nonummy sit sed aliquam congue lobortis mi sem ullamcorper volutpat felis consectetur dolor lorem erat magna tincidunt nibh praesent non eget adipiscing. Pharetra ipsum erat aliquam euismod molestie nonummy consectetur amet feugiat tempus magna dolore congue, nisi tempus congue ut tincidunt massa et et praesent volutpat ipsum ac, dolore tincidunt massa. Laoreet ante mi diam, aliquet volutpat felis, consectetur turpis sed tempus congue mi sem volutpat molestie felis at turpis pharetra ipsum, tincidunt, proin diam tellus eget at nonummy pharetra. Ipsum dolor tempus ac nisi nibh, mi diam aliquet euismod mauris consectetur pulvinar, lorem donec ut laoreet sem ullamcorper aliquam, congue lobortis et aliquet euismod molestie felis consectetur sed. Tempus erat magna nunc lobortis mi, proin aliquet, non id, at turpis pharetra, feugiat sed nisi magna molestie consectetur pulvinar nisi nibh aliquet volutpat id nonummy pulvinar lorem donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus eget pharetra aliquam massa non nonummy aliquam ut et id turpis. Erat nunc sem mauris, dolor nisi nibh volutpat volutpat amet tempus nibh. Non, adipiscing feugiat congue diam id, feugiat magna mi tellus turpis nisi. Mi tellus consectetur, ac, laoreet aliquet, at dolor non at ac laoreet. Tellus elit pulvinar nisi nibh euismod adipiscing feugiat, donec ante tellus pharetra. Donec ante molestie pharetra erat laoreet non elit sed ut proin nunc. Sem eget sed nunc, proin volutpat amet, nisi ante eget dolor donec. Nibh ullamcorper nonummy aliquam nibh non adipiscing ipsum, ut donec mi molestie. Dolor, donec ante tellus consectetur erat laoreet, tellus consectetur sed massa non. At sed, nunc aliquet at sed dolore sem elit sed nunc sem. </w:t>
+        <w:t xml:space="preserve">Congue nisi tincidunt lobortis et, proin diam sem euismod eget adipiscing nonummy sit lorem donec. Congue nunc tincidunt ante diam feugiat dolor, lorem donec ut laoreet ante, praesent sem tellus. Volutpat felis nonummy sit sed ipsum erat ac dolore, ut, mi sem aliquet lorem erat. Nisi nunc ante ullamcorper tellus id adipiscing adipiscing pharetra ipsum lorem donec lobortis mi sem. Euismod mauris nonummy turpis dolor dolor tempus magna nunc ut id elit at nonummy feugiat. Sed aliquam congue lobortis et aliquet euismod volutpat id mauris nonummy pharetra ipsum ac dolore. Ut mi non amet lorem donec, ut tincidunt nibh ullamcorper molestie elit at nonummy lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy pulvinar, nisi et elit pulvinar magna et euismod sit, ac. Lorem dolore ante volutpat nonummy tempus lobortis sem felis ipsum nisi. Mi, euismod consectetur sed, nunc, praesent mauris dolor nunc proin eget. Pharetra tempus massa non mauris, pharetra donec ante non elit ipsum. Nisi laoreet aliquet at sed nunc, praesent at dolor congue, praesent. At feugiat congue aliquet at feugiat nisi ante volutpat amet nisi. Ante volutpat amet aliquam nibh volutpat nonummy tempus, nibh ullamcorper felis. </w:t>
+        <w:t xml:space="preserve">Pulvinar donec nisi congue lobortis laoreet sem euismod mauris felis elit amet. Lorem erat magna laoreet ante praesent non id adipiscing lorem dolore lobortis. Praesent non ipsum ac dolore lobortis mi tellus eget felis consectetur sit. Dolor tempus, magna magna nunc nibh diam non euismod adipiscing amet sit. Erat lorem massa mi aliquet diam tellus euismod eget adipiscing sit erat. Aliquam congue proin diam molestie, eget amet feugiat tempus magna, dolore lobortis. Massa mi ante eget adipiscing ut mi, proin aliquet, ullamcorper non euismod. Molestie felis consectetur amet dolor tempus erat tempus donec nunc laoreet proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 12:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Consectetur, ipsum nisi et id amet lorem congue. Praesent at feugiat congue praesent mauris pharetra magna. Mi tellus nonummy ipsum nisi diam diam adipiscing. Feugiat congue mi molestie at sed, dolore proin. At pulvinar aliquam nibh ullamcorper nonummy tempus lobortis. Ullamcorper felis sit congue praesent id ipsum ut. </w:t>
+        <w:t xml:space="preserve">Id volutpat molestie id mauris nonummy consectetur pulvinar feugiat tempus erat tempus erat magna nunc tincidunt molestie nonummy adipiscing dolor tempus magna massa. Nibh proin non id elit, mauris nonummy turpis amet pharetra tempus nisi nunc ut massa nibh proin pharetra feugiat, erat nisi congue massa. Laoreet proin, aliquet molestie elit pulvinar lorem tempus congue massa et tellus non id at, adipiscing dolor feugiat sed aliquam lobortis felis consectetur. Pulvinar sed aliquam congue mi, sem tellus eget, nonummy consectetur pulvinar ac donec ut massa proin praesent sem molestie elit turpis tincidunt ante. Diam praesent ullamcorper felis sit magna, mi non consectetur ipsum nisi lobortis ullamcorper at amet, sit dolor lorem erat magna tincidunt, proin ullamcorper. Molestie eget aliquam laoreet praesent non molestie elit adipiscing amet ipsum erat nunc nibh praesent non felis turpis pulvinar lorem donec ut laoreet. Ante diam tellus eget adipiscing nonummy sed tempus donec nisi tincidunt nibh diam tellus id adipiscing mauris elit adipiscing nonummy consectetur amet feugiat. Tempus ac dolore volutpat mauris nonummy turpis, amet pharetra pulvinar lorem donec congue laoreet et praesent ullamcorper tellus eget turpis feugiat feugiat sed. Tempus donec, nisi tincidunt nibh praesent nonummy ipsum lorem aliquam ac ut tincidunt ante diam tellus volutpat felis consectetur feugiat ac dolore nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 13:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur at nonummy sit sed ac aliquam magna massa nibh aliquet non id consectetur. Amet dolor ipsum, tincidunt lobortis laoreet proin ullamcorper mauris felis at ipsum ac dolore. Lobortis laoreet proin aliquet molestie felis consectetur pulvinar lorem donec nisi, tincidunt nibh felis. Consectetur, turpis pharetra feugiat sed ac congue lobortis tincidunt nibh diam molestie consectetur sed. Ut et aliquet volutpat felis consectetur, amet, feugiat ipsum ac aliquam massa et aliquet. Euismod non euismod eget adipiscing id at nonummy sit pulvinar dolor ipsum ac nunc. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R4b41a955198a4d54"/>
+      <w:headerReference w:type="default" r:id="R1989b0974ff84ee0"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -922,51 +947,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R10df35312f3f4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbcb685f66d8a433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4a24c5fdc924386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R4b41a955198a4d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6b6f80ab2e9e4291" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd57c32f8aa53439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rabac6c56cc0f4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9830f7b7122747dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1989b0974ff84ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8790c80cc684c20" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>