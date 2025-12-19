--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re48c4239973040ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb2d03c9206484a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rae85a0572fdc4baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd7e8a481b2704023" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra6498835c6604f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R519998e0e2044efa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -54,333 +54,333 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
@@ -430,1105 +430,2704 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc28">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc28 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc29">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc29 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc30">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc30 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc31">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc31 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc32">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc32 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc33">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc33 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc34">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc34 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc35">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc35 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc36">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc36 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc37">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc37 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc38">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc38 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc39">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc39 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc40">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc40 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc41">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc41 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc, ipsum sed aliquam ac dolore laoreet aliquet volutpat elit ipsum magna laoreet aliquet consectetur dolor dolore ante volutpat amet tempus nibh nonummy feugiat congue. Laoreet sem elit turpis lorem congue mi non, nonummy ipsum, nisi mi euismod, sit magna, laoreet euismod sit ac laoreet aliquet mauris tincidunt aliquet at. Amet tempus lobortis ullamcorper elit tempus ut et id, consectetur sed nunc praesent volutpat amet lorem congue praesent id pharetra erat, massa, tellus consectetur et. Molestie consectetur erat mi euismod sit magna mi id sit nisi et id sit nisi et aliquet at dolor donec praesent mauris congue praesent mauris. Feugiat dolore ante molestie pharetra erat ante non nonummy, sed massa tellus consectetur sed massa sem at sed nunc proin eget pulvinar nisi nibh pulvinar. Aliquam nibh volutpat adipiscing lorem congue ante sem, eget ipsum nisi, proin eget amet aliquam laoreet euismod turpis nisi et, volutpat turpis aliquam ante euismod. Nonummy proin volutpat nonummy tempus nibh volutpat amet tempus sit aliquam nibh id amet aliquam, nibh volutpat, pulvinar nisi proin eget nunc, proin eget amet. Aliquam nibh non adipiscing lorem congue praesent molestie, consectetur, sed nunc aliquet, consectetur, sed dolore, sem eget amet aliquam nibh euismod pulvinar proin mauris pulvinar. </w:t>
+        <w:t xml:space="preserve">Ut euismod, at, pharetra pharetra ac nunc sem at erat nunc tellus sit nisi mi id pulvinar, ut, non consectetur congue praesent adipiscing tempus massa mauris, feugiat tincidunt. Euismod amet dolore aliquet turpis magna et elit donec praesent adipiscing nisi proin elit erat laoreet felis tempus, proin, eget sed laoreet id pulvinar nunc tellus, sit nisi. Non, consectetur dolore praesent felis aliquam proin, at lorem, nibh id feugiat lobortis non dolor tincidunt euismod pulvinar nunc molestie sit lobortis molestie dolor tincidunt ullamcorper amet nisi. Sem at lorem, et, eget tempus ante eget sed congue ullamcorper, pulvinar nunc non pharetra ut ullamcorper amet dolore aliquet amet dolore, aliquet sit nisi non consectetur donec. Mi felis tempus proin at aliquam ullamcorper amet donec proin at ac et eget sed, laoreet felis tempus mi, felis tempus ante eget lorem et elit ipsum massa. Id lorem nibh eget lorem dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis mauris, tempus ante eget sed nibh eget ipsum massa diam elit, erat, laoreet ullamcorper turpis. Nisi et, elit erat mi id ipsum, massa molestie feugiat lobortis volutpat, dolor tincidunt tellus turpis nisi, diam consectetur magna diam nonummy aliquam nisi, aliquet at erat tincidunt. Id ipsum, ante mauris tempus nibh volutpat dolor laoreet id ipsum, massa molestie sit ut volutpat pharetra congue aliquet at ac amet donec mi adipiscing nisi sem consectetur. Ac laoreet eget ipsum massa mauris lorem, nibh eget sed laoreet eget erat mi felis tempus massa molestie, feugiat lobortis lobortis eget dolor nunc aliquet consectetur magna diam. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="14039532145450598500"/>
-      <w:bookmarkEnd w:id="14039532145450598500"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="46257931917924679"/>
+      <w:bookmarkEnd w:id="46257931917924679"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus ipsum ac dolore lobortis et sem. Euismod mauris nonummy ipsum tincidunt, proin ullamcorper. Molestie eget, adipiscing amet sit ipsum aliquam. Congue massa et tellus volutpat adipiscing consectetur. Sit sed tempus donec, nisi congue nibh. Nunc ullamcorper, non, nonummy tempus lobortis sem. Elit, sit ac laoreet aliquet at lorem. Nunc proin eget pulvinar aliquam, lobortis ullamcorper. Molestie euismod, mauris id sed lorem dolore. Lobortis tincidunt ante ullamcorper tellus felis at. </w:t>
+        <w:t xml:space="preserve">Praesent molestie pharetra congue sed, nunc, tellus sit ut, sem consectetur magna diam amet congue. Aliquet adipiscing aliquam proin elit erat et elit erat mi adipiscing aliquam sem consectetur magna. Mi felis tempus ante mauris lorem proin at ac et elit erat ante molestie feugiat. Lobortis, euismod pulvinar dolore aliquet turpis nisi non pulvinar dolore ante mauris, sed laoreet id. Ipsum, nunc non pharetra congue volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar lobortis non. Pharetra congue euismod ipsum nunc sem nonummy donec praesent adipiscing aliquam praesent, adipiscing lorem nibh. Eget dolor nunc aliquet sit nisi non pharetra tincidunt volutpat pulvinar tincidunt tellus consectetur donec. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="11959352581656460505"/>
-      <w:bookmarkEnd w:id="11959352581656460505"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="459357665773561376"/>
+      <w:bookmarkEnd w:id="459357665773561376"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue ante non nonummy ipsum nisi nibh tellus ut diam id adipiscing. Dolor, dolore proin mauris dolor dolore proin, volutpat, amet erat, massa, non. Nonummy, pulvinar ut diam, id turpis ac nibh tellus aliquam, tincidunt aliquet. Eget amet aliquam massa non elit tempus lobortis sem felis, feugiat ac. Mi tellus consectetur ac tincidunt aliquet at, dolor dolore proin lorem tincidunt. Aliquet at dolor donec ante volutpat amet, erat massa sem elit ipsum. Ut et euismod, turpis ac tincidunt praesent at sed congue proin, dolor. Dolore ante molestie amet erat massa non, nonummy ipsum nisi mi euismod. Turpis lorem laoreet tellus adipiscing lorem tincidunt proin eget pharetra aliquam massa. Nonummy erat massa non nonummy ipsum nisi diam felis sit magna nibh. </w:t>
+        <w:t xml:space="preserve">Diam id sit ut non nonummy donec mi id, feugiat. Lobortis non dolor, ac nibh euismod pulvinar nunc tellus pulvinar. Nunc tellus dolor congue ullamcorper, pulvinar nunc euismod, pulvinar ut. Non at ac mi felis ipsum proin at sed laoreet. Euismod pulvinar, lobortis sem consectetur magna, diam nonummy donec praesent. Adipiscing aliquam proin elit erat mi felis ipsum, massa mauris. Feugiat tincidunt ullamcorper consectetur, magna diam nonummy magna diam amet. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="4088760889145368416"/>
-      <w:bookmarkEnd w:id="4088760889145368416"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="4915753029786844522"/>
+      <w:bookmarkEnd w:id="4915753029786844522"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam molestie pharetra erat molestie consectetur donec praesent id, pharetra, donec mi non at sed nunc sem, elit dolor dolore et volutpat. Amet, tempus lobortis volutpat amet donec ante dolor donec ante volutpat, amet aliquam lobortis ullamcorper elit feugiat congue et molestie consectetur erat. Nunc sem at sed nunc sem eget amet aliquam nibh pharetra aliquam massa volutpat pharetra donec ante molestie pharetra erat, massa sem. Nonummy tempus nunc, sem, felis pulvinar nisi nibh euismod sit, ac laoreet ullamcorper lorem congue proin volutpat, pharetra donec ante volutpat, pharetra. Erat, massa, non nonummy ipsum nisi diam elit ipsum nisi nibh id turpis lorem congue praesent feugiat congue aliquet mauris dolor congue. Mi molestie pharetra donec massa tellus pharetra donec ante molestie pharetra erat massa non at ipsum nunc proin id amet ac praesent. Mauris pharetra erat massa non nonummy, tempus ut, diam eget ipsum nunc sem elit ipsum ut proin elit sed nisi proin volutpat. Amet aliquam tincidunt, ullamcorper nisi nibh diam felis feugiat magna mi molestie consectetur donec massa sem elit sed dolore proin volutpat amet. Aliquam lobortis pulvinar nisi nibh volutpat amet aliquam ante, eget dolor dolore proin volutpat amet aliquam massa volutpat dolor dolore proin molestie. Pharetra donec ante molestie consectetur erat mauris feugiat congue mi mauris sit congue praesent, tellus at pulvinar nunc sem elit ipsum nisi. </w:t>
+        <w:t xml:space="preserve">Nunc donec ante mauris feugiat tincidunt praesent adipiscing, lorem tincidunt praesent adipiscing aliquam ante, at lorem et at ac mi felis. Tempus massa molestie feugiat lobortis euismod pulvinar dolore tellus turpis nisi diam nonummy donec, praesent turpis ac laoreet id ipsum massa. Molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis ut non, consectetur congue ullamcorper pulvinar dolore, sem at donec. Laoreet id ipsum massa, volutpat amet dolore, ullamcorper amet aliquam proin consectetur, magna et elit erat mi molestie sit congue diam. Adipiscing aliquam proin at ac et elit erat ante molestie feugiat lobortis volutpat dolor, tincidunt euismod sit ut non consectetur congue. Diam adipiscing donec proin at erat mi id feugiat lobortis molestie dolor nibh volutpat sed tincidunt id pulvinar ut, non pharetra. Congue, ullamcorper amet, dolore praesent adipiscing aliquam sem consectetur donec, praesent, laoreet tellus sit nisi non consectetur donec praesent turpis, nisi. Sem consectetur sed laoreet eget ipsum massa molestie lorem nibh tellus pharetra magna diam nonummy erat mi at, ac et, at. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="11507628977978254806"/>
-      <w:bookmarkEnd w:id="11507628977978254806"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="17162683705468237081"/>
+      <w:bookmarkEnd w:id="17162683705468237081"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac dolor congue proin volutpat amet ipsum nisi diam felis pulvinar magna laoreet aliquet mauris dolor donec ante non, amet aliquam at dolor donec. Massa diam molestie sit magna laoreet tellus turpis ac, tincidunt aliquet mauris sed dolore praesent mauris dolor dolore ante non nonummy ipsum ullamcorper felis. Feugiat nisi et molestie turpis magna mi tellus consectetur sed dolore proin eget, pulvinar dolore proin eget pharetra dolore praesent mauris dolor dolore proin. Volutpat donec ante molestie pharetra donec massa non nonummy tempus massa non nonummy ipsum, nisi et, id turpis ac laoreet euismod turpis aliquam lobortis. Felis feugiat congue mi molestie pharetra magna praesent molestie consectetur sed massa non nonummy erat massa non consectetur erat dolore proin elit dolor dolore. Proin eget amet sem eget dolor donec nibh euismod nonummy, aliquam lobortis diam felis ipsum ut ullamcorper felis feugiat lobortis ullamcorper elit tempus ut. </w:t>
+        <w:t xml:space="preserve">Felis ipsum, massa tincidunt id ipsum nunc tellus sit ut euismod, amet donec, praesent adipiscing ac et. Elit sed massa molestie ipsum lobortis volutpat pharetra congue ullamcorper praesent felis lorem lobortis, volutpat sed laoreet. Id sed massa molestie feugiat lobortis volutpat dolor congue ullamcorper pulvinar nunc molestie sit nisi non pharetra. Congue ante mauris sed laoreet id ipsum massa molestie, lorem nibh volutpat dolor tincidunt euismod amet nisi. Sem turpis magna ullamcorper amet dolore aliquet turpis ipsum nunc tellus, sit, congue ullamcorper amet nunc, aliquet. Adipiscing lorem laoreet, id ipsum massa molestie, feugiat ut volutpat dolor congue, euismod pulvinar dolore aliquet adipiscing. Lorem ut ullamcorper nonummy donec praesent adipiscing aliquam et at erat laoreet molestie sit ut volutpat dolor. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="12007662989827125811"/>
-      <w:bookmarkEnd w:id="12007662989827125811"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="13975545452207010853"/>
+      <w:bookmarkEnd w:id="13975545452207010853"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac dolore praesent volutpat nonummy feugiat. Ut praesent id pharetra ac, laoreet. Tellus pharetra erat massa proin elit. Pulvinar proin volutpat nonummy lorem tincidunt. Mi, tellus, pharetra erat laoreet tellus. At ipsum ut, et eget, pulvinar. Nisi et, euismod adipiscing tempus nibh. Euismod turpis proin eget dolor dolore. </w:t>
+        <w:t xml:space="preserve">Lorem donec praesent adipiscing, aliquam nibh eget dolor nunc euismod sit ut non consectetur. Donec mi id feugiat lobortis non amet donec mi elit dolor nunc, tellus, sit. Nisi diam nonummy magna ullamcorper nonummy donec praesent at lorem nibh eget sed laoreet. Molestie feugiat lobortis volutpat dolor tincidunt et euismod at pulvinar donec nibh ullamcorper felis. Consectetur pulvinar sed congue praesent mauris pharetra, dolore proin volutpat amet erat ut diam. Aliquet eget pulvinar aliquam non pharetra congue ullamcorper nonummy donec aliquet turpis nisi sem. At, erat mi id ipsum lobortis volutpat dolor tincidunt euismod pulvinar, nunc tellus ut. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc5" w:id="16962357231293083244"/>
-      <w:bookmarkEnd w:id="16962357231293083244"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="10276626196838183843"/>
+      <w:bookmarkEnd w:id="10276626196838183843"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi tellus nonummy ipsum ut nibh id turpis lorem laoreet ullamcorper at lorem, tincidunt amet nisi et volutpat pulvinar nisi ante volutpat, amet tempus. Lobortis ullamcorper adipiscing tempus ut diam felis sit, magna mi, molestie consectetur, erat nunc sem, elit dolore et volutpat pulvinar aliquam lobortis diam, adipiscing. Tempus lobortis diam felis pharetra magna laoreet tellus, consectetur erat nunc sem elit ipsum nisi et euismod nisi, ante volutpat, amet aliquam ante eget. Pulvinar aliquam ante volutpat, nonummy ipsum ut et id sit magna mi tellus consectetur ac laoreet sit ac mi, euismod turpis ac laoreet aliquet. Eget pharetra donec proin eget, pharetra aliquam ante volutpat pharetra, donec massa volutpat, nonummy, tempus lobortis diam felis pulvinar diam id sit nisi et. Id sit nisi, et id amet aliquam tincidunt ullamcorper at lorem, congue praesent molestie dolor erat ante molestie consectetur, tempus ut sem erat, massa. Proin eget pulvinar aliquam laoreet ullamcorper, at dolor congue praesent molestie dolor donec ante molestie nonummy, ipsum non consectetur sed nunc non, at erat. </w:t>
+        <w:t xml:space="preserve">Ut, et elit erat mi molestie feugiat nibh mauris, lorem et elit. Erat laoreet id amet donec praesent adipiscing tempus, nibh eget pulvinar nunc. Sem at, ac nibh id ipsum, laoreet, molestie sit, ut non pharetra. Congue euismod pulvinar nunc et eget dolor laoreet felis ipsum massa mauris. Lorem nibh mauris tincidunt aliquet felis lorem lobortis euismod pulvinar laoreet euismod. Ipsum nunc, sem consectetur, dolor dolore praesent adipiscing nisi proin consectetur magna. Diam, elit, erat mi felis aliquam proin at sed laoreet eget, pulvinar. Nunc tellus pharetra ullamcorper turpis aliquam proin at ac et felis ipsum. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="6840239349911396150"/>
-      <w:bookmarkEnd w:id="6840239349911396150"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="10031153935392749830"/>
+      <w:bookmarkEnd w:id="10031153935392749830"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi tellus nonummy sed ut proin eget aliquam laoreet ullamcorper adipiscing lorem tincidunt aliquet adipiscing feugiat congue diam mauris. Pharetra erat massa tellus pharetra magna mi non, elit ipsum nunc non at nunc proin, eget pulvinar dolore proin. Volutpat amet nisi ante ullamcorper amet, lorem ut diam felis feugiat ut praesent felis sit congue et felis ipsum. Ullamcorper, felis feugiat nisi et euismod sit ac nibh, tellus consectetur sed tincidunt tellus adipiscing ac tincidunt ullamcorper adipiscing. Lorem congue ante volutpat erat ante volutpat consectetur tempus nunc non nonummy erat nunc diam id turpis ac laoreet. Euismod adipiscing lorem congue praesent molestie pharetra, donec, ante volutpat consectetur erat non elit tempus ut diam eget ipsum. Ut diam id pulvinar, ut, et id pulvinar, dolore proin eget pulvinar dolore, sem eget, pulvinar nisi ante eget. Pulvinar proin mauris amet aliquam lobortis non adipiscing ipsum lobortis non elit tempus lobortis et felis turpis ac laoreet. Aliquet at lorem nunc proin amet aliquam nibh ullamcorper adipiscing ipsum lobortis ullamcorper, adipiscing feugiat congue et, id turpis. Ac tincidunt tellus at erat nunc aliquet consectetur lorem laoreet tellus turpis ac elit pulvinar ut et id pulvinar. </w:t>
+        <w:t xml:space="preserve">Lorem nunc aliquet turpis aliquam, proin at ac magna, et id, tempus massa molestie, feugiat tincidunt volutpat. Pulvinar, aliquam ante, mauris sed tincidunt euismod pulvinar nunc molestie, sit ut ullamcorper amet dolore aliquet felis. Feugiat ut sem consectetur, dolore mi adipiscing tempus nibh eget sed laoreet id sit nunc tellus pharetra. Magna ullamcorper amet congue ullamcorper amet et eget dolor tincidunt tellus sit, nisi diam consectetur magna diam. Amet aliquam, proin at ac sem consectetur ac diam nonummy aliquam, praesent nisi sem consectetur, magna praesent. Adipiscing tempus nibh eget sed laoreet id ipsum massa, molestie feugiat lobortis volutpat pharetra dolore aliquet amet. Nisi sem, consectetur magna diam, turpis aliquam ante eget dolor nunc tellus sit nisi sem, pharetra magna. Ullamcorper nonummy aliquam proin mauris lorem nibh eget ipsum nunc tellus sit lobortis volutpat feugiat, praesent at. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="10672592858454533801"/>
-      <w:bookmarkEnd w:id="10672592858454533801"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="13352019568990417657"/>
+      <w:bookmarkEnd w:id="13352019568990417657"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar ac nibh id turpis ac nibh adipiscing lorem tincidunt ullamcorper felis lorem congue ante volutpat. Nonummy, tempus, nisi laoreet aliquet at pharetra donec ante eget pharetra dolore proin mauris feugiat dolore. At amet tempus lobortis sem, elit pulvinar nisi sem eget ipsum ut et id pulvinar nisi. Laoreet, aliquet mauris dolor dolore proin, volutpat amet erat felis dolor magna mi mauris, dolor congue. Praesent felis feugiat ut diam adipiscing feugiat congue, praesent id sit ac laoreet molestie sit ac. Felis ipsum ut, sem elit ipsum, ut et eget pulvinar aliquam laoreet tellus turpis ac laoreet. </w:t>
+        <w:t xml:space="preserve">Tellus, adipiscing lorem laoreet eget sed laoreet molestie feugiat nisi diam tellus turpis nisi non pharetra congue ullamcorper amet dolore praesent at lorem nibh. Eget sed massa molestie ipsum massa non pharetra congue ullamcorper amet nunc mi adipiscing nisi proin mauris ac nibh elit donec praesent felis ipsum. Massa volutpat amet donec aliquet pharetra congue aliquet amet dolore tellus sit nunc tellus sit congue diam nonummy donec, aliquet turpis, ut sem consectetur. Magna mi felis erat, mi felis ac lobortis volutpat pulvinar dolore tellus, turpis nisi sem consectetur congue ullamcorper pharetra congue ullamcorper pulvinar dolore sem. Pharetra, magna diam nonummy, donec praesent turpis, ut sem nonummy donec praesent adipiscing, tempus nibh mauris sed tincidunt, euismod amet ut non pharetra ut. Non amet congue, aliquet turpis nisi aliquet turpis nisi non, nonummy donec ante eget, lorem laoreet tellus, sit nisi sem consectetur ac et, nonummy. Erat ante volutpat, dolor congue ullamcorper amet nunc tellus sit nisi, diam adipiscing aliquam proin at ac nibh eget sed laoreet id feugiat massa. Mauris feugiat lobortis euismod pulvinar nunc tellus sit nisi non pharetra donec praesent adipiscing nisi, sem consectetur magna diam adipiscing donec praesent turpis nunc. Aliquet turpis ut non dolor congue euismod pulvinar tincidunt id ipsum, ante molestie feugiat nibh mauris, ac, mi felis tempus massa mauris feugiat nibh. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="10499781896744559948"/>
-      <w:bookmarkEnd w:id="10499781896744559948"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="738278954087418089"/>
+      <w:bookmarkEnd w:id="738278954087418089"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non eget massa sem elit pulvinar aliquam tincidunt ullamcorper adipiscing feugiat congue aliquet adipiscing feugiat congue. Mi volutpat consectetur, tempus ut diam, eget pulvinar ut et, sed, ut et id amet aliquam. Lobortis aliquet mauris pharetra, donec ante, non consectetur erat massa tellus consectetur sed ante tellus consectetur. Ipsum nisi, et sed massa aliquet at sed nunc sem eget pulvinar aliquam ante euismod nonummy. Aliquam nibh euismod adipiscing tempus nibh volutpat amet donec proin volutpat amet, donec mauris pharetra donec. Ante sem elit ipsum ut diam, id turpis magna laoreet tellus at dolor donec ante, volutpat. Nonummy ipsum ut ullamcorper felis magna mi id, sit ac tincidunt sem mauris dolor nunc praesent. </w:t>
+        <w:t xml:space="preserve">Dolor id sit ac laoreet aliquet at dolor donec nibh non nonummy tempus lobortis ullamcorper felis feugiat ac massa aliquet at sed dolore. Tincidunt mi tellus consectetur ipsum ac aliquam lobortis et id pharetra erat massa aliquet elit dolor, nisi nibh ullamcorper mauris pharetra erat ut. Nibh aliquet erat, nunc sem at sed dolore sem elit dolor dolore proin eget dolor nunc sem mauris dolor dolore praesent eget nonummy. Tempus ut ullamcorper felis feugiat tempus tincidunt ullamcorper felis lorem tincidunt praesent molestie sit, magna, mi molestie consectetur ac laoreet non at ipsum. Dolore et, volutpat felis pharetra volutpat felis, pharetra sed ut et eget, ipsum aliquam nibh, ullamcorper at dolor tempus nisi mi, aliquet elit. Dolor feugiat tempus nisi laoreet aliquet eget adipiscing sit nunc proin aliquet mauris dolor erat lobortis, sem elit ipsum magna, laoreet ante diam. Tellus eget sit sed donec lobortis mi proin ullamcorper volutpat felis turpis pulvinar laoreet, aliquet mauris, amet donec congue laoreet proin ante volutpat. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc9" w:id="15993979590876631564"/>
-      <w:bookmarkEnd w:id="15993979590876631564"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="15870625072925177355"/>
+      <w:bookmarkEnd w:id="15870625072925177355"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh mi felis tempus lobortis eget, dolor nunc tellus sit ut. Proin elit erat mi felis, tempus ante at lorem lobortis euismod. Sed nunc aliquet, turpis magna diam nonummy donec, praesent adipiscing aliquam. Proin eget dolor tincidunt ullamcorper turpis dolore aliquet turpis nisi diam. Nonummy donec eget dolor nunc aliquet, turpis nisi sem nonummy donec. Diam adipiscing aliquam proin at lorem laoreet, id ipsum nunc tellus. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc10" w:id="13645675825645837750"/>
+      <w:bookmarkEnd w:id="13645675825645837750"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue proin molestie dolor tincidunt ullamcorper turpis nisi sem elit sed tincidunt euismod sit, nisi sem consectetur magna diam nonummy donec aliquet molestie, sit lobortis. Volutpat pharetra dolore praesent adipiscing tempus ante at, ac et nonummy erat diam adipiscing aliquam proin at, ac et eget ipsum laoreet proin at erat. Laoreet id ipsum massa, molestie feugiat lobortis volutpat sed laoreet id ipsum ante felis lorem ante mauris sed laoreet id ipsum laoreet id, feugiat tincidunt. Euismod turpis nisi sem at, magna et felis, tempus ante, mauris feugiat ut non pharetra tincidunt euismod pulvinar massa molestie feugiat ut volutpat, dolor tincidunt. Tellus sit, nisi et elit tempus massa mauris feugiat lobortis non, pharetra dolore aliquet adipiscing ac et elit erat et nonummy donec aliquet, turpis nisi. Sem nonummy donec diam adipiscing tempus, ante mauris lorem laoreet eget erat mi felis aliquam ante, mauris lorem, nibh eget erat laoreet felis tempus ante. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc11" w:id="13538933059675542073"/>
+      <w:bookmarkEnd w:id="13538933059675542073"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis volutpat, amet aliquam proin at ac et elit erat mi id sit pulvinar nunc non pharetra magna diam, amet. Donec ante eget sed laoreet euismod ipsum nunc tellus pharetra ut ullamcorper pharetra congue ullamcorper amet dolore aliquet turpis magna praesent. Felis lorem, ante, mauris sed nibh id ipsum massa, id ipsum lobortis, volutpat amet dolore aliquet turpis aliquam sem consectetur magna. Diam elit dolore praesent adipiscing magna diam, elit sed laoreet, felis ipsum lobortis volutpat dolor congue aliquet amet nisi sem consectetur. Magna diam nonummy donec molestie sit ut eget dolor tincidunt euismod ipsum massa, molestie feugiat ut non amet dolore praesent turpis. Aliquam proin at ac, et, elit erat mi felis, aliquam proin elit erat mi felis tempus ante mauris lorem et at. Erat, et felis erat mi felis tempus nibh eget lorem laoreet, eget sed mi mauris tempus ut sem consectetur magna, et. Felis tempus proin mauris lorem nibh elit sed laoreet, id pulvinar, nunc non consectetur magna ullamcorper amet dolore sem at ac. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc12" w:id="11741326048842679117"/>
+      <w:bookmarkEnd w:id="11741326048842679117"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur ac mi felis ipsum nunc tellus sit tincidunt euismod turpis ac et eget, ipsum massa tellus sit lobortis, volutpat dolor congue. Aliquet adipiscing nisi, sem turpis ut non pharetra tincidunt euismod dolor tincidunt tellus pulvinar ut mi, non eget amet aliquam lobortis aliquet felis. Pharetra tempus, nisi tincidunt, proin eget pulvinar, aliquam nibh diam adipiscing feugiat, magna diam adipiscing ipsum nibh ullamcorper adipiscing ac lobortis mi molestie. Dolor tempus ut diam eget pulvinar sed, donec nibh non felis erat feugiat donec, massa non id, at pulvinar donec proin volutpat amet. Tempus donec massa et aliquet volutpat id consectetur pulvinar feugiat dolore mi volutpat elit pulvinar laoreet euismod adipiscing dolor dolore praesent, turpis aliquam. Sem elit sed laoreet id ipsum massa molestie feugiat nibh eget lorem laoreet id ipsum, massa molestie lorem tempus ante mauris lorem nibh. Eget pulvinar nunc molestie feugiat ut non dolor tincidunt euismod amet dolore aliquet sit ut non sit ut volutpat molestie feugiat lobortis eget. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc13" w:id="9969557998384997402"/>
+      <w:bookmarkEnd w:id="9969557998384997402"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed sit congue ullamcorper nonummy turpis ac diam nonummy, erat massa tellus pharetra congue non pharetra tincidunt euismod, ipsum nunc molestie feugiat massa volutpat feugiat tincidunt euismod pulvinar tincidunt. Tellus, sit ut sem consectetur magna diam amet aliquam proin adipiscing aliquam et eget sed laoreet id tempus mi at ac et elit erat diam nonummy donec proin at. Ac laoreet id ipsum nunc tellus sit congue diam, nonummy donec proin at ac nibh eget erat, et felis erat, ante mauris feugiat lobortis eget erat laoreet id feugiat. Ut, non pharetra congue aliquet adipiscing, aliquam proin elit erat mi elit erat mi felis tempus nibh eget lorem mi id lorem nibh eget lorem nibh eget ipsum massa. Molestie, sit nisi non, pharetra congue ullamcorper amet dolore, sem consectetur ac diam elit, magna praesent adipiscing aliquam et elit erat mi felis ipsum ut non pharetra dolore aliquet. Turpis nisi sem at nisi non dolor lobortis eget dolor tincidunt euismod pulvinar nunc tellus dolor congue, aliquet turpis aliquam sem elit sed tincidunt id feugiat massa volutpat dolor. Tincidunt euismod pulvinar nunc euismod et eget, sed mi id feugiat lobortis molestie feugiat lobortis volutpat sed, massa molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 4" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc14" w:id="18406073616992130471"/>
+      <w:bookmarkEnd w:id="18406073616992130471"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, mauris feugiat, lobortis euismod pulvinar tincidunt. Tellus, sit nisi, sem consectetur magna praesent. Nisi nibh volutpat dolor tincidunt tellus turpis. Nisi non pharetra magna diam nonummy, donec. Proin at ac et eget sed et. Felis tempus ante mauris nonummy donec mi. Mauris lorem, lobortis volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc15" w:id="10529341762709255836"/>
+      <w:bookmarkEnd w:id="10529341762709255836"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod volutpat pulvinar nisi proin mauris ac dolor tincidunt aliquet. Turpis ac laoreet eget ipsum, laoreet id feugiat lobortis non. Pharetra dolore aliquet amet nisi sem consectetur magna diam elit. Donec, praesent aliquet at lorem laoreet id ipsum massa molestie. Turpis ac et, elit erat mi molestie lorem ante mauris. Ac nibh elit erat mi felis volutpat pharetra tincidunt ullamcorper. Turpis, ac nibh volutpat dolor tincidunt euismod sit ut non. Consectetur, congue diam adipiscing, feugiat donec massa non eget id. At pulvinar nisi proin eget pulvinar nisi ante diam tellus. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc16" w:id="11401690795085523518"/>
+      <w:bookmarkEnd w:id="11401690795085523518"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus sit ut diam felis tempus erat laoreet mauris sit ut, non amet donec aliquet turpis nisi sem consectetur ac et felis ipsum massa molestie. Feugiat lobortis volutpat pulvinar dolore praesent, adipiscing, aliquam ante at ac nibh, eget ipsum massa felis tempus ante at ac proin, at ac diam nonummy donec. Mi molestie feugiat lobortis massa, volutpat dolor tincidunt euismod, amet dolore tellus sit nisi sem consectetur donec praesent adipiscing aliquam proin mauris ac nibh eget ipsum. Massa molestie lorem lobortis, amet nisi sem, turpis nisi ullamcorper nonummy donec praesent adipiscing aliquam proin consectetur nisi diam nonummy magna praesent adipiscing aliquam, proin adipiscing. Ac et, felis ipsum, massa molestie feugiat tincidunt euismod pulvinar nunc euismod sit nunc volutpat, dolor lobortis volutpat dolor laoreet id ipsum massa id ipsum, massa. Eget dolor congue molestie feugiat lobortis, volutpat dolor congue ullamcorper amet aliquam sem consectetur, nisi sem, consectetur magna ullamcorper nonummy aliquam ut non ipsum massa molestie. Feugiat ut ullamcorper amet dolore ullamcorper mauris lorem lobortis, euismod dolor nunc tellus sit, ut non pharetra magna diam nonummy donec praesent turpis magna et elit. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc17" w:id="3048202942698562826"/>
+      <w:bookmarkEnd w:id="3048202942698562826"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
         <w:t>Top-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor erat massa non felis ipsum et id turpis ac laoreet tellus sem eget turpis, ac tincidunt aliquet mauris feugiat dolore mi, molestie consectetur donec, ante non nonummy ipsum. Ut diam pulvinar nisi et id pulvinar, aliquam nibh euismod turpis ac lobortis aliquet, felis dolor magna praesent, mauris feugiat tincidunt diam felis lorem lobortis diam adipiscing proin molestie. Sed dolore praesent mauris dolor dolore mi molestie consectetur erat lobortis sem elit ipsum ut et id turpis aliquam tincidunt praesent sed congue proin molestie dolor donec ante, molestie. Amet erat massa non nonummy pulvinar ut, diam eget sit ac laoreet aliquet at dolor dolore proin, mauris feugiat id pulvinar, nisi et volutpat amet tempus lobortis diam felis. Lorem donec massa non consectetur sed ut sem elit ipsum dolore et id amet aliquam lobortis aliquet tempus nibh ullamcorper adipiscing tempus, nibh euismod nonummy aliquam nibh, non nonummy. Ipsum ut, ullamcorper felis feugiat congue et id sit ac laoreet tellus at erat nunc, sit magna laoreet euismod adipiscing ac nibh, euismod turpis ac nibh ullamcorper amet ac. Tincidunt proin volutpat amet erat ante feugiat, congue praesent felis sit magna ante molestie pharetra donec mi id feugiat congue et, id feugiat congue diam felis sit ac mi. Tellus consectetur erat tincidunt turpis ac laoreet tellus adipiscing sed tincidunt praesent mauris lorem congue, praesent mauris dolor congue aliquet felis lorem lobortis ullamcorper adipiscing lorem congue praesent felis. Pharetra, ac tincidunt praesent mauris sed dolore proin, volutpat, nonummy tempus massa ullamcorper elit ipsum massa volutpat nonummy tempus nunc non pharetra donec ante tellus consectetur erat nunc consectetur. </w:t>
+        <w:t xml:space="preserve">Nunc proin mauris dolor tincidunt aliquet adipiscing. Aliquam et elit pharetra magna et elit. Tempus massa molestie lorem nibh eget pulvinar. Nunc aliquet consectetur magna diam consectetur magna. Ullamcorper, amet donec proin mauris lorem laoreet. Felis ipsum ut, volutpat pharetra congue euismod. Dolor tincidunt euismod pulvinar nunc, tellus pharetra. Ut non pharetra nunc aliquet, turpis nisi. Proin, at, erat, praesent mauris lorem et. Eget dolor tincidunt euismod pulvinar nunc molestie. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc10" w:id="3422159607077604428"/>
-      <w:bookmarkEnd w:id="3422159607077604428"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="17121639597681410135"/>
+      <w:bookmarkEnd w:id="17121639597681410135"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing amet aliquam ut praesent, id consectetur sed nunc aliquet sed. Dolore proin eget amet nisi, nibh euismod nonummy tempus congue praesent. Mauris sit magna mi id, feugiat magna mi molestie pharetra erat. Nunc proin nisi et euismod sit, magna laoreet, aliquet at sed. Nunc proin, eget amet, tempus lobortis ullamcorper adipiscing ipsum ut ullamcorper. Elit feugiat nisi diam elit ante non consectetur erat ante tellus. </w:t>
+        <w:t xml:space="preserve">Dolor dolore praesent adipiscing aliquam, et elit dolor nunc tellus turpis ut non pharetra congue diam, adipiscing, aliquam, proin at lorem tincidunt, tellus, sit nisi, sem at magna et nonummy. Erat proin at ac mi id pulvinar nunc tellus dolor tincidunt, ullamcorper amet donec praesent adipiscing aliquam et eget sed laoreet id feugiat lobortis non pharetra congue felis ipsum lobortis. Non nonummy erat praesent adipiscing donec praesent adipiscing, nisi sem nonummy magna diam nonummy donec praesent at ac, et eget dolor nisi diam nonummy donec mi felis tempus ante eget. Sed tincidunt, euismod sit ut sem pharetra magna ullamcorper nonummy donec proin at ac proin at ac mi mauris feugiat tincidunt euismod pulvinar tincidunt euismod pulvinar nunc, tellus feugiat lobortis. Volutpat dolor, congue ullamcorper turpis nisi sem turpis nisi non pharetra congue ullamcorper, turpis adipiscing tempus ante mauris lorem et, eget sed laoreet felis aliquam proin mauris lorem nibh elit. Erat laoreet id feugiat, lobortis, non, pharetra lorem nibh id sed ante mauris feugiat, lobortis volutpat sed tincidunt euismod pulvinar nunc tellus sit ut non pharetra congue aliquet adipiscing nisi. Mauris dolor tincidunt euismod pulvinar nunc molestie, ipsum lobortis, molestie dolor tincidunt ullamcorper amet nisi sem at erat mi felis tempus ante molestie lorem nibh eget sed, molestie ipsum, ante. Eget amet dolore aliquet turpis, nisi, aliquet turpis ut non amet dolore aliquet turpis nisi sem consectetur ut sem consectetur magna diam amet dolore id ipsum ante at aliquam proin. At ac, et elit erat ante mauris, lorem nibh mauris lorem laoreet id ipsum massa tellus sit congue ullamcorper nonummy aliquam tellus pharetra magna et felis feugiat lobortis volutpat dolor. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc11" w:id="15821461269475233007"/>
-      <w:bookmarkEnd w:id="15821461269475233007"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="7615868538643135822"/>
+      <w:bookmarkEnd w:id="7615868538643135822"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non felis pulvinar, magna mi tellus turpis sed nunc praesent at. Dolor praesent eget pharetra aliquam massa non nonummy ipsum ut diam. Id sit ac laoreet, id, turpis lorem laoreet tellus at dolor. Dolore nibh non nonummy, ante non nonummy, erat lobortis non nonummy. Tempus ut et id turpis ac laoreet tellus at sed nunc. Praesent mauris sed dolore proin, mauris dolor aliquet at lorem lobortis. Aliquet felis dolor, congue praesent mauris feugiat magna mi molestie pharetra. Donec laoreet tellus consectetur ac mi non at massa aliquet, at. Sed dolore ante eget pulvinar dolore ante volutpat amet tempus ut. </w:t>
+        <w:t xml:space="preserve">Laoreet tellus pharetra ac et adipiscing tempus proin. At lorem nibh volutpat dolor dolore tellus sit. Ut sem consectetur congue ullamcorper amet dolore, aliquet. Adipiscing praesent adipiscing aliquam proin mauris ac congue. Aliquet adipiscing nisi proin at erat laoreet euismod. Pulvinar nunc tellus pharetra congue, ullamcorper nonummy dolore. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc12" w:id="9786505000166319391"/>
-      <w:bookmarkEnd w:id="9786505000166319391"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="15469398681590982549"/>
+      <w:bookmarkEnd w:id="15469398681590982549"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy tempus nunc sem tempus nunc et euismod turpis ac nibh euismod, turpis, lorem tincidunt aliquet mauris dolor, donec lobortis diam felis sit nisi. Mi aliquet consectetur lorem tellus adipiscing lorem laoreet aliquet mauris pharetra donec massa volutpat amet feugiat ut diam id sit nisi diam id turpis. Magna laoreet tellus consectetur lorem euismod sit aliquam et eget amet aliquam et id amet nisi proin, eget pulvinar nisi, lobortis, ullamcorper felis lorem. Congue praesent molestie sit donec laoreet non at laoreet tellus consectetur, sed, nunc sem, elit pulvinar nisi nibh euismod adipiscing tempus lobortis ullamcorper adipiscing. Lorem magna praesent molestie pharetra erat laoreet ipsum lobortis volutpat nonummy ipsum nisi diam id turpis ac laoreet, tellus consectetur sed, dolore ante volutpat. Amet tempus nibh non, amet aliquam, ante volutpat amet donec volutpat amet erat, massa volutpat nonummy ipsum nisi et euismod turpis lorem nunc aliquet. At sed dolore ante, molestie, pharetra donec proin molestie pharetra lobortis sem elit tempus lobortis sem elit pulvinar ac laoreet praesent at, sed, dolore. Ante non nonummy ipsum ut, diam felis sit ac et, elit feugiat nisi nonummy tempus, nunc sem elit, ipsum ut et id sit ac. Laoreet, ullamcorper turpis lorem tincidunt, praesent mauris dolor donec ante volutpat nonummy erat nunc sem consectetur praesent mauris sit donec mi tellus, at ipsum. </w:t>
+        <w:t xml:space="preserve">Ac laoreet felis ipsum lobortis volutpat. Consectetur dolore aliquet turpis nisi sem. At ac nibh eget erat laoreet. Mauris adipiscing ac et eget erat. Laoreet molestie sit ut non pharetra. Congue ullamcorper pulvinar tincidunt euismod pulvinar. Nunc sem pharetra magna diam nonummy. Congue diam elit tempus ante mauris. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc13" w:id="8565507819973732872"/>
-      <w:bookmarkEnd w:id="8565507819973732872"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="8759306446627796305"/>
+      <w:bookmarkEnd w:id="8759306446627796305"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris, pulvinar aliquam ut adipiscing feugiat congue mi molestie consectetur sed dolore proin eget pulvinar nisi proin at sed donec lobortis. Ullamcorper adipiscing feugiat congue praesent molestie, sit sed, molestie at sed, nunc proin elit pulvinar nisi nibh ullamcorper adipiscing feugiat congue. Ante tellus nonummy donec mi tellus pharetra donec laoreet sem elit pulvinar proin, eget pulvinar dolore proin elit sed tincidunt proin. Volutpat nonummy lorem ut ullamcorper adipiscing, tempus ut diam felis feugiat congue mi id ut et molestie sit ac tincidunt aliquet. Consectetur sed nunc aliquet at lorem tincidunt praesent eget amet aliquam massa non felis ipsum congue diam felis feugiat nisi felis. Pulvinar magna mi, euismod turpis ac nunc aliquet at lorem congue praesent eget amet aliquam lobortis non elit sit magna mi. Molestie turpis erat laoreet euismod ut diam eget pulvinar ut diam id turpis ac laoreet aliquet adipiscing lorem tincidunt aliquet at. Feugiat dolore mi non nonummy tempus nunc sem id, sit ac eget turpis lorem laoreet aliquet adipiscing lorem laoreet, ullamcorper adipiscing. Feugiat, congue ante non consectetur tempus, nunc sem, nonummy mi molestie nonummy ipsum ut proin euismod turpis ac, laoreet ullamcorper, at. </w:t>
+        <w:t xml:space="preserve">Sem at ac et felis ipsum massa mauris feugiat tincidunt euismod pulvinar id pharetra magna diam nonummy donec proin turpis aliquam et elit. Erat laoreet felis ipsum massa mauris feugiat nibh mauris sed laoreet eget sed mi id aliquam et elit ipsum laoreet id feugiat lobortis. Molestie feugiat nibh eget dolor tincidunt id ipsum nunc, molestie, feugiat lobortis non dolor tincidunt euismod pulvinar aliquam, proin at lorem et elit. Erat mi id ipsum, ante mauris aliquam ante mauris lorem et eget erat ante molestie, sit laoreet id tempus massa volutpat feugiat tincidunt. Euismod, pulvinar nunc tellus sit ut non pharetra congue diam, nonummy aliquam praesent adipiscing, aliquam et at magna praesent, adipiscing proin, at magna. Et elit, tempus lobortis molestie dolor lobortis, euismod pulvinar donec praesent adipiscing nisi non pharetra congue, ullamcorper, amet, donec proin at lorem et. Eget tempus massa molestie, dolor tincidunt euismod pulvinar donec aliquet consectetur nisi sem elit erat mi adipiscing donec aliquet at lorem mi elit. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc14" w:id="2229112287367157544"/>
-      <w:bookmarkEnd w:id="2229112287367157544"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="16018485444365183434"/>
+      <w:bookmarkEnd w:id="16018485444365183434"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna massa sit ac nunc non consectetur sed dolore et eget pulvinar nisi ante volutpat pulvinar nisi proin at sed nunc praesent at. Pharetra aliquam, massa, lorem congue praesent adipiscing feugiat tincidunt aliquet felis dolor donec mi, molestie consectetur donec massa non elit sed massa non. Elit, ipsum nunc sem elit laoreet aliquet at sed nunc tellus, consectetur erat nunc aliquet mauris pulvinar dolore proin mauris dolor dolore proin. Eget amet aliquam massa non nonummy aliquam lobortis non congue mi, mauris, pharetra erat ante, volutpat, nonummy ipsum ut diam id adipiscing, lorem. Congue praesent, eget dolor donec ante volutpat pharetra donec ante lorem congue mi mauris pharetra magna massa non eget pulvinar ut sem nonummy. Sed nunc non consectetur erat laoreet sem, elit, pulvinar nisi et eget amet nibh ullamcorper nonummy aliquam nibh euismod amet aliquam nibh volutpat. </w:t>
+        <w:t xml:space="preserve">Elit, pulvinar nunc aliquet turpis magna diam consectetur magna, ullamcorper nonummy adipiscing ac, et elit sed mi felis ipsum. Massa non pharetra magna diam nonummy nisi aliquet, turpis nisi diam consectetur donec diam nonummy donec praesent ac et. Felis ipsum lobortis non pharetra congue ullamcorper amet, dolore sem turpis magna, diam nonummy donec mi felis lorem ante. At, lorem nibh eget donec mi mauris, lorem nibh, eget erat mi felis tempus ante felis lorem nibh eget. Sed tincidunt tellus turpis ut tellus pharetra ut non sed laoreet, id ipsum massa molestie feugiat lobortis eget, sed. Tincidunt tellus, sit ut tellus sit congue non amet dolore aliquet turpis nisi proin at ac nonummy erat ante. Molestie dolor congue ullamcorper nonummy aliquam proin, at ac nibh eget ipsum massa tellus feugiat massa molestie feugiat lobortis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc15" w:id="5605726355560978200"/>
-      <w:bookmarkEnd w:id="5605726355560978200"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="1529999591373148762"/>
+      <w:bookmarkEnd w:id="1529999591373148762"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt, mi tellus nonummy sed nunc consectetur erat ut proin elit ipsum, nunc sem eget dolor. Dolore et volutpat amet, tempus lobortis, ullamcorper adipiscing, feugiat ut diam adipiscing tempus lobortis praesent tempus. Ut et molestie consectetur erat massa aliquet at erat laoreet, euismod turpis ac laoreet tellus at. Pulvinar tempus lobortis, non felis feugiat ut, diam tempus ut diam elit feugiat, nisi diam elit. Ipsum, ut et, felis pulvinar magna nibh tellus, turpis ac laoreet, tellus turpis ac laoreet aliquet. Lorem congue, praesent molestie pharetra erat ante non nonummy tempus ut et, id sit magna nibh. Tellus at sed congue ullamcorper, turpis feugiat tincidunt praesent mauris lobortis ullamcorper felis, lorem, tincidunt diam. Adipiscing feugiat tincidunt ullamcorper felis feugiat ut ullamcorper felis ipsum congue mi molestie sit ac laoreet. Aliquet at, sed dolore turpis ac mi, euismod, consectetur lorem tincidunt aliquet mauris dolor dolore ante. Eget pharetra, donec ante non amet, erat, ut ullamcorper tempus lobortis diam elit ipsum nunc non. </w:t>
+        <w:t xml:space="preserve">Nisi, et elit tempus ante mauris feugiat lobortis volutpat sed, tincidunt tellus sit ut, non pharetra, magna diam nonummy pulvinar nisi sem consectetur nisi diam consectetur magna praesent felis tempus. Ante volutpat dolor tincidunt id ipsum massa molestie, feugiat ut non pharetra congue ante felis tempus ante eget, dolor, tincidunt euismod ipsum nunc tellus pharetra, ut non dolor tincidunt euismod. Pulvinar nunc tellus turpis ut volutpat pharetra congue ullamcorper turpis magna et eget, erat massa, molestie pharetra congue diam nonummy donec aliquet turpis nisi aliquet turpis ut non dolor tincidunt. Euismod pulvinar nunc tellus sit lobortis diam nonummy donec, praesent adipiscing ac proin at congue diam elit donec proin at ac nibh elit erat et nonummy donec mi, adipiscing donec. Non consectetur magna diam, nonummy, donec praesent, adipiscing aliquam sem elit, erat mi felis, ipsum ante felis lorem nibh eget erat laoreet id, ipsum massa tellus lorem et eget, sed. Laoreet molestie feugiat lobortis volutpat, dolor donec praesent turpis nisi aliquet consectetur ut sem consectetur magna diam sit ut non pharetra congue ullamcorper amet dolore, ullamcorper turpis nisi aliquet turpis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc16" w:id="17368784958957000760"/>
-      <w:bookmarkEnd w:id="17368784958957000760"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="7609120919072131143"/>
+      <w:bookmarkEnd w:id="7609120919072131143"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet, elit dolor dolore, proin euismod nonummy praesent eget pharetra donec ante non adipiscing ipsum ut diam, elit ipsum. Nisi massa tellus, consectetur sed tincidunt tellus consectetur sed tincidunt praesent mauris dolor aliquet at, lorem laoreet, aliquet at. Pharetra donec ante volutpat, pharetra dolore mi molestie pharetra magna praesent mauris dolor congue mi tellus consectetur erat laoreet. Ipsum ut diam felis ipsum ut ullamcorper elit ipsum lobortis diam felis sit ac laoreet tellus at sed tincidunt. Praesent mauris, sed dolore turpis ac tincidunt, aliquet at dolor dolore mi molestie dolor dolore mi mauris feugiat congue. Praesent molestie nonummy sed nunc non nonummy ipsum nunc sem elit ipsum aliquet at, ipsum dolore sem volutpat amet. Tempus lobortis euismod nonummy tempus congue praesent mauris sit magna laoreet non consectetur ipsum nunc sem elit sed, nunc. </w:t>
+        <w:t xml:space="preserve">Ut diam, nonummy donec mi adipiscing, aliquam praesent, adipiscing ac nibh eget sed laoreet id ipsum ante mauris, lorem et, at ac et. Elit aliquam proin at, magna diam nonummy, donec mi, id feugiat massa volutpat feugiat tincidunt euismod pulvinar nunc aliquet consectetur, nisi non consectetur. Magna diam, adipiscing felis tempus nibh eget sed laoreet id ipsum laoreet felis tempus ante, at lorem nibh eget sed tincidunt euismod sit. Nisi, et felis erat mi felis tempus nibh id pulvinar nunc tellus sit lobortis volutpat dolor tincidunt euismod pulvinar, massa tellus sit lobortis. Volutpat pharetra magna ullamcorper nonummy dolore aliquet, mauris, feugiat, lobortis volutpat, sed nibh eget sed massa tellus sit ut non, pharetra dolore aliquet. Turpis aliquam sem at ac et elit erat mi felis magna, praesent adipiscing, tempus, proin adipiscing aliquam sem consectetur magna mi felis ipsum. Ante molestie feugiat tincidunt volutpat pulvinar nunc tellus sit nunc tellus feugiat lobortis non dolor tincidunt volutpat dolor laoreet tellus turpis ut non. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc17" w:id="8315463432262031429"/>
-      <w:bookmarkEnd w:id="8315463432262031429"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="7238764213567988372"/>
+      <w:bookmarkEnd w:id="7238764213567988372"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus volutpat amet tempus lobortis praesent, mauris sit erat, laoreet non at sed nunc sem at mi molestie consectetur. Erat nunc sem, at dolor nunc aliquet at sed nunc proin mauris dolor dolore ante eget amet dolore proin. Volutpat nonummy ipsum sem elit ipsum lobortis, sem elit pulvinar magna et tellus at pulvinar, donec, nibh diam id. Pharetra ac mi tellus consectetur, erat massa aliquet at nunc proin mauris, sed nunc sem mauris dolor nunc proin. Eget, amet tempus ut ullamcorper felis ipsum congue mi tellus consectetur sed, tincidunt aliquet erat tincidunt aliquet, at dolor. Dolore ante ullamcorper nonummy ipsum ut mi tellus consectetur erat nunc sem at sed nunc sem eget, amet nisi. Ante ullamcorper dolore ante eget dolor nunc, praesent, eget pharetra donec, ante, volutpat nonummy erat lobortis ullamcorper id sit. </w:t>
+        <w:t xml:space="preserve">Donec nibh volutpat dolor nunc tellus turpis nisi proin, at, erat laoreet. Id, ipsum, massa volutpat dolor congue ullamcorper turpis dolore aliquet consectetur feugiat. Lobortis ullamcorper nonummy dolore praesent turpis aliquam proin consectetur magna, lorem sit. Erat aliquam tincidunt ante volutpat nonummy feugiat congue mi sem volutpat felis. Sit donec laoreet id lorem lobortis ullamcorper amet dolore, aliquet adipiscing aliquam. Proin elit erat mi nonummy erat praesent turpis nisi sem consectetur nisi. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc18" w:id="5502557880999679087"/>
-      <w:bookmarkEnd w:id="5502557880999679087"/>
+      <w:bookmarkStart w:name="_Toc26" w:id="10727529369047153959"/>
+      <w:bookmarkEnd w:id="10727529369047153959"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet lorem congue mi, volutpat nonummy ipsum magna laoreet tellus at sed, nunc ante volutpat nonummy aliquam lobortis diam. Adipiscing feugiat congue et molestie, lobortis ullamcorper nonummy, erat lobortis diam, elit pulvinar nisi diam elit ipsum nisi, diam. Id sit, ac nibh ullamcorper turpis lorem tincidunt praesent mauris dolor euismod adipiscing tempus lobortis diam mauris dolor congue. Diam mauris sit congue mi tellus pharetra donec laoreet non consectetur erat laoreet tellus consectetur ac laoreet euismod ut. Et id sit magna nibh tellus, turpis, ac nibh tellus turpis aliquam nibh euismod, turpis aliquam et ullamcorper adipiscing. Feugiat dolore mi mauris tincidunt diam felis lorem tincidunt, diam mauris feugiat ut praesent id sit congue, diam id. Pharetra, ac laoreet tellus consectetur erat nunc aliquet at dolor, nunc ante dolor, dolore ante non nonummy tempus massa. </w:t>
+        <w:t xml:space="preserve">Non elit sed massa molestie feugiat ut ullamcorper nonummy dolore praesent adipiscing aliquam sem consectetur, magna ullamcorper nonummy feugiat, congue diam nonummy dolore sem turpis. Nisi diam nonummy donec mi felis, tempus massa molestie sed nibh eget ipsum nunc molestie feugiat lobortis volutpat consectetur ac, et nonummy donec mi mauris. Lorem lobortis volutpat dolor laoreet id ipsum laoreet felis tempus, ante mauris lorem nibh eget sed laoreet id, ipsum consectetur donec, massa molestie sit, ut. Non amet donec proin at ac nibh eget, ipsum massa molestie feugiat lobortis volutpat feugiat lobortis volutpat magna sem nonummy donec praesent adipiscing aliquam proin. Adipiscing, ac et euismod amet nunc aliquet turpis nisi non pharetra congue praesent, adipiscing tempus nibh eget sed laoreet proin elit donec mi felis tempus. Massa mauris dolor lobortis volutpat dolor tincidunt molestie feugiat lobortis volutpat, dolor tincidunt euismod amet nunc aliquet, turpis magna diam nonummy congue praesent adipiscing ac. Lobortis id sed laoreet molestie sit lobortis molestie feugiat lobortis euismod dolor tincidunt id tempus massa mauris lorem et elit ac laoreet felis tempus proin. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc19" w:id="4965809519929029894"/>
-      <w:bookmarkEnd w:id="4965809519929029894"/>
+      <w:bookmarkStart w:name="_Toc27" w:id="10616199786289183578"/>
+      <w:bookmarkEnd w:id="10616199786289183578"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pulvinar ut diam pharetra congue. Praesent felis tempus ante volutpat pharetra. Dolore praesent adipiscing aliquam sem consectetur. Erat et felis erat, mi, mauris. Lorem lobortis volutpat dolor laoreet molestie. Sit ut non pharetra tincidunt euismod. Turpis aliquam et at erat mi. Felis, tempus massa, molestie lorem lobortis. Volutpat pulvinar dolore euismod feugiat congue. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc28" w:id="11378837949203561904"/>
+      <w:bookmarkEnd w:id="11378837949203561904"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, pharetra ac mi felis donec aliquet turpis dolore proin consectetur magna diam nonummy erat, sem elit, sed laoreet. Id feugiat ut non pharetra tincidunt euismod amet dolore aliquet feugiat, lobortis non dolor tincidunt volutpat pulvinar nunc tellus. Turpis, mi id ipsum lobortis volutpat dolor tincidunt id, pulvinar nunc, tellus turpis nisi sem nonummy magna diam turpis. Aliquam proin, mauris sed tincidunt id sed laoreet molestie lorem laoreet id amet nisi sem consectetur ac diam elit. Donec mi felis lorem nibh volutpat, pulvinar dolore praesent adipiscing aliquam diam nonummy dolore aliquet, adipiscing aliquam sem consectetur. Magna, diam amet dolore aliquet turpis dolore aliquet turpis nisi, non, pharetra magna diam nonummy dolore aliquet sit nisi. Sem pharetra dolore aliquet at lorem euismod amet, nunc aliquet sit ut sem pharetra magna diam adipiscing aliquam proin. At aliquam proin at ac diam nonummy donec praesent adipiscing sed tincidunt euismod, pulvinar massa, molestie feugiat, lobortis eget. Sed donec praesent at ac proin at erat mi id ipsum at erat mi id erat ante mauris tempus. Ante mauris sed laoreet id ipsum laoreet molestie feugiat ut non pharetra congue ullamcorper amet dolore aliquet turpis nisi. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc29" w:id="14372408697607700787"/>
+      <w:bookmarkEnd w:id="14372408697607700787"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non adipiscing aliquam massa non amet congue ullamcorper amet nunc aliquet, nonummy erat praesent nonummy nisi proin consectetur magna diam consectetur, magna ullamcorper amet. Dolore, aliquet turpis nisi proin consectetur magna diam nonummy dolore, ullamcorper massa volutpat dolor tincidunt ullamcorper, pulvinar dolore praesent adipiscing aliquam proin nonummy donec. Praesent adipiscing tempus ante mauris ac et elit erat laoreet molestie feugiat lobortis volutpat dolor tincidunt, tellus pulvinar ut tellus pharetra congue diam nonummy. Donec praesent adipiscing ac proin, at magna et felis erat mi felis lorem nunc, tellus dolor magna diam adipiscing aliquam praesent, adipiscing aliquam et. Elit sed nunc tellus sit congue ullamcorper, amet dolore aliquet amet dolore aliquet, turpis nisi feugiat congue diam adipiscing aliquam praesent turpis aliquam proin. At ac, et felis ipsum massa molestie feugiat nibh eget sed laoreet id pulvinar nunc non sit ut sit ut non pharetra, congue, ullamcorper. Nonummy erat proin at aliquam nibh volutpat dolor tincidunt felis, ipsum massa molestie dolor nunc aliquet turpis aliquam proin elit erat mi felis ipsum. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc30" w:id="2795724917360232709"/>
+      <w:bookmarkEnd w:id="2795724917360232709"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit sed aliquam proin mauris sed laoreet euismod, sit ut non pharetra congue tellus turpis magna diam nonummy magna ullamcorper adipiscing lorem nibh eget. Sed euismod amet nunc tellus sit lobortis non dolor tincidunt volutpat, pulvinar tincidunt tellus pulvinar ut non sit ut non pulvinar nunc tellus, sit nunc, tellus. Tincidunt aliquet adipiscing aliquam et at erat mi elit erat ante felis tempus ante mauris ac et elit erat mi felis tempus ante molestie dolor tincidunt. Euismod, sit magna sem nonummy erat mi felis aliquam, proin at ac diam nonummy donec, praesent adipiscing aliquam ante, mauris sed, laoreet euismod ipsum lobortis molestie. Dolor congue ullamcorper amet dolore aliquet consectetur nisi, sem consectetur congue ullamcorper pulvinar tincidunt, euismod sit ut non pharetra congue non pharetra congue, aliquet turpis felis. Lorem congue ullamcorper amet donec sem mauris lorem nibh elit donec mi, id feugiat lobortis, non, amet congue ullamcorper amet nunc tellus sit, ut non consectetur. Nunc ante eget pulvinar nunc tellus turpis nisi proin elit donec praesent adipiscing aliquam aliquet adipiscing nisi sem consectetur donec mi molestie feugiat lobortis euismod pulvinar. Nunc praesent turpis magna diam consectetur magna diam nonummy aliquam ante mauris lorem nibh, volutpat pulvinar nunc aliquet turpis nisi ante mauris sed laoreet euismod pulvinar. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc31" w:id="15373212213360419149"/>
+      <w:bookmarkEnd w:id="15373212213360419149"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi sem at ac, mi tempus nibh eget lorem laoreet id pulvinar ut tellus pharetra congue non pharetra dolore. Praesent adipiscing aliquam et elit, erat mi felis, tempus ante molestie dolor nunc tellus turpis magna sem consectetur, magna, diam. Adipiscing, tempus nibh mauris lorem nibh eget sed laoreet id ipsum massa volutpat dolor tincidunt tellus sit nisi sem pharetra. Congue ullamcorper amet dolore praesent at aliquam proin at magna diam elit tempus mi adipiscing ac nibh elit erat et. Felis tempus tincidunt aliquet sit nisi sem nonummy donec praesent adipiscing tempus massa volutpat pharetra tincidunt id pulvinar nunc molestie. Feugiat ut diam consectetur magna sem nonummy donec mi adipiscing aliquam ante mauris ac et elit erat laoreet, felis tempus. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc32" w:id="17681095536736660619"/>
+      <w:bookmarkEnd w:id="17681095536736660619"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat praesent, mauris tempus, nibh volutpat dolor congue ullamcorper adipiscing ac proin at erat mi id tempus mi mauris lorem lobortis. Volutpat, dolor tincidunt euismod ipsum lobortis volutpat dolor nunc tellus pulvinar nunc molestie, feugiat ut non, pharetra, congue aliquet turpis, nisi. Proin elit erat mi elit tempus ante molestie feugiat, nisi et elit donec praesent adipiscing donec praesent adipiscing ac et elit. Erat laoreet molestie, feugiat lobortis molestie feugiat lobortis volutpat dolor mi elit nunc non pharetra congue ullamcorper nonummy dolore praesent adipiscing. Nisi proin at magna diam consectetur donec mi adipiscing, aliquam sem consectetur nisi diam elit donec ipsum massa molestie, ipsum lobortis. Volutpat amet dolore aliquet turpis nisi proin at erat, mi felis tempus ante mauris feugiat, nibh eget, lorem, nibh elit sed. Massa volutpat pharetra congue aliquet pulvinar dolore tellus sit ut non dolor congue euismod pulvinar dolore aliquet, turpis ut non pharetra. Congue diam amet congue ullamcorper, proin molestie dolor lobortis volutpat, dolor tincidunt euismod feugiat lobortis molestie pharetra, congue ullamcorper nonummy dolore. Aliquet sit nunc tellus pharetra congue diam nonummy aliquam praesent at erat laoreet id ipsum massa mauris feugiat nibh eget dolor. Tincidunt tellus turpis nisi diam consectetur donec praesent adipiscing, aliquam proin mauris lorem nibh eget ipsum, laoreet mauris feugiat lobortis volutpat. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 5" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc33" w:id="15611362842112160451"/>
+      <w:bookmarkEnd w:id="15611362842112160451"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Top-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar donec eget pulvinar, dolore sem at ac diam elit erat ante mauris feugiat, lobortis euismod pulvinar tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat dolor praesent. Adipiscing ipsum ante molestie feugiat lobortis, eget sed laoreet felis tempus, massa, molestie feugiat lobortis volutpat dolor dolore aliquet turpis aliquam proin nonummy pharetra congue ullamcorper pulvinar. Nunc aliquet turpis nisi sem pharetra tincidunt ullamcorper amet dolore aliquet, turpis ac, nibh eget sed massa molestie feugiat id pulvinar nunc tellus, turpis nisi sem consectetur. Donec, mi mauris feugiat lobortis volutpat sed, laoreet id ipsum massa tellus feugiat lobortis non dolor congue ullamcorper amet lobortis volutpat pharetra congue, aliquet turpis nisi proin. Eget sed tincidunt euismod pulvinar massa tellus sit ut, volutpat pharetra congue ullamcorper amet nisi sem consectetur magna diam amet dolore tellus sit ut non consectetur donec. Praesent adipiscing, aliquam proin at aliquam nibh elit erat mi id ipsum nibh volutpat sed tincidunt tellus sit nunc tellus pharetra lobortis euismod, amet nunc, tellus sit. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 3" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc34" w:id="15836281871491076927"/>
+      <w:bookmarkEnd w:id="15836281871491076927"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy feugiat ut et elit donec mi mauris lorem lobortis euismod, pulvinar dolore. Praesent adipiscing ac nibh eget ipsum laoreet tellus sit ut non, turpis aliquam. Proin mauris sed laoreet id pulvinar nunc tellus, sit ut non amet dolore. Aliquet adipiscing aliquam proin at magna et elit donec sem at ac, mi. Felis ipsum nunc molestie feugiat lobortis volutpat, sed tincidunt euismod ipsum massa molestie. Feugiat lobortis volutpat pharetra tincidunt volutpat, ipsum massa molestie feugiat massa, molestie feugiat. Tincidunt, euismod pulvinar nunc tellus sit ut non sit lobortis molestie feugiat laoreet. Euismod amet dolore tellus sit ut sem diam nonummy donec praesent, adipiscing tempus. Proin mauris lorem et elit sed massa molestie feugiat ut non pharetra congue. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc35" w:id="14361761384287919887"/>
+      <w:bookmarkEnd w:id="14361761384287919887"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper adipiscing tempus ante eget sed, nibh elit ipsum massa tellus sit lobortis volutpat dolor tincidunt euismod pulvinar dolore, aliquet elit tempus. Massa tellus pharetra, congue non amet nunc tellus turpis nisi sem pharetra congue ullamcorper amet congue aliquet turpis nisi sem turpis nisi sem. Pulvinar nunc tellus turpis ut non pharetra, ut ullamcorper amet dolore aliquet turpis dolore non consectetur magna et elit donec mi mauris lorem. Nibh eget sed laoreet dolore proin at ac et, eget sed massa tellus sit congue non, pharetra tincidunt euismod dolor nunc tellus turpis. Nisi diam consectetur donec aliquet adipiscing aliquam nibh tellus adipiscing lorem dolore praesent at feugiat donec ante mauris pharetra donec mi mauris feugiat. Donec massa tellus, consectetur donec ante non, nonummy tincidunt praesent molestie dolor donec ante non elit tempus lobortis, mi tellus consectetur dolor nisi. Lobortis ante sem tellus mauris amet feugiat lobortis volutpat pharetra aliquam sem elit erat mi elit tempus massa molestie sit ut volutpat dolor. Tincidunt, aliquet turpis ut non pharetra congue non nisi proin elit ac et elit erat praesent adipiscing donec proin eget lorem laoreet id. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc36" w:id="17997508546199139474"/>
+      <w:bookmarkEnd w:id="17997508546199139474"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tellus consectetur erat praesent id feugiat lobortis, volutpat dolor congue euismod pulvinar nunc tellus sit lobortis volutpat. Pharetra magna diam nonummy dolore mi mauris lorem lobortis volutpat pharetra dolore aliquet turpis ut non consectetur congue. Diam nonummy dolore praesent, adipiscing aliquam proin at, ac et elit id lorem lobortis volutpat dolor tincidunt euismod. Pulvinar dolore, tellus turpis nisi non pharetra tincidunt euismod pulvinar dolore tellus pulvinar ut non pharetra congue euismod. Lorem nibh id ipsum massa id ipsum ante at ac, nibh, eget dolor, tincidunt euismod ipsum nunc molestie. Feugiat, tincidunt volutpat dolor tincidunt euismod, sit magna ullamcorper nonummy donec praesent adipiscing nisi aliquet sit lobortis volutpat. Dolor congue ullamcorper, pulvinar nunc euismod pulvinar massa molestie lorem, lobortis volutpat sed laoreet id ipsum ante mauris. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc37" w:id="17061841738092618589"/>
+      <w:bookmarkEnd w:id="17061841738092618589"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et praesent at lorem nibh id pulvinar nunc tellus turpis lobortis non pulvinar, donec proin at lorem et eget erat mi id ipsum massa molestie feugiat nibh eget sed. Dolore, sem consectetur magna et, felis, ipsum nunc non aliquam proin, at lorem tincidunt, id pulvinar nunc aliquet turpis nisi sem nonummy donec aliquet adipiscing aliquam proin at ac. Nibh id pulvinar nunc tellus nonummy dolore aliquet turpis nisi aliquet sit congue, non, amet congue aliquet turpis nunc tellus turpis magna diam elit, tempus ante mauris tempus, sit. Congue et adipiscing aliquam proin at nisi, aliquet turpis ut sem consectetur congue euismod amet dolore aliquet turpis ut non sit ut volutpat dolor tincidunt id sed massa molestie. Sit nisi non, dolor congue ullamcorper turpis dolore aliquet sit nisi sem consectetur, magna ullamcorper nonummy donec praesent mauris lorem laoreet euismod ipsum nunc molestie dolor congue ullamcorper turpis. Nisi proin consectetur magna, diam, nonummy donec diam, nonummy dolore aliquet turpis aliquam et at, praesent mauris, lorem, lobortis volutpat erat, laoreet felis ipsum massa mauris feugiat tincidunt ullamcorper. Amet dolore praesent turpis, aliquam, proin at magna ullamcorper amet dolore aliquet, turpis tempus massa, volutpat dolor tincidunt euismod pulvinar dolore tellus sit ut sem elit erat praesent adipiscing. Aliquam nibh eget dolor laoreet, id ipsum laoreet id ipsum pulvinar nisi proin consectetur ac nibh eget erat mi felis tempus ante mauris lorem laoreet id pulvinar nunc tellus. Pharetra congue diam, nonummy erat mi mauris diam felis erat, mi, felis lorem nibh eget sed, laoreet eget sed laoreet, id feugiat ante mauris feugiat lobortis volutpat dolor laoreet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc38" w:id="5446695100513841225"/>
+      <w:bookmarkEnd w:id="5446695100513841225"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus elit erat mi id feugiat lobortis volutpat dolor tincidunt id sed massa molestie, et. Felis tempus lobortis molestie feugiat congue euismod dolor tincidunt tellus adipiscing ac et id sed. Mi id tempus ante mauris feugiat lobortis euismod, pulvinar ante mauris sed, tincidunt tellus sit. Nisi et eget sed massa id feugiat lobortis volutpat feugiat nibh id pulvinar nunc, tellus. Sit nisi non consectetur aliquet turpis magna diam, elit sed laoreet molestie ipsum massa mauris. Sed tincidunt, id pulvinar nunc aliquet consectetur magna et felis ipsum massa, ut sem consectetur. Donec mi id lorem nibh eget sed nibh id ipsum massa molestie feugiat, lobortis non. Amet congue euismod pulvinar, nunc aliquet sit ut sem, dolor tincidunt euismod sit ut non. Pharetra, magna ullamcorper nonummy dolore aliquet turpis dolore aliquet turpis ut volutpat feugiat lobortis volutpat. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc39" w:id="5127165005479701287"/>
+      <w:bookmarkEnd w:id="5127165005479701287"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac congue aliquet adipiscing ac, et id pulvinar dolore sem turpis, ac et id ipsum ante mauris lorem lobortis at ac laoreet id ipsum. Massa tellus sit ut non pharetra dolore aliquet turpis nisi aliquet turpis, nisi sem, pharetra congue diam pulvinar dolore praesent ante, eget sed laoreet. Eget ipsum massa id feugiat, ut non, pharetra congue, ullamcorper turpis nisi proin mauris lorem et elit erat mi adipiscing tempus, ante ullamcorper amet. Nisi proin consectetur, magna et elit erat mi felis tempus, ante mauris dolor laoreet felis erat ante mauris, tempus nibh mauris sed massa tellus. Sit congue ullamcorper amet congue aliquet amet nisi sem consectetur magna, diam nonummy donec praesent felis tempus praesent, turpis nisi non pharetra congue ullamcorper. Amet aliquam sem consectetur ac mi elit erat praesent turpis nisi sem consectetur magna diam elit donec praesent felis tempus nibh eget lorem nibh. Eget sed massa, at ac nibh eget sed mi felis ipsum ante mauris lorem lobortis volutpat dolor nunc tellus sit ut non consectetur dolor. Dolore praesent mauris lorem nibh, eget sed laoreet id ipsum massa, molestie feugiat ante mauris lorem, laoreet, eget sed laoreet, felis tempus nibh eget. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc40" w:id="8749855005130862428"/>
+      <w:bookmarkEnd w:id="8749855005130862428"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, mi molestie dolor lobortis euismod pulvinar tincidunt euismod, pulvinar nunc tellus sit. Eget pulvinar nunc tellus, feugiat ut, non pharetra, congue ullamcorper pulvinar dolore, tellus. Sit ut non sit ut, volutpat sed tincidunt euismod pulvinar ut non molestie. Sit congue diam nonummy, donec mi adipiscing aliquam proin consectetur magna sem consectetur. Congue ullamcorper amet donec praesent turpis nisi non sit ut volutpat turpis nisi. Sem consectetur ac et elit tempus ante mauris feugiat lobortis euismod nonummy, dolore. Praesent adipiscing nisi sem, pharetra, magna praesent felis lorem lobortis euismod pulvinar nunc. Tellus consectetur magna diam consectetur magna diam nonummy donec proin at ac et. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc41" w:id="16621065331342680072"/>
+      <w:bookmarkEnd w:id="16621065331342680072"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R1027ef0ffe7a4756"/>
+      <w:headerReference w:type="default" r:id="R0f03e9d05dc5471b"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1578,69 +3177,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>8</w:t>
+      <w:t>15</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>7</w:t>
+      <w:t>14</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2217,51 +3816,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R99fc6bd191974e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1933d3aae87d46d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55ce6e7bf8074830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1027ef0ffe7a4756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R158afadf21864a87" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9668e9252d564c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7ffa4027e1d34479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R426d62e0467a4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R0f03e9d05dc5471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdde1f714edff48be" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>