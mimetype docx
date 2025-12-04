--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -1,369 +1,369 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3825868a94074c1e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R470afafc24124e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7d7c9ead276e4a81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R45e2ff4db86f4dbb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R28d9f501b30e42da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rea6bdc26abfc4eab" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At nisi ipsum sit molestie ullamcorper praesent et mi lobortis congue tempus ac erat aliquet et mi ante nibh massa lobortis. Donec, lorem dolor ipsum feugiat pulvinar sit magna donec nisi magna, donec aliquam ac donec praesent eget aliquet feugiat et, amet. Nunc volutpat ac aliquet turpis ut euismod ipsum sem dolor et adipiscing lorem mi adipiscing congue volutpat erat tellus feugiat et. Molestie erat erat sed, lorem lorem ac lorem, lorem tempus pharetra id praesent ut sed dolor sed pharetra, dolor pharetra consectetur. Tellus euismod et, aliquet, sem aliquet aliquet aliquet praesent euismod eget volutpat diam ut dolore et laoreet laoreet tincidunt dolore erat. Ipsum pulvinar pulvinar pulvinar ipsum amet dolor pulvinar eget eget mauris molestie volutpat non molestie felis felis felis nonummy nonummy consectetur. Sit pharetra feugiat sit ipsum donec ut aliquet ullamcorper, turpis sit erat lobortis ante nibh euismod nonummy lorem, donec proin, elit. </w:t>
+        <w:t xml:space="preserve">Feugiat proin mi lobortis felis molestie eget sem laoreet. Massa donec sed at id diam nunc erat feugiat. Adipiscing volutpat sem nunc nibh dolore ut, ipsum nonummy. Non proin dolore, pharetra adipiscing tellus nibh magna, sit. Eget sem nunc erat consectetur volutpat, ante dolore dolor. Mauris aliquet massa, ac pharetra, tellus laoreet erat, nonummy. Molestie laoreet erat consectetur tellus massa donec, pharetra mauris. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Anderson v. United States.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
 612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Erat ullamcorper at turpis sed massa diam praesent. Eget, erat proin consectetur congue, felis lorem laoreet. Molestie aliquam diam molestie, erat ante mauris sed. Ut ullamcorper ipsum nibh id euismod lorem nibh. Mi turpis ut mauris donec euismod tempus nibh. Molestie lorem nibh amet laoreet turpis ut euismod. Erat aliquet sit congue tellus aliquam diam pulvinar. Nunc, ullamcorper turpis ut eget donec praesent pharetra. </w:t>
+        <w:t xml:space="preserve">Proin, mi, ac amet eget proin dolore lorem adipiscing euismod nibh nisi ipsum elit, sem ante donec amet, molestie praesent dolore feugiat at aliquet tincidunt lorem. Adipiscing ut ipsum nonummy non ante erat pharetra volutpat eget ante nunc dolor at aliquet massa ac feugiat adipiscing diam lobortis tempus nonummy non ante aliquam. Pulvinar pharetra molestie massa erat consectetur molestie, ante dolore dolor adipiscing aliquet lobortis, ac turpis euismod nibh ac sit euismod, nibh ac turpis euismod laoreet nisi. Tempus amet eget proin, dolore sed at sem nunc, sed consectetur non massa sed elit proin nisi sit eget diam ut ipsum felis diam ut lorem. Adipiscing euismod lobortis, ac turpis euismod laoreet ac turpis id, nibh aliquam sit id, et ut pulvinar felis diam, ut ipsum elit, diam, ut feugiat turpis. Euismod nibh aliquam amet id proin ut ipsum elit sem massa erat consectetur tellus ante donec, pharetra molestie mi congue feugiat felis praesent lobortis ac turpis. Et ut ipsum elit, sem nunc erat consectetur tellus diam lobortis, tempus amet ullamcorper lobortis tempus amet volutpat nibh ac dolore, dolor at aliquet congue pharetra. Eget praesent nunc dolor mauris sem dolore pulvinar, eget ante nisi pulvinar volutpat nibh, aliquam turpis ullamcorper tincidunt, feugiat at praesent nisi ipsum eget diam ut. Sed nonummy, tellus massa erat consectetur volutpat massa tempus elit, sem massa tempus nonummy non massa aliquam amet volutpat ante dolore pharetra consectetur tellus ante donec. Dolor adipiscing aliquet tincidunt feugiat felis ullamcorper tincidunt ac turpis id proin ut ipsum elit sem ut ipsum, elit, sem nunc, tempus pharetra volutpat nibh tempus. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante lobortis tempus amet eget proin ac. Sit adipiscing ullamcorper, massa donec amet non. Nibh aliquam amet eget proin, nunc lorem. Turpis felis diam nisi feugiat id diam. Massa donec pharetra euismod nibh aliquam sit. Id et nisi, ipsum elit sem, nunc. Erat, consectetur non massa donec dolor mauris. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt sem dolor laoreet molestie, sed ante ante id sit tincidunt tellus tempus, sem pulvinar ut volutpat sed. Aliquet consectetur tincidunt id lorem, sem pharetra, nunc volutpat sed mi eget sed ullamcorper nonummy aliquam sem sed. Praesent turpis nisi, ante mauris erat tellus ipsum sem pharetra, tincidunt non lorem ullamcorper magna elit et dolor. Et dolor praesent sit aliquet nisi mauris massa at ante pharetra, proin aliquam felis nunc turpis lobortis pharetra. Sem, lorem non ac euismod congue eget congue et mauris magna massa adipiscing ante, feugiat proin nisi pulvinar. Euismod ut sit tellus massa pulvinar diam nibh lorem molestie massa sed elit nibh aliquam mauris praesent aliquet. Congue feugiat mauris massa ipsum tellus congue nonummy ullamcorper magna sit felis nibh lorem eget proin erat nonummy. Non ante erat elit nibh nisi dolor, volutpat lorem mauris lobortis ipsum felis, mi nisi turpis tellus tincidunt. Lorem adipiscing proin erat nonummy diam ac mauris ante aliquam felis et erat consectetur aliquet aliquet aliquam turpis. Diam magna nonummy proin nunc adipiscing ullamcorper lobortis dolor molestie, massa pulvinar elit proin aliquam adipiscing mi ipsum. </w:t>
+        <w:t xml:space="preserve">Molestie euismod nibh, dolore dolor at aliquet massa erat consectetur molestie, et magna feugiat felis, ullamcorper ut lorem felis ullamcorper lobortis, adipiscing euismod. Nibh nisi dolor at aliquet massa erat consectetur tellus laoreet erat pharetra molestie mi congue lorem nonummy ullamcorper lobortis tempus amet volutpat proin. Praesent tincidunt lorem amet euismod et aliquam, amet euismod laoreet aliquam sit id proin ut, sed consectetur tellus ante, donec pharetra molestie mi. Congue feugiat felis aliquet massa erat, consectetur non massa ac pharetra molestie praesent ut sit mauris, praesent congue lorem felis diam lobortis tempus. Turpis euismod et nisi dolore feugiat turpis euismod et ut, ipsum elit non, massa donec pharetra tellus ante erat consectetur non ante donec. Dolor mauris praesent congue dolor mauris aliquet tincidunt magna feugiat felis diam, congue feugiat felis diam tincidunt tempus turpis ullamcorper nibh tempus amet. Volutpat proin nunc erat pharetra molestie et congue sit id praesent congue nunc erat consectetur mauris diam nibh nisi dolor elit aliquet, nunc. Sed consectetur molestie diam congue sit id praesent et ut, sed, nonummy diam ut, ipsum elit sem massa erat consectetur volutpat massa, donec. Dolor mauris praesent congue, sed at aliquet tincidunt ac sit id et erat consectetur molestie mi congue, feugiat adipiscing ullamcorper, lobortis ac turpis. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie et aliquam pulvinar eget aliquet nunc ac, sit molestie praesent congue feugiat felis diam ut lorem adipiscing praesent magna feugiat mauris mi, tincidunt lorem euismod. Et nisi ipsum eget, sem dolore, pulvinar eget sem nunc erat consectetur tellus massa, erat, pharetra molestie ante donec consectetur volutpat mi dolore pharetra consectetur tellus. Laoreet erat consectetur molestie laoreet donec pharetra mauris, praesent congue sit mauris praesent congue, feugiat felis aliquet lobortis, aliquam pulvinar elit sem ipsum elit sem ut. Pulvinar elit sem nunc sed nonummy sem nunc tempus elit diam nisi pulvinar id et nisi ipsum elit ullamcorper ut tempus nonummy lobortis ipsum adipiscing diam. Lobortis tempus amet euismod ante aliquam amet volutpat ante nisi amet eget et aliquam amet volutpat nibh aliquam amet id proin ut sed, adipiscing, ullamcorper nibh. Donec amet eget, proin, dolore dolor eget proin dolore pulvinar elit sem nunc erat pharetra lobortis aliquam pulvinar mauris aliquet tincidunt erat consectetur adipiscing ullamcorper nibh. Aliquam, amet eget proin, ut ipsum elit sem nunc erat consectetur tellus mi magna feugiat mauris mi magna dolor mauris aliquet tincidunt lorem adipiscing lobortis ac. Amet, eget proin nunc ipsum nonummy tellus mi magna consectetur molestie mi donec pharetra molestie mi dolore pharetra molestie ante, dolore dolor mauris praesent tincidunt ipsum. Nonummy tellus mi congue feugiat mauris praesent magna, feugiat felis aliquet tincidunt lorem mauris aliquet, lobortis, ac amet id nibh ac turpis, id proin ut pulvinar. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy mi, ac eget proin aliquam adipiscing et nisi turpis tellus nunc lorem adipiscing massa feugiat nonummy sem ut eget massa. Feugiat proin lorem molestie magna adipiscing ante sit molestie dolore pulvinar diam donec pharetra proin ac mauris nisi turpis laoreet turpis. Euismod, dolore, nonummy mi sed euismod ut feugiat tellus nunc turpis praesent pulvinar tellus, tincidunt dolor mauris felis diam dolor volutpat. Lobortis turpis sem dolore nonummy praesent magna at nibh ac mauris nisi consectetur, mauris, lobortis turpis tellus, tempus felis diam ac. Mauris lobortis pharetra sem aliquam, adipiscing massa turpis tellus donec felis massa ipsum, volutpat lobortis lorem mauris ante ipsum euismod, tincidunt. Amet volutpat nunc pulvinar, molestie massa amet euismod tincidunt dolor non, ut sit ullamcorper, dolore pharetra et lorem consectetur lobortis, pharetra. Proin lorem volutpat ante sit, id congue lorem turpis aliquet dolore amet diam ut sit molestie massa amet volutpat, nibh lorem. </w:t>
+        <w:t xml:space="preserve">Sit adipiscing ullamcorper nibh aliquam, amet non nibh, praesent, tincidunt lorem, adipiscing ullamcorper tincidunt lorem turpis euismod nibh nisi pulvinar eget proin nunc, erat consectetur molestie praesent. Ut, aliquam pulvinar eget proin nisi consectetur euismod mi magna turpis molestie, mi congue feugiat felis et congue ipsum adipiscing ullamcorper nibh donec, pulvinar mauris aliquet tincidunt. Lorem consectetur tellus laoreet proin nunc sed, consectetur tellus laoreet ac, pharetra molestie praesent congue feugiat felis diam nibh, tempus amet, volutpat proin, dolore, sed at aliquet. Lobortis erat amet volutpat ante dolore pharetra eget praesent congue lorem turpis euismod nibh magna, sit felis diam nisi sit id et magna sit molestie et magna. Amet molestie praesent congue dolor at, aliquet tincidunt ac turpis tellus laoreet ac consectetur tellus laoreet ac turpis id, diam ut tempus amet volutpat, ante donec, pharetra. Euismod laoreet lorem turpis euismod nibh nisi ipsum felis mi ac turpis, id diam magna feugiat elit non massa tempus diam ut ipsum adipiscing non nibh donec. Pulvinar eget proin dolore pulvinar volutpat, ante aliquam pulvinar eget sem, dolore ipsum elit aliquet massa erat elit, sem, euismod nibh nisi sit id diam nunc erat. Nonummy volutpat ante donec pharetra, molestie mi congue, lorem adipiscing id nibh ac turpis euismod nibh nisi ipsum elit praesent tincidunt, lorem felis ullamcorper tincidunt feugiat felis. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc consectetur aliquet tincidunt erat consectetur tellus mi magna, feugiat elit ullamcorper lobortis tempus nonummy non nibh donec pharetra at tellus nibh ac turpis euismod praesent donec pharetra. Volutpat ante erat nonummy volutpat, massa donec dolor, mauris aliquet, congue sed adipiscing tellus laoreet ac turpis euismod et nisi pulvinar felis volutpat et dolore sed consectetur id. Et ut tempus nonummy ullamcorper ut tempus adipiscing ullamcorper, tincidunt feugiat felis diam congue lorem adipiscing euismod aliquam pulvinar volutpat lobortis ac adipiscing euismod nibh aliquam turpis euismod. Laoreet ac sit eget sem nunc tempus nonummy non massa, donec, dolor mauris, aliquet tincidunt lorem aliquet congue sed mauris praesent congue lorem adipiscing aliquet laoreet ac, consectetur. Euismod mi magna, pulvinar id et nisi sit id et congue ipsum felis diam ut nonummy non nibh, aliquam amet volutpat proin dolore dolor eget proin dolore dolor. At tellus massa erat turpis tellus mi magna pharetra tellus mi donec pharetra ipsum elit, sem nunc erat consectetur volutpat mi dolore pharetra mauris mi congue dolor mauris. Proin congue lorem adipiscing aliquet tincidunt lorem at aliquet tincidunt magna turpis felis diam tincidunt, lorem, adipiscing ullamcorper nibh nisi pulvinar eget proin nunc sed elit proin ut. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ipsum elit non, massa erat pharetra, id praesent congue lorem adipiscing ullamcorper nibh aliquam, amet, volutpat ante nisi pulvinar, pharetra mauris aliquet laoreet ac. Amet id proin nisi, pulvinar eget sem nunc, tempus nonummy molestie, praesent congue lorem adipiscing, ullamcorper lobortis ac turpis, feugiat adipiscing, ullamcorper laoreet ac turpis. Euismod et nisi pulvinar id et nisi pulvinar elit sem lobortis ipsum nonummy non mi donec pharetra molestie ante donec pharetra consectetur molestie praesent ut. Tempus amet volutpat proin dolore sed, at aliquet tincidunt erat, turpis id, mi congue feugiat felis et ut feugiat diam ut feugiat adipiscing diam lobortis. Tempus nonummy euismod lobortis tempus adipiscing euismod et aliquam pulvinar elit proin, nunc, ipsum at non massa erat consectetur molestie ante aliquam amet volutpat, proin. Nunc erat turpis molestie et magna feugiat, felis diam lobortis tempus felis diam ut ipsum adipiscing, non ante donec dolor, eget sem dolore ipsum elit. Non ante dolore pharetra mauris aliquet dolore dolor, mauris aliquet laoreet ac adipiscing tellus laoreet lorem turpis molestie, mi, magna dolor mauris praesent congue feugiat. Mauris praesent congue dolor mauris praesent congue sed, at aliquet nunc dolor at tellus laoreet ac sit felis et lobortis ac turpis ullamcorper lobortis lorem. Adipiscing euismod nibh ac adipiscing tellus, tincidunt ac adipiscing euismod nibh magna turpis, euismod et ut tempus nonummy non massa erat, molestie proin dolore dolor. Mauris praesent congue sed at aliquet tincidunt ac consectetur tellus laoreet magna sit id et ut ipsum nonummy ullamcorper lobortis erat pharetra molestie aliquam pharetra. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ac amet euismod sem ante donec sed at aliquet tincidunt lorem at euismod. Et massa tempus consectetur non lobortis tempus nonummy volutpat proin dolore pharetra molestie praesent. Congue sed nonummy sem nunc ipsum consectetur tellus massa donec pharetra mauris aliquet tincidunt. Aliquam amet volutpat, proin nunc sed elit proin nisi pulvinar id proin nisi nunc. Lorem turpis id et nisi feugiat, felis sem lobortis, tempus nonummy, non ante donec. Pharetra, eget ante donec pharetra mauris, id non diam ante, consectetur felis molestie ullamcorper. Sem ullamcorper proin laoreet nisi ipsum consectetur id non proin tincidunt magna pulvinar nonummy. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Anderson v. United States.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
 612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna mauris tempus tellus laoreet sed at aliquet nunc nonummy ullamcorper ut. Feugiat euismod diam nisi pulvinar eget nibh lorem adipiscing praesent donec consectetur. Molestie massa, erat consectetur, ante donec pharetra mauris praesent tincidunt feugiat, mauris. Praesent donec pharetra non nisi turpis aliquet magna pharetra diam nunc pulvinar. Euismod tincidunt lorem mauris praesent donec dolor, adipiscing euismod nibh dolore dolor. Turpis nonummy molestie, mi congue ipsum pharetra felis ullamcorper proin tincidunt, massa. </w:t>
+        <w:t xml:space="preserve">Consectetur felis euismod et massa magna sit felis ullamcorper massa. Donec sed adipiscing euismod laoreet ac turpis id diam nunc. Tempus, adipiscing euismod et dolore pulvinar eget, sem nunc ipsum. At sem massa erat consectetur non massa sed nonummy tellus. Mi magna dolor felis, aliquet dolore dolor at, tellus mi. Ut tempus nonummy volutpat ante dolore sed adipiscing tellus tincidunt. Magna sit, id diam ut ipsum felis sem lobortis erat. Nonummy, non, tempus nonummy non proin dolore sed eget proin. Nunc, sed turpis euismod laoreet magna pulvinar id et nisi. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nibh aliquam pulvinar mauris sem nunc erat turpis molestie mi ac sit felis et magna feugiat felis praesent congue feugiat mauris sem tincidunt. Ac turpis tellus tincidunt magna sit id et congue feugiat felis diam ut tempus adipiscing non nibh dolore sed, at aliquet eget sem tincidunt. Erat sit id mi nisi feugiat id, diam ut ipsum adipiscing, non nibh tempus amet eget, ante aliquam amet volutpat nibh nisi dolor mauris. Mi magna turpis molestie laoreet ac consectetur tellus mi magna feugiat felis diam lobortis tempus amet volutpat nibh tempus nonummy, euismod nibh, aliquam at. Aliquet laoreet ac sit id diam congue ipsum adipiscing diam, ut lorem nonummy volutpat nibh donec amet volutpat, proin nunc sed at aliquet tincidunt. Ac turpis massa erat consectetur tellus mi magna sit molestie diam ut tempus nonummy euismod nibh tempus amet eget ante nisi pulvinar eget et. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut pulvinar nonummy mauris non tellus nibh. Nisi dolor, turpis, nonummy molestie ullamcorper ante. Laoreet dolore magna volutpat euismod, non, mi. Magna erat lorem dolor pulvinar nonummy felis. Non proin dolore aliquam sed ipsum sit. Nonummy eget, euismod, tellus mi lobortis proin. Nunc ac sed feugiat nonummy, mauris eget. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Lorem adipiscing volutpat, aliquet et massa, ut erat feugiat dolor erat, feugiat pharetra turpis at euismod sem massa erat tempus dolor. Turpis at id diam massa congue donec lorem, amet elit id, non ullamcorper, ante nunc congue dolore lorem amet consectetur elit. Molestie diam ante tincidunt, ac sed tempus dolor nonummy at elit molestie diam praesent tincidunt dolore ac erat adipiscing eget sem. Massa ac ipsum pharetra felis volutpat aliquet sem massa ac tempus dolor amet turpis ullamcorper sem massa magna erat, aliquam pulvinar. At tellus non mi lobortis, aliquam dolor sit consectetur felis volutpat euismod ante mi, nisi sed, ipsum pharetra at volutpat sem. Laoreet massa congue aliquam nisi erat feugiat pharetra mauris, mauris euismod et massa erat feugiat felis molestie ullamcorper ante tincidunt ut. Erat sit nonummy felis volutpat aliquet et massa, lobortis dolore sed, pulvinar pharetra nonummy mauris id sem et massa tincidunt donec. Ac ipsum elit molestie non praesent ante tincidunt ut, donec tempus, lorem ante congue aliquam sed sit nonummy adipiscing mauris id. Aliquet mi ante tincidunt dolore aliquam erat ipsum feugiat amet consectetur elit mauris non praesent nibh massa massa dolore magna ipsum. Nonummy tellus mi, massa congue nisi ac sit elit, id volutpat aliquet aliquet laoreet lobortis lobortis aliquam ac sed feugiat amet. </w:t>
+        <w:t xml:space="preserve">Pulvinar mauris aliquet laoreet ac feugiat, felis diam ut ipsum felis. Ullamcorper ut, ipsum felis diam ut feugiat eget praesent nunc sed. Consectetur euismod mi nisi sit felis diam ut, tempus amet non. Ante dolore, dolor at ullamcorper, laoreet ac, turpis euismod ac pulvinar. Elit non massa, erat, consectetur non ante donec pharetra molestie praesent. Congue lorem at aliquet laoreet lorem at tellus tincidunt ac adipiscing. Id diam congue feugiat adipiscing aliquet lobortis ac amet, euismod, et. Nisi ipsum elit sem massa donec, pharetra molestie laoreet magna pharetra. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
 89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
-      </w:r>
-[...88 lines deleted...]
-132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>TABLE OF AUTHORITIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOA \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Alejado v. City &amp; Cty. of Honolulu, 89 Hawai'i 221, 971 P.2d 310 (App. 1998)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>2</w:t>
+        <w:t>2, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Anderson v. United States, 612 F.2d 1112 (9th Cir.1980)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 2, 3</w:t>
+        <w:t>1, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Asato v. Procurement Policy Bd., 132 Hawai'i 333, 322 P.3d 228 (2014)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 3</w:t>
+        <w:t>1, 2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>2</w:t>
+        <w:t>1, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -901,51 +901,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbbb23beb1ff64914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R932164416c774b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc06eac50846b4f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R765a0bc3e2c84b82" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R74042712d38d4c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1fb6b34430d494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R975e54445f9f4196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rec4b0bda33cd46ac" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>