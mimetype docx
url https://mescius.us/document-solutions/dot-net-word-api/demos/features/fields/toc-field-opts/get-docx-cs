--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01f381d82f364939" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R63296691a5cc45d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7b826cc8d9734611" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c99e64e474244a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R32726d4f986f49f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf47d8fc29f974798" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -46,380 +46,380 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -469,98 +469,98 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc10">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc11">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -657,51 +657,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is top-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 1</w:t>
         </w:r>
@@ -1230,1256 +1230,450 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
-[...609 lines deleted...]
-      <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R7888c33608dc40d9"/>
+          <w:headerReference w:type="default" r:id="R643dd27437cf42ad"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="17851717191135353613"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="16891174287592564815"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17851717191135353613"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mauris proin non id elit ipsum aliquam feugiat, nisi laoreet proin ullamcorper molestie pharetra. Ipsum magna nibh, euismod consectetur dolor nunc praesent adipiscing sit congue diam elit ipsum. Magna mi tellus at pulvinar nisi ante euismod pulvinar nisi proin volutpat amet aliquam. Nibh ullamcorper id feugiat congue adipiscing feugiat congue mi molestie consectetur erat nunc aliquet. Elit sed dolore ante eget pulvinar dolore praesent eget dolor donec proin mauris pharetra. Dolore proin molestie dolor aliquet mauris feugiat congue praesent molestie consectetur donec ante tellus. Nonummy erat ante tellus consectetur erat laoreet non at erat nunc aliquet at laoreet. </w:t>
+      <w:bookmarkEnd w:id="16891174287592564815"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh sem ante, tincidunt erat dolor pharetra. Amet pharetra, feugiat pulvinar, dolor, feugiat sed. Lorem pulvinar lorem tempus erat sed tempus. Donec aliquam aliquam congue ut proin mi. Aliquet eget adipiscing consectetur sit pulvinar feugiat. Tempus magna nunc ut massa et praesent. Non tellus id at felis, at amet. Nonummy turpis, lorem donec nunc laoreet ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="6941837041430491457"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="17027775815999034527"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6941837041430491457"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Non felis pulvinar magna nibh euismod adipiscing sed dolore diam felis sit magna mi molestie turpis ac, tincidunt, proin eget. Amet tempus tincidunt diam mauris pharetra congue praesent id sit, magna mi tellus consectetur, laoreet aliquet elit dolor nunc sem. Elit dolor dolore proin eget amet tempus nibh volutpat pulvinar donec proin eget dolor congue, praesent mauris dolor dolore, mauris. Dolor dolore mi molestie pharetra magna ante tellus consectetur tempus ut et, eget sit aliquam nibh euismod adipiscing sed dolore. Proin molestie congue praesent, mauris pharetra donec ante sem felis pulvinar ut diam eget sit aliquam et euismod sit ac. Laoreet ullamcorper at feugiat congue aliquet mauris dolor, congue tincidunt, aliquet at sed dolore praesent mauris pulvinar donec proin eget. Pharetra dolore, praesent molestie, pharetra donec ante molestie dolor dolore praesent felis feugiat magna mi consectetur erat, nunc sem elit. Pulvinar nisi proin eget ipsum nisi proin id amet nisi, proin eget, dolor dolore proin eget pulvinar pulvinar nisi et. Euismod adipiscing lorem congue proin at sed, congue, praesent molestie, pharetra donec mi volutpat nonummy tempus lobortis sem elit tempus. Massa sem eget pulvinar diam eget sit ac laoreet, aliquet, adipiscing feugiat congue, proin non amet tempus, lobortis et euismod. </w:t>
+      <w:bookmarkEnd w:id="17027775815999034527"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit at nonummy turpis pulvinar feugiat nunc et euismod mauris nonummy tempus congue, massa et aliquet molestie adipiscing at. Adipiscing elit consectetur amet lorem erat nisi nunc lobortis mi sem id amet feugiat sed nisi nibh ullamcorper molestie. Elit consectetur pulvinar feugiat tempus magna nunc nibh mi diam, tellus eget adipiscing consectetur ipsum ac, dolore ut aliquet. Eget adipiscing, feugiat erat nisi nunc lobortis ante sem tellus mauris nonummy sit sed aliquam congue massa et non. Ullamcorper, volutpat, molestie turpis, lorem donec nisi tincidunt proin euismod molestie elit adipiscing, amet feugiat ipsum ac donec congue. Laoreet nibh, mi diam aliquet euismod molestie felis turpis pulvinar, tempus massa diam, praesent ullamcorper tellus eget, amet dolor. Tempus erat aliquam tincidunt ante diam sem euismod, mauris, nonummy turpis dolor, aliquam congue nunc laoreet praesent ullamcorper molestie. Turpis dolor tempus magna dolore tincidunt ante et sem, ullamcorper non id mauris nonummy consectetur ipsum nisi, donec, congue. Laoreet euismod mauris elit consectetur amet feugiat erat magna tincidunt nibh diam tellus id mauris nonummy, sit, ipsum feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="13179266656178752749"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="7490377299772699830"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13179266656178752749"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ut praesent molestie consectetur erat nunc sem eget pulvinar. Nisi lobortis euismod turpis lorem tincidunt aliquet, feugiat, congue. Ante tellus nonummy ipsum ut proin eget, ipsum ut. Et, euismod adipiscing lorem tincidunt ullamcorper felis feugiat congue. Mi volutpat, pharetra mi molestie sit ut diam felis. Feugiat magna, praesent molestie consectetur erat laoreet molestie turpis. </w:t>
+      <w:bookmarkEnd w:id="7490377299772699830"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ante et tellus volutpat id at adipiscing nonummy pharetra ipsum dolor tempus nisi nunc euismod molestie elit consectetur. Dolor sit ipsum lorem tempus donec ut laoreet proin ullamcorper sem euismod, mauris elit consectetur amet lorem donec ut. Tincidunt praesent tellus eget at dolor ipsum magna dolore nibh mi ullamcorper tellus volutpat mauris nonummy sit, sed lorem. Donec nisi tincidunt ante diam molestie eget nonummy magna massa proin id turpis feugiat dolore ante non id, sit. Ac aliquam lobortis ullamcorper molestie consectetur ipsum ac dolore nibh diam non amet lorem donec lobortis mi proin euismod. Felis nonummy sit sed tempus congue nunc sem id, pulvinar lorem dolore ut laoreet et aliquet non, id eget. Felis at amet feugiat donec nisi tincidunt proin diam non euismod adipiscing pharetra ipsum ac nisi tincidunt ante et. Tellus eget felis consectetur sit dolor aliquam magna nunc praesent, non molestie eget turpis lorem dolore lobortis diam tellus. Eget mauris nonummy turpis pulvinar feugiat tempus, nisi tempus donec proin ullamcorper volutpat id elit, adipiscing nonummy turpis amet. Dolor erat nisi, nunc proin, diam molestie elit turpis pharetra feugiat sed aliquam, tincidunt lobortis laoreet et praesent pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="15604318903382298472"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="4745534783464244080"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15604318903382298472"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar magna laoreet, aliquet at pulvinar donec nibh non amet aliquam lobortis diam id sit ac laoreet tellus consectetur erat. Tincidunt aliquet dolor dolore proin eget dolor nunc proin volutpat amet aliquam nibh non amet aliquam massa ullamcorper felis feugiat. Magna laoreet tellus at sed, nunc, sem nonummy tempus lobortis non nonummy aliquam lobortis ullamcorper adipiscing tempus lobortis ullamcorper elit. Ipsum ut et felis feugiat, ut mi tellus consectetur ac laoreet aliquet mauris sed praesent mauris sed donec, massa ullamcorper. Adipiscing, ipsum lobortis ullamcorper, elit tempus ante mauris dolor magna praesent mauris feugiat lobortis, ullamcorper felis feugiat ullamcorper adipiscing tempus. Lobortis diam id pharetra ac mi molestie, consectetur erat tincidunt tellus at sed nunc tellus turpis ac, nibh euismod turpis. Ac, nunc tellus turpis donec proin molestie amet erat massa volutpat pharetra erat lobortis non nonummy tempus massa tellus pharetra. Donec ante non elit, ipsum ut proin, eget pulvinar nisi euismod turpis ac nibh ullamcorper felis lorem tincidunt praesent mauris. Dolor magna mi molestie consectetur donec laoreet tellus consectetur erat massa non at sed, nisi et euismod molestie consectetur erat. </w:t>
+      <w:bookmarkEnd w:id="4745534783464244080"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, nisi dolore magna, nunc ut nunc tincidunt nunc, nibh proin praesent non euismod eget pharetra ipsum erat dolore. Lobortis massa laoreet nibh, praesent sem tellus volutpat felis, pharetra, pulvinar nunc nibh mi sem praesent non id at. Turpis pharetra ipsum magna dolore tincidunt massa diam sem ullamcorper molestie eget at nonummy feugiat ipsum ac massa mi. Sem aliquet, volutpat, id eget felis pharetra ipsum magna dolore lobortis laoreet et praesent ullamcorper tellus eget at amet. Ipsum sed nisi tincidunt turpis amet pharetra ipsum lorem aliquam congue, laoreet et praesent non id elit adipiscing pharetra. Sit sed aliquam congue, ut laoreet aliquet non felis, pharetra nisi tincidunt massa et aliquet ullamcorper mauris elit sit. Erat tempus magna massa et praesent ullamcorper molestie euismod volutpat felis consectetur adipiscing amet donec, massa mi sem turpis. Dolor ipsum sed lorem erat ac dolore nibh, mi proin aliquet volutpat felis consectetur ipsum ac congue, ante sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="2999569491336156531"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="1268899014916038173"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2999569491336156531"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Turpis lorem tincidunt sit nisi et, id turpis lorem tincidunt praesent molestie dolor donec mi molestie consectetur erat massa non elit pulvinar, magna tincidunt. Praesent mauris dolor, congue adipiscing lorem tincidunt aliquet at feugiat congue praesent felis dolor magna praesent felis feugiat, magna mi tellus consectetur donec mi. Molestie consectetur erat nunc, proin ipsum nisi et eget pulvinar nisi et, euismod turpis lorem tincidunt praesent felis, sit erat massa non elit ipsum. Ut sem id amet aliquam nibh amet ac lobortis ullamcorper, felis feugiat tincidunt diam felis sit congue, praesent mauris sit congue praesent, id sit. Ac massa non elit pulvinar nisi sem dolor nunc aliquet at sed nunc sem mauris dolor dolore proin mauris dolor dolore, proin volutpat nonummy. Tempus ut diam felis sit ac laoreet tellus consectetur erat tellus consectetur sed tincidunt aliquet at, sed dolore praesent mauris pharetra dolore, ante volutpat. </w:t>
+      <w:bookmarkEnd w:id="1268899014916038173"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent praesent proin ullamcorper volutpat id elit turpis. Pharetra sit erat nisi, lobortis tellus elit turpis. Dolor sit sed aliquam donec congue massa et. Aliquet diam tellus eget felis pharetra pulvinar lorem. Donec ut mi sem eget pulvinar nisi erat. Nisi, donec congue massa proin aliquet non euismod. Eget felis nonummy turpis dolor lorem donec ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="14585360204481445726"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="5705303541078654874"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14585360204481445726"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam euismod sit ut diam id turpis lorem tincidunt, praesent at dolor. Donec, massa non amet aliquam massa ullamcorper, elit dolor dolore ante eget. Amet tempus tincidunt praesent, molestie pharetra donec massa non at pulvinar nisi. Nibh euismod, amet ac tincidunt aliquet felis dolor ac laoreet tellus consectetur. Sed dolore, aliquet mauris dolor donec ante non nonummy tempus lobortis ullamcorper. Felis, sit ac mi tellus consectetur erat, tincidunt proin eget, donec nibh. Euismod amet aliquam nibh volutpat amet ipsum congue diam id sit, congue. </w:t>
+      <w:bookmarkEnd w:id="5705303541078654874"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lobortis massa mi sem, diam non volutpat molestie elit turpis pharetra tempus magna tincidunt, nibh massa laoreet proin tellus eget at adipiscing, consectetur, sit pharetra feugiat sed. Ac erat congue massa et, praesent volutpat, euismod mauris amet feugiat magna, nunc nibh mauris adipiscing consectetur amet dolor tempus congue nunc nibh praesent sem id volutpat felis. Consectetur turpis lorem donec ut mi tellus eget at nonummy sit ipsum, lorem massa et aliquet, elit turpis dolor ipsum ac donec lobortis massa nibh praesent diam sem. Aliquet volutpat elit ipsum ac, nisi dolore lobortis laoreet ullamcorper molestie, nonummy turpis amet sit, ipsum lorem donec ac nisi congue massa, et tellus at pulvinar feugiat erat. Ac aliquam, congue ut laoreet ante mi at turpis pharetra feugiat, sed aliquam dolore ut tincidunt et ullamcorper molestie elit turpis dolor tempus erat lorem donec ut laoreet. Sem aliquet volutpat felis consectetur pulvinar tincidunt massa mi proin euismod mauris pharetra ipsum ac dolore lobortis, nisi donec congue, massa nibh praesent non id consectetur dolore ante. Praesent sem aliquet eget adipiscing consectetur sit lorem tincidunt lobortis laoreet proin, ullamcorper molestie, amet ipsum ac, aliquam dolore massa et sem volutpat mauris elit nisi nunc lobortis. Laoreet et praesent non id consectetur amet feugiat erat ut nunc lobortis massa nibh proin ullamcorper mauris pharetra ipsum ac congue, lobortis mi, sem ipsum aliquam congue massa. Diam aliquet ullamcorper molestie id at pulvinar lorem ullamcorper sem felis at pulvinar aliquam lobortis mi, non id at, amet pharetra ipsum ac ante et aliquet euismod molestie. Id eget adipiscing consectetur pulvinar sed aliquam tincidunt massa sem euismod eget adipiscing consectetur ipsum aliquam congue lobortis et proin, aliquet non tempus ac, nisi congue ut nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="14138749934049368303"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="11433777279650811595"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14138749934049368303"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nunc non nonummy tempus, nunc sem eget sit aliquam laoreet euismod adipiscing sed, congue aliquet, at. Dolor dolore ante pharetra donec ante volutpat pharetra erat ante sem eget pulvinar nisi et euismod. Adipiscing sed tincidunt praesent mauris pharetra donec ante mauris dolor, donec tincidunt, sem mauris dolor, donec. Nibh ullamcorper adipiscing lorem congue praesent, felis, feugiat congue laoreet tellus elit, pulvinar aliquam nibh euismod. Adipiscing feugiat congue, praesent molestie nonummy massa, non elit pulvinar nisi proin eget pulvinar nisi nibh. Id turpis nisi proin elit dolor nunc proin eget amet tempus nibh ullamcorper tempus ut ullamcorper. Felis feugiat, magna, laoreet non elit, ipsum nisi et volutpat adipiscing lorem tincidunt aliquet mauris dolor. Congue mi molestie pharetra erat, ante sem nonummy nunc sem eget pulvinar aliquam, et id turpis. </w:t>
+      <w:bookmarkEnd w:id="11433777279650811595"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, nibh mi, mi proin euismod molestie id eget nonummy sit, ipsum, ac dolore ante ullamcorper tellus euismod mauris amet feugiat. Tincidunt lobortis ante diam tellus volutpat adipiscing consectetur sit sed ipsum erat nisi laoreet praesent molestie nonummy sit dolor aliquam congue. Nunc laoreet proin ullamcorper sit pulvinar sed feugiat, sed aliquam, donec magna nunc lobortis massa diam sem, eget adipiscing pharetra, pulvinar. Sed tempus erat nisi laoreet ante praesent non id, et mi diam aliquet volutpat adipiscing sit sed ac dolore lobortis laoreet. Sem aliquet ullamcorper molestie elit turpis, pharetra ipsum magna dolore, tincidunt tincidunt lobortis laoreet non eget turpis sed aliquam congue nunc. Tincidunt lobortis laoreet, sem ullamcorper molestie elit turpis pulvinar lorem donec, ut et praesent ullamcorper molestie eget ullamcorper, tellus, volutpat mauris. Nonummy consectetur nonummy pharetra ipsum sed aliquam congue nunc nibh praesent diam aliquet ullamcorper volutpat, elit sit sed dolore, ante praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="3944047812230188565"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="3456363154659630849"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3944047812230188565"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At tincidunt proin eget amet tempus lobortis ullamcorper adipiscing ipsum. Lobortis ullamcorper adipiscing feugiat congue, et id sit ac tincidunt. Tellus at erat nunc aliquet ac tincidunt aliquet mauris sed. Dolore ante volutpat amet aliquam massa ullamcorper nonummy erat massa. Diam id feugiat magna mi euismod, turpis ac nibh aliquet. Lorem nunc, proin volutpat amet donec massa ullamcorper id turpis. Erat nunc proin eget pulvinar aliquam ante volutpat amet, aliquam. Lobortis, ullamcorper, felis sit donec laoreet ipsum ut diam adipiscing. Ipsum, congue et, id turpis ac laoreet tellus at dolor. </w:t>
+      <w:bookmarkEnd w:id="3456363154659630849"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac erat nisi nunc tincidunt mi molestie elit diam sem tellus eget felis, at amet dolor erat magna nunc. Nibh massa mi sem diam non tellus eget nonummy pharetra ipsum nisi tincidunt massa id, mauris elit turpis amet. Dolor pulvinar, ac dolore nibh ante et praesent non adipiscing sit ipsum aliquam mi et sem ullamcorper tellus id. Mauris adipiscing consectetur ipsum lorem dolore massa et tellus eget felis nonummy turpis sed tempus erat nisi tincidunt ante. Praesent sem diam proin aliquet molestie felis turpis pulvinar feugiat erat nisi nunc lobortis ante diam aliquet non molestie. Eget at nonummy consectetur amet dolor magna massa diam, euismod volutpat felis pharetra pulvinar lorem donec ut, massa et. Proin diam aliquet volutpat molestie elit consectetur pulvinar feugiat ipsum lorem dolore nibh praesent aliquet non molestie id at. Elit at amet dolor pulvinar dolor tempus magna ut laoreet ante diam tellus at amet sed tempus ac nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="9159980615052021193"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="5049546510388628343"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9159980615052021193"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nunc, proin eget pulvinar, aliquam laoreet aliquet adipiscing feugiat congue. Ante volutpat, amet tempus, ut diam id turpis magna proin. Non adipiscing tempus lobortis ullamcorper felis feugiat congue mi, molestie. Consectetur ipsum nisi nibh ullamcorper adipiscing lorem magna, mi tellus. Nonummy tempus massa euismod sit nisi nibh id amet aliquam. Nibh ullamcorper adipiscing lorem tincidunt praesent molestie pharetra erat massa. Non elit ipsum ut et euismod adipiscing sed congue at. Dolor donec ante volutpat amet erat lobortis sem nonummy, tempus. </w:t>
+      <w:bookmarkEnd w:id="5049546510388628343"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod eget adipiscing, pharetra sed nunc sem volutpat mauris nonummy eget felis nonummy sit dolor, lorem, donec, nisi dolore ut nunc lobortis. Proin et, tellus elit, amet dolor pulvinar lorem dolore lobortis mi sem, aliquet non adipiscing at turpis dolor tempus erat aliquam lobortis. Praesent molestie dolor donec nunc diam euismod mauris amet sit erat nisi congue, ante, et sem ullamcorper, donec massa diam felis pulvinar. Lorem tincidunt proin volutpat amet tempus magna ut et id adipiscing, lorem erat lobortis mi proin ullamcorper tellus elit turpis ac tincidunt. Ante, mi, sem id turpis lorem dolore ante et aliquet volutpat adipiscing dolor, erat ut nibh proin non id pharetra pulvinar sed. Ut mi, proin aliquet molestie nonummy feugiat, ac dolore tincidunt nunc et aliquet eget amet lorem donec ut laoreet proin ullamcorper id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="1701617283887211866"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="443057094829267569"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1701617283887211866"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nibh non adipiscing feugiat ut ullamcorper felis ipsum congue et id turpis ac laoreet aliquet at dolor nunc proin volutpat, amet donec mauris sed nunc praesent mauris dolor dolore. Proin volutpat amet donec massa non elit feugiat ac tincidunt aliquet at dolor dolore proin volutpat amet lobortis ullamcorper felis pharetra erat, massa sem elit ipsum nunc sem at. Dolor, dolore, nibh euismod adipiscing tempus lobortis ullamcorper felis feugiat congue diam mauris sit magna felis feugiat, magna et id, sit congue et felis feugiat nisi, et id turpis. Ac nunc, proin eget pulvinar aliquam ut nunc laoreet praesent, adipiscing pharetra ipsum aliquam donec nisi tincidunt nibh mi diam tellus mauris pulvinar tempus ut laoreet sem id adipiscing. Amet consectetur turpis pharetra ipsum erat tincidunt consectetur ac laoreet tellus consectetur lorem nunc praesent adipiscing sed, dolore praesent eget pharetra aliquam massa non nonummy ipsum congue mi molestie. Turpis ac laoreet tellus consectetur tincidunt aliquet at dolor nunc, praesent volutpat pharetra donec ante volutpat amet, tempus lobortis diam elit ipsum lobortis sem elit nisi mi euismod consectetur. Ac tincidunt tellus adipiscing lorem tincidunt ullamcorper at sed dolore praesent, at dolor donec massa sem, nonummy erat massa sem nonummy, tempus nunc eget sit, aliquam laoreet praesent mauris. Sed dolore, praesent molestie pharetra donec ante volutpat amet tempus lobortis non elit, tempus nunc sem eget ipsum ut diam, ipsum, ut et, id turpis lorem laoreet ullamcorper adipiscing. </w:t>
+      <w:bookmarkEnd w:id="443057094829267569"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante nunc ante laoreet tincidunt massa et tellus at, pulvinar aliquam dolore tincidunt lobortis praesent volutpat elit pulvinar ac dolore nibh ullamcorper. Molestie at, pulvinar lorem aliquam congue laoreet et praesent non euismod at adipiscing pharetra, ipsum laoreet, ante diam mauris consectetur turpis ac. Donec congue massa nibh aliquet non molestie at turpis feugiat erat dolor, tempus erat, ac donec magna nisi congue et tellus consectetur. Pulvinar dolor tempus magna dolore lobortis mi, sem aliquet volutpat mauris, elit at nonummy pharetra pulvinar sed, donec magna nunc, ullamcorper molestie. Consectetur feugiat erat nisi tincidunt massa diam tellus volutpat id nonummy turpis pharetra feugiat ac nunc nibh mi non id at, amet. Dolor erat ut praesent diam non, euismod eget adipiscing consectetur amet dolor tempus magna nunc et praesent non id euismod molestie nonummy. Sit sed aliquam, congue laoreet proin euismod eget tempus erat, nisi congue lobortis et, aliquet euismod, molestie elit consectetur pulvinar feugiat pulvinar. Pharetra, sit, sed nunc tincidunt massa tellus elit adipiscing pharetra, tempus, magna nisi tincidunt massa nibh proin, molestie elit at turpis pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="4245900413894789742"/>
+      <w:bookmarkStart w:name="_Toc10" w:id="11387222958280080947"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4245900413894789742"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nibh ullamcorper adipiscing feugiat congue diam id, feugiat magna laoreet, tellus at sed. Nunc sem eget pulvinar nisi ante volutpat turpis tincidunt praesent, felis pharetra magna. Mi non tellus volutpat felis consectetur pulvinar feugiat tempus sed lorem dolore lobortis. Diam tellus at pulvinar aliquam, ut diam praesent non id, consectetur ipsum nisi. Nibh proin non, felis consectetur pulvinar feugiat, donec ut laoreet nunc nibh proin. Ullamcorper tellus eget adipiscing pharetra tempus congue erat ut, laoreet ante euismod adipiscing. Consectetur turpis pulvinar consectetur pulvinar dolor tempus erat lorem, aliquam magna nisi lobortis. Ante mi proin ante sit amet lorem donec nisi sit donec nunc tincidunt. Massa nunc, lobortis proin volutpat felis feugiat magna mi tellus turpis, dolor feugiat. Tempus dolor lorem donec, nunc ullamcorper eget nonummy tempus magna laoreet proin ullamcorper. </w:t>
+      <w:bookmarkEnd w:id="11387222958280080947"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam non id mauris adipiscing feugiat erat dolore et praesent, molestie elit consectetur pulvinar dolor tempus nunc ante diam sem tellus volutpat felis consectetur amet lorem erat nisi nunc et. Praesent non euismod mauris pulvinar lorem magna nunc et praesent amet consectetur pulvinar, feugiat tempus magna nunc nibh praesent sem, euismod mauris felis elit turpis sed donec ut diam non. Id eget id at adipiscing dolor ipsum mi, sem euismod molestie id at amet pharetra sit lorem donec ut laoreet non eget adipiscing nonummy sit dolor ac erat nisi nunc. Ante nibh proin diam non tellus volutpat id at turpis pharetra tempus congue massa et mi, non id eget, mauris felis consectetur amet feugiat sed, ac donec non felis consectetur. Amet feugiat tempus, ut mi aliquet eget turpis feugiat erat magna dolore lobortis mi sem aliquet non felis at amet lorem donec lobortis mi at, pulvinar lorem erat, sed donec. Lobortis ante et praesent ullamcorper, tellus id, mauris felis at adipiscing amet feugiat ac, dolore tincidunt praesent aliquet euismod mauris consectetur ipsum ac dolore, lobortis laoreet proin ullamcorper molestie felis. At felis nonummy, consectetur pulvinar feugiat tempus, magna tincidunt, lobortis laoreet non euismod mauris eget adipiscing pharetra ipsum ac nunc nibh praesent non, euismod mauris nonummy pharetra pulvinar, lorem dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="4276468929656782783"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="9504984767039937787"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4276468929656782783"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam aliquet ullamcorper sem volutpat adipiscing pharetra feugiat amet consectetur pulvinar dolor tempus donec. Ac aliquam donec aliquam tempus erat lorem ipsum ipsum feugiat sit tincidunt lobortis massa. Et nibh ante et proin non felis consectetur ipsum aliquam, dolore massa ullamcorper felis. Sit dolor, tempus congue ante diam sem, ante elit adipiscing pharetra tempus donec, ut. Congue magna nunc et aliquet non felis elit adipiscing, consectetur pulvinar sed donec ut. Massa laoreet proin diam non ullamcorper dolor ipsum erat, nisi dolore lobortis, laoreet ante. Mi et sem diam molestie id mauris adipiscing at adipiscing amet feugiat sed lorem. Donec, magna sit amet feugiat tempus ac aliquam ut aliquam dolore lobortis, laoreet et. Proin et sem euismod molestie elit at, turpis dolor tempus nisi tincidunt lobortis mi. </w:t>
+      <w:bookmarkEnd w:id="9504984767039937787"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat tempus tempus ac aliquam magna ut laoreet proin ullamcorper tellus id at amet. Sit ipsum congue, ut tincidunt nibh, praesent non id mauris adipiscing pharetra pulvinar lorem. Tempus erat aliquam dolore, ut massa nibh mi sem tellus volutpat mauris nonummy magna. Nunc ut mi tellus elit sit, sed tempus erat, aliquam dolore massa laoreet sem. Euismod molestie felis consectetur pulvinar tempus magna ut, laoreet proin adipiscing pharetra sed, dolore. Laoreet massa et, sem euismod mauris nonummy turpis pulvinar feugiat donec magna nunc nibh. Praesent tellus id adipiscing amet congue mi et ullamcorper, volutpat, id at amet feugiat. Tempus ac dolore nibh laoreet sem aliquet, volutpat id eget adipiscing pharetra tempus magna. Nunc nibh aliquet volutpat turpis pulvinar pharetra pulvinar dolor feugiat donec ut laoreet proin. Ullamcorper tellus eget at amet feugiat erat tempus donec nisi nunc nibh praesent sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="12721011919787605021"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="6031359084429617085"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12721011919787605021"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nisi nisi, tincidunt massa laoreet nibh mi diam aliquet, non magna aliquam dolore ut dolore congue lobortis mi sem aliquet molestie nonummy. Turpis, pulvinar lorem erat aliquam dolore congue, ut congue lobortis massa lobortis mi et, praesent non id, at nonummy sit, sed magna. Aliquam donec ut congue lobortis mi proin praesent diam sem ullamcorper diam proin diam sem tellus felis eget at amet tempus ac. Nisi congue, massa mi sem ullamcorper volutpat elit sit dolor aliquam magna nunc nibh ante, mi non euismod, volutpat aliquet non nibh. Ullamcorper, molestie amet donec massa volutpat consectetur tempus ante non nonummy erat nunc diam elit ipsum ut, sem at, sed, nunc aliquet. Pulvinar, nisi nibh euismod amet nisi ante volutpat nonummy, tempus tincidunt diam felis feugiat, congue diam felis, feugiat magna mi id pharetra. Erat nunc proin eget tempus lobortis diam felis feugiat tincidunt euismod amet donec ante, non nonummy tempus nibh ullamcorper, felis feugiat ut. Et molestie consectetur ac laoreet molestie turpis nunc proin, eget amet aliquam nibh non felis feugiat magna mi molestie pharetra ac mi. Aliquet elit, pulvinar dolore proin eget pulvinar, aliquam nibh ullamcorper nonummy tempus euismod amet aliquam nibh, volutpat amet aliquam ante volutpat amet. Aliquam massa non nonummy erat lobortis non, consectetur erat nunc, non elit tempus nunc sem, elit erat tellus consectetur sed nunc, proin. </w:t>
+      <w:bookmarkEnd w:id="6031359084429617085"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis at turpis dolor ipsum ac aliquam, magna ut laoreet ante non aliquet volutpat id elit adipiscing pharetra, feugiat sed ac dolore ut, mi. Sem, diam sem euismod mauris felis nonummy turpis dolor aliquam, ut, mi ullamcorper molestie amet, donec ante volutpat nonummy turpis sed nisi magna ut. Laoreet, nibh praesent sem aliquet, non id eget adipiscing amet turpis sed tempus praesent, sem euismod turpis pulvinar lorem, donec ut tincidunt ante diam. Non aliquet molestie elit consectetur amet lorem dolore lobortis laoreet, sem ullamcorper lorem erat nunc et praesent volutpat felis sit ipsum lorem donec congue. Massa congue massa, diam sem diam non tellus volutpat molestie eget, adipiscing pharetra, sit sed sem ullamcorper volutpat id elit turpis pharetra feugiat sed. Tempus erat ac aliquam magna nunc nibh praesent diam sem euismod at nonummy tempus ut mi tellus, eget feugiat erat, magna donec congue massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13" w:id="9590891548942405659"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="4522283578218049554"/>
       <w:r>
         <w:t>This is top-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9590891548942405659"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lorem euismod turpis lorem nunc aliquet at sed, tincidunt praesent mauris dolor donec ante volutpat amet donec lobortis volutpat nonummy tempus nunc diam. Elit tempus non elit pulvinar ut proin id pulvinar, nisi laoreet euismod, amet, aliquam, nibh, volutpat turpis tempus, lobortis ullamcorper adipiscing lorem tincidunt. Praesent mauris consectetur sed sem, eget ipsum ut proin elit ipsum nisi et, euismod adipiscing lorem, tincidunt, aliquet felis feugiat tincidunt, praesent molestie. Pharetra erat laoreet non sed nunc proin eget ipsum nunc sem elit ipsum dolore sem eget, pulvinar dolore proin eget dolor nunc praesent. Eget pulvinar aliquam, nibh non amet donec, ante amet aliquam massa ullamcorper nonummy ipsum nisi, mi tellus at sed nunc, proin eget pulvinar. Dolore, ante eget pharetra donec ante non amet aliquam lobortis diam, felis lobortis diam euismod turpis ac tincidunt aliquet consectetur sed dolore proin. Eget amet aliquam nibh non, nonummy, ipsum congue et molestie turpis erat massa aliquet turpis ac tellus, mauris, dolor dolore, ante volutpat pulvinar. Donec ante volutpat pharetra congue praesent mauris dolor dolore ante volutpat pharetra erat non elit tempus ut et id pulvinar ut diam elit. </w:t>
+      <w:bookmarkEnd w:id="4522283578218049554"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris id eget, elit consectetur sed tempus tempus magna nunc ut nunc laoreet, massa diam tellus eget adipiscing pharetra ipsum sed aliquam congue massa et sem ullamcorper nonummy. Sit pharetra tempus donec nunc nibh proin ullamcorper tellus nonummy praesent laoreet proin praesent, tellus eget mauris nonummy feugiat, sed feugiat tempus ac, dolore pulvinar feugiat ipsum ac. Donec, erat nisi laoreet ante ullamcorper tellus id volutpat molestie id mauris molestie volutpat mauris id mauris adipiscing, nonummy turpis lorem sed nisi laoreet euismod mauris adipiscing consectetur. Amet dolor ipsum ac nisi magna lobortis tincidunt nibh mi diam tellus volutpat felis sit ipsum ac congue massa, proin praesent non id elit turpis pharetra, pulvinar sed. Tempus magna ut, nibh praesent non molestie, eget, adipiscing amet ipsum ac nisi lobortis aliquet non id sed aliquam magna, massa et praesent eget felis pharetra pulvinar lorem. Tempus magna dolore nibh, praesent, sem tellus, at pulvinar nisi congue ante, et, aliquet volutpat id at nonummy consectetur pulvinar, feugiat tempus magna dolore, dolore lobortis laoreet, proin. Diam molestie eget at nonummy pharetra, sit pharetra ipsum erat aliquam congue ante et eget felis nonummy sit dolor tempus magna nisi, nibh praesent ullamcorper id at pulvinar. Aliquam dolore lobortis mi proin ullamcorper sem tellus mauris adipiscing nonummy sit dolor, lobortis massa et praesent ullamcorper molestie elit turpis dolor, donec lobortis diam molestie elit turpis. Dolor ipsum ac, nunc lobortis mi sem euismod eget felis at turpis congue ante et aliquet euismod, volutpat elit consectetur dolor donec lobortis mi sem euismod eget felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="836770796722889644"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="3805485355470192459"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="836770796722889644"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Elit ipsum dolore et, volutpat amet. Aliquam lobortis aliquet felis dolor magna. Praesent molestie consectetur erat, massa non. Nonummy ipsum sem elit ipsum dolore. Sem at dolor dolore, nibh euismod. Amet aliquam ante volutpat pulvinar aliquam. Nibh euismod nonummy lorem ut diam. </w:t>
+      <w:bookmarkEnd w:id="3805485355470192459"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit turpis pharetra feugiat erat nisi congue mi et aliquet euismod volutpat id dolor tempus magna, ante diam euismod mauris nonummy pharetra ipsum feugiat tempus magna dolore congue massa. Laoreet ante mi diam tellus mauris amet lorem magna laoreet elit pulvinar ac, aliquam, ut, massa proin, ullamcorper mauris consectetur, pulvinar erat aliquam congue ante, diam, aliquet volutpat felis. Consectetur, sit dolor aliquam congue nunc aliquet sem, elit sit, sed tempus donec ut, nibh ante praesent diam tellus volutpat tellus eget adipiscing amet ipsum sed aliquam dolore nisi. Aliquet euismod, felis nonummy sit pulvinar lorem, erat aliquam dolore massa et sem ullamcorper volutpat elit, consectetur pulvinar feugiat erat ut nunc lobortis mi, tellus elit pulvinar at elit. Consectetur amet pharetra sit pulvinar, dolor tempus ac donec ut laoreet diam euismod, adipiscing pharetra feugiat erat aliquam congue ut massa et aliquet mauris elit, molestie elit adipiscing, pharetra. Feugiat sed nisi, laoreet aliquet volutpat id elit mauris, elit consectetur amet pharetra ipsum magna laoreet nibh mi non ullamcorper non felis feugiat magna tincidunt proin aliquet molestie felis. At adipiscing pharetra pulvinar aliquam donec ut mi sem euismod mauris amet feugiat erat dolore tincidunt ante diam aliquet eget adipiscing pharetra pulvinar lorem ipsum erat nisi congue, massa. Mi nibh praesent diam tellus eget turpis lorem magna, nunc non aliquet non molestie elit turpis pharetra feugiat, erat aliquam tincidunt massa et tellus, volutpat mauris consectetur pulvinar lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="16100692399649130651"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="5569465436099630195"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16100692399649130651"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At feugiat congue mi non elit tempus nunc non consectetur erat, nunc. Diam elit pulvinar erat nonummy sit dolor, tempus congue massa laoreet ut. Massa donec lobortis diam felis ipsum nisi et molestie, turpis erat tincidunt. Sem mauris pulvinar, dolore, volutpat nonummy tempus lobortis ullamcorper adipiscing ipsum congue. Et molestie pharetra congue mi id sit nisi diam felis pulvinar ut. Diam euismod, consectetur lorem tincidunt turpis ac tincidunt ullamcorper adipiscing sed tincidunt. Ullamcorper adipiscing feugiat dolore praesent felis dolor donec massa non nonummy tempus. </w:t>
+      <w:bookmarkEnd w:id="5569465436099630195"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam diam praesent diam non euismod volutpat, molestie, eget at amet ipsum donec ut laoreet ante. Praesent diam tellus volutpat felis nonummy turpis, dolor, tempus magna nunc laoreet ante diam aliquet, euismod. Molestie felis turpis ac, tincidunt pulvinar dolor feugiat sed ac dolore lobortis laoreet proin ullamcorper volutpat. Felis at dolor dolore proin eget pulvinar donec lobortis praesent non id mauris nonummy pulvinar, dolor. Tempus lorem aliquam magna nunc laoreet proin, ullamcorper tellus eget turpis sed aliquam congue laoreet, et. Aliquet diam tellus volutpat felis ipsum, lorem, aliquam magna nunc laoreet massa mi et euismod felis. Amet sit sed lorem erat ut laoreet nibh praesent non tellus eget felis pharetra, amet, dolor. Consectetur amet feugiat erat, nisi nunc nibh mi sem tellus mauris amet sit sed ac donec. Ut nunc nibh praesent non, euismod elit pulvinar nisi lobortis praesent nonummy sit sed aliquam dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="14788771019955036985"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="6393547493068488896"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14788771019955036985"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ullamcorper molestie pharetra donec massa non nonummy tempus lobortis diam elit ipsum, ut diam ipsum nisi diam eget pulvinar ut nibh euismod. Adipiscing feugiat dolore proin molestie, pharetra donec mi molestie pharetra magna mi mauris dolor magna praesent mauris congue praesent molestie pharetra magna. Mi molestie pharetra ac laoreet aliquet at sed nunc proin elit dolor nunc sem, eget pulvinar, aliquam, lobortis ullamcorper felis, feugiat diam. Id pharetra magna massa tellus turpis ac mi tellus consectetur sed dolore proin eget dolor donec ante volutpat pulvinar donec ante volutpat. Donec massa volutpat, amet erat ante mauris feugiat congue praesent molestie, pharetra magna mi mauris dolor tincidunt diam adipiscing lorem congue diam. Id pharetra ac laoreet non ipsum nunc, aliquet elit, dolor nunc proin eget, amet nisi nibh ullamcorper, nonummy tempus, ut diam felis. Feugiat congue praesent id pharetra erat nunc, sem elit dolor sem, eget dolor dolore sem mauris pulvinar donec ante volutpat dolor dolore. Proin eget pharetra aliquam lobortis ullamcorper elit tempus volutpat nonummy tempus lobortis sem elit tempus massa non nonummy tempus massa, sem nonummy. Erat laoreet tellus consectetur erat laoreet, molestie consectetur ac mi molestie turpis et, euismod turpis magna mi, euismod, sit nisi nibh euismod. Turpis ac laoreet euismod adipiscing lorem tincidunt, ullamcorper adipiscing lorem tincidunt aliquet adipiscing tempus lobortis euismod turpis consectetur lorem tincidunt aliquet mauris. </w:t>
+      <w:bookmarkEnd w:id="6393547493068488896"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi nunc ut, nunc lobortis ante mi, proin aliquet non tellus volutpat felis, consectetur sit sed aliquam congue massa nibh proin ullamcorper id, pharetra ipsum lorem donec ante diam. Aliquet volutpat molestie eget adipiscing, pharetra lorem erat ac donec magna nisi tincidunt massa, diam id, consectetur amet feugiat tempus nisi laoreet proin elit turpis pharetra ipsum ac nisi tincidunt. Massa laoreet et, praesent non sem euismod mauris consectetur ipsum ac aliquam congue laoreet nibh proin ullamcorper, molestie consectetur adipiscing pharetra ipsum nisi tincidunt proin, ullamcorper non id at amet. Sit ipsum lorem donec ut laoreet, proin aliquet non id, at amet pulvinar ac tincidunt proin diam molestie at pulvinar ac donec magna nunc nibh mi diam tellus volutpat adipiscing. Consectetur turpis nonummy feugiat ipsum aliquam donec congue, massa, eget molestie id elit turpis dolor ipsum erat dolore lobortis massa et praesent ullamcorper, molestie elit adipiscing pharetra ipsum magna, laoreet. Proin aliquet molestie euismod sem, sem ullamcorper non id adipiscing, amet sit sed aliquam congue ut mi sem euismod molestie, elit at amet feugiat donec nunc nibh sem mauris adipiscing. Ipsum sed feugiat ac nisi, tincidunt ante diam tellus eget adipiscing pharetra pulvinar ac nisi tincidunt massa et aliquet eget amet sit sed ac donec magna, nunc eget felis nonummy. Turpis pulvinar feugiat erat magna nunc lobortis, laoreet et praesent volutpat adipiscing feugiat magna nunc nibh praesent non tellus volutpat felis consectetur ipsum ac proin diam, molestie nonummy adipiscing pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="6532228349906340169"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="17348623963855717777"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6532228349906340169"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Amet ac lobortis ullamcorper adipiscing lorem lobortis euismod felis lorem tincidunt, diam felis feugiat tincidunt, diam felis feugiat magna mi molestie sit ac. Laoreet, consectetur erat massa aliquet elit, pulvinar nisi proin volutpat amet aliquam nibh euismod nonummy tempus lobortis non nonummy ipsum ut praesent felis. Feugiat magna mi turpis magna mi molestie turpis magna laoreet tellus consectetur lorem tincidunt aliquet at dolor nunc aliquet at dolor donec massa. Non felis ipsum congue mi molestie, turpis mi aliquet, consectetur lorem dolore proin volutpat pulvinar aliquam ante volutpat amet donec ante, non adipiscing. Sit ac massa aliquet elit, sed dolore mauris pulvinar tempus lobortis, diam felis feugiat congue praesent id sit donec mi tellus consectetur ac. Massa aliquet at dolor nunc et euismod adipiscing feugiat magna praesent sit, erat nunc, diam elit, ipsum nisi, proin eget pulvinar dolore proin. Euismod at, lorem tincidunt, praesent molestie pharetra donec ante tellus, pharetra, magna mi molestie pulvinar nisi et euismod, adipiscing lorem congue aliquet mauris. Dolor donec ante molestie dolor magna mi felis feugiat, magna, praesent, mauris pharetra magna praesent molestie feugiat congue felis feugiat ut diam molestie. Consectetur, erat laoreet tellus turpis ac laoreet tellus turpis, lorem nunc praesent mauris dolor nunc praesent mauris, pharetra, donec massa ullamcorper elit lobortis. Diam felis, ipsum ut, sem elit, tempus ut diam eget pulvinar magna nibh euismod adipiscing lorem congue praesent at lorem tincidunt praesent mauris. </w:t>
+      <w:bookmarkEnd w:id="17348623963855717777"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nunc, nibh mi et tellus, volutpat molestie elit turpis, dolor sit sed ac congue massa mi aliquet. Euismod, mauris, elit consectetur pulvinar ipsum ac aliquam magna ut congue massa mi proin aliquet, non molestie elit. Mauris felis consectetur sed aliquam donec, nunc laoreet ante, mi proin, praesent nonummy sit ipsum feugiat erat erat. Nisi magna nisi nunc lobortis praesent non eget sit sed aliquam congue nunc nibh praesent ullamcorper molestie elit. Turpis feugiat massa, et sem euismod felis, nonummy turpis dolor tempus congue massa et ullamcorper mauris, nonummy sit. Sed lorem tempus, erat nisi magna ut laoreet volutpat felis pharetra pulvinar sed tempus ac nisi laoreet massa. Diam aliquet eget, turpis lorem congue massa, mi sem ullamcorper non id at nonummy sit ipsum lorem massa. Et et mi et sem ullamcorper mauris dolor, erat nunc nibh praesent diam molestie elit turpis, pharetra sit. Ipsum ac donec, nisi nunc lobortis ante euismod mauris amet sit tempus nisi, nibh euismod mauris, nonummy pharetra. Ipsum feugiat, ipsum erat dolore tincidunt massa diam euismod lorem aliquam congue ante sem tellus volutpat felis consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="2485986574456501845"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="18192893641530382034"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2485986574456501845"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Amet lorem tincidunt diam mauris feugiat magna non at, ipsum, nunc non at erat mi molestie. Turpis ac laoreet tellus turpis ac tincidunt tellus at, sed dolore proin mauris lorem tincidunt tellus. Dolor dolore proin molestie amet erat massa, non elit ipsum nisi et id, sit ac nibh. Euismod consectetur lorem nunc praesent mauris dolor donec ante nonummy tempus ut ullamcorper nonummy tempus ut. Et euismod consectetur sed nunc sem eget dolor donec nibh volutpat amet aliquam massa ullamcorper felis. Feugiat ut diam ipsum ut diam elit feugiat magna mi euismod at sed dolore, ante non. Amet tempus nibh diam adipiscing tempus lobortis diam felis sit magna aliquet volutpat pulvinar tempus lobortis. </w:t>
+      <w:bookmarkEnd w:id="18192893641530382034"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent sem euismod eget, adipiscing nonummy turpis dolor aliquam magna aliquam dolore ut laoreet, sem volutpat adipiscing, pharetra, feugiat erat aliquam, congue massa eget turpis. Pulvinar sit ipsum ac, donec congue nunc, nibh aliquet volutpat, elit sit erat nisi lobortis, ante diam tellus volutpat, molestie elit at felis ipsum dolor. Feugiat sed lorem donec nisi nunc nibh mi sem tellus eget nonummy sit sed ac donec congue ut tincidunt ante diam sem ullamcorper molestie felis. Pulvinar dolor ipsum magna tincidunt ante praesent molestie elit sit sed tempus congue, massa et praesent non id elit amet dolor tempus magna proin mi. Sem, aliquet non id elit adipiscing dolor dolore, magna nunc nibh mi sem euismod eget felis pharetra tempus ac dolore ut laoreet et praesent ullamcorper. Elit adipiscing nonummy consectetur dolor, ac congue ante diam tellus volutpat mauris elit consectetur amet, sit ipsum ac donec congue massa lobortis ante diam aliquet. Volutpat volutpat ipsum, magna mi aliquet mauris, pulvinar tempus sed nisi congue ante diam non id at amet, sit sed tempus erat sem tellus volutpat. Mauris eget at pharetra tempus congue, laoreet proin ullamcorper volutpat id elit felis, nonummy consectetur amet pharetra pulvinar lorem aliquam congue nunc nibh eget id. At pulvinar aliquam tincidunt aliquet volutpat felis at, adipiscing consectetur sit dolor feugiat tempus ac aliquam magna, nisi congue massa mi sem, euismod molestie elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="14114222471194664691"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="8643080717967943589"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14114222471194664691"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tincidunt aliquet mauris pharetra praesent molestie pharetra dolore ante mauris, pharetra tempus lobortis non nonummy tempus ut diam felis pulvinar magna nibh. Id sit aliquam et id ipsum nunc consectetur sed nunc, proin at erat laoreet tellus at sed dolore sem at sed dolore. Proin eget pharetra aliquam nibh volutpat nonummy tempus ut et tempus ut diam felis ipsum ut diam id pulvinar magna, nibh tellus. Consectetur lorem tincidunt tellus turpis ac, laoreet ullamcorper adipiscing feugiat congue ullamcorper adipiscing erat ante volutpat consectetur erat massa, non elit pulvinar. Nisi nibh euismod sit ac laoreet ullamcorper turpis lorem tincidunt praesent molestie pharetra dolore, praesent mauris tincidunt aliquet mauris feugiat magna mi. Molestie pharetra donec laoreet, tellus consectetur erat nunc sem eget ipsum dolore aliquet consectetur erat massa aliquet consectetur sed nunc, sem lorem. Nunc praesent mauris dolor dolore proin at, sed tincidunt ullamcorper at feugiat congue, ante volutpat, amet, erat lobortis non turpis lorem, tincidunt. Tellus, turpis ac laoreet tellus, adipiscing sed dolore praesent mauris dolor donec ante non elit ipsum ut et id pulvinar magna laoreet. Aliquet, mauris nibh tellus at sed congue proin eget dolor, congue praesent at feugiat dolore ante non nonummy erat lobortis sem elit. Ipsum nisi et eget pulvinar nisi et pulvinar aliquam et eget pulvinar, aliquam nibh, id pulvinar nisi proin eget pulvinar nisi ante. </w:t>
+      <w:bookmarkEnd w:id="8643080717967943589"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ut, laoreet nibh mi euismod, molestie elit consectetur dolor, ac tempus ac, nunc, ante euismod felis nonummy pulvinar sed tempus erat aliquam congue massa et. Tellus euismod molestie felis sed tempus erat nisi tincidunt proin, euismod felis, sit, sed aliquam dolore congue ut congue massa mi proin aliquet non euismod mauris. Adipiscing pharetra pulvinar laoreet ante praesent non eget turpis dolor aliquam congue nunc nibh aliquet volutpat molestie elit turpis pharetra ipsum ac dolore congue massa et. Aliquet nonummy pharetra pulvinar feugiat tempus magna nunc lobortis mi non id eget felis consectetur sit sed aliquam congue nunc laoreet proin ullamcorper molestie elit adipiscing. Pharetra lobortis et tellus, at amet dolor ipsum ac dolore nibh mi, proin, aliquet, non id elit amet feugiat erat nisi laoreet proin ullamcorper volutpat felis. Turpis lorem sed nisi dolore lobortis mi et, aliquet non molestie eget turpis feugiat erat nisi laoreet proin diam tellus id at pulvinar feugiat donec massa. Et praesent non sit ipsum ac donec massa et aliquet volutpat felis, elit consectetur nonummy feugiat, sed, aliquam congue lobortis laoreet non id molestie at amet. Pharetra feugiat sed tempus magna nunc nibh aliquet ullamcorper molestie id mauris, adipiscing pharetra ipsum ac donec congue massa sem ullamcorper, molestie felis turpis dolore tincidunt. Massa laoreet proin diam non euismod molestie adipiscing pharetra pulvinar feugiat ipsum erat aliquam congue ante non felis turpis sed aliquam magna massa et turpis sed. Aliquam, ac dolore nibh aliquet molestie felis consectetur amet lorem tempus magna nunc proin volutpat felis nonummy turpis dolor aliquam ut massa et mi ullamcorper ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc20" w:id="2066299215010930405"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="1081129333520479385"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2066299215010930405"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tellus mauris sed congue, praesent mauris pharetra dolore proin mauris dolor dolore aliquet felis feugiat congue volutpat, consectetur erat ut et id pulvinar aliquam nibh euismod adipiscing lorem tincidunt. Aliquet mauris dolor dolore praesent felis feugiat tincidunt praesent mauris dolor mi molestie consectetur erat nunc diam eget pulvinar, nisi et eget ipsum dolore proin, eget pulvinar dolore proin. Eget amet tempus lobortis euismod, nonummy aliquam nibh amet aliquam nibh non, nonummy tempus lobortis ullamcorper felis, feugiat congue, et id sit, nisi mi id turpis magna laoreet tellus. At sed dolore eget pharetra donec ante volutpat nonummy tempus, lobortis diam elit feugiat nisi et id turpis ac mi tellus consectetur lorem nunc aliquet, at sed nunc proin. Eget eget pulvinar aliquam nibh, id turpis, ac, lobortis ullamcorper, turpis lorem lobortis euismod amet tempus, lobortis diam adipiscing lorem ut ullamcorper nonummy aliquam massa non nonummy aliquam ullamcorper. Elit ipsum, ut diam elit ipsum ut et, felis sit magna nibh eget ipsum aliquam et id, pulvinar nibh ullamcorper adipiscing feugiat tincidunt aliquet mauris feugiat congue aliquet adipiscing. Feugiat magna, mi molestie sit donec laoreet non consectetur sed nunc non elit sed massa sem, sed massa aliquet at dolor, nunc proin at lorem tincidunt tellus turpis ac. </w:t>
+      <w:bookmarkEnd w:id="1081129333520479385"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper molestie sed feugiat, tempus, ac dolore tincidunt ante diam aliquet euismod mauris elit turpis. Sed lorem erat aliquam congue massa ullamcorper molestie at pulvinar lorem lobortis, laoreet et, aliquet molestie. Felis, at, nonummy sit sed ac donec magna ut tincidunt proin et sem, euismod volutpat elit. Sit sed tempus magna et aliquet volutpat molestie eget mauris adipiscing pharetra ipsum lorem, aliquam congue. Laoreet lobortis praesent sem tellus eget adipiscing dolor donec massa et tellus eget at turpis, dolor. Ipsum sed ac donec, ut tincidunt, proin praesent volutpat id consectetur dolor lorem donec, ut laoreet. Aliquet ullamcorper, molestie id at pharetra, nisi nunc et aliquet non euismod mauris amet sit tempus. Ac donec ut mi sem ullamcorper molestie nonummy feugiat sed ac dolore nisi, tincidunt ante praesent. Sem turpis pulvinar feugiat sed ac dolore lobortis laoreet et praesent ullamcorper id consectetur sed dolore. Tincidunt ante, mi aliquet volutpat felis nonummy sit sed aliquam ut laoreet eget at amet turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc21" w:id="9560510751956475800"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="8320001732265708179"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9560510751956475800"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nunc proin elit ipsum dolore sem, elit dolor dolore proin eget, dolor dolore sem mauris. Amet donec ante volutpat tempus lobortis ullamcorper felis feugiat congue et, id turpis erat tincidunt. Aliquet at dolor nisi proin volutpat nonummy aliquam nibh non nonummy lorem ut adipiscing feugiat. Magna massa tellus at ipsum, dolore, proin elit pulvinar nisi nibh euismod, adipiscing lorem tincidunt. Ante sem eget sit aliquam nibh euismod, adipiscing feugiat proin volutpat pharetra dolore mi mauris. Pharetra erat massa sem elit ipsum ut diam elit sed nunc sem eget pulvinar aliquam. Proin elit nunc aliquet at dolor dolore proin eget, dolor dolore proin mauris dolor, nunc. Ante ullamcorper adipiscing lorem nibh ullamcorper felis feugiat, congue et molestie sit congue diam ipsum. </w:t>
+      <w:bookmarkEnd w:id="8320001732265708179"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi nibh ante diam non ullamcorper volutpat id eget, at nonummy sit dolor feugiat tempus lorem. Aliquam magna massa nibh proin ullamcorper elit turpis amet feugiat ipsum lorem donec, ut laoreet ante. Aliquet non id at pulvinar feugiat magna ut, et tellus at sed aliquam ac et aliquet. Volutpat id at, turpis dolor ipsum ac donec congue, ante diam aliquet volutpat adipiscing consectetur amet. Ac dolore massa non id, elit turpis pharetra ipsum tempus, donec nisi nunc nibh mi proin. Aliquet ullamcorper tellus eget, at nonummy feugiat ac, tincidunt nibh praesent diam id at, pulvinar feugiat. Laoreet et praesent volutpat felis pharetra ipsum ac congue massa mi sem ullamcorper, volutpat felis pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc22" w:id="14873354930492931782"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="243705947505319196"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14873354930492931782"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tempus lobortis ullamcorper adipiscing sit ut praesent id ac. Laoreet sem elit erat nunc aliquet elit sed dolore. Proin eget, pulvinar nisi ante volutpat nonummy tempus lobortis. Diam felis feugiat magna praesent id ut diam id. Sit nisi, et euismod turpis ac tincidunt aliquet at. Dolor dolore praesent mauris dolor dolore proin at sed. </w:t>
+      <w:bookmarkEnd w:id="243705947505319196"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie molestie, eget, at nonummy, consectetur turpis feugiat tempus ac dolore lobortis praesent non eget sit ac donec, ut sem euismod volutpat, molestie eget felis pharetra pulvinar. Erat tempus ante massa sem eget, pulvinar ac lobortis euismod turpis tempus erat ut tincidunt proin mauris nonummy adipiscing pharetra tempus magna laoreet proin, aliquet volutpat elit. Ullamcorper sem, tellus volutpat felis consectetur sit pulvinar feugiat erat aliquam dolore massa mi sem aliquet nonummy sit sed aliquam congue ut, tincidunt lobortis nunc tincidunt ante. Praesent sem eget adipiscing adipiscing sit ipsum ac, donec magna tincidunt nibh turpis dolor tempus nisi tincidunt nibh mi sem aliquet volutpat molestie at amet dolor erat. Congue massa nibh aliquet sem euismod consectetur sed tempus congue mi molestie congue diam felis ipsum magna nunc nibh ullamcorper molestie elit turpis pulvinar feugiat ipsum ac. Dolore nibh mi sem tellus mauris adipiscing pharetra pulvinar lorem donec ut id at amet feugiat donec magna nunc magna nisi, tincidunt nibh mi diam tellus eget. Nonummy pharetra pulvinar feugiat ipsum diam aliquet euismod, mauris consectetur pulvinar sed tempus erat magna dolore ut nunc laoreet ante ullamcorper tellus eget at amet tempus erat. Aliquam donec ut, tincidunt nibh et aliquet volutpat tellus eget at pharetra ipsum, ac nisi dolore ut laoreet proin ullamcorper molestie felis consectetur nonummy sit ipsum ac. Donec ut mi non id feugiat erat ut, nunc tincidunt, ante, diam tellus eget, mauris nonummy sit dolor tempus tellus proin diam tellus elit pulvinar aliquam congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc23" w:id="16684337694182402980"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="12050279928094794406"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16684337694182402980"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquam, nibh volutpat turpis aliquam nibh ullamcorper adipiscing. Sit magna mi molestie, pharetra, erat laoreet eget. Turpis lorem tincidunt praesent mauris feugiat congue ullamcorper. Adipiscing lorem, nibh, euismod amet nisi ante volutpat. Pulvinar aliquam nibh non nonummy tempus lobortis tellus. Consectetur sed, dolore proin volutpat turpis lorem congue. </w:t>
+      <w:bookmarkEnd w:id="12050279928094794406"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh massa massa et ullamcorper mauris nonummy turpis lorem erat magna, donec. Congue nisi, nunc ut, laoreet proin aliquet non tellus euismod, volutpat id. Volutpat felis pharetra tempus magna nunc, ante diam molestie sit dolor tempus. Erat ac aliquam magna dolore tincidunt, massa et sem euismod felis pharetra. Tempus nisi laoreet tellus mauris nonummy consectetur pulvinar ac dolore, non id. Elit felis consectetur sit pulvinar feugiat ipsum lorem tempus magna, ut tincidunt. Proin ullamcorper felis pharetra ipsum, feugiat erat ut massa elit turpis dolor. Erat magna nunc ante diam tellus id at, adipiscing eget at nonummy. Sit ipsum nisi tincidunt massa et aliquet ullamcorper volutpat id eget adipiscing. Magna nisi tincidunt massa diam tellus id adipiscing, amet, feugiat sed nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc24" w:id="9346474770251636217"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="8203566095576363502"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9346474770251636217"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tincidunt praesent eget tincidunt aliquet, at. Pharetra dolore ante, non nonummy tempus. Lobortis ullamcorper nonummy tempus ut diam. Id pulvinar nisi et id pulvinar. Nisi laoreet tellus sed dolore proin. Volutpat amet donec massa ullamcorper felis. Feugiat ac laoreet, aliquet at lorem. Nunc sem mauris, dolor dolore proin. </w:t>
+      <w:bookmarkEnd w:id="8203566095576363502"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lobortis massa nibh praesent sem tellus eget nonummy lorem erat nisi, tincidunt, ante mi sem. Ullamcorper volutpat elit at turpis dolor ipsum lorem nisi congue ante diam eget sit lorem donec. Congue nunc, laoreet massa mi et aliquet non felis turpis pulvinar lorem donec nunc sem tellus. Eget felis consectetur pulvinar dolor erat ac, nisi donec ut tincidunt ante praesent diam tellus volutpat. Mauris elit turpis, dolor tempus magna nisi congue massa laoreet nibh praesent sem tellus euismod mauris. Eget eget adipiscing consectetur pulvinar ac, aliquam ut mi sem, volutpat adipiscing dolor erat massa mi. Proin praesent sem, euismod eget adipiscing consectetur turpis dolor erat nisi nunc lobortis, mi, sem euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc25" w:id="16090538436058155801"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="11074767427214246068"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16090538436058155801"/>
-[...198 lines deleted...]
-        <w:t xml:space="preserve">Laoreet aliquet at pharetra dolore, proin mauris feugiat. Tincidunt mauris dolor dolore, mi molestie consectetur, erat. Massa sem eget pulvinar ut, diam, id turpis. Aliquam, nibh id amet ac congue praesent molestie. Dolor dolore adipiscing lorem tincidunt diam felis sit. Donec ante molestie pharetra, erat nunc sem elit. Ipsum nisi et elit, pulvinar nisi nibh volutpat. Pulvinar nisi sem lorem laoreet euismod turpis magna. Nibh euismod sit, aliquam nibh euismod adipiscing lorem. Congue praesent volutpat pharetra donec massa non nonummy. </w:t>
+      <w:bookmarkEnd w:id="11074767427214246068"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper tellus volutpat, mauris, elit consectetur dolor aliquam congue ante et praesent volutpat. Amet ipsum ac ut laoreet sem ullamcorper mauris elit sit sed tempus magna nunc. Laoreet nibh laoreet proin tellus volutpat felis, pharetra ipsum lorem dolore lobortis laoreet et. Praesent, eget volutpat felis at turpis pharetra tempus ut mi aliquet ullamcorper, molestie id. Consectetur amet dolor ipsum ac donec, lobortis laoreet proin, ullamcorper molestie adipiscing consectetur tempus. Nisi tincidunt sem ullamcorper mauris elit turpis lorem donec ut laoreet proin praesent ullamcorper. Tellus eget, felis amet sit, erat aliquam magna nunc aliquam ut massa et ante. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -2532,51 +1726,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 13</w:t>
+      <w:t>Page 10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -3155,51 +2349,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76cdf61acd5c47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c94b7e94c454ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd4a0150bdfb543fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R7888c33608dc40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfa7615cb99904b2d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2707e629280a4ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8d2b5e2177924cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb0586682966f421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R643dd27437cf42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R87863ced260a4fba" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>