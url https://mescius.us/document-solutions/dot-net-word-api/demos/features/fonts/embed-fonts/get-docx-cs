--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R45959a5cf3864a1e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R71276d8d8d3c4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0a1e10377deb4fc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfb21a05a9d6c4194" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R52965f1505824fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7e2e25fc68494e72" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{AA683544-5295-426A-88B6-B8FD44091519}" r:id="R1fe15d2daec641ee"/>
+    <w:embedRegular w:fontKey="{306D1347-B55C-4252-8ED4-B2B2552204E9}" r:id="R0e6a5d82f5284630"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{A28BD2B9-4248-4708-96BF-185189543555}" r:id="R1371be76c0ab4ef3"/>
+    <w:embedBoldItalic w:fontKey="{A9643254-9E63-4E0E-B4DE-F789259D7882}" r:id="R60d2dc1d07bd444e"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re629439828dd4788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R82160b4e531341f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3619f0380f284bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R422e964501d74d59" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R1fe15d2daec641ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R1371be76c0ab4ef3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R83a72dd35dc140d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d69ebcfa61642b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06ac245794544957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1a28873607ab4d24" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R0e6a5d82f5284630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R60d2dc1d07bd444e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>