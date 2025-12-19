--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfb21a05a9d6c4194" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R52965f1505824fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7e2e25fc68494e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rec65e5f118994ec5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc5b5e8dca34347d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R64478da333504dcb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{306D1347-B55C-4252-8ED4-B2B2552204E9}" r:id="R0e6a5d82f5284630"/>
+    <w:embedRegular w:fontKey="{34271235-857B-433F-BBBC-489CB7FC3538}" r:id="Rac663814ae0d4409"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{A9643254-9E63-4E0E-B4DE-F789259D7882}" r:id="R60d2dc1d07bd444e"/>
+    <w:embedBoldItalic w:fontKey="{A9DF48EC-8C45-48AE-BEA1-701B87E72231}" r:id="Rb5da24f3060b49f6"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R83a72dd35dc140d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d69ebcfa61642b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06ac245794544957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1a28873607ab4d24" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R0e6a5d82f5284630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R60d2dc1d07bd444e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e3ddddcac4f47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R827db44c59bf4c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4d3aa057dceb4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R244a39e638db4cc5" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="Rac663814ae0d4409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rb5da24f3060b49f6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>