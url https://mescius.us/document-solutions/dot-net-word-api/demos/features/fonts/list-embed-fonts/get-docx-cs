--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -792,51 +792,51 @@
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rebb80c4db83341b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra105885a5bf3428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R04aba3b634614ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rdef3db3ed62c41f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a84afd58dc44021" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rebb80c4db83341b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra105885a5bf3428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R04aba3b634614ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc768c9d8128b4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a84afd58dc44021" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R70239b75335a47fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rcae7860cdcf94066" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>