--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reff7a55682c548d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50f5adac509443d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8221076a9acd41d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R631da7382ff24125" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd005af1d5d8a44ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1b63114acda148be" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
       <w:r>
         <w:t>Arabic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My RTL Text"/>
       </w:pPr>
       <w:r>
         <w:t>العربية أكبر لغات المجموعة السامية من حيث عدد المتحدثين، وإحدى أكثر اللغات انتشارًا في العالم، يتحدثها أكثر من 422 مليون نسمة،1 ويتوزع متحدثوها في المنطقة المعروفة باسم الوطن العربي، بالإضافة إلى العديد من المناطق الأخرى المجاورة كالأحواز وتركيا وتشاد ومالي والسنغالوارتيرياوللغة العربية أهمية قصوى لدى أتباع الديانة الإسلامية، فهي لغة مصدري التشريع الأساسيين في الإسلام: القرآن، والأحاديث النبوية المروية عن النبي محمد، ولا تتم الصلاة في الإسلام (وعبادات أخرى) إلا بإتقان بعض من كلمات هذه اللغة. والعربية هي أيضًا لغة طقسية رئيسية لدى عدد من الكنائس المسيحية في العالم العربي، كما كتبت بها الكثير من أهم الأعمال الدينية والفكرية اليهودية في العصور الوسطى. وأثّر انتشار الإسلام، وتأسيسه دولًا، أرتفعت مكانة اللغة العربية، وأصبحت لغة السياسة والعلم والأدب لقرون طويلة في الأراضي التي حكمها المسلمون، وأثرت العربية، تأثيرًا مباشرًا أو غير مباشر على كثير من اللغات الأخرى في العالم الإسلامي، كالتركية والفارسية والأرديةوالالبانية واللغات الأفريقية الاخرى واللغات الأوروبية مثل الروسية والإنجليزية والفرنسية والأسبانية والايطالية والألمانية.كما انها تدرس بشكل رسمى او غير رسمى في الدول الاسلامية والدول الأفريقية المحادية للوطن العربى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
@@ -894,51 +894,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8f922b3ba7004ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb7f02989405148e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raf4ef30cc02f4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b3dd07eeba74081" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4d5c9340384c44f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd43858fbacef4890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R802010e0ce09493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c5de461aece4879" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>