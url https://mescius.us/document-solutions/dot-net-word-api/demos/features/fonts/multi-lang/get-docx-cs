--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R631da7382ff24125" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd005af1d5d8a44ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1b63114acda148be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2a36588c68124b8a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R18ae1c35cb494bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R89196f3a96514df6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
       <w:r>
         <w:t>Arabic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My RTL Text"/>
       </w:pPr>
       <w:r>
         <w:t>العربية أكبر لغات المجموعة السامية من حيث عدد المتحدثين، وإحدى أكثر اللغات انتشارًا في العالم، يتحدثها أكثر من 422 مليون نسمة،1 ويتوزع متحدثوها في المنطقة المعروفة باسم الوطن العربي، بالإضافة إلى العديد من المناطق الأخرى المجاورة كالأحواز وتركيا وتشاد ومالي والسنغالوارتيرياوللغة العربية أهمية قصوى لدى أتباع الديانة الإسلامية، فهي لغة مصدري التشريع الأساسيين في الإسلام: القرآن، والأحاديث النبوية المروية عن النبي محمد، ولا تتم الصلاة في الإسلام (وعبادات أخرى) إلا بإتقان بعض من كلمات هذه اللغة. والعربية هي أيضًا لغة طقسية رئيسية لدى عدد من الكنائس المسيحية في العالم العربي، كما كتبت بها الكثير من أهم الأعمال الدينية والفكرية اليهودية في العصور الوسطى. وأثّر انتشار الإسلام، وتأسيسه دولًا، أرتفعت مكانة اللغة العربية، وأصبحت لغة السياسة والعلم والأدب لقرون طويلة في الأراضي التي حكمها المسلمون، وأثرت العربية، تأثيرًا مباشرًا أو غير مباشر على كثير من اللغات الأخرى في العالم الإسلامي، كالتركية والفارسية والأرديةوالالبانية واللغات الأفريقية الاخرى واللغات الأوروبية مثل الروسية والإنجليزية والفرنسية والأسبانية والايطالية والألمانية.كما انها تدرس بشكل رسمى او غير رسمى في الدول الاسلامية والدول الأفريقية المحادية للوطن العربى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
@@ -894,51 +894,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4d5c9340384c44f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd43858fbacef4890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R802010e0ce09493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c5de461aece4879" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R53df22dd0aa44f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0c75c9e50f604da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf2620e600884a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8b1d49847d244b40" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>