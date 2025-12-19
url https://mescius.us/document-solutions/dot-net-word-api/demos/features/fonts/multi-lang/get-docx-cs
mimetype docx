--- v2 (2025-12-19)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2a36588c68124b8a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R18ae1c35cb494bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R89196f3a96514df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re4420e48c58945b0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb5ce5b78dd1f4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra8bb4cc84ca94094" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
       <w:r>
         <w:t>Arabic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My RTL Text"/>
       </w:pPr>
       <w:r>
         <w:t>العربية أكبر لغات المجموعة السامية من حيث عدد المتحدثين، وإحدى أكثر اللغات انتشارًا في العالم، يتحدثها أكثر من 422 مليون نسمة،1 ويتوزع متحدثوها في المنطقة المعروفة باسم الوطن العربي، بالإضافة إلى العديد من المناطق الأخرى المجاورة كالأحواز وتركيا وتشاد ومالي والسنغالوارتيرياوللغة العربية أهمية قصوى لدى أتباع الديانة الإسلامية، فهي لغة مصدري التشريع الأساسيين في الإسلام: القرآن، والأحاديث النبوية المروية عن النبي محمد، ولا تتم الصلاة في الإسلام (وعبادات أخرى) إلا بإتقان بعض من كلمات هذه اللغة. والعربية هي أيضًا لغة طقسية رئيسية لدى عدد من الكنائس المسيحية في العالم العربي، كما كتبت بها الكثير من أهم الأعمال الدينية والفكرية اليهودية في العصور الوسطى. وأثّر انتشار الإسلام، وتأسيسه دولًا، أرتفعت مكانة اللغة العربية، وأصبحت لغة السياسة والعلم والأدب لقرون طويلة في الأراضي التي حكمها المسلمون، وأثرت العربية، تأثيرًا مباشرًا أو غير مباشر على كثير من اللغات الأخرى في العالم الإسلامي، كالتركية والفارسية والأرديةوالالبانية واللغات الأفريقية الاخرى واللغات الأوروبية مثل الروسية والإنجليزية والفرنسية والأسبانية والايطالية والألمانية.كما انها تدرس بشكل رسمى او غير رسمى في الدول الاسلامية والدول الأفريقية المحادية للوطن العربى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Caption"/>
       </w:pPr>
@@ -894,51 +894,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R53df22dd0aa44f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0c75c9e50f604da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf2620e600884a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8b1d49847d244b40" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raaa57d965de0498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rceed42ee49204010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re2a2b15573084873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra1dd42ae3ccc4b18" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>