--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,210 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfde7b938e7504aae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56ed4247967f43ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf92b7352e5c64128" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R74ee1bf3604f45d9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R294294ae88384ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9bac031fde624377" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac nunc congue aliquam, massa, congue tempus amet at id non ante magna tempus pulvinar eget sem laoreet magna sit adipiscing. Eget aliquet tincidunt turpis, id et ut erat consectetur non massa donec pharetra, molestie mi, donec, dolor adipiscing aliquet tincidunt ac. Amet eget sem ut </w:t>
+        <w:t xml:space="preserve">Ut erat ut sem felis volutpat turpis, consectetur tempus nunc, sem nonummy donec laoreet molestie feugiat lobortis volutpat dolor dolore aliquet. Volutpat donec praesent, felis ac lobortis eget dolor nunc euismod sit nisi diam elit sed mi, mauris tempus nibh volutpat dolor. Congue aliquet at dolor dolore adipiscing ac et elit erat mi felis tempus ante mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nibh volutpat pulvinar nunc aliquet. Sit nisi proin consectetur congue diam nonummy donec praesent turpis aliquam at erat mi elit erat ante mauris feugiat lobortis euismod. Pulvinar nunc aliquet turpis aliquam et eget </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> eget et pulvinar eget diam nisi </w:t>
+        <w:t xml:space="preserve">, massa tellus pharetra magna ullamcorper donec mi, mauris ac nibh volutpat sed laoreet. Euismod sit ut tellus, pharetra magna diam adipiscing donec aliquet adipiscing ac, et at erat mi felis erat proin ac et. Eget sed mi id tempus massa tellus dolor tincidunt ullamcorper nonummy aliquam proin adipiscing ac et, eget </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> elit volutpat ante, dolore dolor molestie mi dolore, dolor. Mauris proin congue dolor eget proin donec pharetra at praesent dolore sed elit non, ante donec, pharetra molestie, praesent congue </w:t>
+        <w:t xml:space="preserve"> massa tellus pharetra. Magna ullamcorper pharetra congue amet nisi aliquet turpis nisi sem nonummy donec praesent molestie feugiat, ut volutpat sed nibh nonummy donec. Diam nonummy donec at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Adipiscing euismod et aliquam pulvinar eget et ut sed consectetur tellus massa </w:t>
+        <w:t xml:space="preserve"> nibh eget sed laoreet id feugiat massa mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lobortis volutpat, sed tincidunt euismod pulvinar nunc. Tellus sit congue ullamcorper amet donec praesent adipiscing et eget sed massa molestie sit lobortis, volutpat dolor tincidunt euismod amet dolore. Aliquet, turpis nisi sem consectetur donec praesent felis tempus proin, adipiscing aliquam, proin at et, elit erat mi felis tempus ante. Eget pulvinar nunc tellus turpis, nisi et id sed massa tellus sit, ut non pharetra congue ullamcorper pulvinar nunc, tellus ut. Non, pharetra dolore praesent, turpis nisi proin mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> et id pulvinar nunc, molestie, feugiat ut non pharetra congue ullamcorper amet. Dolore aliquet, sit ut non </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, elit sem, magna, dolor, mauris aliquet lobortis ac. Amet, eget proin nisi, pulvinar eget proin nisi pulvinar elit, diam nisi pulvinar eget diam nisi pulvinar id et nisi, feugiat. Diam, lobortis, erat amet volutpat massa aliquam nonummy, ullamcorper, lobortis, aliquam, pharetra eget proin dolore pulvinar, eget proin nunc sed at. Aliquet mi, ac consectetur tellus sed consectetur sem massa sed, at tellus mi magna, et ut, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. Elit sem lobortis tempus diam, ut tempus nonummy non lobortis tempus nonummy ullamcorper lobortis </w:t>
+        <w:t xml:space="preserve"> lobortis non pharetra congue euismod dolor nunc tellus sit ut, sem consectetur magna ullamcorper amet. Dolore praesent adipiscing aliquam proin, elit sed, mi, felis, tempus ante dolor, lobortis euismod amet, dolore, aliquet at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nonummy, euismod nibh aliquam pulvinar, volutpat. Proin dolore dolor elit, sem nunc </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> elit volutpat ante aliquam amet, eget proin, dolor eget praesent dolore dolor. At euismod mi ac turpis euismod mi magna sit id diam congue feugiat felis diam ut feugiat id, ullamcorper ut </w:t>
+        <w:t xml:space="preserve"> laoreet eget. Sit nisi tellus congue, non pharetra tincidunt id amet dolore sem consectetur nisi sem amet congue ullamcorper amet dolore tellus, turpis. Nisi et elit erat mi felis tempus ante mauris proin elit sed, laoreet id tempus proin mauris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Felis, tincidunt aliquam, nonummy, euismod nibh aliquam, amet volutpat et dolore </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> felis sem ut tempus nonummy non massa aliquam amet, eget ante. Dolore dolor adipiscing tellus, tincidunt </w:t>
+        <w:t xml:space="preserve"> et elit erat. Tincidunt euismod sit nisi et nonummy donec, mi mauris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> consectetur euismod et nisi sit id magna feugiat felis diam ut, feugiat felis diam congue. Feugiat adipiscing ullamcorper ut feugiat felis diam, tincidunt </w:t>
+        <w:t xml:space="preserve"> nibh eget dolor laoreet euismod dolore sem at ac et felis. Ipsum massa molestie dolor tincidunt volutpat pulvinar nunc aliquet consectetur, nisi diam nonummy erat praesent adipiscing tempus ante at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing sem nunc erat turpis molestie mi congue, feugiat felis ullamcorper lobortis. Tempus amet volutpat, nibh, tempus amet, volutpat proin donec amet volutpat nibh, aliquam turpis euismod nibh adipiscing euismod nibh nisi amet. Id et nisi sit, id proin nisi pulvinar elit diam nunc tempus elit diam nisi pulvinar elit non ut </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> felis aliquet tincidunt. </w:t>
+        <w:t xml:space="preserve"> nibh. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -738,51 +675,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R07f935f5db5a4666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfef75a95536f4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9fa5adef2b5847fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R28ed6360e18e46bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rea544bb26e4841e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R372e7c4c98ab4b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R15d036c2f1f34e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3338717828f4ecc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>