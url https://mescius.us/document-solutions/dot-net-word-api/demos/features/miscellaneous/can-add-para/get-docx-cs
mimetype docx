--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R066041d58d9043a0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4608a96b57b84320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe08847a38cd4fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R45b4625ea1844011" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R36ad8069a61c424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R73818d503e1c4b8d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="945612166"/>
+          <w:id w:val="-682890857"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8a2c5ab5801e44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc15777b060a8438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4be2d25e723f4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Ra13ede359e3c47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra586c3e26f264b09" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R787057dcee6e4bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0f9a686fb7f74f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf025b49520fb4ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R935564651fd049f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb847ac2e415d47c1" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R0653f6aa398e4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R9da96484dee84e75" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R417d41e02c1547fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R5b862f28d3b64cf6" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4D24A560-1639-42A2-84E5-2453D348C909}"/>
+        <w:guid w:val="{C38D0C65-AEE6-4C5D-91F8-559D5575902B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>