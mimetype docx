--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R45b4625ea1844011" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R36ad8069a61c424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R73818d503e1c4b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R02b99998a0f94e2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50aeb66902e8418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R620ad5243d3f487c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-682890857"/>
+          <w:id w:val="632244133"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R787057dcee6e4bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0f9a686fb7f74f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf025b49520fb4ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R935564651fd049f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb847ac2e415d47c1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7a288d97a3964e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ab44a138fe44537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43ed4190b7524351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rc4edc7a83b3c44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0492335870d0444e" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R417d41e02c1547fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R5b862f28d3b64cf6" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R77c22d783e934e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rddc3742da257427d" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C38D0C65-AEE6-4C5D-91F8-559D5575902B}"/>
+        <w:guid w:val="{D248BB2B-42CB-4B84-BFCE-64C1C827AFD0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>