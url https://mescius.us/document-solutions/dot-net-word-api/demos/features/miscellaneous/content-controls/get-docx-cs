--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ba9f59efe3c4449" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rccb309cde6284984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75b00736e0be4f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb93d28cd9ffb45cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc55ce32b372b48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra73a2dcd67a3445d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="823945125"/>
+          <w:id w:val="225499065"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-461660743"/>
+        <w:id w:val="833603291"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-370086121"/>
+        <w:id w:val="-360912190"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="86334333"/>
+        <w:id w:val="-873986641"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="704512321"/>
+        <w:id w:val="-626059550"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="918370762"/>
+              <w:id w:val="-277640084"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-154261109"/>
+            <w:id w:val="-260648625"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-11-04T00:41:06.50+00:00">
+            <w:date w:fullDate="2025-12-19T11:27:06.78+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-11-04 00:00:00Z</w:t>
+                <w:t>2025-12-19 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcc2b8e90721e44df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb995350320e46b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2ae3311ff9db4a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R57e5c772dd6f4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reaea3d5b292744f6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ecd10d530874974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7a6f41f5d9045fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2f6a06ca9f8e405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R8b01f765ec8c4bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80ad7b5cf55d4498" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rb0550bd713544407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rcfc62d73ddd74055" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R0c56ccbffa87415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra72ab19807b24b28" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{84074866-3660-4102-AAF2-3AD595306B5F}"/>
+        <w:guid w:val="{BBCF79E2-C11E-4606-870E-770EFFA6037F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{53C7DD6B-BC71-4232-9BF1-7D466101C21A}"/>
+        <w:guid w:val="{EC8777DE-FD1B-4943-9B74-89D42A4F6849}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{197D0EC8-1220-4454-9E08-88306105F72C}"/>
+        <w:guid w:val="{0327834F-14E8-4456-8D37-948933AB4D4C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A8A60CE3-FD9F-468A-86C1-9BE599DD0730}"/>
+        <w:guid w:val="{5EBD61B5-EB60-4D41-90EA-43C021656AD2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{13CF3E95-F685-4095-B0EA-97C66BD8BFCE}"/>
+        <w:guid w:val="{8A9D2C39-CBE8-4960-9F53-169A3C605C40}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>