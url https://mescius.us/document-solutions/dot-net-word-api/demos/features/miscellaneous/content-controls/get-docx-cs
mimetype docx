--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb93d28cd9ffb45cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc55ce32b372b48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra73a2dcd67a3445d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3df24c11af5f4c46" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8b39afc899404bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb38deca05e184826" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="225499065"/>
+          <w:id w:val="929637401"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="833603291"/>
+        <w:id w:val="291715217"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-360912190"/>
+        <w:id w:val="-411820790"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,130 +172,130 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-873986641"/>
+        <w:id w:val="-370100963"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-626059550"/>
+        <w:id w:val="-804127558"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-277640084"/>
+              <w:id w:val="-334285971"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-260648625"/>
+            <w:id w:val="-551273719"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-19T11:27:06.78+00:00">
+            <w:date w:fullDate="2025-12-19T13:03:58.34+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
                 <w:t>2025-12-19 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ecd10d530874974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7a6f41f5d9045fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2f6a06ca9f8e405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R8b01f765ec8c4bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80ad7b5cf55d4498" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R77b49f4c2a9d461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfe89a022aeef40de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5835ace566b3435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rf295a6a77e624ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9769eec83be24d4b" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R0c56ccbffa87415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra72ab19807b24b28" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R5b34c945550f4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R5d5504540e914e79" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BBCF79E2-C11E-4606-870E-770EFFA6037F}"/>
+        <w:guid w:val="{10FC2D47-B959-4A8D-AF07-5396D55BC168}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{EC8777DE-FD1B-4943-9B74-89D42A4F6849}"/>
+        <w:guid w:val="{BD320BEF-1F01-497C-84E4-267F4A7E4754}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0327834F-14E8-4456-8D37-948933AB4D4C}"/>
+        <w:guid w:val="{2A4AD3DA-956C-4B44-8870-01B28B9EF5D7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5EBD61B5-EB60-4D41-90EA-43C021656AD2}"/>
+        <w:guid w:val="{7D5A0C58-6BEE-4EB5-BF53-D5AC72103E56}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8A9D2C39-CBE8-4960-9F53-169A3C605C40}"/>
+        <w:guid w:val="{666B858A-AC30-4E28-8185-1CF4F2B5CFEA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>