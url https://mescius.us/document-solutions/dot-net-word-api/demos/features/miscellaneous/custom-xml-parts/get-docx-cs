--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R374706a255704fce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbca340752c984ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R07b09cb1b7f84fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2dc8d80af0e14e52" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R12814e904b4741e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdff37e40b52649a0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-571888618"/>
+          <w:id w:val="-320384917"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="-893624950"/>
+          <w:id w:val="54148990"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="356737887"/>
+          <w:id w:val="-541966893"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-520511349"/>
+          <w:id w:val="594251802"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R3ffafea556df41e5"/>
-      <w:footerReference w:type="default" r:id="R6256412661ca47f1"/>
+      <w:headerReference w:type="default" r:id="R10064a35798a4d96"/>
+      <w:footerReference w:type="default" r:id="R81a44d91d20a42ce"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-843739808"/>
+        <w:id w:val="989964307"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-789104456"/>
+        <w:id w:val="178546721"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rb3c4670e5de24d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R45081f855d6e409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R26871cac9b15494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R998de8e2d6a54e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rd535a445be3c487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R3ffafea556df41e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R6256412661ca47f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R65f752a5110641be" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re603b12660774db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rcc75b2e90dc9466a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R3bc2e390c94d497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f7c908245954562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R97d622e16b744617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0a4a4dd56ada4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R334d74baf343487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R10064a35798a4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R81a44d91d20a42ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R441a4532ebce4899" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Ra7e399ee96b84fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R248f94edfd754e59" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0F3B8384-4A67-4B71-B03B-0FF26DB73113}"/>
+        <w:guid w:val="{B32F712C-E1FC-4665-9B16-441C016F72FA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CE889746-55D9-4D6E-8BCB-D38D7D5A1D29}"/>
+        <w:guid w:val="{51DE4A4D-D328-4EA1-B9FD-2D8E234D27A2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R68f88cc2a23347fb" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="Rc38631c738bb4535" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="6df96ffc-8202-4b55-b05f-eb98576d8878">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="dc29a539-11cd-4195-bf17-cbc8c966b215">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>