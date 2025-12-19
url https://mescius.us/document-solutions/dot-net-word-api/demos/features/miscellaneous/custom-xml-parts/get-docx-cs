--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2dc8d80af0e14e52" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R12814e904b4741e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdff37e40b52649a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re849c23c29e64e71" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2c4fc46602ed4f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd71a12c11f7a411d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-320384917"/>
+          <w:id w:val="736185393"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="54148990"/>
+          <w:id w:val="-50242306"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-541966893"/>
+          <w:id w:val="-935976878"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="594251802"/>
+          <w:id w:val="-713579116"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R10064a35798a4d96"/>
-      <w:footerReference w:type="default" r:id="R81a44d91d20a42ce"/>
+      <w:headerReference w:type="default" r:id="Rcd7d827b6baa46ab"/>
+      <w:footerReference w:type="default" r:id="R3416c025c0224ab6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="989964307"/>
+        <w:id w:val="-190372774"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="178546721"/>
+        <w:id w:val="-317568616"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R3bc2e390c94d497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f7c908245954562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R97d622e16b744617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0a4a4dd56ada4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R334d74baf343487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R10064a35798a4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R81a44d91d20a42ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R441a4532ebce4899" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Ra7e399ee96b84fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R248f94edfd754e59" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rf3ac3489d3fb4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4df48864fcdc447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9e8b3bc2656b4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re57fea4343bf4648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R5b3b66edf5f84880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rcd7d827b6baa46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R3416c025c0224ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf97f165208874d50" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Ra5cdd822b02244db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R01821446b50e4891" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B32F712C-E1FC-4665-9B16-441C016F72FA}"/>
+        <w:guid w:val="{80381429-C6BB-42AE-A452-FBCB3096BB04}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{51DE4A4D-D328-4EA1-B9FD-2D8E234D27A2}"/>
+        <w:guid w:val="{0C79C796-0C11-4F06-BEA0-3F29130BEE86}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="Rc38631c738bb4535" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R6081396b15aa422b" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="dc29a539-11cd-4195-bf17-cbc8c966b215">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="4f2da897-a982-4d16-9f91-e8f93c359b11">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>