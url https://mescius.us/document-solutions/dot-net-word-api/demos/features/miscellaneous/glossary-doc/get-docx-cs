--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R37e925619cb14b92" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R89114e6c91774729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6e9b51bc5f0146db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1e9b9e6201aa4db1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R675221139734491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re65063ce25c04bbf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R09df7d29d50c494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9d518840b53e42f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1610a411ae964b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R23a83c6a4e6c4402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rece3e98762ff4632" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c22262517444cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdb23be793e994410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3af99294b60d41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R86e38a40ee774ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcc9a549c6e034281" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rf7868582affc4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rebbf7b89b22d4d88" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rcc2d12ac6b6a4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R2b2c31c10ea64ada" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3F7820B1-D409-4E33-B3E2-16EC37C5E1EF}"/>
+        <w:guid w:val="{C21146DF-37EA-4E45-A2E7-BA80D07B8ADE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AB93507C-B8A6-4FEB-BCB2-3753DE5BAF8F}"/>
+        <w:guid w:val="{39DE3460-415F-4D1E-9C78-9464D5D815A3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>