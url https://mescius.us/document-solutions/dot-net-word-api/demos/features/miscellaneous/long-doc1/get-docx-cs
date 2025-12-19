--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1bf8458035cb4df9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6b50bffbb76e459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d2975792dfd489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2248b491156b43de" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1b6af4f291224ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra8c754305b6f4395" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nisi tellus ullamcorper eget molestie ullamcorper nibh nunc ut tempus dolor turpis euismod proin massa erat sit felis non ante congue aliquam pulvinar. Non laoreet, erat pharetra molestie praesent tincidunt tempus amet volutpat et dolore dolor at tellus et magna tempus adipiscing non ante congue dolor. Mauris nunc ac turpis euismod laoreet magna sit felis et ut tempus nonummy volutpat proin, dolore, feugiat adipiscing, ullamcorper, nibh, nisi pulvinar, eget. Diam nunc tempus consectetur tellus tincidunt aliquam pulvinar elit sem, nunc ipsum elit sem nunc sed elit sem nunc sed nonummy non nunc. Erat consectetur molestie mi donec dolor ante donec dolor molestie aliquet tincidunt ac amet, elit sem nunc sed at tellus mi donec pharetra. Mauris diam congue lorem adipiscing euismod lobortis aliquam amet lobortis lorem adipiscing id et nisi pulvinar eget proin nunc erat consectetur non, ante. Donec sit mauris praesent congue dolor mauris praesent congue feugiat at ullamcorper lobortis turpis euismod nibh aliquam, sit elit nonummy ullamcorper congue sit. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Tempus dolore nisi, magna dolore magna donec ac ipsum sit amet adipiscing elit diam praesent et mi. Nibh laoreet nunc magna nisi erat ipsum dolor amet sit amet turpis elit id ullamcorper aliquet proin. Laoreet nibh nunc magna tempus lobortis magna aliquam erat erat nisi ac aliquam lorem, ipsum sit pharetra. Sit sit amet sit dolor dolor, sit consectetur adipiscing elit, molestie, et proin, nisi magna, dolore aliquam. Sed tempus, ac donec donec lorem pulvinar, dolor pulvinar turpis nonummy molestie ullamcorper tellus ullamcorper praesent et. Mi ante massa lobortis dolore ac tempus lorem sed pulvinar feugiat dolor sit pharetra amet consectetur nonummy. </w:t>
+        <w:t xml:space="preserve">Amet ullamcorper mi lorem lorem pulvinar felis nonummy turpis. Felis eget at id eget at pharetra ipsum, erat. Feugiat ipsum sed aliquam donec lorem aliquam donec nisi. Euismod eget felis at pulvinar aliquam congue ut nunc. Lobortis mi sem euismod eget adipiscing consectetur pulvinar lorem. Dolore congue nunc nibh praesent non molestie erat dolore. Tincidunt lobortis et tellus mauris adipiscing pharetra ipsum ac. Dolore nibh diam sem euismod molestie adipiscing pharetra sed. Aliquam congue ante et euismod consectetur dolore, nibh diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor ipsum ac tincidunt, et pulvinar, felis sit magna et euismod, laoreet aliquet eget, amet donec ante non, proin non elit, ipsum nisi laoreet aliquet mauris. Adipiscing sem eget nonummy sit sed ac congue, ante diam consectetur sed dolore aliquet turpis ut, diam elit tempus ante mauris lorem nibh volutpat pulvinar nunc. Aliquet turpis nisi et euismod at amet tempus magna sem volutpat amet ac lobortis mi volutpat consectetur tempus, nunc diam, eget turpis lorem laoreet aliquet at. Dolor dolore ante ullamcorper id, sit massa aliquet volutpat turpis, feugiat magna nunc sem euismod consectetur dolor lorem ut praesent non consectetur magna diam adipiscing donec. Proin mauris feugiat tincidunt euismod pulvinar nunc turpis nisi laoreet sem volutpat mauris elit turpis sed dolore ut laoreet non eget turpis feugiat dolore ante ullamcorper. Molestie elit amet feugiat, magna nunc non pharetra mi felis lorem, nibh mauris sed donec ut mi aliquet elit turpis lorem dolore, mi volutpat elit turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam tellus pharetra pulvinar ac tincidunt mi volutpat consectetur tempus massa non felis pulvinar ut diam elit ipsum ut proin eget molestie, consectetur, erat dolore proin volutpat. Pulvinar nisi, et volutpat amet nisi nibh volutpat amet tempus lobortis ullamcorper felis, sit magna mi molestie consectetur erat et id amet ac nibh euismod amet, aliquam. Lobortis, diam felis dolor congue diam mauris feugiat magna praesent id, consectetur erat nunc non consectetur, sed nunc eget turpis lorem tincidunt, praesent mauris dolor donec mi. Non eget pulvinar aliquam laoreet tellus adipiscing sed dolore ante non elit consectetur dolor ac massa mi sem ullamcorper felis consectetur, sed, nisi tincidunt ante ullamcorper molestie. Elit adipiscing dolor tempus congue nunc et ullamcorper molestie elit sit lorem aliquam tincidunt massa id at pharetra ipsum erat nisi tincidunt ante ullamcorper tellus at dolor. Lorem donec, ut laoreet sem volutpat felis consectetur sit sed donec, ut mi proin turpis dolor tempus nisi nunc proin euismod et tellus eget nonummy feugiat erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nisi lobortis ante diam molestie eget felis nonummy sit amet dolor tempus ac dolore lobortis massa laoreet proin diam at pulvinar feugiat, erat, nisi tincidunt. Ante aliquet volutpat elit consectetur pulvinar aliquam ut laoreet proin praesent non id at, turpis pharetra ipsum magna sem volutpat, mauris elit sit sed aliquam magna. Massa, nibh aliquet eget adipiscing sit, sed ac donec ut massa nibh ullamcorper volutpat felis consectetur dolor aliquam, lobortis, molestie id at nonummy feugiat erat aliquam. Aliquam magna nunc et, aliquet, volutpat elit turpis dolor tempus congue ante diam tellus mauris nonummy congue laoreet proin euismod at amet ipsum, ac dolore congue. Praesent sem id at pulvinar tempus donec ut laoreet ante ullamcorper molestie elit amet lorem donec lobortis id turpis dolor, nisi lobortis praesent non felis consectetur. Pulvinar tempus magna ut laoreet praesent volutpat adipiscing consectetur sed ac dolore massa et aliquet volutpat felis consectetur nunc nibh aliquet volutpat id consectetur adipiscing pharetra. Ipsum ac, aliquam donec lobortis laoreet, aliquet euismod adipiscing nonummy, turpis dolor ut massa et aliquet ullamcorper molestie eget turpis pharetra sit ipsum, ac dolore ut. Laoreet, ante mi diam euismod mauris nonummy sit sed lorem, donec congue non, id at amet sit dolor, lorem erat nisi nunc lobortis mi, non eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed feugiat erat nisi congue, mi non id elit pulvinar tempus congue. Massa nibh praesent volutpat adipiscing sit donec nunc nibh ullamcorper volutpat sit. Pulvinar, dolor tempus magna, dolore lobortis diam mauris elit turpis pulvinar tempus. Congue nunc nibh praesent non molestie elit amet dolor tempus ut laoreet. Eget adipiscing pharetra tempus ut laoreet proin non id elit pulvinar ac. Congue massa et tellus eget, amet, feugiat, erat ut mi aliquet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet eget pharetra tempus ut diam felis sit nisi mi tellus eget adipiscing pharetra. Tempus magna laoreet proin mauris nonummy turpis, lorem congue proin volutpat felis feugiat ac nunc. Sem volutpat turpis dolor, erat nisi mi aliquet eget nonummy feugiat, congue massa id at. Pharetra aliquam lobortis non amet donec praesent felis tempus lobortis euismod turpis tempus nibh ullamcorper. Mauris nonummy pulvinar lorem nunc nibh ullamcorper felis pharetra molestie feugiat massa molestie dolor congue. Aliquet molestie feugiat tincidunt euismod dolor dolore tellus pulvinar massa tellus consectetur ipsum nisi et. Ullamcorper mauris, amet congue et id feugiat, nisi laoreet aliquet at sed nunc aliquet mauris. Dolor donec ante ullamcorper, nonummy tempus lobortis diam id sit congue et felis tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit sed nunc sem elit sit sed donec lobortis. Mi, sem elit pulvinar nisi ante non nonummy tempus. Nunc et id turpis ac nibh proin non, id. Feugiat, congue et id sit ac laoreet tellus elit. Dolor, nisi nibh molestie, nonummy tempus nisi nibh tellus. Mauris pharetra aliquam massa non adipiscing feugiat congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent euismod consectetur sed nunc proin eget pharetra tempus congue laoreet non elit pulvinar aliquam congue ante. Ullamcorper felis, feugiat nisi et aliquet volutpat nonummy feugiat massa et tellus mauris nonummy ipsum magna mi aliquet. Elit adipiscing feugiat congue nisi diam nonummy magna ullamcorper, nonummy aliquam proin at sed nibh eget ut sem. At erat mi id ipsum, massa molestie feugiat lobortis volutpat, sed, laoreet euismod ipsum massa molestie feugiat lobortis. Volutpat, pulvinar nunc volutpat dolor, nunc aliquet, adipiscing nisi sem consectetur, congue ullamcorper amet congue euismod pulvinar massa. Tellus sit, ut sem nonummy donec, praesent adipiscing aliquam praesent mauris lorem praesent at ac et eget sed. Massa molestie feugiat lobortis volutpat dolor, congue aliquet turpis nisi aliquet, consectetur ac et felis erat mi mauris. Lorem ante sed tincidunt euismod amet nisi, sem consectetur magna ullamcorper pharetra tincidunt ullamcorper amet nunc euismod pulvinar. Ut non dolor congue diam congue diam, id, lorem lobortis volutpat dolor congue ullamcorper turpis nisi proin consectetur. Ac mi felis ipsum massa molestie dolor tincidunt ullamcorper pulvinar nunc aliquet turpis nisi praesent at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis nisi, proin elit, sed laoreet euismod, nisi sem elit, tempus, ante molestie sit congue ullamcorper pharetra congue aliquet, pulvinar nunc tellus sit ut volutpat dolor. Tincidunt euismod turpis nisi sem, consectetur mi id sit nunc non pharetra magna ullamcorper amet dolore tellus turpis nisi proin at ac et elit erat mi adipiscing. Ac et eget dolor tellus sit nunc tellus sit ut ullamcorper nonummy dolore aliquet sit ut sem at ac et felis tempus massa volutpat dolor congue ullamcorper. Amet dolore consectetur ac et elit ipsum massa tellus, feugiat congue non pharetra dolore aliquet amet nisi proin consectetur magna diam amet dolore aliquet turpis aliquam sem. Consectetur laoreet euismod ipsum, ut non pharetra congue diam nonummy aliquam proin adipiscing nisi proin consectetur magna diam nonummy donec mi mauris ac proin at magna et. Felis, nunc non consectetur donec, mi, molestie feugiat, ut ullamcorper nonummy dolore praesent adipiscing aliquam proin at erat mi felis tempus ante mauris lorem lobortis adipiscing tempus. Ante, mauris lorem nibh eget sed laoreet id tempus ante mauris lorem laoreet id pulvinar, massa tellus sit ut, non pharetra congue, ullamcorper amet nisi mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non, pharetra congue diam nonummy aliquam proin at, aliquam et, dolor, nunc. Aliquet sit magna et elit erat praesent adipiscing tempus ante mauris ac, et. Eget sed mi felis tempus, massa molestie dolor, tincidunt euismod dolore sem turpis. Magna et nonummy erat mi felis lorem ante mauris, ac et eget sed. Massa molestie feugiat ut non pharetra congue euismod dolore aliquet turpis ut sem. Pharetra donec, mi, felis tempus proin, mauris sed, laoreet eget ipsum massa, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod pulvinar dolore aliquet turpis ut volutpat feugiat nibh eget sed laoreet, id sit, ut non pharetra ut non pulvinar dolore, aliquet. Turpis aliquam eget ipsum, massa molestie ipsum massa molestie dolor, tincidunt euismod pulvinar nunc tellus turpis magna diam, nonummy donec praesent adipiscing lorem. Nibh eget dolor laoreet adipiscing aliquam proin at sed mi felis tempus massa mauris lorem ante eget erat mi felis tempus massa tellus. Pharetra ut ullamcorper dolor tincidunt ullamcorper, pulvinar nibh elit erat et elit erat mi adipiscing aliquam et consectetur magna sem consectetur magna diam. Felis aliquam, praesent at aliquam diam consectetur ut amet donec praesent, at, ac nibh elit erat laoreet tellus sit lobortis non dolor lobortis. Volutpat amet dolore tellus turpis ut non pharetra congue ullamcorper pharetra, congue adipiscing ac et elit ac et elit donec praesent adipiscing tempus. Nibh eget dolor tincidunt tellus turpis ut non sit congue non pharetra tincidunt id pulvinar sem pharetra ut volutpat amet donec praesent felis. Lorem lobortis volutpat dolor, nunc euismod sit, nunc, tellus sit, congue ullamcorper nunc euismod pulvinar nunc molestie, feugiat lobortis volutpat dolor tincidunt volutpat. Ipsum massa molestie sit ut sem consectetur magna ullamcorper amet dolore tellus pulvinar nunc tellus sit diam nonummy aliquam proin mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis magna, mi id ante volutpat, pharetra tincidunt euismod amet dolore euismod, sit ut non pharetra congue diam pharetra congue id pulvinar, massa tellus sit nisi non, consectetur. Donec felis tempus proin, at ac et elit donec mi adipiscing aliquam proin mauris sed laoreet eget sed, laoreet id feugiat ut, non, dolor congue ullamcorper tempus ante, mauris. Lorem laoreet id, tempus massa tellus, sit, congue ullamcorper adipiscing aliquam ante at lorem et id pulvinar dolore aliquet, sit nisi sem consectetur mi felis tempus lobortis euismod, pulvinar. Dolore praesent at lorem laoreet id pulvinar nisi non pharetra congue, diam nonummy dolore aliquet turpis aliquam, sem, sed tincidunt euismod pulvinar nunc molestie, feugiat lobortis non pharetra dolore. Aliquet sit ut sem pharetra ut, diam nonummy dolore aliquet turpis dolore, sem consectetur magna diam donec diam adipiscing tempus, nibh eget dolor nunc euismod, turpis nisi proin at. Ac mi felis ipsum lobortis volutpat amet dolore praesent adipiscing, aliquam, eget dolor tincidunt tellus sit nunc tellus sit congue, ullamcorper adipiscing aliquam proin eget, lorem nibh elit sed. Laoreet id ipsum mi, felis tempus proin at magna elit tempus, ante mauris tempus nibh eget sed laoreet id ipsum massa id tempus proin at, ac et at ac. Et felis ipsum lobortis volutpat dolor lobortis pulvinar nunc tellus sit, nunc non consectetur congue, ullamcorper amet donec praesent turpis nisi, sem consectetur, congue diam amet, donec praesent adipiscing. Aliquam proin mauris, ac et tempus ante molestie sit congue diam nonummy donec aliquet turpis nisi sem consectetur magna diam nonummy donec praesent adipiscing aliquam nibh eget dolor tincidunt. Tellus sit ut pharetra magna praesent felis tempus ante eget sed tincidunt euismod pulvinar nunc tellus turpis ut, sem nonummy, donec, praesent adipiscing aliquam sem, at ac nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor tincidunt euismod, amet nisi et elit dolore sem at. Erat laoreet tellus sit nunc tellus pharetra congue diam nonummy aliquam proin. Mauris lorem laoreet eget erat laoreet id tempus ante mauris congue ullamcorper. Amet nisi sem, consectetur ac et felis tempus massa molestie feugiat nibh. Eget, sed laoreet, id pulvinar massa molestie feugiat lobortis non, pharetra ante. Molestie feugiat lobortis volutpat pulvinar dolore tellus sit nunc, molestie sit lobortis. Eget sed laoreet eget sed laoreet molestie tempus massa mauris lobortis euismod. Amet aliquam proin at ac et felis tempus massa molestie dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus adipiscing et eget sed laoreet molestie feugiat ut et felis tempus massa. Volutpat pharetra congue ullamcorper, amet nunc euismod sit nunc tellus sit ut non. Pharetra, praesent mauris, lorem laoreet id pulvinar nunc aliquet turpis magna diam elit. Erat mi felis aliquam, ante mauris lorem nibh id pulvinar nunc molestie feugiat. Non nonummy aliquam massa volutpat pharetra congue ullamcorper turpis nisi sem consectetur nisi. Sem pharetra erat mi mauris lorem ante mauris ac et, elit donec mi. Consectetur erat mi felis tempus massa volutpat, pharetra dolore aliquet turpis nisi aliquet. Turpis magna et elit erat praesent nonummy dolore aliquet turpis nisi tellus adipiscing. Aliquam proin elit sed massa molestie ipsum massa mauris tempus nibh eget sed. Mi felis tempus ante mauris lorem ante mauris ac nibh eget nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet erat proin at ac et at erat mi felis erat, mi felis lobortis euismod, dolor nunc tellus sit nunc tellus sit congue, ullamcorper. Adipiscing, tempus massa mauris feugiat lobortis euismod pulvinar tincidunt id ipsum ante felis aliquam, euismod pulvinar donec ante mauris ac et elit erat mi. Adipiscing aliquam proin, adipiscing ac proin at ac et elit tempus ante mauris lorem nibh pulvinar donec aliquet adipiscing ac et elit erat mi. Id ipsum lobortis volutpat dolor congue euismod ipsum, massa tellus sit nisi sem pharetra erat tellus consectetur, tempus nunc molestie feugiat lobortis volutpat pharetra. Congue ullamcorper amet nisi sem consectetur magna, et nonummy donec praesent turpis dolore aliquet, turpis nisi sem tempus ante felis feugiat lobortis volutpat sed. Laoreet euismod pulvinar nunc tellus sit ut non amet tincidunt ullamcorper, amet nisi sem consectetur nisi diam, nonummy donec praesent lorem, nibh eget, sed. Nunc aliquet adipiscing nisi sem pharetra congue ullamcorper amet dolore aliquet turpis nisi nibh volutpat dolor ante mauris ac diam nonummy erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue, euismod turpis nisi eget sed massa, tellus sit ut sem nonummy, donec praesent turpis nisi sem mauris lorem nibh nonummy. Magna praesent felis tempus ante at ac nibh ipsum nunc molestie feugiat, lobortis volutpat, pharetra congue ullamcorper, amet aliquam sem consectetur magna. Diam elit erat laoreet mauris lorem nibh eget lorem tincidunt euismod nunc aliquet at erat et elit erat mi, felis tempus nibh. Mauris, sed tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat, dolor tincidunt euismod ac et eget sed laoreet, id ipsum massa molestie. Dolor congue ullamcorper, pulvinar nunc tellus sit nisi sem nonummy congue diam nonummy tempus ante mauris sed laoreet turpis dolore aliquet turpis. Magna et elit tempus mi mauris feugiat, lobortis mauris sed tincidunt id sed laoreet molestie lorem ante mauris lorem, et eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra congue euismod turpis nisi, sem at ac, nibh eget. Ipsum nunc molestie congue ullamcorper, nonummy donec praesent at aliquam et. Elit sed, laoreet molestie feugiat lobortis volutpat dolor congue, ullamcorper nonummy. Aliquam, proin at ac et ipsum nunc non sit, ut non. Pharetra congue aliquet turpis nisi proin elit, erat laoreet id ipsum. Massa volutpat dolor tincidunt ullamcorper nonummy donec praesent adipiscing lorem euismod. Sit nisi, sem at ac mi, felis tempus mi at, nisi. Proin elit ac et, elit erat mi felis, tempus nibh eget. Dolore proin adipiscing aliquam proin consectetur magna et nonummy donec praesent. At, lorem nibh eget sed tincidunt euismod, pulvinar massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget lorem et, elit erat laoreet id ipsum massa molestie feugiat lobortis. Volutpat dolor tellus sit ut volutpat pharetra magna, praesent felis tempus ante mauris. Sed tincidunt euismod sit nisi sem consectetur magna diam felis tempus ante mauris. Aliquet et ullamcorper mauris pharetra ipsum magna mi tellus sit ut sem consectetur. Magna praesent adipiscing aliquam proin mauris lorem, nibh id ipsum, laoreet molestie ipsum. Massa nonummy tempus massa mauris feugiat tincidunt euismod dolor tincidunt id tempus massa. Volutpat pharetra congue ullamcorper nonummy donec proin at, lorem nibh eget ac et. Eget pulvinar massa tellus, sit ut volutpat dolor congue ullamcorper turpis nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod tempus ante eget, dolor congue ullamcorper amet nunc tellus pharetra congue. Diam nonummy donec, mi mauris lorem nibh mauris lorem, nibh id tempus ante. Feugiat ut non nonummy donec proin at ac, nibh id, ipsum massa molestie. Feugiat lobortis non consectetur, donec mi felis aliquam proin, mauris sed tincidunt sit. Nisi sem consectetur ut ullamcorper amet dolore ullamcorper pulvinar nunc tellus sit ut. Sem amet donec aliquet turpis dolore aliquet turpis magna diam nonummy donec, felis. Tempus lobortis volutpat dolor congue ullamcorper amet dolore, aliquet sit ut non amet. Donec mi mauris feugiat lobortis volutpat dolor tincidunt tellus turpis, sem consectetur magna. Praesent adipiscing aliquam proin at, aliquam proin consectetur ac et felis ipsum, massa. Non pharetra tincidunt ullamcorper amet dolore sem at lorem laoreet turpis ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod amet nunc, tellus, sit nisi sem pharetra congue amet nisi sem consectetur. Magna et elit sed massa molestie sit ut non, pharetra congue, ullamcorper turpis nisi sem. At erat laoreet id tempus ante molestie lobortis volutpat dolor tincidunt euismod pulvinar magna et. Nonummy donec praesent adipiscing tempus massa molestie sed laoreet eget sed laoreet id sit ut. Sem, consectetur praesent adipiscing aliquam proin at lorem nibh id, ipsum massa molestie feugiat lobortis. Volutpat pharetra congue aliquet turpis, aliquam proin, at sed laoreet ipsum lobortis non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit nisi sem consectetur donec, praesent id ipsum lobortis ullamcorper erat proin at. Ac nibh eget sed tincidunt id pulvinar massa tellus feugiat nibh eget lorem nibh. Eget erat mi id ipsum ante mauris, sed tincidunt turpis nisi aliquet, turpis nisi. Non nonummy donec ante felis, tempus nibh volutpat sed nibh id sed massa, molestie. Feugiat ut non pharetra donec turpis aliquam proin elit erat et felis erat mi. Mauris feugiat lobortis, volutpat pulvinar nunc, tellus turpis magna diam elit erat praesent nonummy. Aliquam mauris lorem nibh eget sed laoreet id ipsum ante felis lorem lobortis volutpat. Dolor nunc tellus sit ut sem consectetur, congue, non pharetra dolore aliquet, turpis laoreet. Id pulvinar nunc molestie sit nisi non pharetra congue ullamcorper pulvinar nunc tellus sit. Ut non pharetra congue diam nonummy donec praesent at ac et elit mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, nibh, volutpat pulvinar nunc aliquet consectetur magna diam eget sed laoreet, sit ut diam nonummy donec praesent adipiscing aliquam et, elit. Sed laoreet molestie ipsum ante felis, tempus nibh, eget sed laoreet id tempus ante mauris lorem volutpat pharetra dolore aliquet adipiscing aliquam. Proin at erat mi felis ipsum, ante molestie dolor tincidunt volutpat sed laoreet felis tempus ante molestie lorem nibh dolor laoreet euismod. Pulvinar ut, sem consectetur magna diam nonummy donec, aliquet turpis aliquam proin at erat et, nonummy tempus ante mauris, lorem volutpat pharetra. Nunc aliquet adipiscing ac proin elit sed massa id feugiat ut, non pharetra dolore, aliquet adipiscing aliquam proin mauris lorem et elit. Erat mi, felis ante, at lorem, laoreet, euismod ipsum nunc tellus feugiat lobortis volutpat dolor congue euismod amet dolore aliquet sit nisi. Sem consectetur magna praesent adipiscing aliquam, proin adipiscing sed laoreet, felis tempus massa molestie feugiat lobortis volutpat dolor tincidunt euismod feugiat ut. Non consectetur magna diam adipiscing aliquam mauris, sed, tincidunt, euismod pulvinar nunc tellus, feugiat ut volutpat, feugiat tincidunt volutpat sed laoreet id. Feugiat lobortis non pharetra congue euismod, nonummy dolore tellus, turpis et id ipsum nunc non consectetur ac ullamcorper pharetra dolore aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac felis tempus massa volutpat dolor tincidunt ullamcorper amet dolore praesent adipiscing ac proin elit sed mi id feugiat lobortis volutpat dolor lobortis eget sed proin. Elit sed laoreet euismod ipsum massa molestie feugiat ut non pharetra dolore tellus sit nisi sem, pharetra, congue diam amet donec mi at ac euismod, pulvinar. Tincidunt id pulvinar nunc molestie, sit ut volutpat dolor laoreet id ipsum massa id sit ut volutpat feugiat tincidunt euismod ipsum massa id tempus ante pharetra. Congue euismod pulvinar, dolore, aliquet consectetur magna sem consectetur magna praesent felis aliquam proin mauris lorem et elit ac et elit erat felis aliquam ante at. Erat tincidunt euismod ipsum massa tellus sit ut non pharetra tincidunt euismod pulvinar nunc tellus feugiat lobortis, volutpat pharetra, dolore ullamcorper turpis dolore at erat laoreet. Id pulvinar nunc tellus sit ut euismod amet donec praesent adipiscing lorem laoreet euismod pulvinar nunc molestie feugiat, lobortis non pharetra dolore aliquet amet sem turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut tellus sit ut pharetra donec, praesent at aliquam et elit ac, et amet erat mi adipiscing, aliquam proin at ac diam nonummy erat mi. Felis lorem lobortis volutpat nunc tellus, pulvinar nunc tellus pharetra magna et felis tempus ante mauris, lorem lobortis euismod dolor dolore, aliquet sit nisi non consectetur. Magna praesent adipiscing ante mauris sed nibh eget ipsum nunc molestie feugiat ut non, pharetra tincidunt euismod dolor nunc tellus pulvinar ut non dolor tincidunt volutpat. Dolor nunc tellus ut, sem consectetur magna ullamcorper amet dolore aliquet amet dolore, aliquet, consectetur ac et elit erat mi felis tempus proin at ac diam. Nonummy laoreet, molestie, feugiat lobortis, eget sed tincidunt euismod pulvinar dolore tellus sit ut, non amet dolore ullamcorper amet nisi proin mauris lorem, et elit erat. Mi mauris lobortis volutpat, sed congue ullamcorper turpis dolore aliquet pharetra ut non pharetra congue ullamcorper turpis aliquam sem consectetur magna, et nonummy erat mi adipiscing. Aliquam, eget pharetra congue ullamcorper turpis ut sem elit ac et felis ipsum lobortis volutpat dolor tincidunt euismod dolor dolore aliquet turpis nisi sem consectetur magna. Diam nonummy praesent at ac et elit erat mi felis tempus ante molestie feugiat lobortis eget sed laoreet felis ipsum massa molestie sit, ut non pulvinar. Nunc tellus adipiscing proin elit ac mi, felis ipsum, massa volutpat dolor tincidunt euismod dolor laoreet felis pulvinar massa molestie, dolor tincidunt euismod pulvinar tincidunt, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue et felis tempus ante molestie pharetra congue ullamcorper amet dolore. Aliquet consectetur diam nonummy donec praesent adipiscing aliquam praesent at ac. Nibh, id pulvinar nunc molestie sit lobortis non dolor tincidunt, euismod. Amet, nisi proin consectetur, mi id pulvinar nunc non pharetra magna. Diam amet dolore praesent, turpis, nisi proin elit, erat laoreet molestie. Feugiat ut non amet dolore aliquet amet tincidunt euismod, ut sem. Consectetur donec mi felis tempus ante, mauris, sed laoreet id ipsum. Nunc, molestie feugiat lobortis volutpat dolor tincidunt, volutpat pulvinar dolore, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, mi mauris tempus lobortis non nonummy dolore praesent adipiscing aliquam et eget sed laoreet tempus ante mauris tempus et at erat. Et id pulvinar nunc tellus feugiat ut non amet nunc, aliquet, adipiscing lorem nibh eget sed massa id ipsum volutpat pharetra dolore. Ullamcorper amet, nunc tellus turpis ut tellus sit tincidunt, euismod dolor tincidunt euismod pulvinar ut, sem at ac et adipiscing tempus ante. Lorem lobortis euismod dolor nunc tellus sit ut volutpat dolor tincidunt euismod, amet donec praesent at ac nibh id ipsum nunc non. Pharetra diam nonummy donec praesent adipiscing aliquam et eget dolor tincidunt tellus, sit magna diam nonummy donec mi mauris tempus ante mauris. Lorem et elit erat mi id massa mauris, lorem nibh volutpat dolor tincidunt, euismod pulvinar ut non pharetra congue euismod pulvinar, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat mi felis ipsum ante mauris feugiat lobortis volutpat dolor tincidunt, tellus sit ut non consectetur magna diam, amet dolore aliquet turpis nisi elit, erat. Praesent felis tempus massa volutpat, dolor tincidunt ullamcorper amet tincidunt tellus, feugiat lobortis volutpat pharetra magna diam nonummy donec proin at ac diam donec mi felis. Ipsum lobortis ullamcorper, pharetra congue, ullamcorper amet dolore aliquet consectetur nisi diam nonummy donec mi felis, tempus nibh volutpat dolor tincidunt euismod aliquam nibh eget ipsum. Nunc non pharetra magna et elit erat mi adipiscing tempus proin at ac et elit erat mi felis tempus ante eget laoreet euismod, pulvinar nunc non. Pharetra magna et nonummy donec praesent adipiscing tempus et at magna, et felis erat ante molestie lorem ut, non pharetra nunc sit aliquam, et eget sed. Laoreet id ipsum lobortis, volutpat, feugiat tincidunt euismod dolor laoreet euismod pulvinar ut sem consectetur magna diam nonummy donec aliquet adipiscing aliquam at erat laoreet id. Sit magna et nonummy donec praesent felis tempus ante mauris lorem mi felis erat, mi mauris ante eget sed tincidunt euismod, ipsum nunc tellus feugiat ut. Non pharetra congue ullamcorper turpis nisi sem at erat et elit erat mi felis lorem nibh volutpat consectetur magna, praesent adipiscing tempus ante molestie, lorem nibh. Eget dolor nunc tellus sit ut diam nonummy donec praesent nonummy, aliquam proin at ac et eget, sed tellus consectetur ac mi felis tempus ante molestie. Feugiat nibh eget dolor tincidunt id ipsum massa molestie, feugiat lobortis volutpat, sed laoreet id pulvinar nunc non congue diam nonummy aliquam praesent at lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, turpis magna nonummy donec mi mauris lorem lobortis volutpat pharetra dolore aliquet adipiscing, aliquam proin consectetur ac mi id tempus ante. Mauris feugiat nibh, eget sed tellus turpis magna diam nonummy donec ante felis tempus ante mauris sed tincidunt euismod pulvinar massa tellus. Feugiat lobortis non pharetra donec aliquet amet, dolore sit nisi sem consectetur donec, diam felis tempus ante mauris, ac, et, at magna. Diam nonummy tempus massa molestie dolor lobortis volutpat pulvinar nunc tellus nisi, diam nonummy erat mi adipiscing aliquam proin, at ac nibh. Eget ipsum massa molestie feugiat ut non pharetra dolore aliquet adipiscing ac et volutpat laoreet euismod sit nisi sem, consectetur erat mi. Mauris lorem ante mauris sed laoreet eget ipsum massa molestie ipsum ante molestie feugiat lobortis, volutpat dolor laoreet euismod massa molestie dolor. Congue diam nonummy aliquam proin, at ac et eget erat praesent felis tempus proin at feugiat lobortis ullamcorper amet dolore aliquet turpis. Ut non pulvinar nunc tellus pharetra ut ullamcorper, amet donec praesent at lorem nibh elit erat mi felis erat praesent turpis aliquam. Elit erat mi id pulvinar massa molestie lorem lobortis volutpat dolor tincidunt tellus, pulvinar ut non pharetra magna erat praesent adipiscing aliquam. Et eget dolor tincidunt consectetur magna et elit erat mi felis aliquam nibh eget sed laoreet euismod pulvinar nunc, tellus sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, feugiat lobortis euismod dolor tincidunt tellus sit ut sem consectetur magna diam adipiscing tempus proin. Mauris, lorem nibh amet dolore aliquet turpis nisi sem amet congue euismod amet nunc tellus turpis. Nisi sem consectetur, donec praesent adipiscing aliquam praesent adipiscing nisi non congue non pharetra dolore, aliquet. Adipiscing ac et at erat laoreet id pulvinar, ut sem consectetur donec, diam felis tempus proin. At, lorem laoreet id sed laoreet feugiat ut non amet donec aliquet turpis aliquam proin mauris. Ac mi elit tempus ante, mauris lorem lobortis eget sed nibh id pulvinar non consectetur ac. Et id ipsum ante felis lorem nibh volutpat dolor laoreet id, ipsum, massa tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi non, pharetra congue non amet, dolore aliquet amet nisi. Sem consectetur magna sem nonummy donec praesent adipiscing donec proin at. Nibh euismod sit ut non consectetur magna et adipiscing aliquam proin. At lorem nibh elit ac mi felis, tempus ante molestie, feugiat. Tincidunt euismod pulvinar aliquet turpis ut sem at donec, praesent adipiscing. Tempus massa at lorem nibh volutpat pulvinar tincidunt molestie feugiat lobortis. Volutpat pharetra congue mi felis aliquam proin at nibh id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris feugiat nibh eget sed massa tellus consectetur magna diam, nonummy erat, mauris tempus proin mauris lorem diam nonummy donec. Laoreet molestie sit lobortis, non amet aliquam proin adipiscing, ac et elit erat mi, elit tempus massa mauris lobortis euismod pulvinar. Nunc aliquet turpis, nisi sem at donec mi adipiscing aliquam proin mauris, lorem nibh eget dolor tincidunt tellus ipsum lobortis volutpat. Lorem volutpat dolor tincidunt id ipsum nunc molestie, feugiat, lobortis volutpat pharetra dolore aliquet adipiscing lorem et at, ac et, nonummy. Donec praesent adipiscing, proin at ac nibh eget tempus ante mauris feugiat nibh, mauris dolor laoreet, id ipsum laoreet id feugiat. Lobortis non amet dolore aliquet adipiscing aliquam proin at, laoreet id pulvinar nunc non pharetra ut ullamcorper nonummy aliquam proin adipiscing. Ac, nibh elit erat laoreet id ipsum massa volutpat, dolor tincidunt ullamcorper turpis dolore, aliquet magna et, eget erat laoreet, mauris. Lorem lobortis volutpat sed laoreet id amet aliquam sem consectetur magna et elit ante felis aliquam ante mauris sed, tincidunt euismod. Sit, nisi, non pharetra congue ullamcorper nonummy aliquam proin at ac et at magna diam nonummy donec praesent turpis proin mauris. Lorem mi elit erat ante felis lorem, lobortis, non dolor, tincidunt id ipsum laoreet, id, feugiat lobortis molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam nonummy donec, mi mauris lorem nibh eget lorem et elit sed laoreet felis ante mauris aliquam et, eget erat, mi felis erat. Mi mauris tempus lobortis eget lorem laoreet eget tempus massa mauris lorem ante mauris lorem proin elit mi felis ipsum ante molestie dolor tincidunt. Euismod pulvinar dolore aliquet, turpis magna sem consectetur magna ullamcorper amet dolore praesent adipiscing, aliquam sem consectetur nunc, tellus pharetra, magna diam nonummy dolore. Aliquet felis tempus ante, eget sed laoreet id ipsum nunc molestie lorem, lobortis volutpat dolor nunc euismod nunc molestie feugiat lobortis non pharetra congue. Ullamcorper amet dolore aliquet turpis nisi diam consectetur congue euismod pulvinar tincidunt tellus sit nisi sem, consectetur magna diam nonummy proin mauris feugiat nibh. Id pulvinar nunc aliquet turpis nisi diam elit erat mi felis tempus ante eget lorem laoreet, id ipsum massa id feugiat massa, sed nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat ut volutpat dolor congue euismod amet nisi sem consectetur magna consectetur magna diam. Felis lorem ut non dolor tincidunt id sed massa molestie feugiat lobortis volutpat dolor lobortis. Eget dolor tincidunt tellus pulvinar nunc, tellus pharetra ullamcorper nonummy donec proin, mauris sed nibh. Eget sed laoreet, id feugiat ut non amet congue, aliquet turpis nisi sem at magna. Diam felis ante mauris tempus ante at ac et elit ac mi felis tempus ante. At ac nibh euismod dolor tincidunt tellus sit, ut volutpat, dolor ullamcorper pulvinar dolore praesent. Adipiscing ac nibh id ipsum massa, id ipsum proin adipiscing ac nibh eget, sed massa. Molestie sit ut non pharetra congue ullamcorper lorem nibh volutpat, dolor nunc tellus turpis aliquam. Sem consectetur ac mi id sit ut volutpat dolor lobortis euismod pulvinar tincidunt tellus, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet dolore praesent adipiscing ac laoreet, eget sed laoreet id ipsum proin at ac et eget erat euismod sit nisi diam elit ipsum ut tellus sit congue ullamcorper. Nonummy dolore aliquet turpis, nisi non consectetur, magna diam nonummy erat mi mauris ac euismod pulvinar dolore sem mauris ac, et eget sed ante felis tempus ante, eget sed. Laoreet eget ipsum massa molestie feugiat ut non dolor lobortis volutpat dolore aliquet turpis nisi sem pharetra congue euismod amet nunc tellus, sit nunc tellus sit ut ullamcorper amet. Dolore aliquet turpis nisi, proin sed mi felis tempus ante mauris, lorem ante mauris lorem nibh eget, erat laoreet felis aliquam ante at ac et elit sed massa id. Feugiat lobortis volutpat dolore praesent felis tempus ante mauris lorem, nibh euismod pulvinar ut non consectetur congue diam adipiscing aliquam proin at ac nibh, elit sed, laoreet molestie sit. Lobortis, pharetra magna diam, nonummy aliquam proin, mauris sed tincidunt euismod sit, ut, non consectetur, magna diam nonummy donec praesent mauris, tincidunt ullamcorper, amet nisi aliquet sit nisi non. Pharetra magna praesent felis, lorem nibh, volutpat, dolor tincidunt euismod pulvinar nunc tellus pharetra magna et felis, ipsum massa feugiat lobortis euismod pulvinar nunc tellus, sit nisi non sit. Congue ullamcorper amet dolore aliquet sit nisi proin at ac mi felis, tempus massa molestie feugiat nibh pulvinar tincidunt, euismod ipsum ut non pharetra, tincidunt amet dolor aliquam magna. Laoreet aliquet turpis magna et nonummy erat ante, molestie feugiat tincidunt ullamcorper pulvinar nunc tellus aliquam sem consectetur donec mi felis tempus praesent adipiscing aliquam proin at erat mi. Felis ipsum lobortis, molestie feugiat tincidunt, euismod pulvinar nunc tellus sit ut consectetur donec, praesent felis tempus massa molestie feugiat lobortis euismod amet nisi aliquet, turpis magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nonummy donec proin, adipiscing ac nibh eget sed massa tellus pharetra congue ullamcorper, pharetra congue, aliquet. Turpis proin mauris, erat laoreet id ipsum massa tellus sit congue ullamcorper amet congue tellus, sit ut. Sem consectetur magna ullamcorper amet dolore aliquet lorem nibh volutpat dolor nunc tellus turpis ut sem pharetra. Congue diam, nonummy aliquam ante eget, lorem laoreet id, ipsum nunc tellus sit congue non amet dolore. Felis, tempus ante at lorem laoreet eget tempus ante molestie feugiat lobortis, volutpat sed tincidunt euismod, amet. Dolore, tellus sit ut non amet praesent felis feugiat nibh volutpat pulvinar nunc aliquet turpis magna sem. Nonummy erat mi adipiscing aliquam praesent adipiscing aliquam proin at ac et nonummy donec praesent adipiscing et. Elit dolor tincidunt euismod pulvinar nunc tellus feugiat nibh eget lorem laoreet id ipsum massa molestie ipsum. Lobortis, ullamcorper pharetra congue aliquet amet dolore sem turpis diam nonummy donec praesent nonummy donec, aliquet at. Nisi sem consectetur magna diam nonummy donec proin at lorem laoreet eget massa tellus sit ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis volutpat dolor dolore, aliquet turpis, sem elit, sed massa molestie, feugiat lobortis molestie feugiat lobortis euismod amet dolore tellus, sit ut. Sem pharetra congue, ullamcorper amet nunc tellus turpis ut consectetur donec praesent felis ipsum massa volutpat, dolor tincidunt volutpat ipsum, massa molestie sit ut. Volutpat pharetra congue, ullamcorper amet donec aliquet turpis nisi, sem magna diam, adipiscing tempus ante mauris lorem laoreet, id ipsum massa id ipsum ante. Molestie dolor tincidunt ullamcorper turpis nisi proin at lorem praesent adipiscing aliquam sem at erat, mi felis aliquam proin molestie dolor, tincidunt euismod pulvinar. Nunc aliquet turpis nisi, sem, nonummy, magna praesent, adipiscing aliquam ante eget nunc euismod ipsum massa molestie feugiat massa mauris feugiat lobortis volutpat, dolor. Nunc aliquet turpis nisi et nonummy erat mi mauris lorem nibh eget sed nibh pulvinar nunc non pharetra congue non pharetra congue aliquet adipiscing. Aliquam proin, at ac, mi felis pulvinar ut non consectetur ante felis tempus nibh eget sed tincidunt ullamcorper, turpis nisi sem consectetur magna diam. Amet dolore aliquet turpis nisi sem consectetur nisi non pharetra congue euismod pulvinar ante mauris sed nibh eget sed, laoreet id ipsum massa mauris. Lorem tincidunt ullamcorper pulvinar nunc tellus turpis nisi non, pharetra congue ullamcorper nonummy dolore, aliquet consectetur nibh id sed massa id feugiat, lobortis volutpat. Dolor congue ullamcorper turpis nisi sem consectetur magna sem consectetur congue ullamcorper amet nunc, aliquet turpis nisi sem nonummy praesent adipiscing tempus ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, massa molestie sit lobortis nonummy, donec mi, mauris lorem tincidunt ullamcorper pulvinar dolore praesent turpis, nisi sem consectetur congue, diam adipiscing donec. Ante molestie feugiat tincidunt euismod pulvinar, sem at magna diam, elit erat mi felis lorem ante eget dolor tincidunt euismod pulvinar nunc tellus. Sit ut volutpat pharetra congue euismod ipsum, massa consectetur ac mi id ipsum nunc mi aliquet mauris dolor dolore lobortis diam adipiscing ipsum. Ut mi molestie consectetur, erat massa tellus consectetur erat nibh ullamcorper felis pharetra donec mi tellus nonummy pulvinar, ac nunc proin ullamcorper molestie. Consectetur pulvinar nisi tincidunt ante volutpat nonummy ipsum ut tincidunt sem volutpat adipiscing ipsum magna tincidunt proin non id pharetra ac, dolore tincidunt. Aliquet adipiscing lorem tincidunt praesent molestie dolor donec ante tellus consectetur ipsum, ut et tellus adipiscing congue aliquet at lorem laoreet aliquet adipiscing. Lorem dolore ante non felis consectetur sed nisi ante ullamcorper mauris consectetur sed et aliquet volutpat felis sit sed nisi lobortis praesent mauris. Amet turpis erat, nunc ante praesent mauris pharetra at sed laoreet id pulvinar, nunc tellus pharetra congue elit erat praesent at, ac lobortis. Volutpat adipiscing, tempus lobortis, volutpat pulvinar nunc, tellus turpis nisi, diam, nonummy magna praesent adipiscing aliquam praesent adipiscing aliquam sem consectetur mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore sem consectetur lorem nibh id ipsum et eget ipsum laoreet id ipsum, massa volutpat pharetra, dolore aliquet turpis dolore sem at. Erat mi felis tempus mi felis tempus proin at lorem, euismod, pulvinar nunc non pharetra congue ullamcorper nonummy donec praesent at, aliquam nibh eget. Sed tincidunt euismod, pulvinar nunc non pharetra, congue euismod nonummy aliquam mi molestie sit ut ullamcorper nonummy donec proin mauris lorem nibh elit, sed. Laoreet euismod ipsum massa molestie dolor tincidunt euismod, pulvinar dolore, adipiscing lorem et elit erat laoreet id ipsum massa molestie dolor, tincidunt ullamcorper turpis. Aliquam et elit erat mi elit erat mi felis tempus ante eget sed tellus sit nisi sem consectetur ac diam elit erat praesent adipiscing. Aliquam proin at ac mi felis erat ante molestie sit tincidunt euismod amet donec, praesent adipiscing et elit ipsum nunc molestie feugiat lobortis, volutpat. Dolor tincidunt, euismod amet dolore tellus turpis ut non dolor lobortis euismod dolor proin at ac et elit sed mi felis, tempus massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore tellus nisi sem nonummy magna mi molestie feugiat nibh eget pulvinar nunc, aliquet turpis aliquam proin elit, ac et elit erat praesent adipiscing aliquam proin at tincidunt. Euismod sit ut tellus feugiat lobortis volutpat dolor dolore aliquet turpis aliquam proin elit erat mi adipiscing tempus massa mauris lorem nibh eget dolor aliquet turpis nisi diam nonummy. Donec ante molestie feugiat lobortis, volutpat dolor tincidunt euismod pulvinar nunc non pharetra ut volutpat pharetra congue ullamcorper tempus nibh eget sed laoreet felis tempus ante molestie lorem nibh. Eget dolor tincidunt tellus sit nunc tellus sit ut volutpat pharetra congue aliquet turpis nisi, aliquet ac et elit tempus ante mauris lorem lobortis, eget dolor nunc aliquet sit. Ut sem at erat mi felis aliquam aliquet turpis nisi sem consectetur ac, et ipsum nunc volutpat dolor, tincidunt euismod pulvinar laoreet, id ipsum, laoreet molestie feugiat nibh volutpat. Pharetra donec aliquet adipiscing nisi proin at ac diam consectetur dolore volutpat dolor magna praesent adipiscing tempus nibh mauris sed nunc tellus sit nisi proin, at ac laoreet molestie. Sit lobortis non amet congue, euismod pulvinar nunc aliquet dolor donec praesent at magna et eget ipsum massa tellus sit ut volutpat pharetra dolore aliquet turpis nisi proin at. Sed nunc aliquet turpis nisi, diam nonummy massa molestie feugiat lobortis non amet congue, ullamcorper turpis nisi sem, at ac diam nonummy erat mi felis aliquam et elit sed. Laoreet id ipsum massa molestie ut non dolor nunc tellus turpis, aliquam et elit sed laoreet, id ipsum lobortis molestie, dolor congue aliquet turpis dolore aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec laoreet id ipsum lobortis, volutpat dolor, tincidunt ullamcorper amet dolore ullamcorper amet, dolore aliquet consectetur magna, diam elit erat praesent adipiscing aliquam praesent adipiscing aliquam proin pharetra magna. Diam nonummy donec praesent adipiscing tincidunt euismod, amet dolore aliquet, at, erat laoreet id ipsum ante mauris feugiat lobortis eget dolor tincidunt id pulvinar nunc tellus sit lobortis, non amet. Dolore aliquet ac nibh elit erat mi felis tempus mi mauris feugiat lobortis volutpat, pulvinar, nunc aliquet turpis nisi sem consectetur magna, diam nonummy, dolore aliquet ac, nibh eget erat. Et elit erat, mi felis lorem ante mauris lorem diam nonummy donec ullamcorper amet dolore ullamcorper turpis nisi, sem consectetur congue ullamcorper amet nisi sem pharetra magna ullamcorper pulvinar dolore. Aliquet consectetur nisi sem pharetra magna diam adipiscing aliquam proin, adipiscing ac nibh eget erat laoreet id tempus ante dolor congue ullamcorper amet nunc tellus, pulvinar nunc non pharetra magna. Ullamcorper adipiscing tempus proin at ac proin consectetur congue felis tempus lobortis volutpat dolor tincidunt, euismod amet, nunc aliquet consectetur magna sem nonummy donec mi felis tempus ante eget lorem. Nibh elit erat laoreet id, feugiat non pharetra dolore aliquet turpis aliquam, ante elit sed laoreet id ipsum ante, molestie sit ut ullamcorper amet dolore, aliquet adipiscing aliquam et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante felis, lorem lobortis ullamcorper amet dolore aliquet, consectetur ac diam nonummy erat non consectetur magna praesent. Adipiscing ipsum massa volutpat amet erat proin at lorem nibh eget dolor laoreet id pulvinar, nunc tellus. Dolor congue euismod pulvinar praesent adipiscing aliquam, nibh id pulvinar nunc tellus pharetra congue diam amet erat. Praesent, adipiscing tempus, nibh, eget erat laoreet id ipsum nunc tellus consectetur magna nonummy aliquam praesent at. Aliquam et elit sed laoreet molestie feugiat lobortis volutpat dolor lobortis volutpat sed tincidunt euismod pulvinar ut. Sem nonummy nunc non pharetra congue, ullamcorper nonummy, dolore aliquet turpis nisi aliquet pharetra ut non pharetra. Dolore aliquet amet, nunc euismod pulvinar, nunc non pharetra congue praesent felis lobortis non amet dolore aliquet. Amet, nisi, proin at erat mi felis tempus, lobortis non pharetra tincidunt, euismod pulvinar dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper pharetra dolore tellus, sit nisi proin, at magna et felis ipsum lobortis. Volutpat dolor nibh volutpat dolor tellus consectetur lorem nibh eget ipsum nunc non. Pharetra magna, praesent adipiscing aliquam proin mauris lorem nibh elit, sed mi id. Feugiat lobortis volutpat magna ullamcorper nonummy donec, aliquet at ac et nonummy, donec. Mi id feugiat, lobortis molestie lorem nibh id ipsum, massa molestie feugiat lobortis. Volutpat dolor tincidunt pulvinar tincidunt tellus sit ut non consectetur, magna praesent id. Feugiat lobortis volutpat amet congue ullamcorper amet nisi proin at ac mi felis. Tempus sem consectetur magna diam nonummy donec proin adipiscing, ac, et elit sed. Laoreet id feugiat massa mauris lorem lobortis volutpat ipsum, massa id ipsum ut. Non, ipsum massa, molestie feugiat congue ullamcorper nonummy donec proin at lorem, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum massa volutpat donec praesent felis tempus ante, mauris sed, laoreet euismod pulvinar nunc tellus sit congue diam nonummy aliquam praesent at lorem nibh eget erat mi. Feugiat lobortis volutpat pharetra congue ullamcorper amet nisi sem at ac et elit sed laoreet molestie feugiat nibh, mauris sed tincidunt euismod ipsum massa molestie congue ullamcorper nonummy. Donec praesent mauris lorem nibh volutpat dolor, laoreet elit, erat mi molestie feugiat nibh, eget, dolor tincidunt euismod, amet, nisi sem consectetur mi felis, ipsum lobortis volutpat feugiat. Lobortis euismod amet dolore aliquet, turpis magna sem consectetur magna diam adipiscing, aliquam proin at lorem et at ac tellus turpis nisi diam nonummy donec, praesent adipiscing aliquam. Proin mauris sed laoreet, id sed massa, mauris, feugiat, ut, non, sed congue euismod pulvinar nunc tellus sit laoreet, molestie turpis ut sem, consectetur magna diam adipiscing aliquam. Proin, consectetur magna et eget sed laoreet id ipsum ante at ac proin, elit erat mi at sed tincidunt tellus sit nisi non consectetur congue diam adipiscing donec. Praesent, at sed laoreet id pulvinar nisi, sem elit erat mi felis erat massa molestie turpis nisi sem, pharetra magna, praesent felis aliquam proin mauris lorem laoreet id. Pulvinar nunc tellus feugiat lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet consectetur magna, felis tempus ante, mauris sit congue euismod pulvinar nunc aliquet adipiscing ac et eget. Ipsum massa tellus sit ut ullamcorper pharetra congue ullamcorper adipiscing aliquam proin sed mi, elit tempus ante mauris lorem lobortis non nonummy donec praesent adipiscing ac et at. Ac mi id ipsum ut non consectetur donec praesent felis tempus volutpat dolor laoreet euismod ipsum massa tellus pharetra, congue non pharetra congue, ullamcorper amet nisi proin, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat pharetra congue ullamcorper amet dolore aliquet, turpis magna diam nonummy donec praesent adipiscing aliquam praesent nisi proin consectetur magna et amet congue euismod, pulvinar nunc tellus turpis. Nisi sem consectetur magna, praesent, adipiscing aliquam proin at lorem et elit sed non consectetur, magna diam nonummy donec praesent adipiscing aliquam sem turpis nisi diam consectetur donec praesent. Felis aliquam proin at ac, et elit erat, praesent felis aliquam at lorem lobortis, volutpat dolor laoreet id feugiat massa molestie feugiat lobortis volutpat sed, tincidunt id ipsum nunc. Tellus, sit ut ullamcorper amet praesent adipiscing aliquam proin at ac et elit erat, praesent adipiscing, aliquam proin at ac mi, felis tempus ante felis tempus ante mauris, lorem. Laoreet euismod ipsum tellus pharetra, ut non pharetra congue, ullamcorper amet nisi aliquet consectetur erat mi elit donec diam nonummy donec praesent at ac nibh eget sed laoreet id. Ipsum volutpat dolor congue ullamcorper, amet nisi sem, elit sed laoreet id ipsum, ante molestie sit congue ullamcorper amet dolore praesent ut proin elit, ac mi felis tempus massa. Molestie, lorem lobortis volutpat pulvinar nunc tellus sit nisi sem nonummy donec praesent adipiscing, tempus nibh volutpat, pharetra ullamcorper amet ut sem consectetur ac et elit erat, mi felis. Tempus nibh eget dolor tincidunt euismod sit, ut non pharetra, congue non pharetra tincidunt tellus sit, non pharetra ut non amet dolore praesent felis ac et elit erat et. Felis ipsum nunc tellus sit congue diam nonummy aliquam ante mauris lorem, nibh, id nisi aliquet, consectetur magna diam nonummy erat mi felis aliquam proin at ac mi felis. Ipsum massa molestie sit ut, volutpat pharetra tincidunt euismod amet, ut, non congue diam, nonummy erat praesent felis aliquam ante elit erat et felis erat ante mauris feugiat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi proin elit erat laoreet molestie sit ut sem, amet donec mi. Adipiscing lorem nibh eget nibh eget sed ante mauris lorem ante mauris sed. Tincidunt ullamcorper turpis nisi proin at, ac et elit donec mi felis tempus. Nibh volutpat sed laoreet ipsum nunc non, pharetra congue diam amet, congue ullamcorper. Amet nisi sem at ac, mi felis tempus ante mauris lorem, lobortis, volutpat. Pulvinar dolore, sem nisi diam nonummy erat mi adipiscing tempus ante mauris ac. Nibh id ipsum nunc tellus turpis nisi, diam nonummy donec praesent amet nisi. Consectetur magna diam elit donec praesent felis aliquam proin mauris ac, et eget. Sed, laoreet tellus feugiat ut non amet dolore euismod, amet dolore, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy tempus, ante mauris lorem nibh elit erat mi felis ipsum massa volutpat dolor congue, pulvinar tincidunt euismod pulvinar ut non dolor. Tincidunt euismod pulvinar nunc euismod, pulvinar nunc molestie feugiat nibh eget lorem laoreet euismod pulvinar massa feugiat ut sem amet dolore praesent felis. Tempus proin at ac nibh elit, ipsum nunc molestie feugiat lobortis volutpat dolor tincidunt ullamcorper amet dolore sem at erat elit erat ante. Molestie feugiat lobortis volutpat, sed tincidunt tellus, consectetur nisi sem consectetur donec diam nonummy, donec praesent turpis dolore non pharetra diam felis tempus. Ante molestie feugiat congue diam turpis aliquam sem at lorem, nibh eget sed laoreet id ipsum lobortis volutpat, dolor tincidunt euismod sed massa. Tellus nisi diam amet donec mi felis tempus ante mauris dolor tincidunt euismod ipsum massa mauris tempus ante mauris lorem, laoreet id ipsum. Massa tellus feugiat lobortis volutpat, dolore praesent felis tempus ante mauris sed laoreet felis ipsum ut tellus sit ut non, pharetra dolore ullamcorper. Amet nisi, elit erat mi felis tempus massa molestie, feugiat congue, diam turpis tempus ante eget sed laoreet euismod ipsum massa id, feugiat. Ut diam amet donec praesent turpis sem consectetur magna diam nonummy dolore aliquet amet dolore sem consectetur nisi, diam nonummy donec praesent, felis. Lorem, nibh non, dolor tincidunt euismod pulvinar, dolore aliquet turpis et elit erat mi felis tempus nibh eget dolor tincidunt id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod, amet dolore non consectetur ac et elit tempus ante molestie feugiat lobortis eget. Sed laoreet id pulvinar, ut non donec mi, felis aliquam proin, at ac laoreet id ipsum. Massa molestie sit ut, volutpat dolor, congue aliquet amet nisi, sem at magna diam nonummy, diam. Adipiscing tempus ante mauris sed et elit sed laoreet molestie feugiat massa, non pharetra dolore aliquet. Turpis nisi aliquet turpis ut non pharetra tincidunt ullamcorper amet aliquet turpis nisi, non consectetur magna. Et felis ipsum lobortis volutpat feugiat nibh volutpat, sed tincidunt, euismod pulvinar massa molestie feugiat nibh. Volutpat tincidunt tellus turpis nisi non pharetra congue diam adipiscing aliquet, et tellus mauris adipiscing feugiat. Magna, massa non pharetra, congue ullamcorper adipiscing tempus ante molestie, lorem lobortis adipiscing aliquam sem consectetur. Ac mi felis tempus, mi mauris, lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, nunc proin euismod dolor tincidunt aliquet turpis nisi non, pharetra magna praesent felis tempus nibh eget sed nibh eget ut proin elit erat mi felis. Tempus lobortis non pharetra congue ullamcorper pulvinar nunc sem consectetur magna diam nonummy erat mi id sit congue adipiscing ipsum ante molestie pharetra congue ullamcorper turpis. Nisi sem, elit sed dolore tellus sit ut non pharetra congue ullamcorper amet donec praesent adipiscing aliquam proin at mi molestie, feugiat lobortis molestie feugiat lobortis. Euismod amet, nunc aliquet consectetur magna diam elit donec praesent nonummy dolore aliquet, turpis aliquam et sed laoreet, id feugiat lobortis non pharetra tincidunt euismod, dolor. Nunc aliquet turpis nisi sem consectetur magna ullamcorper amet dolore aliquet adipiscing nisi diam nonummy donec praesent aliquam proin at ac nibh eget erat, laoreet felis. Tempus massa molestie feugiat lobortis euismod pulvinar dolore, aliquet consectetur magna diam elit erat, mi adipiscing donec, praesent aliquam tincidunt ullamcorper amet dolore aliquet turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam ante mauris ac nunc tellus turpis nisi proin at erat, mi felis ipsum, massa mauris feugiat nibh eget dolor tincidunt, tellus ut volutpat dolor lobortis. Volutpat amet, donec praesent turpis aliquam proin nonummy donec praesent felis aliquam proin, at ac et at ac et nonummy donec turpis nisi sem at, lorem laoreet. Euismod pulvinar ut, sem consectetur donec diam adipiscing donec aliquet adipiscing ac et at erat mi elit erat mi mauris lorem eget sed laoreet felis tempus mi. Mauris feugiat lobortis non dolor tincidunt id ipsum massa molestie ipsum lobortis molestie lorem nibh eget dolor, tellus sit nisi, non pharetra congue diam nonummy aliquam proin. Adipiscing lorem nibh eget sed laoreet id ipsum, massa, volutpat pharetra congue ullamcorper, pulvinar nunc, tellus turpis et felis tempus ante mauris lorem nibh eget lorem nibh. Eget sed, mi felis tempus ante at lorem nibh elit ac et elit erat mi mauris lorem ullamcorper amet nunc tellus sit ut, non pharetra congue non. Pharetra dolore aliquet turpis aliquam et elit, erat et elit nisi sem nonummy magna aliquet turpis nisi aliquet sit ut non, pharetra congue diam nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa molestie feugiat lobortis volutpat. Dolor tincidunt, volutpat pulvinar tincidunt euismod. Pulvinar nunc molestie feugiat ut volutpat. Pulvinar dolore mauris lorem laoreet id. Ipsum nunc molestie sit ut, ullamcorper. Nonummy donec mi felis aliquam, sem. Mauris ac nibh id pulvinar massa. Molestie lorem nibh sed tincidunt euismod. Turpis aliquam proin elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus nibh euismod pulvinar, nunc, tellus sit ut elit, erat laoreet, id ipsum nibh eget dolor congue aliquet. Turpis nisi proin at ac et elit tempus ante felis lorem nibh mauris lorem et sed ante molestie tempus. Ante eget, lorem nibh eget, pulvinar nunc aliquet turpis congue, non amet erat mi molestie feugiat lobortis volutpat pulvinar. Tincidunt tellus ac nibh eget sed laoreet id ipsum massa molestie, sed laoreet id ipsum massa molestie sit nisi. Sem, consectetur magna aliquet adipiscing dolore sem consectetur, et, elit erat diam nonummy, aliquam nibh eget sed tincidunt euismod. Amet dolore sem consectetur nisi sem, amet donec praesent adipiscing aliquam ante mauris sed id sed, laoreet felis lorem. Lobortis volutpat dolor, laoreet euismod ipsum nunc, tellus sit ut volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit ut. Sem pharetra congue pulvinar dolore aliquet turpis nisi, non pharetra congue ullamcorper pharetra congue, aliquet amet dolore sem turpis. Magna diam nonummy donec diam, adipiscing nibh volutpat, dolor dolore aliquet turpis, aliquam, et eget, sed, massa tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis dolor nunc aliquet turpis nisi diam nonummy donec mi mauris lorem nibh. Eget sed nunc euismod ipsum, nunc non sit ut volutpat dolor, dolore, ullamcorper. Nonummy, dolore praesent, turpis nisi sem turpis nisi non, consectetur, magna diam nonummy. Donec praesent adipiscing aliquam et id ipsum massa id tempus massa nonummy donec. Mi felis aliquam ante mauris erat, mi felis erat mi mauris, lorem lobortis. Volutpat, lorem nibh id ipsum nunc tellus feugiat ut ullamcorper amet ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi id ipsum ante molestie feugiat nibh eget lorem. Nibh eget, sed laoreet id ac et elit tempus ante. Mauris feugiat lobortis eget dolor tincidunt euismod, sit ut sem. Consectetur magna diam amet donec praesent adipiscing aliquam proin at. Mi felis tempus lobortis volutpat pharetra congue ullamcorper amet dolore. Tellus sit nisi diam felis tempus massa tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem elit sed laoreet id ipsum massa volutpat dolor congue aliquet adipiscing aliquam, proin mauris lorem nibh eget sed. Molestie feugiat lobortis eget dolor tincidunt euismod pulvinar nunc molestie ipsum massa molestie dolor congue euismod pulvinar dolore aliquet sit ut. Sem pharetra tincidunt, ullamcorper tempus ante eget sed tincidunt euismod, pulvinar nunc tellus sit ut ullamcorper nonummy donec praesent felis aliquam. Proin at magna diam elit tempus ante mauris lorem proin lorem laoreet eget erat massa molestie feugiat lobortis non pharetra tincidunt. Ullamcorper turpis nisi proin, consectetur magna diam nonummy magna ullamcorper pulvinar nunc adipiscing ac et elit erat laoreet felis feugiat lobortis. Non pharetra congue ullamcorper pulvinar nunc, aliquet turpis nisi non pharetra tincidunt euismod dolor tincidunt euismod pulvinar nunc donec praesent turpis. Nisi et elit erat laoreet felis tempus ante at ac et elit ante eget lorem laoreet id ipsum massa tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis ac proin amet, nisi sem. At ac et elit dolore aliquet adipiscing, aliquam. Ante at lorem nibh eget erat massa molestie. Feugiat lobortis volutpat dolor tincidunt amet dolore tellus. Turpis magna, diam amet, dolore aliquet turpis dolore. Sem consectetur nisi sem, consectetur magna ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper turpis, ac et at erat massa molestie sit ut sem nonummy donec praesent felis tempus. Nibh volutpat, dolor tincidunt euismod ipsum tellus pharetra congue non pharetra congue ullamcorper amet nunc tellus feugiat. Ut non consectetur magna aliquet felis tempus ante, volutpat dolor tincidunt euismod pulvinar nunc id sed laoreet. Molestie sit ut ullamcorper nonummy donec praesent turpis nisi proin at ac et nonummy magna diam nonummy. Aliquam nibh volutpat dolor nunc tellus nisi et at erat laoreet id feugiat lobortis ullamcorper nonummy congue. Aliquet amet nunc aliquet turpis magna sem consectetur, magna diam nonummy donec praesent aliquam proin, at ac. Praesent, felis, tempus ante, mauris feugiat lobortis eget sed laoreet felis erat, mi mauris feugiat tincidunt volutpat. Sed tincidunt tellus turpis, nisi aliquet turpis nisi, non consectetur congue ullamcorper amet congue aliquet turpis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy erat molestie sit, congue ullamcorper amet dolore aliquet adipiscing, ac nibh, elit, ac et elit tempus ante mauris. Lorem nibh eget dolor laoreet, id ipsum massa pharetra congue praesent felis tempus proin mauris lorem nibh eget sed massa. Molestie sit ut ullamcorper amet congue ullamcorper amet tincidunt, euismod sit ut volutpat congue ullamcorper nonummy aliquam proin at lorem. Et id, pulvinar nunc non sit ut non dolor, congue ullamcorper adipiscing nisi aliquet turpis ut volutpat, pharetra, magna felis. Aliquam proin at ac nibh elit erat praesent adipiscing, aliquam praesent at lorem, et elit erat mi felis erat mi. Felis tempus ante ac, laoreet id ipsum massa tellus, pharetra magna diam nonummy donec praesent adipiscing ut tellus sit lobortis. Molestie dolor lobortis volutpat, dolor nunc euismod sit magna diam, tempus ante molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar. Nunc non pharetra congue ullamcorper pharetra dolore aliquet amet dolore aliquet turpis nisi et, elit donec tellus consectetur congue, ullamcorper. Amet donec praesent adipiscing aliquam proin elit magna et elit dolore praesent adipiscing aliquam proin at laoreet euismod pulvinar nunc. Non pharetra congue diam nonummy donec praesent adipiscing aliquam sem, pharetra magna ullamcorper amet congue ullamcorper, turpis dolore sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis, tempus lobortis volutpat pulvinar. Nunc aliquet sit nisi proin elit. Sed massa consectetur magna, diam nonummy. Tempus massa volutpat pharetra congue aliquet. Felis lorem tincidunt euismod pulvinar nunc. Tellus, turpis magna diam nonummy erat. Massa pharetra magna diam nonummy donec. Aliquet adipiscing aliquam proin at pulvinar. Nisi sem, at ac et elit. Erat ante mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat, ut ullamcorper amet dolore praesent turpis, tempus tincidunt euismod pulvinar nunc tellus sit nisi sem nonummy erat tellus sit, ut praesent felis tempus lobortis volutpat pharetra. Dolore praesent adipiscing aliquam et, at sed laoreet tellus pulvinar nunc molestie, feugiat lobortis non pulvinar praesent adipiscing lorem nibh eget, ipsum massa tellus feugiat lobortis volutpat dolor, tincidunt. Euismod pulvinar nunc euismod pulvinar nunc molestie sit tincidunt ullamcorper amet dolore aliquet lorem laoreet eget ipsum massa id, sit congue ullamcorper nonummy donec praesent mauris lorem nibh eget. Dolor tincidunt euismod sit ut tellus, pharetra congue nonummy, donec praesent adipiscing aliquam proin at erat mi felis tempus ante molestie lorem nibh eget, sed tincidunt tellus sit ut. Sem, pharetra magna diam adipiscing aliquam mauris ac, et elit erat mi id ipsum, massa mauris lorem nibh volutpat sed mi felis tempus mi felis tempus proin at lorem. Laoreet id ipsum nunc, elit sed laoreet molestie pharetra ut non pharetra congue, ullamcorper adipiscing aliquam proin consectetur magna sem consectetur magna, diam, nonummy proin at, sed tincidunt euismod. Sed massa molestie feugiat massa molestie dolor tincidunt ullamcorper turpis dolore aliquet turpis ac mi, id tempus ante molestie feugiat lobortis dolor tincidunt id, ipsum nunc molestie, sit congue. Ullamcorper amet donec aliquet adipiscing aliquam, proin consectetur ac mi nonummy erat mi mauris tempus nibh eget, sed laoreet pulvinar ac, laoreet euismod turpis nisi proin at magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lobortis, volutpat pulvinar, nunc sem turpis nisi non pharetra. Ut ullamcorper pharetra congue aliquet turpis nisi, sem at erat. Laoreet molestie ipsum ut sem tempus ante mauris lorem, nibh. Eget pulvinar donec lobortis non dolor laoreet id pulvinar ut. Non consectetur magna ullamcorper, nonummy dolore aliquet adipiscing aliquam et. Dolor tincidunt tellus sit, nisi sem consectetur, donec praesent adipiscing. Aliquam proin at ac, et elit erat, laoreet molestie, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt id ipsum massa volutpat feugiat nibh volutpat dolor nunc tellus sit, nunc non pharetra congue, diam nonummy donec praesent, ac nibh eget dolor tincidunt euismod feugiat lobortis. Non pharetra tincidunt euismod amet, dolore aliquet turpis aliquam diam nonummy erat laoreet, id ipsum massa mauris tincidunt ullamcorper turpis aliquam, sem at ac et felis ipsum massa, molestie feugiat. Ut diam adipiscing tempus ante mauris sed tincidunt euismod ipsum, nunc, molestie feugiat massa dolor, tincidunt aliquet turpis aliquam proin mauris sed laoreet, id sit nisi sem consectetur magna ullamcorper. Nonummy, aliquam proin mauris lorem nibh id, massa tellus sit ut volutpat pharetra congue euismod amet, dolore sem consectetur magna diam elit erat laoreet id lorem lobortis volutpat pharetra congue. Ullamcorper amet dolore aliquet magna diam, amet dolore ante volutpat dolor tincidunt, ullamcorper pulvinar nunc aliquet turpis magna diam elit erat massa tellus sit lobortis volutpat dolor tincidunt, id ipsum. Dolore at erat tincidunt tellus sit nisi sem consectetur magna praesent nonummy aliquam proin mauris lorem nibh eget, sed mi felis ante mauris dolor tincidunt ullamcorper amet nisi aliquet consectetur. Magna et elit donec mi adipiscing, aliquam, praesent adipiscing aliquam sem consectetur, congue non dolor tincidunt ullamcorper, amet aliquet consectetur, erat laoreet, felis tempus massa molestie feugiat tincidunt ullamcorper pulvinar. Dolore aliquet consectetur magna diam elit sed laoreet felis donec proin adipiscing nisi sem at, laoreet molestie ipsum massa molestie lorem nibh eget sed laoreet felis ipsum massa tellus feugiat. Lobortis volutpat sed laoreet id pulvinar massa molestie pharetra ut, non, pharetra mi felis lorem ante eget dolor tincidunt euismod ipsum ante molestie pharetra congue ullamcorper amet dolore tellus sit. Ut non consectetur magna ullamcorper amet dolore ullamcorper turpis tellus consectetur magna diam nonummy congue ullamcorper pulvinar tincidunt euismod, pulvinar ut non consectetur magna id sit congue ullamcorper nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget laoreet euismod pulvinar massa molestie lorem nibh eget dolor tincidunt euismod pulvinar nunc non pharetra ac mi felis ipsum massa volutpat feugiat lobortis, volutpat tempus nibh eget sed. Mi, felis tempus massa, molestie feugiat nibh eget, sed, nibh eget sed mi felis aliquam proin adipiscing lorem et eget dolor molestie feugiat massa mauris lorem, ante mauris ac et. Elit erat ante tellus sit ut, non pharetra dolore aliquet adipiscing nisi sem, consectetur magna et nonummy erat mauris tempus nibh eget sed nibh, felis ipsum massa felis lorem ante. Mauris lorem nibh id ipsum massa molestie feugiat massa mauris ac at sed laoreet, id ipsum ante mauris lorem nibh eget sed nibh eget sed laoreet molestie, feugiat ut non. Pharetra congue ullamcorper pulvinar nunc molestie feugiat, lobortis dolor tincidunt volutpat dolor laoreet felis ipsum massa mauris tempus, nibh eget dolor tincidunt euismod, ipsum nunc, tellus, pharetra magna ullamcorper amet. Dolore praesent at ac proin, erat, mi id tempus ante mauris lorem lobortis volutpat dolor tincidunt euismod sit, ut non consectetur ac et felis ipsum volutpat feugiat lobortis volutpat pulvinar. Nunc tellus sit ut non dolor tincidunt euismod amet dolore aliquet turpis aliquam, proin, consectetur donec praesent felis aliquam praesent amet nisi at ac et felis tempus ante mauris feugiat. Lobortis, euismod pulvinar dolore aliquet turpis ut non pharetra, congue ullamcorper pharetra congue, ullamcorper turpis nunc aliquet turpis diam nonummy erat praesent adipiscing tempus nibh volutpat sed nunc aliquet, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, amet dolore aliquet adipiscing, aliquam sem consectetur, ac laoreet molestie feugiat. Ut, non consectetur congue diam adipiscing, tempus ante mauris lorem nibh eget. Ac, nibh elit erat mi felis, tempus massa molestie lorem nibh eget. Erat et elit tempus mi felis aliquam proin mauris lorem nibh id. Massa tellus sit ut non dolor congue euismod amet dolore tellus turpis. Ut non dolor, tincidunt euismod dolor laoreet, id ipsum nunc molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit ut sem consectetur ac. Massa tellus pharetra ut non amet. Erat ante mauris lorem nibh mauris. Sed felis ipsum massa tellus pharetra. Donec diam nonummy aliquam praesent at. Lorem laoreet eget, ipsum laoreet id. Feugiat, massa molestie dolor tincidunt euismod. Amet nibh, eget lorem laoreet id. Ipsum massa tellus sit ut, non. Amet dolore aliquet amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mi, felis feugiat nibh volutpat pulvinar nunc tellus pulvinar nunc tellus consectetur magna diam, nonummy dolore praesent adipiscing ac proin at magna diam elit erat adipiscing tempus ante at. Ac mi felis tempus ante felis tempus proin at ac et at erat, mi felis ipsum massa molestie feugiat lobortis volutpat laoreet, euismod sit, lobortis molestie feugiat congue ullamcorper amet. Nunc euismod, pulvinar ut non pharetra congue non pharetra congue ullamcorper amet dolore aliquet consectetur, magna et, felis massa volutpat dolor congue ullamcorper nonummy, donec proin at ac nibh eget. Sed laoreet molestie feugiat lobortis non dolor congue ullamcorper pulvinar, nunc sit ut non consectetur congue ullamcorper adipiscing nisi sem consectetur, magna diam elit erat laoreet id, feugiat ut volutpat. Dolor tincidunt euismod pulvinar dolore sem consectetur magna nonummy tempus ante, mauris lorem lobortis volutpat dolor laoreet id ipsum nunc, non nonummy magna mi felis tempus massa molestie feugiat nibh. Eget sed, laoreet euismod amet nunc aliquet turpis nisi diam nonummy erat praesent nonummy donec aliquet turpis nisi non pharetra magna diam nonummy donec proin at ac et elit erat. Euismod pulvinar nunc volutpat dolor, tincidunt diam nonummy aliquam praesent adipiscing aliquam sem elit erat mi adipiscing aliquam ante volutpat, lorem nibh eget sed, laoreet euismod feugiat non pharetra magna. Diam nonummy aliquam ante eget sed, laoreet id ipsum, massa molestie feugiat lobortis molestie, feugiat lobortis euismod, dolor massa molestie feugiat lobortis non pharetra diam nonummy donec praesent consectetur magna. Et elit sed laoreet molestie sit ut non dolor tincidunt euismod ipsum laoreet molestie ipsum ut sem nonummy, tempus massa tellus tincidunt volutpat pulvinar nunc aliquet turpis nisi non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper amet donec, praesent felis tempus proin consectetur, magna et felis tempus massa, molestie sit. Ut non dolor tincidunt euismod pulvinar laoreet molestie, ut ullamcorper amet dolore aliquet adipiscing nisi proin. Elit sed laoreet donec ante molestie ac et elit sed laoreet felis ipsum ante felis tempus. Nibh diam consectetur donec diam adipiscing tempus proin mauris lorem, et id ipsum, dolore aliquet sit. Ut non consectetur magna ullamcorper amet dolore aliquet consectetur magna nibh eget laoreet molestie sit ut. Non amet dolore aliquet turpis nisi proin consectetur magna sem amet dolore aliquet adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem, consectetur magna, diam adipiscing aliquam ante mauris feugiat congue ullamcorper pulvinar nisi aliquet. Turpis nisi non pharetra ante mauris tempus ante at lorem laoreet id sed laoreet felis. Aliquam ante mauris ac et at erat mi elit tempus ante mauris lorem volutpat pulvinar. Nunc aliquet consectetur magna diam nonummy donec praesent adipiscing aliquam proin at, lorem nibh eget. Sed laoreet molestie ipsum ante felis ac et eget dolore aliquet turpis nisi diam nonummy. Erat mi mauris tempus, ante mauris lorem, nibh eget sed massa aliquet sit ut non. Amet congue ullamcorper dolore aliquet, turpis nisi non pharetra congue ullamcorper amet dolore aliquet turpis. Aliquam et at erat mi felis tempus, massa molestie, lorem nibh eget sed laoreet, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet donec proin mauris sed. Laoreet euismod sit ut non, pharetra congue. Felis ipsum lobortis volutpat, dolor tincidunt ullamcorper. Amet nisi proin at ac nibh eget. Donec praesent adipiscing aliquam proin at ac. Et elit erat laoreet tempus, ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id pulvinar, ut sem. Consectetur donec diam nonummy aliquam ante. Mauris tincidunt aliquet turpis nisi et. At ac mi elit tempus ante. Molestie pharetra congue ullamcorper amet dolore. Sem consectetur magna et eget sed. Laoreet id feugiat volutpat, pharetra dolore. Praesent adipiscing lorem et at ac. Mi id tempus ante molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, sed laoreet mauris feugiat lobortis eget dolor laoreet eget, sed laoreet id ipsum, ante, mauris feugiat tincidunt euismod. Pulvinar, nunc tellus sit ut non pharetra praesent felis tempus nibh volutpat dolor laoreet, id amet nunc sem at. Erat et felis tempus lobortis volutpat, pharetra magna ullamcorper amet dolore aliquet turpis et eget ipsum laoreet id, ipsum. Nibh eget lorem laoreet euismod ipsum nunc tellus feugiat lobortis sem pharetra congue ullamcorper amet dolore aliquet turpis nisi. Diam, sed laoreet tellus sit ut ullamcorper amet dolore aliquet adipiscing ipsum ut ullamcorper nonummy erat mi mauris, tempus. Ante mauris ac, et eget erat adipiscing aliquam proin at ac et at erat mi, felis tempus, ante mauris. Feugiat tincidunt ullamcorper amet nisi aliquet turpis nisi non, pharetra congue diam nonummy nibh mauris, lorem nibh, id ipsum. Nunc, sem pharetra ac, diam elit erat mi mauris lorem et at ac mi id ipsum massa, molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, at sed tincidunt euismod pulvinar nunc tellus sit, ut non pharetra, donec mi adipiscing tempus volutpat dolor. Tincidunt tellus sit nunc tellus sit congue ullamcorper nonummy donec praesent adipiscing aliquam proin at ac mi id. Ipsum massa volutpat dolor euismod pulvinar nunc tellus pulvinar nisi sem nonummy donec praesent, felis tempus ante eget. Sed, laoreet id ipsum nunc aliquet consectetur magna diam nonummy erat ante dolor tincidunt euismod amet dolore tellus. Pulvinar ut non consectetur magna praesent adipiscing aliquam, praesent, at ac et elit sed massa molestie feugiat lobortis. Elit ipsum, massa tellus feugiat tincidunt euismod amet nunc, aliquet turpis nisi, sem consectetur ac et felis, aliquam. Praesent at ac nibh elit ac et felis massa volutpat dolor tincidunt volutpat sed laoreet eget sed mi. Felis tempus massa volutpat dolor tincidunt euismod pulvinar nunc tellus turpis nisi sem consectetur congue aliquet turpis nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed massa molestie feugiat ut ullamcorper nonummy donec praesent adipiscing aliquam et sed. Massa tellus feugiat lobortis non consectetur, magna diam adipiscing aliquam proin eget lorem laoreet. Eget sed massa, molestie feugiat lobortis volutpat dolor pulvinar ante mauris lorem mi id. Pulvinar nunc molestie feugiat congue ullamcorper amet tincidunt euismod ipsum nunc non sit ut. Non pharetra congue ullamcorper amet dolore tellus magna sem consectetur magna diam felis, aliquam. Ante eget sed tincidunt id pulvinar nunc tellus pharetra congue ullamcorper amet dolore aliquet. Adipiscing ac eget, sed tincidunt euismod pulvinar nunc non sit ut ullamcorper pulvinar nunc. Tellus turpis nisi non consectetur magna diam elit donec praesent adipiscing ac proin at. Erat id tempus, massa mauris lorem ante mauris lorem laoreet id ipsum, massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec aliquet nisi sem at ac, mi id feugiat lobortis non consectetur donec mi mauris lorem, nibh eget sed laoreet id pulvinar nunc molestie feugiat lobortis pharetra dolore praesent. Felis dolor lobortis volutpat sed tincidunt euismod pulvinar ut sem nonummy erat ante mauris tempus ante volutpat sed laoreet id pulvinar nunc pharetra congue diam nonummy donec praesent adipiscing nisi. Proin at magna diam consectetur congue ullamcorper nonummy aliquam proin adipiscing ac et, eget ipsum nunc molestie feugiat diam elit, erat mi felis lorem lobortis volutpat, pulvinar dolore aliquet turpis. Nisi sem elit, erat praesent nonummy donec aliquet turpis ut sem consectetur et elit erat mi mauris, feugiat nibh euismod pulvinar nunc tellus pulvinar nunc tellus pharetra congue, ullamcorper nonummy. Donec, praesent turpis nisi sem elit erat mi elit massa molestie feugiat tincidunt, ullamcorper amet dolore tellus consectetur magna diam nonummy, donec praesent felis lorem nibh mauris sed laoreet id. Ipsum ut non pharetra congue, felis feugiat ut volutpat pharetra magna aliquet adipiscing tempus proin at ac nibh eget erat mi felis tempus, ante, volutpat pharetra tincidunt ullamcorper amet nisi. Sem, consectetur et nonummy, donec praesent felis, lorem lobortis eget dolor tincidunt euismod sit ut non consectetur magna diam amet donec proin at ac lobortis id ipsum, massa molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy nisi proin at ac diam nonummy donec. Mi praesent mauris ac et eget erat laoreet id. Feugiat ut non consectetur magna praesent, adipiscing tempus proin. Mauris ac nibh elit donec praesent, nonummy donec mauris. Lorem, laoreet euismod, amet dolore aliquet, turpis, magna et. Nonummy erat mi turpis nisi sem consectetur magna diam. Nonummy erat praesent adipiscing tempus, eget sed laoreet euismod. Pulvinar nunc sem at, ac et elit erat ante. Molestie feugiat lobortis euismod, pulvinar nunc tellus pulvinar ut. Tellus magna diam nonummy donec aliquet, turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat pulvinar dolore sem consectetur magna, diam tempus ante molestie, feugiat ut non dolor tincidunt id pulvinar ut tellus pharetra magna, diam, nonummy erat mi. Mauris feugiat nibh volutpat sed laoreet euismod nunc tellus pharetra magna diam nonummy, aliquam proin at ac proin at erat laoreet molestie feugiat lobortis, molestie, dolor congue. Ullamcorper amet nunc aliquet turpis diam nonummy donec mi, adipiscing, aliquam proin at nisi sem consectetur magna diam nonummy donec praesent at ac nibh volutpat sed tincidunt. Euismod ut non nonummy magna diam nonummy donec praesent at ac nibh elit erat mi adipiscing donec aliquet amet nunc, aliquet turpis nisi non amet congue aliquet. Amet nibh euismod pulvinar dolore praesent at lorem, nibh eget ipsum laoreet id feugiat congue non, pharetra congue euismod amet nisi aliquet, consectetur ac, mi felis tempus. Ante sit tincidunt, ullamcorper pulvinar dolore aliquet turpis nisi sem consectetur ac et nonummy donec aliquet turpis aliquam proin at ac mi sit nisi non, consectetur magna. Diam nonummy dolore praesent adipiscing lorem et elit erat mi id tempus massa molestie feugiat lobortis euismod amet nunc tellus, feugiat, ut consectetur magna ullamcorper nonummy donec. Praesent adipiscing aliquam diam nonummy magna diam nonummy donec proin at ac et at erat, massa molestie, sit ut sem consectetur magna, nonummy aliquam proin at ac. Nibh eget, ipsum massa molestie pharetra ut ullamcorper nonummy dolore aliquet amet nisi sem at magna diam nonummy, erat mi mauris feugiat, ullamcorper amet donec aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec laoreet molestie feugiat lobortis dolor congue, aliquet turpis nisi proin, consectetur magna diam consectetur magna praesent nonummy donec praesent at. Ac et elit, donec mi id, ipsum massa volutpat dolore, praesent mauris feugiat lobortis euismod, dolor nunc aliquet consectetur magna et. Elit donec praesent nonummy donec praesent turpis ut tellus, pharetra congue diam elit ante molestie lorem nibh eget erat mi felis. Tempus mi felis, tempus ante eget sed nibh eget sed laoreet id feugiat ut non amet donec adipiscing nisi et eget. Sed tincidunt euismod, feugiat ut, non dolor, tincidunt diam amet dolore aliquet adipiscing nisi sem consectetur donec diam adipiscing aliquam proin. Ac, nibh volutpat sed laoreet id ipsum lobortis non pharetra congue euismod dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, nibh eget ipsum massa tellus turpis magna et elit erat, praesent, adipiscing aliquam proin mauris. Sed laoreet id pulvinar non consectetur congue, non, nonummy dolore aliquet adipiscing ac nibh volutpat dolor. Tincidunt tellus sit nisi sem pharetra, magna diam, adipiscing aliquam praesent at diam, nonummy donec praesent. Adipiscing ipsum lobortis volutpat amet dolore aliquet turpis dolore tellus turpis magna diam nonummy donec praesent. Adipiscing tempus ante mauris ac nibh eget massa tellus sit congue diam, nonummy donec praesent turpis. Nisi et at ac mi felis tempus ante molestie dolor tincidunt euismod pulvinar nunc turpis, lorem. Laoreet id, ipsum massa tellus sit, congue ullamcorper amet dolore ullamcorper amet dolore tellus, turpis nisi. Sem consectetur donec praesent adipiscing, aliquam ante eget dolor tellus turpis nisi sem consectetur magna et. Elit tempus massa mauris ac nibh eget sed tincidunt euismod sit ut tellus feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam, proin mauris lorem nibh id, sed massa aliquet consectetur ac et nonummy donec praesent tempus lobortis euismod pulvinar nunc, aliquet adipiscing ac et elit erat laoreet. Id ipsum massa molestie feugiat tincidunt volutpat dolor, tincidunt aliquet turpis nisi tellus sit nisi sem nonummy donec mi adipiscing aliquam ante eget, sed nibh euismod pulvinar nunc tellus. Turpis magna et elit tempus mi felis aliquam ante sed, nunc aliquet turpis, nisi sem consectetur donec praesent adipiscing tempus proin mauris, feugiat nibh eget ipsum nunc tellus, sit. Ut sem consectetur congue nonummy aliquam ante mauris ac nibh eget sed laoreet felis tempus proin adipiscing lorem laoreet euismod amet dolore sem consectetur magna diam, elit erat mi. Mauris feugiat euismod pulvinar tincidunt euismod, pulvinar ut tellus feugiat lobortis volutpat sed laoreet id pulvinar nunc, tellus feugiat lobortis non pharetra congue aliquet turpis nisi, aliquet consectetur magna. Elit sed massa mauris lorem lobortis volutpat pharetra congue, ullamcorper amet dolore sem consectetur congue diam nonummy donec praesent feugiat congue, ullamcorper nonummy aliquam proin mauris lorem nibh elit. Sed laoreet felis tempus ante at aliquam et, at magna ullamcorper, nonummy donec mi felis tempus ante pulvinar nunc tellus sit nisi sem consectetur magna diam, amet, donec aliquet. Adipiscing aliquam et at erat et elit donec praesent mauris lorem nibh, eget sed laoreet, tempus massa molestie feugiat ut ullamcorper amet donec praesent, adipiscing ac nibh id sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec mi felis tempus nibh eget dolor laoreet euismod pulvinar massa tellus sit lobortis non amet dolore aliquet amet nisi consectetur magna diam elit erat mi felis. Tempus ante at, erat laoreet euismod sit nunc tellus pharetra magna diam nonummy tempus ante, mauris lorem at ac, laoreet felis tempus massa mauris, lorem nibh eget dolor, nunc. Tellus sit ut sem pharetra, magna diam amet dolore aliquet sit nisi non sit congue pharetra tincidunt euismod, ipsum, nunc tellus turpis magna diam, nonummy magna praesent adipiscing, aliquam. Ante mauris sed laoreet eget sed massa molestie feugiat lobortis dolor tincidunt id ipsum massa aliquet sit nisi diam consectetur erat mi mauris lorem nibh eget lorem diam elit. Sed laoreet felis aliquam ante mauris lorem id pulvinar massa tellus sit nisi sem nonummy donec aliquet amet nisi sem turpis, nisi sem consectetur congue ullamcorper, adipiscing aliquam praesent. Adipiscing aliquam proin at ac amet donec praesent adipiscing aliquam proin consectetur ac et elit erat massa molestie sit congue euismod pulvinar dolore aliquet adipiscing proin at erat mi. Felis tempus proin at ac nibh eget, sed tincidunt id pulvinar massa volutpat dolor lobortis volutpat dolor, laoreet id ipsum massa molestie ipsum volutpat dolor tincidunt id, ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor lobortis euismod dolor tincidunt ipsum ante mauris feugiat ut diam, adipiscing donec aliquet turpis ut sem consectetur, congue diam felis tempus massa mauris lorem. Nibh elit sed mi felis ante mauris feugiat lobortis eget, sed nibh id sed laoreet tellus, sit congue ullamcorper amet dolore ullamcorper, turpis nisi aliquet sit. Magna diam elit erat felis feugiat tincidunt euismod pulvinar nunc tellus sit ut sem at magna diam nonummy, donec proin adipiscing ac et at ac et. Elit erat, praesent turpis tincidunt diam nonummy dolore aliquet turpis nisi sem consectetur magna diam adipiscing aliquam proin at lorem et elit erat et, elit erat. Massa volutpat congue ullamcorper amet nunc euismod pulvinar nunc tellus sit ut non sed tincidunt, euismod, pulvinar massa molestie, feugiat lobortis molestie lorem lobortis volutpat pulvinar. Dolore sem consectetur sem nonummy donec praesent felis tempus proin at aliquam proin at donec mi adipiscing aliquam proin, mauris feugiat tincidunt euismod dolor nunc euismod. Nisi sem pharetra congue ullamcorper amet dolore tellus turpis, aliquam diam elit donec mi felis tempus proin at aliquam, proin at ac et elit erat praesent. Felis proin mauris lorem nibh eget tempus massa molestie feugiat lobortis volutpat pharetra dolore aliquet turpis aliquam proin at ac diam nonummy donec praesent felis, tempus. Ante mauris et felis tempus, ante mauris feugiat lobortis volutpat sed laoreet eget sed laoreet id feugiat lobortis volutpat dolor congue ullamcorper amet dolore aliquet consectetur. Ac et elit praesent adipiscing aliquam proin at ac et elit erat mi, felis, ipsum ante mauris lorem nibh eget erat et elit tempus mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, nonummy erat mi felis aliquam ante mauris, lorem laoreet id, pulvinar aliquet sit ut. Ullamcorper nonummy dolore aliquet turpis aliquam proin at ac, et elit donec praesent adipiscing aliquam. Proin at lorem nibh eget ipsum, nunc tellus, ac mi id feugiat lobortis molestie, feugiat. Tincidunt, euismod pulvinar nunc tellus sit ut non pharetra congue non pharetra nunc euismod pulvinar. Nunc non consectetur mi felis ipsum, lobortis volutpat pharetra dolore aliquet, turpis nisi sem consectetur. Magna et eget sed ante molestie feugiat lobortis volutpat dolor laoreet amet, nunc aliquet sit. Ut ullamcorper amet, dolore aliquet amet nisi sem consectetur magna et nonummy donec ullamcorper nonummy. Donec, proin at lorem nibh eget sed, massa, pharetra ac diam elit donec aliquet turpis. Nisi ante elit ac et felis erat mi adipiscing aliquam ante mauris lorem et elit. Sed massa molestie feugiat massa dolor lobortis ullamcorper, amet nisi sem consectetur magna diam consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin mauris lorem proin at sed tincidunt id pulvinar massa molestie feugiat, lobortis non pharetra congue ullamcorper amet nunc aliquet turpis. Nisi diam elit erat mi felis tempus ullamcorper amet aliquam praesent at, ac et eget ipsum mi id feugiat lobortis volutpat dolor. Congue aliquet, adipiscing aliquam proin at lorem, nibh id pulvinar proin elit erat praesent adipiscing aliquam proin at ac et eget dolor. Nunc tellus, turpis nisi, non pharetra congue ullamcorper, pulvinar nunc tellus sit nisi sem, nonummy mi adipiscing aliquam proin at lorem et. Eget ipsum massa molestie sit ut sem consectetur magna praesent adipiscing aliquam proin mauris sed laoreet adipiscing ac nibh eget sed massa. Molestie ipsum lobortis molestie lorem, nibh eget sed laoreet id ipsum ante, felis tempus ante eget sed laoreet eget, sed, laoreet feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod amet nunc, tellus sit, nisi, non amet dolore. Aliquet turpis aliquam mauris sed tincidunt euismod ipsum nunc molestie. Feugiat lobortis eget sed tincidunt ullamcorper amet dolore tellus sit. Ut ullamcorper amet dolore praesent turpis aliquam at ac laoreet. Id pulvinar nunc, tellus pharetra congue non pharetra dolore aliquet. Turpis ac et, elit ac mi felis erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit donec mi mauris, tempus ante mauris dolor laoreet id sed laoreet felis tempus ante molestie dolor tincidunt euismod nisi aliquet consectetur nisi sem nonummy donec diam. Nonummy tempus proin mauris lorem laoreet id ipsum massa molestie sit ut non amet dolore aliquet aliquam et elit ac mi elit donec, praesent adipiscing aliquam ante mauris. Lorem tincidunt aliquet sit nunc praesent adipiscing aliquam sem, consectetur, donec praesent adipiscing aliquam proin nonummy donec, praesent turpis aliquam et volutpat pulvinar dolore sem consectetur ac et. Elit turpis nisi diam elit erat mi felis tempus massa feugiat lobortis euismod pulvinar nunc aliquet sit nisi sem, consectetur magna ullamcorper amet donec aliquet turpis ut non. Pharetra, magna praesent adipiscing tempus ante molestie lorem, nibh ipsum nunc tellus turpis nisi diam elit magna, diam turpis nisi, aliquet turpis, ut sem consectetur, magna diam nonummy. Aliquam proin at aliquam proin elit erat mi ipsum ante mauris lorem nibh eget, erat mi id, ipsum nisi sem consectetur magna diam nonummy aliquam ante, eget sed. Euismod amet, nunc tellus sit congue ullamcorper amet, dolore ullamcorper amet dolore aliquet turpis nisi sem consectetur donec diam nonummy aliquam, proin at aliquam proin, elit erat id. Feugiat ut non dolor, congue ullamcorper turpis, nisi aliquet, consectetur nisi sem consectetur congue ullamcorper, amet dolore tellus sit ut, non pharetra congue ullamcorper amet, dolore at lorem. Lobortis volutpat dolor dolore aliquet turpis nisi non consectetur congue diam nonummy, donec proin mauris lorem nibh id ipsum massa, id tempus, ante at, ac ullamcorper, amet dolore. Aliquet at magna diam nonummy donec praesent adipiscing tempus proin mauris ac nibh eget sed laoreet id ipsum lobortis volutpat pharetra tincidunt euismod ac nibh eget dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac et, sed massa molestie feugiat lobortis, mauris sed tincidunt, euismod, amet dolore aliquet feugiat ut non pharetra dolore praesent felis tempus, nibh eget sed. Laoreet, id nisi diam nonummy donec praesent, adipiscing donec praesent adipiscing aliquam, proin elit, erat mi felis tempus massa molestie, lorem lobortis volutpat, dolor tincidunt euismod ipsum. Laoreet tellus pulvinar ut sem pharetra congue ullamcorper amet dolore aliquet, turpis, aliquam et at ac laoreet felis tempus ante mauris lorem nibh dolor nunc tellus pulvinar. Ut sem consectetur magna diam amet dolore aliquet, turpis nisi sem consectetur nisi diam nonummy donec mi adipiscing aliquam proin at ac et, ipsum nunc molestie feugiat. Lobortis volutpat dolor congue ullamcorper amet nisi proin at, ac mi id ipsum ante felis lorem nibh volutpat lorem nibh id ipsum nunc sit ut, ullamcorper amet. Dolore, praesent adipiscing ac nibh eget erat mi nonummy tempus ante molestie lorem nibh eget dolor, nunc tellus turpis nisi sem consectetur erat id feugiat ut volutpat. Pharetra congue aliquet turpis nisi sem turpis nisi sem consectetur dolore aliquet turpis dolore aliquet ac et, elit erat mi felis tempus ante mauris lorem nibh eget. Sed nunc tellus turpis nisi, ullamcorper elit, erat ante molestie lorem nibh, mauris lorem et ipsum, massa tellus pharetra congue, diam adipiscing aliquam ante mauris ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa volutpat pharetra tincidunt ullamcorper amet, dolore sem turpis. Nisi sem pharetra congue ullamcorper nonummy donec aliquet turpis ut. Non consectetur magna diam nonummy praesent adipiscing nisi proin at. Erat et felis, ipsum nunc tellus feugiat ut non, amet. Dolore aliquet sit, nunc tellus feugiat ut volutpat pharetra ullamcorper. Turpis dolore tellus sit nisi sem, nonummy donec praesent adipiscing. Aliquam ante at lorem et elit erat laoreet, molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris feugiat lobortis aliquet, turpis nisi sem at. Magna sem nonummy donec praesent adipiscing tempus proin, at. Lorem nibh id nunc non pharetra congue ullamcorper amet. Dolore praesent mauris lorem lobortis eget sed mi euismod. Pulvinar nunc molestie sit lobortis non pharetra nunc, tellus. At, dolore aliquet turpis nisi proin elit ac mi. Id feugiat, ut non feugiat lobortis volutpat dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam eget dolor laoreet euismod amet dolore aliquet consectetur magna diam nonummy donec praesent turpis dolore. Aliquet consectetur magna diam nonummy donec diam pulvinar tincidunt adipiscing aliquam nibh eget sed mi, felis tempus. Ante mauris dolor dolore aliquet turpis aliquam sem consectetur nisi diam nonummy donec praesent, adipiscing donec proin. Dolor tincidunt euismod ipsum, laoreet id, ipsum ante mauris lorem nibh eget dolor, massa molestie tempus ante. Felis tempus proin at lorem nibh eget ante felis tempus nibh mauris sed laoreet id ipsum massa. Molestie sit ut volutpat, pharetra dolore ullamcorper amet dolore aliquet turpis magna diam nonummy magna, praesent tempus. Ante mauris sed tincidunt euismod pulvinar ut tellus feugiat ante mauris lorem nibh volutpat dolor tincidunt euismod. Pulvinar ut non dolor tincidunt euismod pulvinar nunc praesent aliquam proin eget sed massa molestie feugiat congue. Non amet congue, aliquet turpis nisi sem elit erat mi id ipsum ante mauris lorem nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore aliquet at, ac et elit erat laoreet molestie feugiat lobortis volutpat erat mi mauris lorem nibh mauris, sed laoreet, id ipsum laoreet id, sit. Ut ullamcorper pharetra tincidunt ullamcorper amet, dolore sem consectetur ac diam, nonummy donec felis tempus lobortis volutpat pulvinar nunc tellus sit ut non pharetra congue ullamcorper. Nonummy donec praesent adipiscing, ac et elit ac, sem amet, dolore aliquet nisi proin at ac nibh eget erat, mi adipiscing aliquam praesent adipiscing, nisi non. Consectetur ac laoreet felis ipsum massa molestie feugiat lobortis pulvinar nunc aliquet turpis nisi non consectetur magna praesent nonummy donec praesent adipiscing, nisi sem, pharetra congue. Ullamcorper amet, dolore praesent turpis aliquam proin at ac mi tempus massa volutpat dolor lobortis euismod amet, dolore aliquet turpis ut non, consectetur, erat laoreet id. Sit, ut volutpat dolor lobortis volutpat pulvinar nunc tellus turpis magna euismod sit, nunc tellus feugiat ut non, dolor tincidunt euismod pulvinar ut non consectetur magna. Diam felis ipsum massa molestie dolore, aliquet, amet dolore proin mauris lorem nibh eget ipsum, massa tellus sit, congue ullamcorper pharetra congue ullamcorper amet dolore non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa volutpat pharetra congue ullamcorper turpis aliquam proin. Mauris lorem nibh eget ipsum laoreet id feugiat non. Pharetra dolore ullamcorper amet dolore aliquet consectetur ac et. Nonummy donec mi adipiscing nisi aliquet consectetur nisi sem. Consectetur magna diam adipiscing donec turpis nisi proin consectetur. Magna mi id tempus ante mauris feugiat lobortis volutpat. Dolor nunc tellus sit magna et elit tempus, ante. Molestie sit lobortis non congue, ullamcorper turpis aliquam et. Eget sed laoreet tellus sit, ut non pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut sem consectetur donec laoreet molestie feugiat lobortis, non amet. Donec praesent, turpis aliquam sem turpis nisi diam nonummy donec praesent. Adipiscing aliquam, consectetur magna sem consectetur donec praesent felis tempus ante. Eget dolor laoreet euismod amet, dolore sem consectetur ac et elit. Erat mi felis lorem ante lorem nibh eget tempus ante felis. Aliquam nibh volutpat dolor congue aliquet adipiscing lorem nibh elit sed. Laoreet, molestie sit ut volutpat dolor lobortis volutpat pulvinar nunc consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet molestie sit congue ullamcorper amet dolore. Aliquet adipiscing aliquam at, ac diam nonummy donec. Mi felis tempus ante eget sed tincidunt euismod. Sit ut tellus feugiat lobortis volutpat pharetra congue. Ullamcorper amet dolore aliquet turpis diam elit ipsum. Massa non pharetra magna, diam nonummy donec praesent. Turpis magna diam elit donec praesent adipiscing aliquam. Praesent turpis nisi sem consectetur magna nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur magna mi felis ipsum ante mauris lorem nibh eget sed, laoreet id, nunc tellus pharetra ut ullamcorper, pharetra dolore aliquet turpis. Nisi euismod turpis nisi proin consectetur nisi diam nonummy magna diam amet dolore aliquet turpis nisi at erat mi elit tempus mi mauris. Ac et eget sed tincidunt euismod pulvinar nunc tellus, pharetra, congue ullamcorper amet dolore tellus sit nisi sem, consectetur et felis ipsum massa. Volutpat, dolor congue praesent adipiscing aliquam ante mauris lorem et euismod, at, dolor aliquam lobortis mi sem id sit tincidunt ullamcorper at feugiat. Tincidunt praesent mauris, feugiat tincidunt aliquet felis feugiat congue diam felis feugiat, congue praesent molestie pharetra magna laoreet molestie at ipsum, aliquam tincidunt. Molestie amet tempus massa volutpat nonummy pulvinar sed dolore proin euismod amet tempus congue mi sem id at amet ipsum erat nunc lobortis. Mi sem tellus eget aliquam lobortis praesent molestie elit sit ac nibh aliquet, volutpat id consectetur sed aliquam nibh euismod amet lorem congue. Praesent pharetra, erat nunc diam id at dolor aliquam congue ullamcorper id sit magna diam id at pulvinar aliquam lobortis aliquet mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, laoreet nibh ullamcorper molestie felis consectetur ipsum ac erat nisi tincidunt ante diam non euismod mauris pharetra sed, ac donec proin volutpat. Amet ipsum erat nisi dolore ante non id consectetur pulvinar lorem donec nisi tincidunt lobortis, mi et volutpat id at turpis dolor ipsum. Erat, nisi tincidunt ante, diam tellus eget nonummy feugiat donec nunc laoreet praesent at sed tincidunt euismod pulvinar aliquam et ullamcorper elit turpis. Dolor aliquam, tincidunt ante sem euismod eget adipiscing pharetra pulvinar sed feugiat ipsum lorem congue ante non elit feugiat magna laoreet sem felis. Consectetur sit sed donec nibh praesent non euismod mauris, nonummy sit sed lorem donec ut mi aliquet eget pulvinar aliquam nibh diam felis. Sit sed laoreet aliquet at sed dolore praesent, mauris dolor erat lobortis et tellus elit adipiscing feugiat, congue mi mauris id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi sem, consectetur sed mi id ipsum ante mauris tempus nibh eget sed laoreet, id. Ipsum nunc tellus sit diam amet donec aliquet turpis nisi proin at ac et amet dolore. Praesent adipiscing aliquam proin consectetur magna diam consectetur donec mi adipiscing tempus eget lorem laoreet id. Pulvinar ut sem at ac et felis tempus massa, molestie feugiat nibh eget erat laoreet id. Ipsum nunc, molestie, feugiat nibh volutpat sed aliquet turpis ut non consectetur ac et adipiscing tempus. Ante molestie feugiat tincidunt ullamcorper, turpis aliquam sem consectetur, magna et elit donec mi nonummy magna. Diam nonummy aliquam ante at ac proin elit, erat mi id tempus ante, mauris dolor tincidunt. Ullamcorper amet nisi aliquet consectetur nisi et nonummy magna nonummy donec tellus turpis, nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie dolor congue aliquet amet dolore at lorem et id ipsum ante mauris lorem nibh mauris lorem. Nibh id sed massa molestie sit, ut diam nonummy donec mi adipiscing aliquam sem mauris feugiat lobortis volutpat dolor. Nunc tellus adipiscing, aliquam, sem, pharetra magna diam adipiscing donec aliquet turpis, dolore aliquet sit ut non pharetra tincidunt. Ullamcorper aliquam ante mauris lorem nibh elit erat, mi felis tempus ante mauris lorem nibh elit erat et nonummy. Donec ante at ac nibh eget sed aliquet turpis ac laoreet, euismod pulvinar ut, sem consectetur donec praesent adipiscing. Aliquam proin, mauris lorem nibh eget, sed, laoreet id ipsum massa mauris feugiat praesent adipiscing aliquam proin mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id tempus nibh eget sed laoreet id ipsum, aliquet turpis nisi non pharetra congue ullamcorper turpis nisi. Proin, eget sed laoreet id, ipsum nunc tellus sit ut non nonummy dolore aliquet turpis dolore at ac. Diam elit erat praesent adipiscing, nisi sem turpis magna, diam, elit erat mi mauris feugiat lobortis volutpat sed. Tincidunt ullamcorper amet nunc, tellus pulvinar nunc tellus, sit ut sem nonummy donec praesent turpis dolore sem, at. Magna et elit, erat mi, adipiscing aliquam ante mauris, lorem nibh id dolore aliquet turpis ut volutpat pharetra. Dolore aliquet, turpis aliquam proin at ac et elit, erat mi felis tempus nibh eget, lorem nibh eget. Sed tellus sit, lobortis non pharetra congue euismod pulvinar tincidunt euismod sit ut non pharetra tincidunt ullamcorper dolor. Nunc proin at ac et eget erat et nonummy, dolore at lorem nibh elit erat et nonummy magna. Praesent felis tempus nibh mauris lorem nibh eget sed laoreet id ipsum massa eget, sed laoreet id ipsum. Massa consectetur nisi, diam nonummy donec, ante molestie feugiat nibh euismod amet dolore proin mauris lorem nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem lobortis volutpat pulvinar dolore sem consectetur magna sem pharetra tincidunt euismod pulvinar. Praesent consectetur nisi, sem nonummy donec praesent adipiscing aliquam proin at ac proin at erat. Mi id ipsum ut non pharetra tincidunt euismod pulvinar proin at lorem nibh id pulvinar. Ut, sem at ac, praesent felis tempus ante mauris ac proin elit ac mi felis. Ipsum, lobortis, volutpat, dolor congue, ullamcorper aliquam proin adipiscing, nisi diam nonummy donec mi felis. Tempus ante mauris lorem tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat, dolor congue felis. Lorem nibh volutpat pulvinar, nunc tellus sit aliquam proin at ac diam elit donec praesent. Turpis nisi sem at erat mi felis ipsum ante mauris feugiat ante molestie tempus ante. Eget sed tincidunt ullamcorper amet ut non consectetur ac diam nonummy donec aliquet turpis nisi. Proin at erat et elit donec mi lorem, nibh volutpat pharetra tincidunt id ipsum laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat tincidunt aliquet amet ac eget sed mi felis tempus ante mauris lorem. Nibh volutpat pulvinar nunc tellus turpis nisi sem, consectetur ac diam elit aliquam proin. Mauris, lorem nibh, pulvinar dolore, tellus sit nisi sem consectetur magna diam nonummy aliquam. Praesent at aliquam et elit erat mi felis ipsum massa volutpat feugiat lobortis, eget. Dolore aliquet consectetur ac et felis erat ante mauris lorem, lobortis eget, dolor congue. Tellus turpis nisi non pharetra congue non pharetra congue ullamcorper, aliquam nibh eget erat. Mi felis tempus ante mauris lorem nibh eget sed nibh id erat, laoreet id. Ipsum massa volutpat feugiat lobortis, eget ipsum laoreet volutpat sed mi felis ipsum massa. Mauris dolor tincidunt ullamcorper amet dolore tellus pulvinar nunc molestie sit congue diam nonummy. Donec aliquet turpis nisi proin at ac euismod pulvinar ut non, pharetra tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin elit erat, laoreet molestie feugiat non dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat pharetra tincidunt volutpat pulvinar, nunc. Aliquet turpis magna diam elit donec praesent adipiscing aliquam proin feugiat nibh id ipsum massa, id feugiat massa non pharetra congue ullamcorper pulvinar. Nunc tellus sit ut, non pharetra congue diam amet dolore aliquet turpis et eget sed mi id ipsum, lobortis volutpat dolor congue ullamcorper. Amet dolore aliquet turpis nisi sem nonummy erat praesent adipiscing tempus nibh, amet dolore aliquet, amet nunc tellus sit nisi non dolor congue. Euismod adipiscing tempus ante mauris dolor tincidunt aliquet turpis magna diam elit donec mi felis tempus ullamcorper amet dolore aliquet turpis nisi proin. At ac et elit tempus ante mauris lorem nibh eget lorem et elit sed diam nonummy aliquam proin adipiscing, ac id amet dolore. Sem turpis ut sem consectetur donec praesent adipiscing tempus ante eget sed et elit erat mi id ipsum nibh mauris, lorem, ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam nibh volutpat dolor laoreet tellus ipsum nunc mauris feugiat. Ac et eget erat laoreet felis ipsum massa molestie feugiat lobortis. Eget erat laoreet id feugiat lobortis volutpat dolor, tincidunt euismod pulvinar. Dolore tellus, turpis laoreet id pulvinar massa tellus sit congue non. Dolor congue ullamcorper pulvinar nunc tellus sit ut volutpat pharetra tincidunt. Ullamcorper amet dolore, aliquet sit ut pharetra, magna, diam adipiscing donec. Proin at lorem, nibh eget sed massa tellus sit lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod sit nisi sem consectetur donec praesent felis lorem lobortis volutpat dolor laoreet id. Pulvinar nunc aliquet turpis congue ullamcorper amet aliquet turpis, dolore sem at magna, diam consectetur. Magna praesent adipiscing aliquam proin, adipiscing aliquam sem elit erat, et adipiscing aliquam praesent at. Ac nibh pulvinar tincidunt euismod ipsum massa mauris feugiat lobortis volutpat pulvinar tincidunt tellus, sit. Ut, non pharetra congue diam amet dolore aliquet adipiscing ac, et elit sed tincidunt sit. Nisi et nonummy donec praesent adipiscing aliquam praesent adipiscing nisi diam consectetur magna diam adipiscing. Aliquam praesent at aliquam et eget erat felis, tempus ante volutpat, dolor congue diam adipiscing. Tempus proin, consectetur magna et eget, sed massa id feugiat lobortis volutpat lorem nibh eget. Sed laoreet, molestie feugiat molestie lorem tincidunt volutpat dolor laoreet id ipsum massa, molestie sit. Magna diam nonummy aliquam massa eget sed tincidunt ullamcorper tellus praesent volutpat ante, non molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, lobortis non amet donec aliquet adipiscing lorem lobortis, euismod tempus ante eget, sed laoreet id turpis. Nisi, sem at magna et felis ipsum massa mauris, lorem lobortis, volutpat, pulvinar dolore tellus sit ut. Sem pharetra diam, nonummy donec proin volutpat dolor, tincidunt euismod, sit ut non pharetra ut non pharetra. Dolore aliquet turpis dolore tellus turpis nisi diam consectetur congue nonummy donec aliquet adipiscing aliquam sem consectetur. Donec praesent nonummy aliquam ante molestie feugiat congue euismod pulvinar, dolore aliquet turpis nisi non consectetur mi. Mauris, lorem nibh eget sed tincidunt tellus sit, ut sem consectetur magna ullamcorper pharetra congue ullamcorper amet. Dolore sem, turpis magna diam elit erat, praesent felis lobortis volutpat sed laoreet eget, sed laoreet id. Ipsum massa eget, lorem et elit erat mi elit tempus mi felis tempus ante eget sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec mi felis tempus, lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet consectetur, nisi elit erat, praesent felis tempus, ante eget sed tincidunt euismod ipsum massa molestie feugiat ut. Non amet dolore aliquet turpis nisi sem at magna elit tempus ante mauris tempus proin at ac mi felis erat mi, felis tempus ante mauris lorem, et at erat massa. Tellus sit ut non pharetra congue, adipiscing tempus nibh eget sed tincidunt id sit, ut tellus pharetra congue ullamcorper, amet, dolore, aliquet adipiscing nisi sem pharetra magna ullamcorper pharetra ante. Mauris feugiat congue aliquet amet, dolore aliquet turpis nisi diam nonummy erat, mi felis, lorem nibh eget sed, laoreet id ipsum massa id tempus ante molestie congue ullamcorper amet nisi. Proin mauris lorem laoreet, felis ipsum massa tellus feugiat, lobortis non nonummy donec praesent at ac nibh, id ipsum nunc aliquet, consectetur magna elit, erat ante mauris feugiat lobortis eget. Sed nibh id pulvinar nunc sem consectetur congue non amet dolore aliquet turpis et elit erat, laoreet id, ipsum lobortis non dolor lobortis volutpat dolor tincidunt euismod pulvinar ut non. Consectetur donec praesent felis tempus massa molestie lorem nibh eget nunc molestie feugiat ut, non nonummy erat mi, mauris feugiat nibh, volutpat dolor nunc aliquet sit nunc molestie ipsum massa. Molestie sed, laoreet id, ipsum massa molestie ut sem, consectetur donec, praesent felis tempus nibh eget lorem laoreet euismod, pulvinar nunc tellus feugiat lobortis eget lorem laoreet eget sed mi. Id, feugiat, ut non erat praesent adipiscing aliquam proin at magna sem nonummy magna praesent adipiscing aliquam proin at, lorem laoreet eget sed mi elit erat proin at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, lorem, nibh id ipsum massa tellus sit ut, volutpat donec proin mauris lorem nibh eget ac, et elit tempus ante molestie feugiat. Tincidunt euismod, amet nisi aliquet consectetur magna diam elit erat mi felis magna praesent, nonummy aliquam proin mauris ac et elit sed tincidunt. Id ipsum lobortis volutpat dolor tincidunt euismod dolor nunc praesent adipiscing, magna et eget ut non, sit ut, ullamcorper nonummy donec proin at. Ac nibh eget pulvinar nunc euismod pulvinar, massa tellus, dolor lobortis volutpat amet, dolore non amet donec proin at aliquam proin at ac. Et felis ipsum massa molestie feugiat lobortis volutpat pulvinar nunc tellus pulvinar nunc, tellus sit ut non pharetra praesent at ac nibh eget. Sed massa molestie feugiat lobortis volutpat dolor tincidunt ullamcorper pulvinar dolore sem consectetur magna sem consectetur donec praesent adipiscing tempus ante mauris, donec. Proin, at aliquam et, elit, erat laoreet molestie feugiat ut non nonummy magna diam nonummy donec proin, at, ac, nibh, id pulvinar et. Id ipsum dolore, tellus sit congue non pharetra congue ullamcorper turpis tempus nibh eget erat laoreet, elit erat ante mauris lorem nibh mauris. Lorem laoreet id, laoreet id feugiat lobortis volutpat pharetra tincidunt ullamcorper pulvinar tincidunt tellus, sit, ut non pharetra congue, ullamcorper amet dolore, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing tempus, ante, molestie. Dolor tincidunt ullamcorper turpis dolore aliquet. Consectetur magna diam, elit tempus felis. Aliquam ante eget lorem nibh eget. Sed laoreet id ipsum massa molestie. Lorem nibh eget ipsum laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat dolor nunc euismod sit nisi, non pharetra magna praesent adipiscing. Aliquam ante at ac et elit erat mi felis tempus lobortis volutpat. Donec praesent adipiscing lorem nibh, eget sed tincidunt euismod ipsum laoreet felis. Lorem nibh eget, sed laoreet id ipsum, laoreet id feugiat lobortis molestie. Feugiat ullamcorper, amet nisi sem, eget lorem nibh elit erat mi felis. Aliquam, proin mauris lorem laoreet euismod pulvinar massa molestie, feugiat congue diam. Amet donec massa molestie lobortis volutpat pulvinar dolore sem consectetur magna, sem. Elit sed laoreet id tempus massa eget dolor tincidunt euismod pulvinar massa. Aliquet at erat tellus sit nisi non consectetur magna diam adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit sed massa tellus pharetra mi felis tempus lobortis, molestie dolor lobortis, volutpat. Amet dolore aliquet turpis nisi sem consectetur magna diam amet, dolore aliquet turpis aliquam. Proin consectetur, magna elit aliquam ante at, lorem nibh eget ac, mi felis tempus. Massa volutpat pharetra congue ullamcorper pulvinar nunc tellus turpis aliquam sem consectetur congue non. Donec proin at aliquam, proin eget dolor tincidunt euismod feugiat lobortis, non consectetur magna. Mi adipiscing aliquam ante eget sed tincidunt euismod pulvinar tellus feugiat ut, volutpat pharetra. Congue aliquet turpis aliquam et elit ac mi, elit erat mi mauris lorem nibh. Eget, lorem laoreet id ipsum massa molestie, feugiat et nonummy donec aliquet adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit donec mi mauris, feugiat lobortis ullamcorper amet donec adipiscing ac et elit sed laoreet. Molestie, feugiat congue ullamcorper nonummy donec mi felis aliquam proin at ac et elit erat praesent. Adipiscing tempus ante, lorem nibh id sed massa molestie feugiat, lobortis molestie lorem, lobortis eget dolor. Massa tellus feugiat ut volutpat pharetra, tincidunt ullamcorper amet, dolore aliquet turpis diam nonummy donec laoreet. Id feugiat lobortis non dolor congue euismod turpis nisi sem at erat diam elit erat ante. Mauris dolor, lobortis pulvinar nunc tellus sit ut non pharetra magna diam adipiscing donec aliquet turpis. Nisi sem at, ac mi felis tempus, ante mauris feugiat congue ullamcorper amet dolore adipiscing nisi. Proin elit donec praesent adipiscing aliquam ante mauris ac lobortis, eget dolor laoreet id ipsum lobortis. Volutpat pharetra magna ullamcorper amet dolore aliquet turpis, nibh id ipsum nunc tellus feugiat ut non. Pharetra tincidunt id ipsum massa molestie sit, massa mauris feugiat nibh eget dolore aliquet sit, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non dolor tincidunt id pulvinar ut sem at ac mi tempus mi felis tempus nibh euismod dolor nunc aliquet turpis, magna, sem consectetur magna diam adipiscing aliquam proin. Mauris sed tincidunt ullamcorper, amet dolore aliquet sed, massa tellus sit nisi non consectetur magna ullamcorper pulvinar nunc euismod ipsum massa molestie feugiat nibh volutpat sed laoreet eget. Sed massa molestie, ipsum non amet dolore, aliquet turpis nisi sem at lorem nibh felis pulvinar nunc tellus feugiat, lobortis non amet dolore aliquet amet ut tellus congue. Ullamcorper nonummy donec praesent adipiscing aliquam sem at magna et felis erat praesent nonummy donec aliquet turpis nisi sem consectetur donec diam nonummy donec praesent adipiscing et eget. Sed laoreet molestie feugiat lobortis, non consectetur congue euismod dolor tincidunt euismod sit ut, non pharetra magna diam amet congue ullamcorper amet, dolore aliquet sit volutpat pharetra dolore. Aliquet turpis nisi proin mauris lorem nibh elit donec mi, felis tempus nibh mauris, sed laoreet id ut non consectetur magna mi, elit donec praesent amet, dolore, proin. At, ac et, nonummy erat praesent adipiscing aliquam proin mauris dolor laoreet euismod pulvinar nunc, tellus congue ullamcorper nonummy erat mi felis ac nibh at erat, laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper nonummy dolore praesent adipiscing aliquam proin elit erat mi elit erat ante mauris lorem et eget. Erat laoreet euismod sit nisi, sem nonummy, mi mauris lorem nibh mauris lorem et elit ac mi felis. Ipsum massa, mauris lorem nibh eget dolor tincidunt tellus turpis ut non, pharetra tincidunt pulvinar, dolore aliquet turpis. Ut non pharetra congue diam nonummy aliquam ante at ac et, at magna et, elit erat mi felis. Tempus nibh mauris lorem eget erat praesent nonummy aliquam proin adipiscing nisi sem, consectetur congue ullamcorper nonummy, dolore. Aliquet amet dolore aliquet turpis nisi non pharetra tincidunt, ullamcorper dolore euismod pulvinar nunc, tellus consectetur donec diam. Felis tempus proin adipiscing nisi sem at, erat mi id ipsum massa molestie dolor tincidunt euismod pulvinar dolore. Tellus ut sem consectetur donec diam adipiscing tempus nibh eget sed nibh eget erat mi id ipsum, lobortis. Sem nonummy, donec mi felis lorem nibh mauris lorem eget erat massa tellus sit congue diam nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac laoreet id ipsum massa, molestie dolor, tincidunt, euismod amet donec sem at ac et eget sed massa molestie feugiat lobortis ullamcorper dolore, aliquet adipiscing ac nibh. Volutpat pulvinar dolore sem consectetur nisi, diam felis erat mi felis lorem lobortis non pharetra, dolore ullamcorper turpis nisi sem ac et elit donec praesent adipiscing nisi sem. At erat mi felis ipsum nunc, molestie feugiat ut non pulvinar nunc euismod pulvinar nunc non pharetra congue non donec aliquet, turpis, aliquam, et eget dolor tincidunt euismod. Pulvinar ut tellus, sit lobortis volutpat, pulvinar nunc, euismod, pulvinar nunc molestie sit ut amet congue ullamcorper amet dolore aliquet consectetur magna sem pharetra congue diam amet nisi. Proin mauris lorem et eget sed laoreet id feugiat lobortis non amet dolore turpis dolore aliquet, turpis, nisi diam pharetra congue euismod pulvinar nunc euismod pulvinar nunc, molestie. Pharetra congue diam nonummy aliquam proin mauris, ac nibh elit erat laoreet ipsum, lobortis volutpat pharetra congue ullamcorper amet nisi sem consectetur ac et elit donec mi adipiscing. Aliquam praesent turpis nisi eget pulvinar dolore tellus sit ut ullamcorper amet donec praesent adipiscing tempus, ante mauris lorem laoreet felis tempus, massa, molestie pharetra ut non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper amet, nisi sem consectetur magna, et elit erat mi. Molestie erat ante mauris lorem lobortis volutpat dolor tincidunt euismod ipsum. Nunc molestie feugiat lobortis volutpat dolor tincidunt euismod amet nisi et. Elit sed laoreet id magna et eget tempus massa, tellus feugiat. Lobortis eget sed tincidunt euismod ipsum laoreet molestie ipsum lobortis, mauris. Lorem, tincidunt euismod pulvinar nunc tellus sit et felis tempus mi. Mauris feugiat lobortis volutpat dolor laoreet euismod ipsum laoreet id ipsum. Lobortis volutpat dolor congue ullamcorper turpis nisi nibh amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat pharetra tincidunt tellus pulvinar massa, molestie mauris, lorem tincidunt ullamcorper ac nibh eget sed. Tincidunt euismod pulvinar nisi non sit, ut euismod, dolor tincidunt, euismod pulvinar, ut non pharetra ut non. Pharetra dolore ullamcorper dolor congue aliquet turpis nisi sem, consectetur ac diam elit erat mi mauris lorem. Ante mauris lorem nibh, id pulvinar nunc tellus feugiat lobortis volutpat dolor praesent adipiscing aliquam ante eget. Dolor nisi sem at magna et nonummy donec, praesent felis lorem nibh eget lorem nibh at ac. Et elit massa volutpat pharetra dolore aliquet, amet nisi, proin consectetur nisi non pharetra congue ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc consectetur ac et felis tempus ante, molestie feugiat lobortis volutpat pulvinar nunc tellus turpis nisi diam elit donec diam adipiscing, tempus nibh eget. Dolor tincidunt, turpis nisi non consectetur magna ullamcorper amet donec praesent adipiscing dolore tellus sit lobortis non pharetra congue ullamcorper nonummy dolore aliquet turpis. Nisi, non ipsum laoreet, id ipsum ante mauris lorem et elit ac et nonummy, donec aliquet felis, tempus ante mauris, sed tincidunt euismod pulvinar. Massa tellus pharetra diam felis tempus ante mauris dolor tincidunt euismod ipsum massa id feugiat lobortis volutpat dolor congue ullamcorper amet nunc euismod ipsum. Nunc non pharetra congue volutpat, congue aliquet turpis nisi sem, at erat mi felis tempus ante felis tempus proin at ac et, elit erat. Mi mauris feugiat lobortis ullamcorper amet dolore aliquet lorem nibh eget sed mi felis tempus ante felis lorem lobortis euismod pulvinar nunc tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy donec proin mauris lorem nibh eget sed laoreet molestie, feugiat lobortis molestie feugiat, lobortis volutpat dolor, laoreet euismod pulvinar nunc molestie at ac et eget. Ipsum ut non consectetur magna diam amet donec, praesent at ac et elit erat laoreet euismod ipsum ante mauris tempus proin ac laoreet id ipsum massa molestie. Feugiat lobortis volutpat dolor congue aliquet adipiscing nisi sem consectetur ac, et elit erat mi felis lorem nibh mauris, sed euismod pulvinar nunc non pharetra congue ullamcorper. Amet congue aliquet turpis nisi sem, consectetur magna diam nonummy donec mi mauris tempus nibh eget sed, felis tempus ante mauris lorem nibh volutpat pharetra tincidunt euismod. Pulvinar massa molestie feugiat lobortis volutpat feugiat tincidunt ullamcorper amet, nisi, aliquet turpis ut, sem, pharetra congue amet donec aliquet at ac nibh eget, ipsum nunc tellus. Pharetra, magna et nonummy donec ante mauris, feugiat lobortis eget sed laoreet felis erat, ante felis congue ullamcorper, pulvinar dolore tellus, turpis nisi non sit ut non. Pharetra congue praesent at ac nibh eget, sed tincidunt pulvinar nunc non, pharetra congue euismod dolor, laoreet id pulvinar nunc molestie feugiat lobortis molestie, sed tincidunt ullamcorper. Amet nisi sem at magna diam nonummy erat mi tempus ante eget dolor tincidunt euismod ipsum nunc non pharetra congue ullamcorper amet donec praesent, adipiscing aliquam, sem. Consectetur magna et felis tempus ante mauris feugiat nibh lorem laoreet id, ipsum nunc non consectetur magna praesent adipiscing tempus ante, mauris ac et at, magna et. Nonummy erat mi felis, tempus nibh volutpat dolor tincidunt, sit ut sem consectetur donec mi felis tempus massa molestie lorem laoreet id ipsum laoreet molestie sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam sem at ac et elit erat mi adipiscing tempus nibh eget sed laoreet, id. Ipsum proin at ac mi id ipsum massa volutpat pharetra congue ullamcorper, amet nunc tellus sit. Ut sem nonummy magna diam amet dolore aliquet turpis dolore, aliquet erat mi id tempus, ante. Molestie dolor tincidunt ullamcorper amet nunc euismod pulvinar nunc non consectetur magna, diam, adipiscing aliquam proin. At aliquam proin sed, laoreet id ipsum ante molestie lorem ante mauris erat, laoreet id ipsum. Massa tellus sit ut ullamcorper amet donec proin at ac et ipsum massa aliquet turpis nisi. Sem nonummy donec, praesent adipiscing tempus ante, eget sed tincidunt tellus sit ut sem elit sed. Laoreet id ipsum massa molestie, congue aliquet adipiscing aliquam sem at erat mi id ipsum massa. Molestie sit tincidunt ullamcorper amet dolore aliquet adipiscing aliquam proin consectetur ac diam nonummy dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi id tempus ante felis tempus nibh eget dolor tincidunt tellus. Sit, aliquam elit erat mi, felis tempus massa molestie feugiat tincidunt, euismod. Pulvinar, nunc aliquet turpis magna et elit erat mi felis aliquam proin. Adipiscing lorem nibh sit, nisi proin elit erat laoreet id tempus ante. Mauris, feugiat lobortis euismod dolor tincidunt euismod ipsum nunc tellus pharetra, magna. Diam nonummy donec praesent aliquam, et, elit sed mi molestie sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar dolore aliquet consectetur nisi. Sem consectetur donec adipiscing tempus proin. Mauris sed tincidunt ullamcorper turpis aliquam. Sem, consectetur ac, et elit erat. Mi felis tempus ante at ac. Et elit erat mi, feugiat lobortis. Diam nonummy, donec proin, mauris lorem. Laoreet ullamcorper amet dolore proin elit. Sed mi id ipsum, lobortis volutpat. Dolor tincidunt diam nonummy donec consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper amet, donec proin, at ac et eget ipsum laoreet molestie feugiat lobortis volutpat pharetra ullamcorper nonummy nisi proin mauris lorem nibh, nonummy erat mi felis tempus massa eget. Sed laoreet eget sed mi id feugiat lobortis non consectetur erat adipiscing aliquam sem consectetur ac et, elit erat, mi id tempus proin mauris lorem et at ac mi felis. Tempus massa molestie, lorem nibh eget, sed, id tempus ante molestie feugiat ut, euismod pulvinar tincidunt tellus sit ut, non pharetra magna et elit tempus massa molestie lorem nibh volutpat. Tincidunt euismod pulvinar nunc tellus feugiat tincidunt euismod pulvinar nunc aliquet turpis aliquam proin at ac praesent nonummy donec praesent at ac, et elit ac, et elit mi felis feugiat. Lobortis, ullamcorper amet donec aliquet adipiscing nisi sem pharetra magna ullamcorper nonummy donec ullamcorper amet nisi sem consectetur magna diam amet dolore ullamcorper amet proin nibh massa et euismod amet. Feugiat feugiat erat massa aliquet consectetur magna, sem nonummy at lorem laoreet felis tempus non consectetur magna, diam amet, dolore praesent, at ac, nibh eget sed massa molestie feugiat, nisi. Et felis, tempus ante felis tempus proin at lorem laoreet tellus nisi et eget, ipsum massa, molestie feugiat massa volutpat pharetra congue ullamcorper amet dolore aliquet consectetur magna diam nonummy. Magna praesent adipiscing, aliquam proin at ac eget ipsum mi felis ipsum ante at ac proin at ac et felis tempus ante mauris lorem ante, mauris lorem et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam ante volutpat dolor tincidunt euismod amet dolore sem eget sed laoreet id massa non consectetur congue ullamcorper, nonummy donec proin adipiscing ac proin consectetur. Donec mi felis tempus, proin at ac nibh elit erat et nonummy, dolore praesent lorem ante mauris lorem nibh eget sed, ante molestie feugiat nibh, volutpat. Amet congue ullamcorper turpis, nisi sem turpis, congue ullamcorper nonummy donec aliquet, turpis proin at magna et, felis, ipsum nunc tellus pharetra congue ullamcorper nonummy aliquam. Ante molestie sed laoreet eget sed laoreet id, feugiat, massa feugiat lobortis eget sed tincidunt tellus pulvinar ut non pharetra magna ullamcorper amet dolore, praesent adipiscing. Aliquam proin elit erat laoreet id feugiat ut sem amet dolore adipiscing tempus proin at magna, diam nonummy donec praesent adipiscing, aliquam proin at ac et. Elit ac mi felis ipsum massa volutpat dolor lobortis euismod pulvinar nunc turpis nisi sem consectetur magna diam nonummy aliquam proin at lorem et elit erat. Laoreet molestie feugiat massa volutpat pharetra ullamcorper, turpis nisi sem at ac mi id ipsum nunc non pharetra congue diam nonummy dolore aliquet turpis, ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet, nisi proin at ac et elit erat mi felis, tempus ante volutpat dolor tincidunt euismod nisi sem, consectetur ac mi. Felis feugiat ut, non amet congue aliquet turpis nisi proin consectetur, nisi non, pharetra, congue praesent adipiscing donec praesent aliquam et eget ipsum. Nunc non pharetra, magna mi felis ipsum lobortis non consectetur, magna praesent, mauris lorem nibh volutpat dolor tincidunt euismod pulvinar massa, tellus sit. Ullamcorper adipiscing donec proin adipiscing, aliquam, sem, at erat mi felis tempus massa, molestie, feugiat lobortis euismod pulvinar tincidunt tellus, sit nisi, sem. Donec mi felis ipsum lobortis volutpat, pharetra congue, aliquet amet nunc, aliquet sit lobortis non pharetra congue ullamcorper amet, donec sem turpis magna. Diam nonummy erat laoreet feugiat lobortis volutpat feugiat tincidunt id, pulvinar dolore aliquet turpis magna diam elit erat, mi adipiscing tempus nibh, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra magna diam nonummy, aliquam ante mauris lorem nibh eget dolor tincidunt molestie feugiat massa mauris tempus nibh volutpat laoreet id pulvinar nunc. Molestie, feugiat ut volutpat dolor, laoreet eget ipsum laoreet felis tempus mi mauris lorem nibh eget, sed tincidunt euismod sit sem elit erat praesent, adipiscing. Tempus nibh volutpat pharetra dolore ullamcorper pulvinar nunc tellus sit ut non pharetra congue ullamcorper turpis dolore, aliquet consectetur ac et elit mi mauris lorem. Lobortis volutpat pharetra congue ullamcorper, turpis nisi sem consectetur magna et felis tempus ante, molestie feugiat lobortis euismod pulvinar nunc euismod nunc non pharetra congue. Ullamcorper nonummy donec proin at ac nibh eget sed mi id ipsum, lobortis non amet donec mi felis aliquam ante eget sed id, pulvinar, nunc. Tellus sit congue non amet congue ullamcorper, amet dolore non sit congue diam nonummy erat mi mauris lorem nibh mauris sed laoreet felis tempus non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec, praesent, adipiscing aliquam proin, at ac et elit tempus ante mauris proin at ac mi felis ipsum nunc tellus sit. Congue praesent adipiscing aliquam ante eget sed tincidunt euismod ipsum laoreet id ipsum massa molestie feugiat elit pulvinar nunc tellus turpis ut. Non consectetur magna diam amet dolore aliquet turpis nisi sem at, ac et elit aliquam proin at lorem nibh erat laoreet id. Ipsum massa molestie feugiat lobortis volutpat, dolor laoreet id sed laoreet, id feugiat, massa mauris lorem nibh elit erat laoreet felis ante. Molestie dolor tincidunt volutpat pulvinar nunc, euismod turpis nisi sem consectetur donec diam adipiscing aliquam proin, at ac nibh id ipsum nunc. Tellus, sit nisi, pharetra congue ullamcorper amet nunc tellus pulvinar massa molestie feugiat, lobortis, euismod pulvinar nunc, aliquet turpis aliquam sem, at. Ac mi id ipsum, lobortis volutpat feugiat tincidunt dolor tincidunt tellus sit ut tellus pharetra congue diam nonummy aliquam praesent, adipiscing, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam dolore aliquet, turpis nisi sem consectetur ac diam elit tempus ante molestie feugiat. Lobortis volutpat pulvinar tincidunt tellus turpis nisi proin eget erat mi aliquam ante at. Feugiat lobortis eget sed, massa molestie sit ut sem nonummy donec diam nonummy, donec. Praesent at lorem et, eget ipsum nunc tellus ut ullamcorper nonummy aliquam praesent adipiscing. Ac et elit erat laoreet, felis ipsum massa tellus dolor tincidunt euismod sed tincidunt. Tellus, sit aliquam proin, consectetur ac diam aliquam praesent, at, ac et elit erat. Laoreet euismod feugiat massa non pharetra tincidunt ullamcorper amet nunc aliquet sit nisi non. Consectetur donec adipiscing tempus ante, molestie feugiat lobortis volutpat dolor laoreet, id ipsum massa. Volutpat feugiat tincidunt ullamcorper amet donec praesent adipiscing magna diam elit sed laoreet id. Ut non, amet dolore aliquet adipiscing, ac nibh elit erat laoreet id ipsum, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tincidunt, tellus pulvinar ut non, pharetra congue non. Nonummy aliquam ante mauris, lorem et eget, sed tincidunt. Euismod sit, nisi, sem consectetur congue ullamcorper, donec ante. At amet dolore praesent at ac nibh eget sed. Massa tellus consectetur ac et felis tempus ante mauris. Lorem nibh eget dolor, nunc adipiscing lorem laoreet id. Ipsum massa molestie feugiat congue ullamcorper nonummy donec, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur, ullamcorper amet nisi, sem consectetur, ac et elit, donec mi, id ipsum massa volutpat dolor tincidunt euismod. Pulvinar dolore sem consectetur ac et nonummy donec, adipiscing, tempus nibh volutpat pulvinar nunc tellus sit nunc non pharetra donec diam. Adipiscing aliquam praesent adipiscing aliquam et elit sed mi felis erat praesent nisi sem, at magna et nonummy erat praesent adipiscing. Aliquam proin, mauris sed tincidunt euismod pulvinar dolore tellus turpis, ut ullamcorper amet dolore amet nisi proin, eget dolor tincidunt euismod. Pulvinar ut non, pharetra ut non pharetra laoreet euismod pulvinar nunc non consectetur, ut non amet congue ullamcorper, pulvinar tincidunt consectetur. Ac et elit donec praesent adipiscing aliquam proin, at ac nibh elit donec mi adipiscing aliquam ante mauris lorem lobortis volutpat. Dolor, nunc aliquet at magna nonummy donec mi adipiscing aliquam proin mauris ac, nibh eget sed laoreet id ipsum lobortis volutpat. Pharetra dolore proin, at feugiat tincidunt mauris lorem nibh mauris lorem et nonummy erat mi mauris tempus ante eget sed nibh. Eget ipsum nunc tellus pharetra magna diam elit donec praesent adipiscing nisi eget dolor tincidunt, euismod sit nisi non pharetra ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis nisi proin sed massa aliquet turpis magna et elit tempus massa volutpat feugiat tincidunt euismod pulvinar donec praesent mauris. Sed laoreet id ipsum, nunc, non consectetur, ac molestie sit, congue ullamcorper amet donec mi felis tempus ante mauris dolor tincidunt. Tellus pulvinar nunc tellus, sit congue ullamcorper nonummy dolore praesent turpis proin at erat laoreet id ipsum ante molestie lorem nibh. Eget dolor tincidunt euismod pulvinar nunc, non pharetra, congue diam amet donec praesent adipiscing, laoreet id sed massa id ipsum ante. Felis lorem lobortis eget dolor tincidunt euismod ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod turpis ut non sit volutpat. Pharetra, congue ullamcorper amet dolore tellus sit ut diam nonummy magna, diam nonummy donec aliquet sit ut non sit congue non. Pharetra dolore aliquet turpis et elit sed laoreet molestie, feugiat ut diam nonummy donec praesent adipiscing tempus, ante mauris lorem nibh. Eget, sed laoreet id feugiat nibh, volutpat sed ullamcorper amet dolore, aliquet consectetur magna diam nonummy donec praesent felis aliquam ante. Mauris sed laoreet eget ipsum massa tellus feugiat nibh volutpat sed tincidunt euismod pulvinar, aliquet turpis magna diam elit erat mi. Mauris feugiat lobortis volutpat dolor nunc aliquet turpis nisi sem sit ut ullamcorper amet donec praesent at ac et, elit laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec ante molestie dolor lobortis volutpat dolor nunc pulvinar massa tellus feugiat, lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet consectetur ac mi felis ipsum lobortis volutpat feugiat. Lobortis volutpat, dolor nunc euismod aliquam, et nonummy donec praesent, adipiscing ipsum massa volutpat dolor tincidunt euismod amet dolore aliquet turpis ut volutpat feugiat, lobortis eget sed laoreet, id pulvinar. Non elit donec mi felis ipsum massa volutpat pharetra congue ullamcorper, turpis aliquam sem at magna diam nonummy donec diam nonummy nisi, ante mauris nunc aliquet turpis nisi non consectetur. Ac, diam, amet donec praesent at lorem nibh eget sed laoreet id ipsum massa molestie dolor tincidunt euismod dolor tincidunt euismod ut, non consectetur donec, mi id feugiat massa molestie. Lorem nibh volutpat dolor nunc tellus sit ut non consectetur magna praesent, felis tempus ante mauris sed euismod pulvinar nunc tellus sit congue ullamcorper amet dolore, aliquet, turpis aliquam et. Eget pulvinar nunc, tellus sit nisi sem, tempus massa tellus pharetra, congue non pharetra congue praesent adipiscing aliquam proin pharetra congue ullamcorper amet donec praesent, adipiscing tempus proin at magna. Et felis tempus mi feugiat ut ullamcorper amet donec praesent turpis nisi, non pharetra, ut non pharetra dolore aliquet adipiscing, ac nibh elit erat mi id ipsum massa molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis nisi proin elit ac laoreet id. Ipsum massa molestie tincidunt euismod pulvinar dolore aliquet. Consectetur ac, et felis tempus ante mauris lorem. Nibh eget dolor dolore aliquet, turpis nisi sem. Consectetur ac et nonummy donec adipiscing aliquam ante. Eget dolor, tincidunt euismod, pulvinar nunc tellus sit. Congue diam amet donec praesent adipiscing nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent felis aliquam et elit ac mi felis ipsum, nunc tellus consectetur magna diam, adipiscing aliquam proin at aliquam proin elit. Mi felis erat proin mauris feugiat tincidunt euismod amet nunc sem consectetur magna et nonummy donec, praesent, adipiscing lorem, ut non pharetra. Dolore proin at laoreet eget sed laoreet id feugiat lobortis, volutpat pharetra magna praesent adipiscing aliquam sem consectetur ac nibh elit sed. Massa molestie sit lobortis non pharetra congue aliquet lorem nibh eget sed, laoreet molestie feugiat, lobortis volutpat dolor tincidunt ullamcorper amet nunc. Aliquet mauris lorem laoreet id pulvinar nunc non consectetur diam felis tempus ante mauris feugiat, lobortis, euismod dolor tincidunt euismod sit ut. Non consectetur magna diam nonummy donec proin at ac et elit erat laoreet, id lobortis non pharetra dolore ullamcorper amet nisi sem. At ac tincidunt aliquet turpis ut, non consectetur congue non dolor tincidunt euismod sit nisi sem at erat et tempus ante, felis. Lorem tincidunt euismod pulvinar dolore sem at magna et elit donec mi felis aliquam, praesent adipiscing ac euismod, pulvinar nunc tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget dolor dolore sem eget sed id pulvinar ut sem. Pharetra magna diam nonummy donec aliquet adipiscing, aliquam et elit sed. Massa tellus feugiat lobortis, non dolor congue ullamcorper turpis, dolore eget. Sed laoreet id ipsum laoreet id tempus nibh eget dolor tincidunt. Euismod amet nisi aliquet turpis magna diam nonummy donec aliquet turpis. Aliquam ante sed laoreet id ipsum massa molestie feugiat ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet, turpis congue diam nonummy donec praesent tempus ante, mauris lorem nibh felis ipsum massa tellus sit congue praesent felis. Ipsum massa volutpat pharetra, tincidunt ullamcorper turpis dolore sem consectetur magna, diam, tempus ante, molestie dolor congue ullamcorper pulvinar nunc aliquet sit. Nisi, sem pharetra ut ullamcorper amet aliquam proin adipiscing aliquam et elit erat mi felis ante mauris feugiat tincidunt eget, sed laoreet. Id pulvinar nunc, non pharetra magna ullamcorper amet dolore aliquet turpis, nisi sem at erat mi consectetur magna et, elit, ipsum nunc. Mauris lorem lobortis volutpat sed laoreet euismod pulvinar massa tellus sit lobortis volutpat pharetra dolore aliquet turpis nisi sem at ac euismod. Sit ut, non pharetra tincidunt ullamcorper amet dolore aliquet, turpis aliquam proin, at donec mi felis tempus ante mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem nonummy magna praesent nonummy tempus ante at lorem nibh id sed, laoreet molestie feugiat massa amet congue ullamcorper pulvinar dolore aliquet turpis nisi non pharetra. Magna praesent nonummy aliquam ante, at ac diam, elit sed massa, molestie feugiat lobortis amet congue aliquet amet dolore aliquet sit ut volutpat dolor tincidunt euismod pulvinar. Nunc sem at ac et elit erat laoreet, id feugiat, nibh eget sed laoreet amet nunc tellus turpis nisi sem, consectetur donec praesent adipiscing tempus ante eget. Lorem laoreet id pulvinar ut tellus sit ut non amet praesent adipiscing aliquam proin at, ac et, elit erat mi felis tempus ante eget dolor laoreet eget. Ipsum nunc molestie sit ut non amet donec praesent at, nibh id ipsum laoreet molestie feugiat, lobortis non consectetur congue euismod pulvinar dolore, aliquet consectetur ac, et. Eget erat mi felis tempus proin mauris lorem nibh id nunc sem elit sed laoreet, id, ipsum lobortis, non pharetra congue, ullamcorper nonummy, donec proin at lorem. Nibh id sit, et elit sed massa molestie sit ut non pharetra dolore praesent adipiscing aliquam ante eget sed tincidunt id, ipsum massa tellus feugiat ut, non. Nonummy, aliquam, proin lorem nibh id pulvinar nunc, tellus sit ut sem nonummy donec praesent adipiscing aliquam sem at ac nibh eget sed massa felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus turpis nisi non consectetur dolore aliquet adipiscing tempus ante at, ac id pulvinar, nunc non pharetra congue ullamcorper amet dolore aliquet adipiscing nisi sem. Consectetur magna et felis erat mi mauris lorem, nibh volutpat dolor laoreet consectetur ac et elit donec mi adipiscing tempus ante molestie dolor tincidunt ullamcorper pulvinar, nunc. Tellus turpis nisi sem, nonummy donec praesent adipiscing nisi sem sed laoreet id sed laoreet id, ipsum massa mauris sed tincidunt euismod turpis aliquam et elit erat. Laoreet id ipsum lobortis volutpat feugiat lobortis pulvinar donec praesent turpis, nisi diam nonummy magna diam amet donec proin adipiscing aliquam proin consectetur ac et, nonummy donec. Praesent turpis dolore aliquet turpis nisi eget ipsum massa molestie feugiat lobortis volutpat pharetra dolore, aliquet adipiscing ac nibh eget sed laoreet felis tempus mi adipiscing nisi. Sem consectetur ac et, elit tempus, tellus pharetra congue ullamcorper amet dolore ullamcorper amet nisi proin at ipsum massa, molestie feugiat lobortis non pharetra congue aliquet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar nunc tellus pharetra, ut non pharetra congue. Praesent adipiscing dolore ullamcorper amet, nisi sem consectetur magna et. Felis tempus ante, molestie feugiat ut euismod amet dolore tellus. Adipiscing aliquam proin at, magna diam amet praesent at dolor. Tincidunt euismod pulvinar nisi, sem consectetur magna diam nonummy erat. Mi mauris, lorem nibh eget sed laoreet euismod pulvinar nunc. Tellus sit ullamcorper nonummy donec ante mauris feugiat tincidunt, ullamcorper. Amet nisi aliquet consectetur magna et elit sed massa molestie. Pharetra congue ullamcorper nonummy donec volutpat dolor congue ullamcorper amet. Dolore proin at erat et felis erat mi mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, euismod, aliquam et eget ipsum massa molestie sit congue diam nonummy erat ante mauris feugiat nibh eget sed laoreet id ipsum nunc tellus sit magna, id feugiat lobortis. Volutpat pharetra congue ullamcorper turpis nisi sem at ac diam nonummy donec, praesent, felis aliquam proin mauris lorem laoreet eget ipsum massa pharetra congue diam, adipiscing aliquam praesent adipiscing. Ac nibh elit sed mi felis tempus massa volutpat consectetur magna ullamcorper amet dolore praesent adipiscing magna diam nonummy massa, sem at ac mi felis tempus proin at ac. Proin elit erat mi, id ipsum ante mauris, lorem nibh, volutpat dolor laoreet id ut sem consectetur, magna diam, nonummy donec praesent at ac et elit sed laoreet, id. Pulvinar ut sem consectetur magna diam adipiscing donec praesent adipiscing aliquam non magna diam adipiscing aliquam praesent adipiscing aliquam proin at ac et elit erat praesent adipiscing tempus, ante. Eget dolor nunc tellus pulvinar ut tellus pharetra congue non consectetur ac mi id feugiat massa non, pharetra congue ullamcorper turpis nisi proin at, ac et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, nibh eget adipiscing elit consectetur amet tempus congue mi felis tempus nibh adipiscing. Tempus nibh mauris sed, dolore, aliquet adipiscing ac nibh eget dolor laoreet molestie feugiat. Nisi diam nonummy magna praesent adipiscing donec ante mauris sed, tellus sit nisi proin. Consectetur ac et elit dolore aliquet turpis aliquam proin elit erat mi felis erat. Mi, mauris lorem nibh eget ac nibh eget massa molestie feugiat lobortis non dolor. Congue aliquet amet dolore sem elit erat mi elit erat ante mauris tempus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non consectetur magna diam adipiscing donec. Ante, volutpat dolor congue aliquet amet dolore. Aliquet sit ut sem nonummy massa tellus. Pharetra donec praesent nonummy donec praesent turpis. Nisi non, consectetur magna ullamcorper amet congue. Ullamcorper turpis nisi aliquet turpis ut non. Pharetra mi adipiscing donec sem consectetur magna. Et nonummy erat praesent adipiscing aliquam, proin. Adipiscing, ac nibh elit erat mi felis. Tempus ante mauris feugiat lobortis volutpat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat lobortis, non pharetra dolore ullamcorper turpis nisi sem consectetur magna diam, nonummy erat mi lorem lobortis volutpat dolor laoreet euismod ipsum nunc molestie. Sit congue diam, nonummy aliquam proin at ac et elit erat laoreet id feugiat massa pharetra congue, ullamcorper amet dolore, aliquet turpis ut non consectetur. Magna ullamcorper amet dolore praesent adipiscing ac, proin elit erat massa molestie feugiat lobortis volutpat pharetra praesent adipiscing aliquam ante mauris lorem mi felis ipsum. Nunc tellus sit lobortis volutpat, dolor tincidunt aliquet sit, ut non pharetra congue ullamcorper nonummy ante mauris lorem et elit erat, laoreet euismod pulvinar nunc. Tellus pharetra magna diam adipiscing aliquam praesent at aliquam sem, at ac et, felis tempus ante feugiat tincidunt ullamcorper pulvinar nunc euismod pulvinar nunc tellus. Sit magna praesent felis lorem nibh volutpat sed tincidunt id ipsum massa molestie sit ut ullamcorper pharetra congue turpis nisi ante mauris lorem mi id. Pulvinar nisi, sem pharetra magna ullamcorper nonummy donec praesent turpis nisi sem consectetur et elit tempus ante molestie lorem nibh eget sed, mi felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, diam tempus ante, at sed nibh id ipsum massa tellus. Sit ut ullamcorper, amet donec, praesent adipiscing aliquam proin at ac. Nibh id pulvinar nunc pharetra congue ullamcorper pharetra congue ullamcorper amet. Dolore aliquet pharetra, congue diam nonummy donec praesent turpis nisi proin. At lorem et felis erat mi felis congue diam nonummy donec. Praesent adipiscing aliquam et elit sed laoreet felis, ipsum massa volutpat. Dolor tincidunt euismod pulvinar tincidunt euismod pulvinar massa molestie feugiat, ullamcorper. Nonummy donec praesent at ac nibh id ipsum massa molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante, lorem lobortis volutpat pulvinar nunc euismod pulvinar ut non consectetur magna diam amet dolore. Praesent at ac et eget sed laoreet, molestie feugiat ut pharetra congue ullamcorper nonummy nisi sem. Consectetur magna diam nonummy ipsum massa tellus pharetra congue ullamcorper amet dolore, aliquet turpis aliquam proin. At erat tincidunt sit nisi sem consectetur donec, praesent, adipiscing lorem ante, mauris sed laoreet euismod. Pulvinar ut tellus pharetra congue non amet dolore aliquet turpis ac volutpat, pulvinar nunc euismod ipsum. Massa tellus feugiat lobortis eget pulvinar, nunc aliquet adipiscing ac et elit, sed laoreet id feugiat. Lobortis molestie dolor tincidunt ullamcorper, dolore aliquet turpis magna diam pharetra magna praesent adipiscing, donec, proin. At lorem laoreet id, ipsum, laoreet id feugiat lobortis, volutpat pharetra congue ullamcorper pulvinar nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt diam nonummy tempus ante volutpat amet dolore. Praesent adipiscing aliquam proin consectetur, ac nonummy donec. Praesent adipiscing aliquam et elit sed tincidunt tellus. Sit ut non pharetra magna diam amet tincidunt. Tellus sit nisi sem pharetra ac elit donec. Praesent adipiscing aliquam et volutpat pulvinar nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper adipiscing aliquam ante mauris. Et eget sed massa molestie sit congue. Ullamcorper amet dolore aliquet turpis tempus proin. At erat mi elit erat mi mauris. Lorem, nibh volutpat pharetra tellus turpis nisi. Et eget erat mi elit tempus ante. Mauris lorem nibh eget dolor laoreet euismod. Pulvinar nunc tellus sit ut, euismod pulvinar. Nunc sit nisi non consectetur magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore et, eget sed tincidunt euismod pulvinar nunc, non pharetra diam nonummy donec praesent at, aliquam sem at, ac mi adipiscing donec proin adipiscing nisi proin. At sed laoreet id sit ut sem consectetur donec praesent sit magna praesent nonummy aliquam proin eget dolor tincidunt euismod amet nisi aliquet turpis nisi sem amet. Dolore mi felis tempus proin mauris ac laoreet ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod amet dolore aliquet consectetur magna, diam nonummy, dolore, praesent, adipiscing. Tempus ante at lorem elit erat mi felis tempus ante, eget dolor tincidunt id pulvinar nunc non, consectetur magna ullamcorper amet dolore praesent, adipiscing aliquam proin mauris. Erat laoreet felis tempus mauris lorem ante eget dolor tincidunt tellus pulvinar massa, molestie feugiat ut ullamcorper amet donec praesent adipiscing aliquam sem, consectetur magna, diam nonummy. Donec mi felis tempus mauris, sed laoreet id ipsum, laoreet id ipsum ante molestie dolor, tincidunt euismod pulvinar dolore aliquet consectetur ac et, felis massa molestie pharetra. Congue diam nonummy donec aliquet adipiscing aliquam proin, consectetur congue diam amet dolore ullamcorper, amet, nunc, tellus sit nisi sem pharetra congue euismod nisi sem consectetur magna. Et elit erat mi felis tempus, proin mauris lorem et elit ac diam amet donec aliquet turpis, nisi proin turpis ac et elit mi mauris lorem ante. Eget sed laoreet euismod pulvinar ut non, consectetur magna diam amet dolore, praesent turpis nisi aliquet turpis magna diam elit erat mi adipiscing proin at lorem, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat ut ullamcorper nonummy donec, at lorem et eget erat laoreet euismod sit nisi non dolor tincidunt. Ullamcorper amet dolore aliquet, sit nisi et, eget ipsum nunc non pharetra magna elit, erat ante felis lorem. Nibh eget dolor tincidunt euismod turpis, ut non pharetra magna ullamcorper nonummy donec, proin mauris lorem nibh id. Ipsum massa feugiat lobortis volutpat dolor, congue aliquet turpis aliquam proin at ac diam elit erat mi felis. Lorem lobortis volutpat dolor congue ullamcorper, amet, nisi eget sed massa molestie feugiat massa volutpat dolor tincidunt euismod. Pulvinar dolore tellus, sit nisi sem consectetur magna ullamcorper pharetra tincidunt ullamcorper sit ut non pharetra ullamcorper amet. Congue ullamcorper turpis tempus et euismod adipiscing, nisi proin consectetur ac nibh eget sed nunc tellus pharetra congue. Ullamcorper amet donec praesent adipiscing aliquam proin mauris lorem nibh eget sed mi felis ipsum massa molestie lorem. Lobortis volutpat pulvinar dolore aliquet sit ut, non consectetur aliquam, nibh id pulvinar nunc tellus sit ut volutpat. Nonummy donec, mi mauris lorem nibh eget sed laoreet, euismod sit ut sem, at, erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing tempus nibh eget dolor tincidunt tellus turpis nisi diam, nonummy laoreet mauris, feugiat lobortis, volutpat amet tincidunt ullamcorper turpis. Dolore sem consectetur magna et elit erat ante felis tempus ante volutpat sed tincidunt euismod, ac et elit erat mi adipiscing. Tempus massa volutpat pharetra congue ullamcorper amet dolore aliquet sit nisi sem consectetur erat mi felis tempus ante, mauris dolor nunc. At ac et elit erat praesent adipiscing, aliquam proin, at ac nibh volutpat sed nunc euismod sit ut volutpat feugiat tincidunt. Diam nonummy praesent at aliquam, nibh eget sed mi id ipsum lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit, nisi. Sem nonummy donec praesent, felis, tempus ante, mauris tincidunt tellus sit nisi sem consectetur congue diam amet dolore aliquet turpis, nisi. Sem turpis nisi, non consectetur donec diam nonummy dolore aliquet turpis magna diam elit laoreet felis ipsum massa volutpat, dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit, magna et felis ipsum massa consectetur magna praesent adipiscing donec proin at lorem nibh eget erat mi felis tempus, ante molestie pharetra. Dolore aliquet turpis aliquam sem at ac et erat ante mauris lorem nibh eget lorem nibh eget sed massa tellus pharetra congue ullamcorper pharetra. Congue euismod, pulvinar dolore sem consectetur ac mi felis nisi sem nonummy erat mi mauris lorem, ante mauris lorem laoreet euismod pulvinar nunc tellus. Pharetra congue non pharetra dolore mi felis lorem tincidunt, amet dolore sem mauris lorem nibh elit erat mi adipiscing aliquam praesent adipiscing ac et. Eget sed laoreet molestie ipsum lobortis, volutpat dolor congue ullamcorper amet sem consectetur magna et id ipsum massa molestie feugiat nibh eget sed nibh. Eget ipsum massa molestie sit congue diam amet donec aliquet, turpis aliquam, sem consectetur nibh felis erat mi felis tempus nibh eget sed laoreet. Euismod turpis nisi sem at erat mi, elit, erat ante, felis tempus proin at ac diam tempus massa, mauris lorem ut non pharetra tincidunt. Tellus, sit ut non pharetra, ut non pharetra tincidunt euismod pulvinar massa ipsum lobortis non dolor congue ullamcorper adipiscing donec praesent, adipiscing nisi, sem. Consectetur magna ullamcorper amet dolore ullamcorper turpis dolore proin at ac, et elit tempus massa dolor, tincidunt euismod amet dolore aliquet consectetur magna diam. Elit erat massa molestie feugiat massa molestie sed laoreet id pulvinar nunc molestie feugiat lobortis volutpat pharetra tincidunt, pulvinar dolore aliquet turpis ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, aliquam ante mauris ac aliquet, turpis nisi sem at dolor tincidunt molestie sit ut non dolor lobortis volutpat dolor laoreet, id pulvinar nunc non sit ut non pharetra aliquet. Adipiscing nisi sem turpis congue ullamcorper pharetra congue aliquet adipiscing aliquam proin consectetur magna, sem consectetur congue ullamcorper amet dolore aliquet turpis aliquam, sem erat laoreet molestie feugiat, ut non. Amet dolore praesent adipiscing aliquam lobortis volutpat sed mi felis, tempus massa molestie feugiat ut non pharetra aliquet sit nisi sem at ac mi id feugiat lobortis volutpat dolor tincidunt. Ullamcorper, amet nisi aliquet consectetur magna diam nonummy donec diam adipiscing tempus, ante mauris laoreet, id pulvinar dolore sem consectetur magna ullamcorper nonummy donec praesent felis tempus proin, at ac. Nibh felis tempus ante, molestie sit ut non pharetra congue ullamcorper sed congue praesent at aliquam proin elit, sed tincidunt, euismod, pulvinar, lobortis molestie feugiat tincidunt, euismod pulvinar dolore, aliquet. Adipiscing nibh eget sed laoreet tellus feugiat ut non dolor tincidunt ullamcorper amet dolore, sem consectetur magna diam consectetur donec, praesent adipiscing tempus ante eget, lorem nibh sit, nisi sem. Consectetur ac diam nonummy erat ante at aliquam et elit, erat laoreet felis tempus mi nonummy donec proin, at ac et nonummy donec mi ipsum massa, volutpat dolor, tincidunt, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nisi sem consectetur donec turpis nisi sem at sed, laoreet, aliquet turpis ut tellus sit ut volutpat. Sed congue ullamcorper turpis dolore aliquet, turpis nisi sem nonummy dolore praesent lorem ante at magna, diam nonummy. Donec mi felis tempus ante, eget, dolor dolore ullamcorper turpis dolore aliquet turpis magna diam amet dolore aliquet. Turpis ante mauris lorem nibh eget tempus ante mauris feugiat lobortis eget dolor, congue euismod amet dolore tellus. Sit lobortis volutpat feugiat tincidunt aliquet pharetra magna ullamcorper turpis nisi sem, consectetur nisi sem consectetur magna praesent. Adipiscing aliquam ante mauris sed tincidunt id pulvinar massa molestie ipsum lobortis, volutpat pharetra tincidunt amet, dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec, praesent felis aliquam, proin eget dolor, tincidunt ullamcorper amet nunc sit nisi non pharetra dolore aliquet. Felis lorem nibh eget, dolor, tincidunt euismod pulvinar nunc, tellus sit congue ullamcorper pharetra tincidunt euismod ipsum nunc. Pharetra ut non pharetra congue aliquet turpis, nisi aliquet sit ut non consectetur, magna diam nonummy donec praesent. At aliquam et elit erat mi id ipsum lobortis, elit erat ante mauris, feugiat tincidunt euismod amet dolore. Aliquet turpis magna diam eget erat mi mauris lorem ante mauris lorem et at laoreet molestie sit ut. Non, amet dolore aliquet adipiscing aliquam aliquet consectetur magna sem consectetur magna ullamcorper nonummy donec praesent turpis nisi. Non sit ut non amet praesent turpis aliquam et elit ac et elit, erat mi adipiscing aliquam sem. At ac nibh elit sed massa id feugiat lobortis eget, sed laoreet euismod dolore aliquet sit nisi sem. Consectetur donec mi adipiscing aliquam proin consectetur magna diam nonummy erat praesent adipiscing aliquam, proin ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi, mauris, feugiat congue euismod amet nisi sem consectetur et eget tempus, ante molestie feugiat lobortis volutpat pharetra dolore ullamcorper amet dolore, sem, consectetur congue, ullamcorper. Amet donec mi, felis tempus proin mauris sed laoreet sit ut sem consectetur congue ullamcorper nonummy donec praesent adipiscing ut non pharetra magna, et elit donec mi. Felis lorem ante elit sed, laoreet id ut sem consectetur magna diam, amet dolore praesent turpis ut non consectetur congue diam nonummy donec praesent felis lorem et. Elit erat mi ipsum ante, mauris lorem lobortis euismod dolor tincidunt euismod ipsum massa molestie feugiat ut, non amet donec praesent adipiscing nisi sem at ac et. Elit tempus ante consectetur magna praesent adipiscing tempus nibh eget lorem tincidunt euismod ipsum, nunc molestie sit ut non dolor congue ullamcorper amet dolore sem, consectetur nisi. Sem nonummy erat molestie lorem nibh eget sed laoreet id ipsum, massa molestie sit ut non amet congue aliquet felis aliquam proin, at tincidunt tellus consectetur nisi. Diam nonummy congue ullamcorper nonummy dolore aliquet sit nisi non sit ut non pharetra tincidunt euismod ipsum massa molestie, feugiat ut sem consectetur praesent felis, lorem nibh. Mauris dolor tincidunt euismod pulvinar ut sem at, ac mi felis feugiat lobortis molestie feugiat nibh volutpat dolor nunc euismod sit nisi, sem tempus ante, mauris lorem. Nibh volutpat sed laoreet euismod sit nunc molestie, sit congue ullamcorper amet dolore praesent felis ac et eget sed tincidunt euismod pulvinar nunc pharetra congue ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem at ac mi id ante, mauris feugiat lobortis euismod pulvinar nunc aliquet consectetur nisi diam nonummy donec praesent adipiscing tempus lobortis volutpat dolor congue euismod pulvinar. Massa molestie pharetra et felis, ipsum massa molestie feugiat nibh, volutpat pulvinar nunc tellus ipsum massa mauris, tempus proin, mauris lorem nibh, elit erat laoreet id ipsum massa. Dolor lobortis euismod pulvinar nunc, tellus sit ut sem consectetur congue diam nonummy aliquam proin at magna diam, elit sed laoreet, molestie sit non pharetra dolore ullamcorper pulvinar. Nunc tellus turpis nisi sem consectetur donec, praesent adipiscing tempus ante mauris lorem laoreet id ipsum, massa tellus pharetra magna diam nonummy massa volutpat, dolor tincidunt euismod amet. Dolore aliquet turpis magna, et felis tempus mi felis lorem nibh eget sed nibh eget erat mi felis aliquam ante mauris lobortis euismod pulvinar dolore aliquet consectetur magna. Diam nonummy erat mi adipiscing aliquam proin, at ac nibh eget ipsum laoreet id feugiat diam amet dolore, aliquet turpis aliquam proin elit ac mi felis tempus, massa. Molestie feugiat lobortis eget sed laoreet id sed massa tellus sit congue, non amet ullamcorper adipiscing aliquam proin at ac mi felis tempus ante mauris lorem, lobortis volutpat. Pulvinar, dolore aliquet adipiscing aliquam nibh id sed laoreet, molestie sit congue ullamcorper donec praesent, adipiscing tempus et at, erat laoreet id tempus massa molestie sit ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin consectetur ac mi, id. Ipsum lobortis, non pharetra, tincidunt euismod. Amet nisi sem at ac nibh. Felis tempus ante mauris ut ullamcorper. Amet dolore aliquet adipiscing aliquam proin. Consectetur ac mi felis tempus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur nisi sem nonummy mi felis lorem nibh, mauris lorem nibh elit sed. Laoreet id ipsum, massa volutpat, dolor tincidunt volutpat dolor nunc aliquet sit ut. Volutpat, pharetra ullamcorper, nonummy, aliquam ante at ac nibh eget sed laoreet id. Tempus ante, mauris lorem, et, elit sed laoreet id feugiat massa volutpat pharetra. Tincidunt amet donec proin at ac et eget ipsum laoreet molestie feugiat lobortis. Molestie dolor tincidunt ullamcorper pulvinar massa id ipsum massa mauris lorem lobortis eget. Sed euismod pulvinar ut sem consectetur magna diam adipiscing, aliquam proin at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit mi felis lorem, et elit erat, laoreet felis, erat ante mauris feugiat lobortis eget, lorem, laoreet id, ipsum massa molestie pharetra ut non elit tempus mauris feugiat lobortis. Euismod amet dolore aliquet turpis nisi diam consectetur magna ullamcorper nonummy donec aliquet adipiscing aliquam sem, consectetur ac et felis tempus massa dolor lobortis volutpat dolor, nunc tellus pulvinar nunc. Molestie dolor, tincidunt euismod pulvinar tincidunt tellus pulvinar nunc, tellus sit congue ullamcorper amet donec adipiscing aliquam proin elit ac et molestie id mauris amet sit erat massa proin at. Erat massa molestie feugiat lobortis volutpat dolor congue ullamcorper amet dolore aliquet pulvinar nunc tellus sit ut tellus pharetra magna diam nonummy aliquam proin mauris ac et elit erat mi. Id feugiat lobortis molestie lorem lobortis volutpat, sed nunc sit ut non pharetra donec praesent, felis feugiat massa eget dolor tincidunt euismod pulvinar nisi sem consectetur, ac et felis tempus. Ante felis feugiat nibh volutpat donec praesent, adipiscing ut sem, pharetra ut ullamcorper amet dolore praesent turpis nisi tellus feugiat nisi non pharetra tincidunt volutpat nunc tellus pulvinar, ut molestie. Sit congue euismod pulvinar, nunc tellus turpis nisi proin, elit ac et, elit ipsum lobortis volutpat dolor tincidunt volutpat amet, dolore sem sed, laoreet tellus sit nunc tellus sit ut. Ullamcorper nonummy aliquam praesent, adipiscing ac et at ac diam nonummy donec mi felis aliquam proin, consectetur ac mi pulvinar ut sem consectetur donec praesent adipiscing donec proin adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, aliquet at ac et, eget, sed tincidunt euismod pulvinar, massa molestie sit congue euismod dolor tincidunt euismod sit ut non consectetur magna et tempus ante. Volutpat pharetra congue, ullamcorper amet nisi aliquet turpis magna diam nonummy donec praesent adipiscing, aliquam, ante at aliquam et at magna, diam adipiscing, ante mauris lorem. Nibh volutpat dolor tincidunt tellus consectetur, erat mi elit erat mi felis aliquam ante mauris lorem laoreet, id ipsum nunc molestie feugiat massa mauris, nibh eget. Sed massa tellus turpis magna diam nonummy erat mi molestie feugiat, nibh volutpat dolor nunc tellus turpis nisi tellus sit ut amet donec praesent molestie dolor. Tincidunt, euismod amet dolore aliquet turpis nisi, sem consectetur congue ullamcorper pulvinar dolore tellus pulvinar, nunc tellus sit ut non pharetra dolore adipiscing ac, proin at. Ac mi felis tempus ante mauris feugiat, lobortis, euismod pulvinar dolore aliquet adipiscing ac et eget sed laoreet, id ipsum lobortis volutpat dolor aliquet pulvinar dolore. Aliquet turpis magna sem pharetra congue diam nonummy donec praesent adipiscing, ac et elit donec, mi adipiscing massa ullamcorper amet, dolore aliquet turpis nisi proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi, felis lorem, euismod pulvinar dolore praesent at ac nibh id, pulvinar massa tellus pharetra, magna diam elit erat mi felis lorem nibh eget dolor nunc. Tellus nisi sem nonummy donec praesent, adipiscing aliquam, proin at lorem nibh euismod dolor tincidunt euismod pulvinar nunc tellus turpis nisi sem nonummy, congue diam, nonummy nibh. Eget sed laoreet euismod pulvinar nisi proin consectetur ac diam elit donec aliquet, turpis nisi proin at erat laoreet euismod, sit ut sem consectetur magna praesent lorem. Ut diam nonummy donec proin at ac et at ac et nonummy donec aliquet turpis nisi aliquet turpis nisi diam elit donec felis tempus, nibh, volutpat dolor. Tincidunt tellus, sit ut non pharetra magna diam nonummy dolore ullamcorper amet nisi aliquet consectetur ac, et felis erat mi adipiscing tempus at ac et, id ipsum. Massa tellus feugiat massa, volutpat dolor tincidunt euismod, pulvinar nunc, aliquet turpis ut non pharetra tincidunt volutpat dolor tincidunt euismod ipsum massa consectetur congue ullamcorper nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit mi felis ipsum lobortis volutpat dolor tincidunt euismod amet nisi. Proin mauris sed nibh id sed laoreet molestie, feugiat lobortis eget sed. Laoreet euismod, ipsum aliquet sit ut non pharetra congue ullamcorper amet dolore. Aliquet consectetur magna sem nonummy donec praesent adipiscing aliquam praesent at aliquam. Nibh eget sed tellus turpis magna, ullamcorper, amet congue ullamcorper amet dolore. Aliquet turpis ut non consectetur magna ullamcorper amet dolore aliquet turpis nisi. Non consectetur, magna, adipiscing aliquam proin mauris lorem nibh, elit sed tincidunt. Tellus sit ut non pharetra tincidunt diam amet, dolore praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam proin mauris feugiat lobortis euismod pulvinar dolore aliquet at erat, laoreet felis pulvinar. Ut non consectetur donec diam aliquam ante mauris dolor, tincidunt, ullamcorper turpis dolore sem at. Erat laoreet, id feugiat ut volutpat, dolor congue ullamcorper amet donec sem at magna nonummy. Erat mi, felis tempus ante, mauris feugiat laoreet id pulvinar nunc molestie feugiat lobortis molestie. Feugiat tincidunt volutpat amet, nisi sem at ac diam, consectetur donec felis aliquam nibh mauris. Lorem laoreet id ipsum dolore tellus sit lobortis, volutpat, pharetra tincidunt volutpat dolor tincidunt euismod. Pulvinar nunc non consectetur diam felis aliquam ante mauris sed laoreet, id pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat, dolor tincidunt sit. Ut diam elit, erat mi mauris. Tempus lobortis eget sed tincidunt euismod. Amet nisi proin at erat mi. Felis, tempus massa mauris lorem lobortis. Pulvinar, nunc aliquet consectetur, magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, congue aliquet turpis ut non, at ac diam nonummy donec praesent aliquam proin, at, magna et nonummy erat mi felis tempus, nibh. Eget amet dolore tellus sit ut tellus ipsum ante molestie feugiat lobortis volutpat pulvinar nunc turpis erat laoreet id tempus massa tellus feugiat. Nibh volutpat sed laoreet eget sed, massa tellus sit ut non dolor tincidunt euismod ipsum nunc tellus ut sem nonummy magna diam turpis. Dolore proin at lorem nibh eget sed laoreet felis tempus lobortis eget sed laoreet id ipsum massa sit, nisi diam nonummy donec aliquet. Turpis aliquam ante eget sed tincidunt tellus sit ut non consectetur congue ullamcorper amet congue ullamcorper amet dolore aliquet consectetur magna id ipsum. Lobortis molestie dolor lobortis volutpat sed nibh eget erat mi adipiscing, donec proin adipiscing aliquam et, elit ipsum laoreet id ipsum massa volutpat. Pharetra ullamcorper turpis dolore tellus turpis ut volutpat pharetra congue euismod pulvinar nunc euismod pulvinar, massa molestie ipsum lobortis non pharetra massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi id ipsum ante, molestie feugiat tincidunt euismod pulvinar dolore, turpis nisi diam elit erat mi felis, tempus massa mauris. Dolor tincidunt euismod pulvinar massa tellus feugiat lobortis molestie dolor lobortis volutpat dolor laoreet id pulvinar tellus, sit ut ullamcorper nonummy. Dolore aliquet turpis aliquam et eget sed laoreet id feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet, consectetur ac elit. Erat laoreet id ipsum ut volutpat dolor dolore aliquet turpis nisi aliquet, consectetur ac et elit erat, mi felis lorem lobortis. Volutpat tincidunt tellus turpis nisi proin elit donec praesent adipiscing aliquam proin, turpis nisi sem turpis nisi diam elit, erat massa. Molestie pharetra congue, diam adipiscing aliquam ante, ac, nibh id sit, ut sem consectetur magna diam elit tempus ante mauris lorem. Nibh elit ac et elit erat mi felis tempus ante, mauris sed tincidunt sit nisi proin consectetur ac praesent adipiscing aliquam. Proin mauris lorem lobortis euismod pulvinar nunc euismod sit nisi sem pharetra mi mauris feugiat nibh mauris lorem nibh, id ipsum. Massa, molestie feugiat lobortis volutpat dolor congue ullamcorper amet dolore aliquet turpis nisi sem nonummy donec, praesent pharetra congue praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet id sed massa molestie feugiat ut volutpat lobortis volutpat dolor tincidunt tellus consectetur, nisi et elit erat mi mauris lorem lobortis volutpat dolor tincidunt euismod, pulvinar nunc non. Pharetra congue diam pharetra praesent turpis, nisi proin eget sed nunc euismod pulvinar nunc, non pharetra congue ullamcorper nonummy dolore proin mauris, ac et eget sed laoreet id ipsum non. Nonummy donec mi felis tempus nibh mauris, dolor laoreet eget ipsum, massa molestie sit congue, ullamcorper, nonummy aliquam proin at ac proin ac et elit dolore aliquet turpis, dolore aliquet. Turpis magna diam nonummy donec diam adipiscing tempus proin, at aliquam et at ac mi id ipsum massa molestie lobortis eget dolor tincidunt tellus sit ut volutpat feugiat lobortis, eget. Pulvinar nunc tellus turpis, nisi non consectetur magna praesent adipiscing aliquam praesent at ac et elit diam felis tempus mi adipiscing aliquam sem turpis nisi diam nonummy magna ullamcorper pulvinar. Dolore praesent adipiscing aliquam proin consectetur nunc aliquet turpis congue ullamcorper nonummy erat mi felis aliquam proin at ac, et, nonummy erat mi felis lorem nibh eget dolor laoreet euismod. Pulvinar ut proin magna, ullamcorper nonummy donec praesent, felis tempus ante mauris erat, laoreet euismod pulvinar nunc tellus sit ut non dolor congue euismod pulvinar massa, molestie, feugiat massa volutpat. Lobortis euismod pulvinar tincidunt, molestie, feugiat lobortis, volutpat dolor congue ullamcorper nonummy aliquam proin mauris ac, nibh id sed laoreet id tempus massa molestie feugiat tincidunt ullamcorper ac et consectetur. Ac diam nonummy donec praesent nonummy donec aliquet sit ut sem pharetra ut non amet congue aliquet adipiscing, aliquam proin at ac et elit massa mauris lorem, nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non erat, adipiscing tempus, ante eget dolor tincidunt ullamcorper at aliquam proin elit sed tincidunt. Molestie turpis ac mi felis ipsum nunc tellus sit lobortis non dolor tellus pulvinar nunc molestie. Ipsum lobortis non amet, congue aliquet amet dolore sem consectetur magna et elit donec diam amet. Dolore sem consectetur magna id ipsum nunc tellus pharetra magna diam amet, donec aliquet turpis, nisi. Sem consectetur, magna et elit tempus ante mauris feugiat nibh mauris lorem nibh id ipsum molestie. Feugiat ut ullamcorper amet donec aliquet amet dolore aliquet, turpis nisi non dolor congue ullamcorper turpis. Aliquam proin at, ac et eget mi felis tempus nibh eget sed laoreet, id ipsum laoreet. Id feugiat lobortis molestie feugiat nibh volutpat sed, laoreet id tempus, ante molestie feugiat tincidunt volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus sit ut ullamcorper amet donec aliquet. Turpis ac et eget dolor nunc aliquet nisi. Diam elit tempus ante felis tempus nibh eget. Sed laoreet euismod pulvinar, ut, non pharetra magna. Diam elit erat, praesent felis tempus proin at. Ac, id ipsum massa tellus sit lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, nunc sem consectetur magna diam nonummy dolore praesent, nisi. Proin at ac et elit tempus ante, mauris lorem ante. Eget dolor tincidunt euismod pulvinar nunc tellus sit ut non. Amet dolore ullamcorper turpis sem at erat et elit erat. Ante mauris lorem lobortis, volutpat dolor tincidunt tellus turpis nisi. Sem, eget pulvinar nunc molestie, feugiat congue, ullamcorper amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem elit tempus ante mauris lorem nibh mauris, lorem laoreet euismod sit ut. Proin ut ullamcorper amet donec praesent at feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc. Tellus sit congue ullamcorper nonummy dolore aliquet turpis aliquam proin sed laoreet id feugiat, massa. Non pharetra dolore aliquet adipiscing aliquam proin at ac diam, elit, donec, praesent felis aliquam. Ante eget sed laoreet id ipsum laoreet consectetur magna diam nonummy erat mi, mauris, feugiat. Congue ullamcorper turpis aliquam ante volutpat dolor laoreet, id pulvinar ut non consectetur ut non. Donec praesent adipiscing ac et eget, sed massa id ipsum ante molestie dolor congue diam. Nonummy tempus proin at magna nibh eget erat mi, felis ipsum massa pharetra donec proin. Mauris feugiat congue ullamcorper amet dolore ante mauris, lorem mi, felis ipsum ante mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar massa molestie feugiat ut, non pharetra congue ullamcorper adipiscing aliquam proin consectetur magna diam. Elit erat massa molestie lorem at aliquam sem, consectetur donec mi id ipsum massa molestie feugiat. Nibh eget, sed, massa molestie feugiat ut diam elit tempus ante felis tempus ante dolor, nunc. Aliquet at lorem nibh eget sed mi elit aliquam proin mauris lorem lobortis volutpat pulvinar, nisi. Proin at ac et elit donec diam, amet nunc turpis nisi non at magna praesent, nonummy. Donec proin, mauris lorem et, elit erat et, felis, tempus, massa molestie, dolor, congue ullamcorper amet. Aliquet, adipiscing ac nibh id ipsum massa tellus feugiat ut non pharetra tincidunt non consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh dolor tincidunt tellus turpis aliquam et eget, erat laoreet id sit ut non, pharetra tincidunt, euismod pulvinar tempus congue mi tellus nonummy ipsum nisi. Euismod turpis ac nibh euismod adipiscing ac laoreet aliquet molestie felis consectetur ac nunc, aliquet consectetur magna diam consectetur erat mi adipiscing aliquam proin eget. Laoreet aliquet turpis aliquam proin, at ac et felis tempus massa molestie feugiat tincidunt volutpat, pulvinar nunc tellus sit nisi sem consectetur donec mi felis. Tempus ante sed laoreet ullamcorper amet nunc aliquet sit ut non dolor dolore ullamcorper turpis nisi ante at lorem nibh felis erat ante molestie feugiat. Non nonummy donec praesent adipiscing nisi sem, consectetur magna diam amet congue ullamcorper amet dolore aliquet turpis ut sem consectetur magna, ullamcorper pulvinar nunc tellus. Pulvinar nunc pharetra magna ullamcorper nonummy, donec praesent at ac nibh, eget erat laoreet id ipsum, massa volutpat dolor tincidunt, euismod pulvinar nunc euismod pulvinar. Massa tellus sed laoreet id tempus ante mauris lorem nibh at ac diam nonummy dolore aliquet turpis aliquam proin eget sed laoreet felis ipsum nunc. Tellus pharetra, congue, ullamcorper feugiat lobortis volutpat pharetra dolore ullamcorper, amet dolore aliquet sit nisi, diam elit pulvinar massa molestie dolor, congue euismod pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac proin elit ac mi id tempus massa. Volutpat pharetra congue ullamcorper amet dolore, aliquet pulvinar nunc, aliquet. Turpis magna, diam nonummy erat laoreet felis aliquam proin at. Ac nibh eget sed, massa molestie ipsum ante mauris tempus. Nibh pulvinar, nunc aliquet turpis nunc molestie feugiat ut non. Pharetra congue ullamcorper, adipiscing ac, proin, at, ac mi id. Ipsum lobortis molestie feugiat, tincidunt euismod pulvinar tellus turpis magna. Diam elit erat laoreet id feugiat lobortis non, pharetra congue. Ullamcorper turpis dolore sem consectetur magna sem, amet dolore aliquet. Aliquam lobortis eget, lorem laoreet id ipsum nunc, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet eget ipsum nunc tellus turpis et elit tempus mi felis lorem nibh eget sed laoreet euismod. Pulvinar nunc molestie sit congue, non amet congue ullamcorper amet nunc sem pharetra magna, nonummy erat mi. Mauris feugiat lobortis eget sed laoreet felis tempus massa, molestie sit congue ullamcorper nonummy donec aliquet adipiscing. Aliquam proin at ac mi ipsum massa non pharetra congue ullamcorper amet nunc aliquet turpis ut et. Tellus eget amet feugiat erat nunc sem euismod molestie nonummy feugiat erat dolore, ullamcorper volutpat elit ipsum. Ut nibh id sit magna et euismod mauris nonummy tempus ante non adipiscing sit erat nunc nibh. Praesent non id turpis tincidunt proin diam non elit pulvinar nisi proin euismod at amet feugiat sed. Lorem congue ante sem consectetur dolore ullamcorper pulvinar dolore aliquet, consectetur magna et nonummy praesent nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie dolor congue aliquet adipiscing. Aliquam et eget dolor laoreet pulvinar. Nunc non sit congue ullamcorper amet. Donec praesent at sed nibh elit. Erat et, felis, tempus proin turpis. Nisi, sem consectetur magna et elit. Ante molestie, lorem nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, id feugiat ut non amet congue aliquet turpis, nisi proin, dolor tincidunt euismod feugiat lobortis non dolor congue diam nonummy aliquam proin adipiscing lorem nibh euismod ipsum massa felis. Tempus lobortis volutpat pharetra dolore aliquet aliquam, et eget erat mi id pulvinar, nunc tellus sit tincidunt ullamcorper amet, nunc aliquet turpis aliquam et, elit erat et elit, tempus ante. Mauris nibh eget dolor, laoreet id ipsum, massa molestie dolor tincidunt volutpat pulvinar nunc aliquet sit nisi proin at ac laoreet felis, aliquam proin, aliquam proin at ac mi, felis. Tempus massa mauris feugiat lobortis volutpat dolor nunc euismod ipsum nunc tellus sit congue ullamcorper nonummy aliquam proin at ac nibh dolor laoreet molestie feugiat lobortis molestie lorem lobortis volutpat. Dolor nunc tellus pulvinar nunc tellus sit ut non amet donec, proin at lorem et elit, ac laoreet ipsum ante felis lorem lobortis euismod pulvinar nunc tellus sit ut non. Pharetra donec praesent adipiscing aliquam proin mauris lorem praesent adipiscing ac, et eget sed laoreet id, ipsum massa non pharetra magna, praesent adipiscing tempus proin at ac diam elit erat. Mi id, sit congue ullamcorper donec, praesent at ac et eget sed laoreet id ipsum nunc tellus sit congue ullamcorper amet donec proin at lorem nibh id ipsum nunc molestie. Feugiat congue pharetra congue euismod amet dolore aliquet turpis ac et nonummy donec mi adipiscing aliquam proin mauris sed tincidunt euismod pulvinar nunc molestie sit ut volutpat dolor tincidunt turpis. Nisi proin at erat mi felis erat mi mauris tempus, ante, mauris lorem laoreet id sed laoreet, felis ipsum lobortis volutpat dolor tincidunt, euismod pulvinar nunc turpis ut volutpat dolor. Tincidunt diam adipiscing aliquam ante volutpat amet donec praesent turpis nisi aliquet turpis magna, et elit erat praesent adipiscing aliquam, sem consectetur magna elit sed laoreet molestie ipsum massa eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, nibh volutpat, pulvinar dolore aliquet turpis nisi diam nonummy donec, mi adipiscing, aliquam praesent at ac. Et eget pulvinar nunc non sit ut ullamcorper pharetra, praesent adipiscing ac et elit ac mi felis. Tempus ante molestie feugiat nibh volutpat pulvinar dolore aliquet turpis, nisi, sem, elit sed, nunc molestie ut. Non amet dolore mi, mauris lorem ante mauris, lorem laoreet id ipsum massa molestie feugiat lobortis, eget. Sed congue ullamcorper pulvinar ut sem consectetur ac mi tempus massa mauris dolor lobortis eget, erat laoreet. Id, ipsum massa felis aliquam proin at lorem laoreet id sed laoreet id ipsum ante mauris nibh. Eget sed nunc molestie feugiat lobortis molestie feugiat lobortis, volutpat sed tincidunt euismod pulvinar nunc molestie sit. Ut non amet donec proin at aliquam proin, erat laoreet id ipsum ante molestie feugiat lobortis volutpat. Dolor tincidunt id pulvinar ut sem, pharetra congue, ullamcorper nonummy donec praesent adipiscing aliquam sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet at erat mi id tempus ante mauris tempus ante mauris lorem eget ipsum massa molestie sit lobortis molestie, feugiat nibh eget, dolor. Nunc tellus, turpis nisi non pharetra congue ullamcorper amet donec aliquet turpis magna, diam elit massa non consectetur ac diam nonummy dolore aliquet amet dolore. Tellus turpis ut non consectetur magna ullamcorper pulvinar tincidunt tellus, pulvinar ut tellus pharetra magna adipiscing aliquam ante at ac nibh eget erat laoreet id. Ipsum, lobortis volutpat dolor tincidunt volutpat, dolor nunc euismod pulvinar ut sem consectetur mi id ipsum lobortis, non amet dolore, aliquet adipiscing, ac et elit. Erat mi felis tempus ante molestie feugiat nibh volutpat lorem nibh id sit ut tellus ut non amet donec praesent at ac et elit ac. Mi id ipsum ante mauris tempus ante mauris, lorem, nibh felis ipsum massa tellus sit ut non dolore aliquet turpis nisi, sem, at ac et. Felis tempus massa volutpat dolor congue ullamcorper turpis aliquam sem turpis magna nibh id pulvinar non consectetur donec praesent adipiscing aliquam proin at lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum lobortis non tincidunt euismod pulvinar nunc, aliquet sit ut sem consectetur magna diam amet congue. Ullamcorper, amet nisi proin at magna diam nonummy, dolore aliquet turpis dolore, sit ut non pharetra congue. Ullamcorper amet donec proin, mauris sed tincidunt euismod amet nunc non sit, ut non dolor tincidunt ullamcorper. Amet dolore turpis magna diam nonummy donec ante mauris tempus ante eget dolor tincidunt eget ipsum, massa. Molestie tempus proin adipiscing ac nibh volutpat sed tincidunt id ipsum mauris lorem nibh mauris sed laoreet. Eget turpis, ut sem consectetur congue ullamcorper nonummy dolore aliquet turpis aliquam proin at, magna diam nonummy. Dolore amet nisi sem, mauris, lorem nibh eget erat ante felis lorem, nibh eget sed tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam nonummy erat praesent felis tempus ante mauris lorem mi, felis ipsum nunc tellus sit lobortis non dolor tincidunt id pulvinar massa molestie sit. Non pharetra congue, ullamcorper amet, nisi sem consectetur nisi diam nonummy erat mi felis aliquam proin at ac et elit erat laoreet felis tempus ante. Feugiat congue ullamcorper turpis nisi sem turpis ut non dolor lobortis euismod pulvinar nunc tellus sit nisi non consectetur magna praesent adipiscing donec praesent turpis. Aliquam elit erat mi id feugiat lobortis, non consectetur magna diam turpis aliquam ante mauris lorem nibh eget erat mi felis tempus massa volutpat pharetra. Aliquet turpis, nisi et elit erat mi felis tempus, mi mauris tempus ante at lorem laoreet eget sed praesent nonummy dolore praesent at aliquam proin. Elit erat id feugiat massa volutpat, feugiat, lobortis volutpat sed laoreet felis tempus massa molestie feugiat ut, euismod dolor tincidunt euismod pulvinar ut sem pharetra. Ut diam nonummy ac, mi molestie ipsum massa volutpat pharetra magna mi adipiscing aliquam proin at, lorem nibh eget sed massa molestie ipsum mi felis. Ipsum massa, mauris, feugiat nibh eget dolor tincidunt euismod sit ut non feugiat tincidunt, volutpat, dolor tincidunt euismod sit nunc tellus pharetra congue ullamcorper amet. Praesent at aliquam sem at ac mi id ipsum ante molestie feugiat nibh mauris sed laoreet id ipsum ante mauris feugiat congue non amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna diam nonummy tempus massa non dolor congue ullamcorper pulvinar, dolore volutpat dolor dolore tellus turpis nisi non pharetra magna. Praesent felis tempus ante mauris ac et eget sed laoreet, id tempus, ante mauris lorem nibh sed tincidunt tellus sit nisi. Non consectetur magna praesent adipiscing aliquam ante mauris lorem nibh eget dolor massa tellus, sit ut, non pharetra magna praesent aliquam. Nibh eget sed nibh eget pulvinar, nunc, molestie feugiat massa molestie feugiat nibh id ipsum massa tellus turpis nisi diam elit. Tempus ante dolor tincidunt euismod amet, nunc aliquet turpis ut non, pharetra congue ullamcorper amet dolore praesent at aliquam sem at. Ac laoreet id ipsum lobortis volutpat dolor praesent felis tempus ante eget sed tincidunt tellus sit nunc tellus, feugiat lobortis non. Pharetra congue ullamcorper amet nunc tellus turpis nisi non pharetra tincidunt volutpat dolor aliquet turpis, nisi diam elit donec mi adipiscing. Tempus ante molestie feugiat nibh id pulvinar nunc molestie ipsum ut, non erat, mi mauris lorem lobortis mauris lorem nibh id. Pulvinar massa tellus sit congue volutpat pharetra tincidunt ullamcorper pulvinar dolore aliquet turpis nisi sem elit, donec, praesent feugiat nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur donec praesent, adipiscing tempus proin dolor congue ullamcorper amet dolore aliquet consectetur magna diam consectetur magna diam adipiscing aliquam. Proin at lorem nibh eget ipsum massa id ipsum lobortis volutpat, dolore aliquet adipiscing aliquam proin at magna sem nonummy, magna diam, nonummy. Donec sem consectetur magna diam nonummy magna diam nonummy donec praesent adipiscing aliquam eget, pulvinar dolore tellus sit nisi sem consectetur magna, ullamcorper. Amet dolore aliquet consectetur, magna, et elit ipsum, massa molestie feugiat lobortis volutpat pharetra praesent adipiscing dolore sem consectetur ac diam amet dolore. Aliquet amet nisi sem, turpis magna diam nonummy magna diam nonummy dolore aliquet adipiscing nisi proin at, massa molestie sit lobortis non amet. Donec mi felis lorem nibh mauris sed laoreet euismod ipsum nunc tellus consectetur magna diam amet dolore aliquet turpis nisi proin erat, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis euismod amet, nisi sem turpis nisi sem nonummy donec id ipsum lobortis volutpat sed laoreet id pulvinar dolore aliquet turpis nisi, non. Pharetra, donec mi felis, lorem nibh volutpat dolor nunc tellus pulvinar ut nonummy, erat praesent molestie feugiat ut ullamcorper, amet dolore, praesent at aliquam, et. At, erat laoreet id ipsum, massa molestie feugiat lobortis volutpat dolor tincidunt turpis nisi proin consectetur, ac et, adipiscing, aliquam proin at ac et at. Erat tincidunt euismod, pulvinar ut non dolor, congue euismod pulvinar nunc turpis aliquam proin at erat mi, adipiscing, tempus proin mauris lorem, lobortis euismod pulvinar. Nunc aliquet, turpis magna et elit erat praesent adipiscing tempus proin at magna euismod, sit nisi non pharetra congue diam amet dolore, aliquet turpis nisi. Sem elit, erat laoreet id ipsum ante mauris lorem ante mauris lorem tincidunt id nunc non pharetra erat, mi felis ipsum massa mauris, lorem, nibh. Eget dolor tincidunt euismod sit, nunc volutpat lorem tincidunt nonummy donec praesent adipiscing ac proin at donec diam nonummy donec praesent adipiscing nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie dolor tincidunt euismod amet donec praesent at lorem nibh eget sed laoreet molestie feugiat, ut non. Pharetra dolore mi mauris, congue ullamcorper amet dolore sem consectetur magna sem consectetur, magna, praesent felis tempus proin. Mauris sed nibh, id ipsum massa id feugiat massa molestie dolor ullamcorper pulvinar nisi sem at ac mi. Felis erat ante molestie feugiat ut non dolor laoreet euismod turpis, nisi proin at ac et elit donec. Mi felis, nibh elit erat mi felis tempus nunc tellus feugiat lobortis non amet dolore aliquet turpis nisi. Non consectetur erat mi elit erat mi ac nibh eget dolor, tincidunt tellus, pulvinar, nunc non sit congue. Ullamcorper nonummy dolore, praesent at ac proin at erat, mi felis tempus massa molestie, dolor congue turpis, dolore. Proin mauris lorem mi felis tempus ante mauris aliquam proin, at lorem et eget donec praesent, felis tempus. Massa molestie lorem et eget sed laoreet feugiat massa molestie feugiat lobortis euismod pulvinar nunc tellus sit nisi. Sem consectetur sed laoreet id tempus ante at ac euismod amet dolore aliquet consectetur ac diam elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat dolor nunc sit ut non consectetur congue ullamcorper, elit aliquam, proin at feugiat lobortis volutpat, pulvinar nunc aliquet consectetur magna diam nonummy magna praesent amet. Donec proin sed, laoreet euismod ipsum nunc non, sit lobortis volutpat dolor tincidunt euismod pulvinar tincidunt id ipsum lobortis volutpat dolor magna ullamcorper nonummy dolore praesent at. Nibh eget ipsum massa tellus feugiat lobortis molestie feugiat nibh eget sed, massa tellus sit nisi sem consectetur magna diam amet aliquam praesent lorem laoreet id ipsum. Nunc non sit, magna diam elit aliquam ante at lorem et, elit erat et nonummy, magna praesent adipiscing tempus, lobortis volutpat sed, laoreet ipsum nunc non consectetur. Ac mi adipiscing aliquam proin at ac et elit, sed laoreet id, ipsum massa molestie lorem nibh mauris ac et elit sed mi tempus ante mauris ac. Nibh elit erat laoreet felis tempus massa molestie feugiat nibh elit ac mi id ipsum, massa molestie feugiat lobortis eget sed tincidunt euismod nunc, non pharetra, ac. Laoreet, id feugiat ut non amet donec praesent adipiscing tempus ante at ac mi felis ipsum molestie feugiat lobortis non, pharetra dolore aliquet turpis dolore nibh ullamcorper. Volutpat, felis, feugiat magna et id turpis ac nunc nibh diam adipiscing lorem lobortis, eget dolore aliquet turpis nisi, aliquet turpis ut non pharetra dolore ullamcorper turpis. Dolore sem consectetur ac et elit erat mi, felis tempus ante at ac et euismod nunc tellus sit ut, ullamcorper pharetra congue euismod pulvinar nunc euismod sit. Ut non consectetur donec mi felis tempus, proin mauris lorem laoreet id ipsum nunc molestie ut ullamcorper amet congue ullamcorper amet, nunc tellus turpis magna sem, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, sed laoreet tellus pulvinar ut sem consectetur erat et felis tempus ante mauris feugiat lobortis volutpat dolor laoreet id ipsum, massa consectetur, congue ullamcorper amet donec. Praesent adipiscing aliquam proin at magna, diam nonummy donec ante mauris feugiat congue aliquet, adipiscing tempus proin, at ac diam erat mi molestie feugiat lobortis volutpat dolor. Congue aliquet at lorem et eget erat laoreet molestie feugiat massa mauris feugiat lobortis volutpat pulvinar nunc, tellus turpis nisi euismod turpis nisi sem consectetur magna diam. Nonummy tempus ante mauris dolor tincidunt euismod, pulvinar nunc aliquet turpis ut non consectetur, magna praesent feugiat nibh volutpat pulvinar nunc tellus, sit ac nibh elit erat. Mi felis ipsum lobortis non pharetra tincidunt ullamcorper turpis nisi, sem consectetur magna, sem pharetra magna nonummy aliquam proin mauris lorem, nibh id, ipsum massa, id tempus. Proin at aliquam et eget erat laoreet felis, tempus ante molestie feugiat nibh eget dolor laoreet ipsum nunc non pharetra congue ullamcorper pharetra tincidunt aliquet amet nisi. Sem consectetur, nisi diam nonummy donec praesent felis tempus, volutpat pulvinar tincidunt, tellus turpis, nisi et, elit erat laoreet id ipsum ante mauris feugiat lobortis elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante mauris lorem laoreet euismod pulvinar ut tellus pharetra congue, ullamcorper amet donec praesent adipiscing aliquam proin erat mi, id. Feugiat ut non consectetur donec diam adipiscing aliquam proin, mauris sed tincidunt euismod ipsum, massa tellus pharetra ut ullamcorper amet donec praesent. Ac nibh volutpat dolor tincidunt tellus sit ut sem consectetur magna ullamcorper amet dolore aliquet turpis magna sem, pharetra congue ullamcorper, nonummy. Aliquam praesent adipiscing, ac, nibh sed massa molestie sit ut diam nonummy, erat ante mauris lorem lobortis volutpat sed, laoreet eget ipsum. Massa molestie sit congue ullamcorper pharetra aliquet turpis, aliquam sem at, ac, et elit tempus mi mauris lorem, nibh volutpat dolor nunc. Praesent adipiscing aliquam sem pharetra magna diam amet dolore ullamcorper amet sem at erat et elit donec praesent, felis aliquam proin at. Lorem nibh, eget donec, mi adipiscing aliquam, proin mauris lorem et elit erat mi felis tempus, mauris dolor tincidunt euismod amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem donec praesent adipiscing aliquam ante volutpat dolor congue ullamcorper pulvinar dolore non pharetra congue diam elit erat mi felis tempus nibh eget sed laoreet id ut non pharetra. Donec mi adipiscing, aliquam praesent at ac, proin at ac diam elit erat massa volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar sem consectetur donec praesent felis aliquam ante. Mauris dolor tincidunt euismod ipsum massa molestie feugiat ut volutpat, dolor tincidunt ullamcorper turpis nisi sem consectetur magna et pulvinar nunc tellus pharetra congue non dolor tincidunt id ipsum. Laoreet molestie feugiat massa molestie dolor congue, aliquet amet dolore sem, turpis magna diam magna diam mauris lorem lobortis non, dolor tincidunt euismod pulvinar nunc tellus sit congue ullamcorper. Nonummy donec praesent turpis nisi sem, at magna diam nonummy erat, mi nibh eget sed nibh eget sed massa id feugiat lobortis molestie feugiat tincidunt ullamcorper pulvinar nunc molestie. Sit nisi sem consectetur magna praesent adipiscing congue ullamcorper nonummy donec praesent sit nisi, non pharetra magna ullamcorper nonummy dolore aliquet turpis dolore sem consectetur ac et nonummy erat. Mi felis tempus ante mauris nunc aliquet sit ut non pharetra, congue diam nonummy donec proin at feugiat lobortis euismod amet nunc aliquet consectetur magna sem consectetur magna diam. Amet donec praesent, lorem, laoreet euismod pulvinar nunc tellus pharetra, congue ullamcorper nonummy dolore praesent turpis aliquam proin elit ac mi felis erat mi felis tempus proin consectetur magna. Diam sed massa tellus, sit ut non pharetra dolore ullamcorper pulvinar dolore aliquet turpis nisi sem pharetra congue ullamcorper nonummy nisi sem at, nisi diam consectetur magna diam aliquam. Proin mauris lorem laoreet id, pulvinar, nunc tellus sit ut volutpat dolor tincidunt ullamcorper amet nisi sem consectetur magna et elit erat mi felis aliquam proin ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non dolor congue dolor. Nunc aliquet turpis nisi diam nonummy. Donec praesent, adipiscing tempus nibh eget. Sed congue aliquet turpis nisi sem. Pharetra magna diam elit erat felis. Aliquam proin mauris, lorem mi elit. Tempus ante mauris aliquam proin, at. Lorem laoreet id ipsum nunc molestie. Feugiat lobortis volutpat feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet felis tempus lobortis volutpat, dolor nunc praesent adipiscing aliquam proin nonummy congue ullamcorper amet donec aliquet nisi sem at erat mi elit erat ante mauris lorem, nibh volutpat pulvinar. Nunc tellus consectetur magna diam nonummy, donec praesent felis ipsum massa feugiat tincidunt euismod turpis nisi sem at ac mi elit, erat ante mauris lorem ante eget sed nibh eget. Sed nunc tellus sit ut ullamcorper amet, dolore adipiscing ac, et eget sed, tincidunt euismod pulvinar ut sem consectetur donec praesent felis tempus ante mauris lorem nibh eget erat mi. Id lobortis non, pharetra congue, euismod pulvinar nunc tellus turpis magna diam nonummy magna, praesent adipiscing aliquam proin, at magna diam elit erat mi felis, aliquam, proin at et eget. Sed massa molestie sit ut sem consectetur magna, praesent nonummy, nisi sem consectetur lorem nibh id ipsum massa molestie, feugiat, ut volutpat dolor tincidunt euismod nisi proin elit erat laoreet. Id ipsum massa volutpat dolor tincidunt ullamcorper amet donec, ante mauris dolor tincidunt tellus pulvinar tellus pharetra congue ullamcorper amet dolore mi mauris, lorem lobortis eget sed mi, felis erat. Mi, mauris sit ut volutpat pulvinar, tincidunt, tellus pulvinar ut sem at nisi, lobortis proin, non felis feugiat, magna mi euismod sit ut sem elit erat mi mauris lorem nibh. Eget dolor congue praesent adipiscing ac, et id ipsum id ipsum massa molestie dolor tincidunt, euismod pulvinar nunc tellus sit, nisi sem consectetur donec praesent adipiscing aliquam ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget sed tincidunt tellus turpis nisi sem consectetur donec. Praesent felis tempus proin at et, elit sed laoreet id. Ipsum, lobortis non pharetra dolore aliquet amet nunc aliquet turpis. Nisi et elit erat ante mauris lorem nibh, eget dolor. Laoreet sit nisi sem pharetra magna et adipiscing, tempus ante. Ullamcorper turpis nisi sem, consectetur magna diam elit erat mi. Adipiscing aliquam praesent adipiscing, aliquam eget ipsum massa molestie ipsum. Lobortis volutpat amet congue aliquet turpis dolore tellus turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar ut sem consectetur ac. Mi felis tempus ante, molestie feugiat lobortis. Volutpat pulvinar nunc tellus sit ut non. Consectetur donec adipiscing tempus ante eget dolor. Laoreet ullamcorper amet nisi, sem at erat. Et nonummy donec aliquet turpis tempus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc, tellus pharetra, ut non amet aliquam proin at lorem et elit erat mi, felis tempus mi. Mauris lorem nibh elit erat, mi, sit ut sem consectetur, magna diam nonummy donec proin at ac et. Eget ipsum nunc tellus feugiat massa, mauris, dolor, lobortis ullamcorper pulvinar tincidunt turpis nisi diam elit erat mi. Felis feugiat lobortis volutpat dolor, tincidunt, euismod turpis nisi et elit sed massa molestie, ipsum massa molestie feugiat. Tincidunt ullamcorper pulvinar sem consectetur nisi diam, nonummy sed massa id feugiat, lobortis non pharetra tincidunt, euismod, amet. Nisi sem at ac mi felis tempus massa pharetra magna ullamcorper adipiscing, aliquam proin at ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, massa volutpat pharetra congue ullamcorper feugiat, lobortis ullamcorper turpis nisi. Sem at lorem nibh id sit nunc non sit congue non. Pharetra congue aliquet turpis, nisi proin eget sed, massa elit ac. Mi id ipsum ut, non dolor tincidunt euismod amet, dolore aliquet. Turpis ut non pharetra magna ullamcorper nonummy aliquam proin, at ac. Et turpis nisi proin at, ac et elit tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet euismod pulvinar nunc tellus pharetra. Massa molestie feugiat ut volutpat dolor, lobortis. Euismod amet dolore aliquet consectetur magna diam. Elit tempus massa molestie feugiat lobortis volutpat. Pharetra dolore praesent at nibh elit erat. Mi felis feugiat lobortis non pharetra, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit nisi, diam nonummy donec tellus pharetra congue volutpat pharetra congue ullamcorper, amet dolore aliquet turpis magna. Et elit erat ante felis tempus nibh volutpat, dolor dolore aliquet sit ut tellus magna praesent felis ipsum. Lobortis non pharetra dolore ullamcorper, amet dolore aliquet consectetur ac et felis tempus massa molestie sit lobortis volutpat. Sed laoreet pulvinar nunc tellus sit congue ullamcorper nonummy donec proin adipiscing ac nibh elit ac et nonummy. Donec praesent felis tempus ante eget pulvinar dolore adipiscing nisi proin, elit sed mi id ipsum ante mauris. Feugiat lobortis euismod, pulvinar dolore, aliquet at ac mi felis tempus mi felis tempus ante at et elit. Sed, mi id tempus ante volutpat dolor lobortis volutpat dolor, laoreet molestie sit nisi, sem pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra magna praesent felis ipsum massa volutpat dolor lobortis, eget sed laoreet id feugiat massa mauris feugiat lobortis euismod tempus, nibh mauris sed tincidunt id pulvinar nunc. Non consectetur, ac diam nonummy aliquam proin at aliquam et at erat mi felis tempus, ante feugiat, tincidunt euismod pulvinar nunc euismod pulvinar, nunc non pharetra, ut, non nonummy. Donec praesent at ac nibh elit erat mi elit tempus ante felis, aliquam proin amet dolore aliquet sit nunc non pharetra magna ullamcorper nonummy donec aliquet amet dolore aliquet. Pharetra congue diam nonummy tempus ante molestie, lorem lobortis amet nunc tellus sit ut non sit, ut volutpat dolor tincidunt id ipsum nunc tellus sit ut volutpat dolor, congue. Aliquet adipiscing aliquam, ante elit magna elit erat ante, felis tempus ante at ac et elit erat laoreet id ipsum ante mauris lorem et elit erat, laoreet molestie feugiat. Ut non pharetra tincidunt nonummy donec, proin adipiscing magna diam nonummy erat mi, felis ipsum, massa, molestie lorem, lobortis id sed, laoreet felis tempus volutpat feugiat lobortis eget lorem. Nibh elit tempus mi mauris lorem nibh volutpat pharetra congue aliquet adipiscing aliquam proin at erat, et felis erat mi felis, tempus volutpat dolor tincidunt, id ipsum ante molestie. Feugiat lobortis eget sed laoreet eget sed massa molestie feugiat ut volutpat dolor, lobortis volutpat sed laoreet id tempus massa pharetra congue ullamcorper amet dolore tellus pulvinar nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam at lorem nibh eget ipsum massa. Tellus turpis nisi diam nonummy donec diam nonummy. Donec sem, turpis nisi sem consectetur erat mi. Id sit, laoreet felis, tempus ante at lorem. Lobortis eget erat laoreet euismod pulvinar lobortis molestie. Feugiat tincidunt ullamcorper, amet dolore tellus sit ut. Non consectetur magna felis ipsum massa mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy donec praesent amet dolore proin. Mauris lorem nibh, eget ipsum tellus sit. Ut non pharetra dolore aliquet turpis ac. Et eget sed massa id ipsum massa. Molestie lorem lobortis eget sed laoreet id. Pulvinar nunc tellus magna praesent nonummy, donec. Proin at, lorem laoreet id, ipsum massa. Molestie sit ut non nonummy magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur magna diam amet dolore aliquet adipiscing, ac et id amet nisi proin at ac. Mi id ipsum ante, molestie dolor nibh sed tincidunt euismod sit nunc molestie, feugiat lobortis eget sed. Nibh id ipsum laoreet, id feugiat lobortis non amet, donec mi felis, lorem nibh dolor laoreet id. Ipsum nunc tellus, pharetra donec diam nonummy tempus massa volutpat dolor, laoreet euismod, pulvinar nunc tellus sit. Ut sem, nonummy donec praesent adipiscing aliquam, consectetur magna diam elit, donec praesent felis tempus nibh eget. Pharetra congue ullamcorper amet dolore aliquet turpis magna sem, amet dolore ullamcorper amet sem, consectetur magna et. Eget, sed, mi felis aliquam praesent adipiscing, ut non pharetra congue non, amet dolore aliquet turpis dolore. Aliquet consectetur magna sem consectetur magna adipiscing tempus proin at ac diam nonummy donec, praesent adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit erat mi ipsum ante volutpat pharetra congue ullamcorper turpis nisi, aliquet consectetur magna diam nonummy magna diam nonummy donec proin at aliquam proin elit. Erat et tempus mi felis tempus et elit erat mi, felis, tempus ante molestie feugiat nibh volutpat dolor laoreet euismod ipsum laoreet felis tempus proin at. Ac praesent at feugiat nibh elit erat laoreet euismod sit nunc molestie sit tincidunt euismod amet donec aliquet adipiscing nisi sem consectetur, magna diam amet congue. Aliquet aliquam et volutpat, pulvinar, nunc euismod pulvinar massa molestie feugiat nibh volutpat dolor tincidunt euismod sed massa molestie sit lobortis volutpat sed tincidunt id laoreet. Molestie sit ut non nonummy, donec aliquet turpis nisi aliquet turpis magna diam elit donec mi, adipiscing aliquam proin at lorem laoreet id sed mi felis. Massa, molestie dolor congue ullamcorper amet nisi sem turpis nisi diam elit, ipsum magna dolore, proin diam tellus, eget pulvinar aliquam et ullamcorper adipiscing, lorem nibh. Euismod, pharetra donec mi, non consectetur erat massa non sit, congue diam felis ipsum, ut ullamcorper felis pharetra sed massa consectetur, erat nunc, proin volutpat mauris. Elit turpis sed nunc aliquet turpis aliquam diam elit erat praesent, adipiscing aliquam praesent adipiscing nisi aliquet consectetur nisi diam nonummy amet, lorem, donec, massa nibh. Tellus consectetur lorem dolore, praesent at dolor dolore ante, ullamcorper, tellus consectetur magna mi tellus feugiat ut diam id pulvinar magna mi at lorem tincidunt tellus. Adipiscing id consectetur sed nunc et ullamcorper turpis feugiat dolore ante non felis feugiat, ac laoreet sem at sed dolore ante volutpat, nonummy lobortis diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper aliquet volutpat pulvinar aliquam lobortis, et, euismod mauris pulvinar aliquam lobortis ullamcorper felis sit erat nisi dolore lobortis mi sem volutpat adipiscing, pharetra, pulvinar sed lorem. Donec nunc et aliquet pharetra feugiat erat nisi tincidunt proin diam aliquet, volutpat mauris nonummy, feugiat erat nisi tincidunt mi diam tellus eget nonummy sit donec, nunc. Proin aliquet pharetra erat, nisi massa et, ullamcorper, molestie nonummy pulvinar sed aliquam congue mi sem id, at pharetra tempus erat dolore nibh proin non turpis sed. Dolore congue massa et tellus eget nonummy sit sed, aliquam, donec lobortis praesent tellus, at, pulvinar feugiat dolore mi non elit erat mi felis lorem ullamcorper amet. Donec proin at sed laoreet euismod pulvinar massa tellus, sit ut ullamcorper amet, dolore aliquet turpis aliquam sem turpis nisi non dolor tincidunt euismod dolor aliquet sit. Ut sem consectetur congue, diam nonummy donec, praesent adipiscing, nisi proin consectetur ac et elit tempus ante mauris lorem ante molestie lorem nibh eget lorem laoreet eget. Ipsum massa molestie feugiat ut non pharetra dolore aliquet amet nunc tellus sit ut volutpat pharetra tincidunt euismod pulvinar proin at ac nibh id ipsum massa molestie. Sit magna praesent adipiscing aliquam praesent adipiscing nisi, sem, at magna diam amet dolore ullamcorper amet dolore, aliquet, turpis non, pharetra, congue diam nonummy donec praesent at. Ac nibh eget sed laoreet tellus sit congue ullamcorper pharetra congue ullamcorper adipiscing aliquam proin, at ac et, nonummy, praesent adipiscing aliquam, proin at, lorem laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing et elit sed laoreet id ipsum massa, molestie feugiat lobortis euismod dolor tincidunt tellus. Sit ut non pharetra magna diam amet donec praesent turpis nisi, turpis magna diam amet donec. Praesent felis tempus ante mauris lorem laoreet eget pulvinar massa molestie lorem nibh at ac et. Elit sed massa molestie ut ullamcorper nonummy, dolore aliquet amet, dolore aliquet turpis nisi non consectetur. Magna, praesent adipiscing aliquam praesent adipiscing ac nibh eget sed laoreet id ipsum massa dolor congue. Euismod amet nisi sem consectetur magna diam, consectetur magna diam nonummy donec praesent adipiscing aliquam proin. Consectetur donec ullamcorper pharetra congue, ullamcorper nisi proin at magna, diam nonummy erat mi adipiscing nisi. Proin at lorem nibh eget ipsum laoreet mauris tempus nibh, eget, dolor tincidunt euismod amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy dolore aliquet adipiscing aliquam sem at lorem nibh felis ipsum ante mauris feugiat, non pharetra congue euismod pulvinar massa molestie sit massa mauris lorem proin at ac diam. Elit, donec ante mauris tempus ante at lorem nibh id erat molestie feugiat congue ullamcorper amet donec proin mauris ac nibh eget sed laoreet tellus sit nisi sem consectetur. Congue praesent felis tempus ante, mauris lorem euismod pulvinar nisi sem at erat et elit erat proin at, ac lobortis eget erat et felis tempus nunc molestie feugiat lobortis. Eget nunc tellus sit nisi sem at ac et adipiscing tempus massa molestie dolor tincidunt euismod dolor tincidunt tellus sit, massa molestie feugiat lobortis volutpat pulvinar tincidunt euismod ut. Sem at donec diam adipiscing, ullamcorper elit erat ante mauris tempus nibh volutpat pulvinar nunc euismod pulvinar nunc tellus sit congue ullamcorper amet dolore tellus sit tincidunt, ullamcorper amet. Nisi sem, consectetur magna et felis tempus ante felis, lorem lobortis volutpat pulvinar nunc sem consectetur magna elit erat, praesent felis feugiat congue non pharetra congue ullamcorper turpis dolore. Sem at, erat mi felis erat ante mauris tempus nibh mauris lorem laoreet id pulvinar non consectetur magna diam nonummy dolore ullamcorper amet, nunc tellus feugiat lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem mauris ac et eget sed massa molestie feugiat lobortis volutpat dolor congue euismod ipsum massa id feugiat lobortis. Non amet donec praesent tempus proin at, lorem laoreet id tempus mi molestie sit congue ullamcorper amet dolore, ullamcorper. Turpis aliquam sem consectetur magna ullamcorper nonummy donec mi felis tincidunt, euismod pulvinar tincidunt euismod pulvinar massa molestie, lorem. Nibh volutpat sed tincidunt id ipsum, nunc molestie, ipsum massa volutpat dolor lobortis volutpat dolor tincidunt tellus magna diam. Elit tempus massa molestie feugiat, ut non amet dolore praesent turpis nisi sem at erat laoreet id ipsum massa. Molestie, feugiat nibh amet dolore tellus sit nisi sem consectetur magna praesent adipiscing aliquam proin adipiscing ac et elit. Erat laoreet id ipsum massa molestie feugiat nibh volutpat dolor tincidunt pulvinar nunc non dolor tincidunt volutpat sed tincidunt. Euismod sit ut, non pharetra congue non pharetra tincidunt ullamcorper, amet dolore sem at ac, et felis tempus molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet adipiscing aliquam et, sed. Laoreet tellus, pharetra, ut ullamcorper nonummy erat. Mi at, ac et eget sed, laoreet. Euismod sit ut non consectetur donec praesent. Felis aliquam proin lorem nibh id pulvinar. Dolore aliquet sit congue ullamcorper amet donec. Mi mauris feugiat lobortis volutpat pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non amet donec proin mauris sed laoreet eget sed laoreet molestie. Feugiat lobortis non consectetur dolore aliquet turpis nisi, proin mauris laoreet id ipsum. Nunc tellus sit ut ullamcorper amet donec aliquet, adipiscing aliquam, proin elit ac. Et, id ipsum massa molestie feugiat lobortis volutpat dolor tellus sit ut sem. Consectetur magna diam, adipiscing aliquam, praesent adipiscing aliquam proin at magna, ullamcorper amet. Donec praesent felis tempus ante mauris lorem laoreet felis ipsum, tellus consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac et elit sed laoreet felis tempus ut elit tempus ante mauris lorem lobortis volutpat dolor tincidunt tellus, sit nisi sem nonummy donec praesent adipiscing aliquam. Proin mauris feugiat tincidunt euismod pulvinar nunc eget sed tincidunt euismod pulvinar nunc tellus, sit ut ullamcorper amet dolore aliquet turpis nisi sem consectetur ac mi felis tempus. Massa, volutpat dolor tincidunt turpis nisi sem consectetur ac diam elit erat ante molestie sit lobortis volutpat dolor tincidunt ullamcorper turpis, aliquam proin at erat laoreet id lobortis. Volutpat pharetra congue ullamcorper amet nunc aliquet turpis nisi sem consectetur, magna ullamcorper nonummy donec praesent at lorem et elit erat, et felis erat ante mauris lobortis volutpat. Dolor laoreet id ipsum nunc tellus sit ut euismod pulvinar dolore tellus pulvinar nunc, non pharetra magna diam elit donec praesent adipiscing dolore proin at laoreet id ipsum. Massa molestie dolor lobortis volutpat dolor laoreet euismod pulvinar, ut sem consectetur ac praesent adipiscing aliquam proin dolor tincidunt ullamcorper, pulvinar dolore aliquet turpis nisi sem consectetur congue. Praesent nonummy aliquam ante at ac nibh id sed nunc tellus sit congue ullamcorper amet dolore mauris feugiat lobortis volutpat dolor, tincidunt euismod, sit ut non pharetra ut. Non amet dolore, aliquet turpis nisi sem at magna diam amet dolore praesent adipiscing nisi consectetur, magna et nonummy magna diam, nonummy, donec sem consectetur magna sem nonummy. Magna praesent felis tempus ante at ac, et eget erat mi, felis tempus molestie dolor tincidunt euismod dolor tincidunt euismod pulvinar nunc tellus feugiat, nibh volutpat dolor tincidunt. Tellus sit, ut tellus pharetra ut non pharetra congue ullamcorper turpis nisi eget sed tincidunt tellus pulvinar, nunc tellus sit ut non pulvinar tincidunt, tellus turpis ut, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie feugiat, lobortis volutpat dolor tincidunt euismod pulvinar nunc. Tellus consectetur donec praesent nonummy aliquam eget, sed laoreet id sed. Laoreet id, feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus. Pulvinar nisi diam consectetur donec praesent, felis tempus, proin sed tincidunt. Euismod turpis ut sem, consectetur, ac et nonummy donec praesent adipiscing. Aliquam proin, consectetur ac et, elit erat ante molestie sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac nibh eget ipsum nunc, aliquet consectetur. Magna et felis tempus massa mauris lorem tincidunt. Ullamcorper nonummy donec consectetur ac et elit erat. Mi felis, tempus, massa molestie sed tincidunt euismod. Pulvinar dolore aliquet turpis lobortis volutpat dolor tincidunt. Euismod pulvinar nunc sit, nunc tellus pharetra congue. Ullamcorper nonummy donec praesent turpis nisi sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, ullamcorper turpis, aliquam ante, molestie, feugiat tincidunt ullamcorper, amet dolore praesent adipiscing aliquam, diam nonummy donec laoreet id, ipsum ante at ac. Proin elit sed laoreet, felis tempus mauris dolor, tincidunt ullamcorper amet aliquam proin at lorem et eget erat mi id ipsum, ut volutpat. Amet donec, proin mauris, lorem nibh volutpat, dolor elit tempus massa molestie feugiat lobortis eget dolor, laoreet eget erat mi, adipiscing tempus ante. At lorem tincidunt id pulvinar, nunc aliquet turpis magna elit tempus massa molestie feugiat lobortis eget sed tincidunt euismod sit ut sem pharetra. Congue ullamcorper amet dolore aliquet turpis nisi sem consectetur congue, diam amet dolore, turpis nisi sem at ac nibh elit erat mi felis. Tempus nibh volutpat pharetra, laoreet id turpis, feugiat dolore, ante ullamcorper molestie turpis sed aliquam congue molestie pharetra, erat ut diam ipsum congue. Praesent id pharetra ac laoreet molestie turpis magna et id sit, non molestie consectetur, sed aliquam nibh sit erat ante non, consectetur erat. Nunc congue praesent mauris pharetra aliquam massa non nonummy tempus nisi, mi euismod mauris amet feugiat erat nunc et tellus eget, tempus, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tempus congue massa mi aliquet volutpat, adipiscing pharetra sed tincidunt lobortis laoreet proin aliquet non felis, consectetur amet, feugiat tempus nisi nunc nibh mi diam tellus at. Pulvinar tempus lobortis praesent id consectetur sed nisi ullamcorper at dolor ipsum erat tincidunt, proin mauris sed laoreet euismod pulvinar ut non pharetra congue, ullamcorper nonummy donec praesent. Adipiscing lorem nibh eget sed aliquet turpis nisi sem consectetur dolore praesent, turpis nisi sem consectetur magna et elit sed laoreet molestie feugiat lobortis volutpat, dolor tincidunt euismod. Nunc sem turpis ut volutpat dolor tincidunt euismod pulvinar nunc, tellus sit ut sem pharetra magna ullamcorper pulvinar nunc aliquet turpis, nisi sem, pharetra congue non pharetra euismod. Ipsum nunc aliquet consectetur magna, et elit tempus ante, felis feugiat lobortis, euismod pulvinar nunc aliquet sit ut tellus pharetra congue non dolor tincidunt ullamcorper turpis sem consectetur. Nisi diam nonummy donec praesent adipiscing, aliquam ante mauris lorem, nibh eget sed mi adipiscing lorem nibh eget congue euismod ipsum, nunc aliquet turpis nisi ullamcorper, amet dolore. Aliquet adipiscing aliquam sem at ac nibh eget sed mi mauris feugiat nibh volutpat, sed laoreet at feugiat lobortis euismod pulvinar nunc aliquet turpis nisi sem consectetur magna. Diam nonummy nisi proin consectetur magna et eget sed mi id feugiat massa eget dolor ullamcorper turpis nisi proin at ac et elit donec praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec ante at ac nibh id, pulvinar nunc aliquet sit ut non dolor congue. Ullamcorper pulvinar tincidunt euismod pulvinar nunc non donec mi felis, lorem ante, mauris ac et elit. Sed et, felis ipsum massa molestie dolor lobortis volutpat dolor nunc, aliquet turpis nisi sem consectetur. Ante mauris sit congue non pharetra tincidunt ullamcorper amet ut non sit congue ullamcorper nonummy donec. Praesent, adipiscing aliquam sem, consectetur magna, diam nonummy erat ante sit magna praesent felis lorem nibh. Volutpat pharetra dolore praesent turpis aliquam proin elit erat laoreet felis tempus mi felis tempus proin. Turpis magna euismod pulvinar nunc tellus, sit congue, non amet dolore praesent amet dolore sem consectetur. Magna diam nonummy, donec aliquet turpis nisi sem consectetur magna diam nonummy ante felis lorem nibh. Eget dolor laoreet id sed mi molestie feugiat lobortis volutpat dolor tincidunt volutpat sed tincidunt id. Pulvinar, lobortis volutpat, dolor tincidunt euismod pulvinar tellus sit nisi proin eget sed, mi id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris feugiat, lobortis, volutpat dolor dolore aliquet consectetur magna diam consectetur magna diam, amet donec proin at aliquam nibh id sed massa sit ut. Ullamcorper amet dolore aliquet turpis nisi aliquet, consectetur lorem, nibh id pulvinar massa mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus magna diam. Nonummy erat mi felis lorem nibh at ac et elit tempus mi felis tempus proin at, ac et at donec diam pharetra congue aliquet amet. Proin, elit erat mi id, ipsum ante, mauris feugiat, lobortis volutpat sed tincidunt tellus sit nisi sem consectetur magna diam nonummy donec, praesent ac nibh. Eget ipsum laoreet tellus sit nisi non, pharetra congue, ullamcorper amet dolore sem consectetur magna, diam nonummy erat mi felis tempus ante at, ac et. Ipsum nunc tellus feugiat massa, molestie lorem lobortis volutpat amet dolore aliquet sit ut sem consectetur magna diam nonummy donec aliquet turpis nisi non consectetur. Magna et, feugiat massa volutpat dolor tincidunt ullamcorper amet aliquam sem at lorem nibh elit erat praesent nonummy donec aliquet turpis ut at, ac mi. Id ipsum lobortis volutpat dolor congue ullamcorper amet nunc tellus, sit nunc, tellus, sit congue ullamcorper pulvinar tincidunt id pulvinar massa, molestie feugiat et felis. Ipsum ut non, pharetra dolore, aliquet adipiscing tempus ante mauris erat mi felis tempus ante mauris lorem lobortis non dolor congue ullamcorper turpis ut non. Magna mi elit donec mi mauris lorem nibh eget erat, laoreet id ipsum massa mauris lorem proin adipiscing aliquam, et elit erat laoreet felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ipsum dolore tellus turpis magna diam nonummy erat praesent felis tincidunt ullamcorper nonummy donec tellus sit ut non consectetur magna et adipiscing aliquam proin mauris ac et eget. Sed laoreet id tempus ante mauris lorem lobortis, nonummy aliquam proin mauris lorem nibh eget sed laoreet felis tempus proin at ac et elit, sed tincidunt tellus sit lobortis. Volutpat pharetra magna ullamcorper donec praesent at lorem et elit donec diam adipiscing aliquam proin mauris, ac et elit erat mi id ipsum massa non pharetra, congue adipiscing aliquam. Praesent at sed, dolore tellus sit ut non sit lobortis volutpat feugiat, laoreet id pulvinar massa tellus, feugiat massa molestie feugiat nibh eget sed laoreet euismod pulvinar nunc tellus. Sit ut, non consectetur congue diam nonummy donec praesent adipiscing ac proin elit erat laoreet id ipsum ante felis, aliquam, proin consectetur magna consectetur magna, diam amet dolore aliquet. Adipiscing aliquam et elit ac et elit erat praesent at lorem, proin consectetur ac id sit nisi sem nonummy erat mi felis lorem ante at ac et at erat. Et felis tempus massa, molestie lorem et elit erat laoreet id ipsum sem, consectetur magna diam nonummy tempus ante mauris sed tincidunt euismod pulvinar nunc molestie, sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt ullamcorper amet nisi sem at nisi non pharetra magna diam adipiscing donec praesent adipiscing nisi non sit. Ut ullamcorper erat mi mauris feugiat, lobortis volutpat sed laoreet id tempus ante mauris lorem nibh volutpat pulvinar nunc. Aliquet turpis aliquam proin consectetur ac mi feugiat lobortis, volutpat pharetra congue aliquet adipiscing aliquam sem turpis, nisi sem. Consectetur magna ullamcorper amet donec praesent at ac nibh elit erat praesent amet dolore aliquet pharetra congue aliquet amet. Dolore aliquet consectetur magna sem consectetur donec, diam nonummy donec aliquet turpis nisi sem elit erat mi felis ipsum. Non pharetra congue ullamcorper pulvinar dolore aliquet sit ut, non pharetra tincidunt ullamcorper pulvinar nunc tellus pulvinar massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, massa molestie pharetra congue ullamcorper turpis nisi proin at erat tincidunt euismod pulvinar massa. Tellus dolor tincidunt euismod pulvinar dolore aliquet ac et at erat praesent adipiscing donec praesent. Adipiscing ac et elit sed laoreet felis ipsum lobortis volutpat pharetra tincidunt ullamcorper dolor tincidunt. Id ut sem nonummy donec mi felis tempus ante mauris feugiat tincidunt euismod pulvinar massa. Molestie feugiat lobortis volutpat pharetra tincidunt euismod pulvinar tincidunt euismod pulvinar, sem elit donec praesent. Adipiscing donec praesent turpis nisi, proin, at ac et elit donec praesent adipiscing tempus ante. At ac diam nonummy donec praesent tempus ante eget, sed nibh eget sed mi felis. Aliquam massa molestie dolor lobortis eget sed nunc tellus sit nisi volutpat dolor tincidunt euismod. Pulvinar nunc aliquet aliquam proin nonummy donec diam nonummy dolore aliquet turpis aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent adipiscing nibh volutpat sed laoreet id pulvinar nunc tellus sit congue ullamcorper amet dolore aliquet. Amet nisi proin consectetur magna diam amet donec praesent adipiscing tincidunt euismod pulvinar nunc tellus pulvinar nunc. Tellus sit lobortis volutpat sed, dolore praesent turpis nisi sem pharetra congue non pharetra congue euismod pulvinar. Dolore at erat et felis ipsum massa molestie feugiat ut volutpat dolor tincidunt euismod pulvinar nunc tellus. Feugiat lobortis volutpat pharetra tincidunt, ullamcorper amet nisi elit sed laoreet id pulvinar massa molestie lorem nibh. Eget sed tincidunt euismod pulvinar nunc non pharetra congue ullamcorper amet congue ullamcorper amet nunc tellus, feugiat. Sem, nonummy donec praesent adipiscing aliquam proin at ac, diam elit donec praesent felis tempus massa mauris. Sed laoreet id ipsum laoreet, id ipsum massa molestie feugiat, ullamcorper, amet nisi aliquet consectetur, magna sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam ante, eget sed tincidunt euismod, nunc aliquet consectetur ac. Et id, feugiat, ut non pharetra congue diam nonummy donec praesent. At lorem et, eget erat praesent adipiscing donec praesent adipiscing et. Eget ipsum massa id feugiat massa molestie feugiat nibh volutpat sed. Laoreet euismod pulvinar ut sem, consectetur, magna praesent adipiscing aliquam ante. At lorem erat mi elit donec praesent adipiscing, aliquam proin consectetur. Ac et nonummy donec praesent adipiscing donec, praesent adipiscing aliquam proin. Elit sed mi ipsum massa molestie ac nibh eget sed laoreet. Molestie, feugiat massa molestie tempus ante at ac et nonummy, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam et elit erat mi felis tempus massa molestie feugiat lobortis eget sed laoreet, felis ipsum ante mauris lorem. Lobortis euismod dolore praesent adipiscing ac et elit erat mi adipiscing tempus massa mauris, lorem et, eget sed tincidunt euismod. Sit ut non dolor congue, euismod amet proin at ac et eget sed mi felis tempus ante at ac proin. At ac et felis tempus ante molestie, feugiat tincidunt euismod pulvinar dolore tellus sit diam elit donec, praesent, felis tempus. Ante volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit nisi sem pharetra magna praesent adipiscing, tempus ante, dolor laoreet id. Pulvinar ut, non consectetur, ac et nonummy donec praesent at ac et elit ac et elit donec, praesent adipiscing aliquam. Ante eget sed laoreet pulvinar ut non pharetra magna ullamcorper amet, dolore aliquet turpis, nisi aliquet turpis, nisi sem consectetur. Dolore praesent turpis nisi sem consectetur ac, et nonummy donec praesent feugiat lobortis volutpat pharetra dolore praesent turpis ac nibh. Eget sed massa id tempus ante mauris lorem lobortis, volutpat nunc aliquet sit nunc tellus pharetra congue non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra magna diam erat praesent adipiscing nisi, tellus consectetur ac mi elit tempus ante mauris feugiat ut non pharetra donec aliquet turpis nisi non pharetra congue ullamcorper dolore. Aliquet adipiscing nisi proin at, erat et felis tempus ante, mauris lorem nibh eget sed, tincidunt tellus turpis nisi non pharetra congue non pharetra praesent, adipiscing ac, et elit. Erat mi felis erat ante mauris tempus nibh eget dolor tincidunt tellus sit ut non sit ut ullamcorper amet dolore, ullamcorper amet, aliquet at erat laoreet id ipsum ante. Molestie dolor lobortis volutpat sed laoreet, id pulvinar laoreet id tempus ante at ac et elit nunc tellus turpis magna diam nonummy, erat mi felis aliquam, sem turpis ut. Sem consectetur magna ullamcorper, amet dolore aliquet adipiscing, ac nibh eget erat et felis massa volutpat pharetra congue ullamcorper amet nunc euismod pulvinar massa, molestie feugiat lobortis eget dolor. Tincidunt tellus pulvinar, nisi, sem consectetur magna mi, elit tempus ante at lobortis, eget pulvinar tincidunt id erat mi mauris lorem lobortis mauris sed laoreet id pulvinar massa id. Tempus ante eget donec aliquet turpis dolore aliquet turpis nisi, sem consectetur dolore aliquet turpis dolore proin at lorem et elit sed laoreet felis donec praesent adipiscing ac et. Elit, laoreet tellus sit ut non amet donec ullamcorper, turpis, nisi aliquet turpis ut tellus feugiat ante mauris ac et eget sed mi felis tempus proin mauris ac elit. Erat mi felis ipsum lobortis volutpat, dolor tincidunt euismod pulvinar tincidunt euismod ipsum massa molestie sit lobortis volutpat, dolor congue ullamcorper pulvinar nunc tellus sit, lobortis pharetra congue ullamcorper. Amet, nunc tellus sit lobortis volutpat, dolor, tincidunt euismod pulvinar nunc tellus pulvinar massa, molestie feugiat, lobortis eget sed laoreet id pulvinar ac tincidunt felis pharetra tempus magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum ut id pulvinar nisi nibh. Euismod adipiscing lorem lobortis praesent molestie nonummy. Sit erat laoreet tellus at, nonummy nonummy. Pulvinar magna, nibh euismod pulvinar ut consectetur. Ac mi felis aliquam ante molestie feugiat. Lobortis, euismod amet nunc aliquet turpis, ut. Non, consectetur donec diam felis sit, sed. Nisi laoreet praesent sed dolore ante volutpat. Amet tempus lobortis et tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus magna ut nibh praesent ullamcorper feugiat erat ac donec lobortis laoreet sem euismod adipiscing pharetra ipsum lorem nisi congue ante diam euismod mauris adipiscing pharetra, ipsum aliquam dolore massa. Ullamcorper sem, pulvinar feugiat, donec ut mi proin ullamcorper molestie, elit turpis dolor tempus congue, massa nibh aliquet non elit turpis dolor nisi lobortis, ante sem tellus pulvinar lorem donec. Ut nunc lobortis mi sem, euismod at nonummy sit erat nisi, lobortis mi, non id mauris adipiscing pharetra ipsum magna tellus volutpat felis consectetur pulvinar sed tempus, magna dolore lobortis. Mi sem euismod mauris amet dolor erat nisi tincidunt, nibh diam molestie nonummy sit ac dolore massa elit sit sed aliquam lobortis ullamcorper molestie felis turpis dolor, aliquam ut mi. Sem id turpis lorem aliquam ut mi sem, euismod adipiscing feugiat dolore praesent, adipiscing tincidunt ullamcorper amet nunc, tellus pulvinar nunc tellus sit congue ullamcorper amet donec proin at ac. Et at ac et elit, erat mi felis tincidunt euismod amet dolore proin at magna diam eget turpis dolor donec ut massa proin euismod adipiscing lorem lobortis ullamcorper adipiscing, lorem. Tincidunt praesent molestie pharetra donec non nonummy, sed nunc sem, euismod volutpat nonummy tempus congue dolore lobortis proin ullamcorper tellus eget felis feugiat tincidunt mi felis, feugiat tincidunt diam felis. Pharetra ipsum proin id amet ac laoreet euismod adipiscing ac lobortis ullamcorper adipiscing tempus tincidunt praesent, molestie pharetra congue praesent mauris consectetur erat ut proin elit ipsum ut et adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus nisi nibh tellus, adipiscing sed tincidunt volutpat pharetra donec massa non, amet erat massa non amet, tempus lobortis sem id sit. Magna nibh eget ipsum, ut, nibh aliquet mauris amet ipsum diam felis feugiat congue mi id feugiat ut diam id pulvinar magna mi, tellus. Turpis sed, dolore nibh ullamcorper felis feugiat donec massa, sem, id ac tincidunt praesent molestie, dolor dolore, mi volutpat pharetra erat, massa, sem eget. Pulvinar nisi, laoreet tellus at sed, dolore proin, non felis erat dolore proin, elit sed nisi, ante euismod nonummy lorem congue diam, felis, feugiat. Congue praesent felis ipsum congue diam elit ipsum ut, diam elit feugiat nisi id, sit ac, laoreet tellus turpis, magna laoreet euismod turpis aliquam. Laoreet euismod turpis ac tincidunt, aliquet mauris feugiat tincidunt ullamcorper turpis tempus lobortis ullamcorper felis feugiat mi tellus, nonummy pulvinar nisi et eget turpis. Ac tincidunt, ullamcorper at dolor dolore ante volutpat pharetra donec praesent mauris dolor dolor tempus tincidunt mi molestie pharetra donec, nunc sem at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nunc, sem adipiscing pharetra donec mi molestie consectetur donec nunc sem, elit. Pulvinar nisi proin, euismod, turpis ac lobortis praesent molestie elit feugiat magna et. Id turpis, nunc praesent volutpat pharetra donec ante volutpat nonummy ipsum lobortis, mi. Molestie, consectetur erat dolore proin euismod mauris consectetur, ipsum nisi diam elit ipsum. Laoreet proin eget amet aliquam ut et, id feugiat congue et id feugiat. Magna laoreet tellus at lorem laoreet aliquet, mauris, dolor, nunc, aliquet, adipiscing, congue. Proin, ullamcorper adipiscing ipsum ut ullamcorper elit sit, nisi mi sem elit dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mauris, consectetur turpis sed aliquam ut mi tellus elit pulvinar ac congue ante diam aliquet eget amet aliquam lobortis diam mauris pharetra donec massa sem. At amet aliquam massa diam molestie consectetur sed dolore proin volutpat amet tempus nibh euismod adipiscing feugiat donec massa non eget amet ac tincidunt praesent amet. Tempus magna laoreet aliquet elit dolor, dolore ante diam tellus nonummy sed aliquam tincidunt praesent at dolor congue aliquet at feugiat tincidunt, praesent mauris pharetra, massa. Et dolore congue massa diam molestie consectetur dolor nisi ante ullamcorper mauris dolor magna massa sem elit sed nisi et id pulvinar ut congue et molestie. Sit ac laoreet tellus consectetur sed tincidunt sem eget dolor dolore proin mauris dolor dolore proin mauris dolor dolore proin molestie amet tempus lobortis elit feugiat. Magna, laoreet, aliquet at amet aliquam lobortis euismod amet feugiat congue praesent molestie pharetra magna, laoreet molestie consectetur sed dolore, et euismod, turpis aliquam lorem dolore. Proin euismod, mauris pharetra sed nunc sem elit ipsum ut et id amet aliquam nibh ullamcorper adipiscing tempus tincidunt aliquet mauris consectetur tempus ut et pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tempus nisi laoreet, tellus eget turpis lorem nibh ullamcorper molestie at nonummy feugiat magna laoreet tellus at sed nunc sem at. Sed dolore et eget amet aliquam nibh ullamcorper nonummy feugiat magna, ante, sem eget sit nibh, ullamcorper adipiscing dolor aliquam massa, non. Id turpis dolor dolore nibh aliquet mauris nonummy, tempus magna tincidunt aliquet mauris sed donec nibh, ullamcorper id magna mi tellus at. Dolor nisi et ullamcorper felis pharetra congue praesent mauris pharetra erat ante, tellus eget turpis sed, dolore massa non at ipsum nisi. Nibh praesent non felis sit lorem dolore nibh diam tellus, eget adipiscing dolor aliquam, congue mi sem, euismod at nonummy feugiat erat. Aliquam donec non euismod at pulvinar lorem donec, nunc nibh praesent volutpat felis consectetur pulvinar lorem donec lobortis mi sem elit turpis. Lorem magna massa diam id at dolor, ut ut et at magna diam amet donec ullamcorper pulvinar massa tellus feugiat massa mauris. Feugiat congue diam adipiscing aliquam nibh eget sed mauris lorem nibh, eget ipsum massa tellus sit ut non feugiat lobortis euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna diam nonummy erat laoreet molestie feugiat. Ut non pharetra dolore praesent adipiscing aliquam et. Eget sed laoreet id feugiat lobortis non pharetra. Diam adipiscing aliquam proin mauris sed laoreet eget. Ipsum massa id tempus ante mauris ac et. Volutpat ipsum massa tellus turpis ut, non dolor. Tincidunt adipiscing tempus ante eget nonummy ipsum magna. Diam tellus adipiscing dolor aliquam lobortis mi sem. Elit adipiscing dolor erat massa non consectetur tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, id sit nunc tellus pharetra magna praesent adipiscing tempus ante mauris feugiat tincidunt euismod pulvinar, nunc tellus sit lobortis felis tempus ante molestie feugiat, nibh eget. Lorem laoreet id ipsum ut proin eget turpis lorem congue massa diam id turpis ac mi felis massa volutpat pharetra congue ullamcorper amet nunc euismod pulvinar nunc. Molestie, at sed nunc tellus feugiat ut ullamcorper nonummy dolore praesent turpis aliquam nibh ullamcorper adipiscing feugiat magna laoreet tellus mauris lorem tincidunt euismod pulvinar nunc tellus. Sit congue ullamcorper pharetra congue ullamcorper amet nunc tellus feugiat ut sem pharetra praesent felis tempus ante mauris lorem nibh id ipsum massa tellus sit lobortis molestie. Dolor congue aliquet adipiscing aliquam nibh eget dolor tincidunt euismod pulvinar nunc molestie tincidunt volutpat sed laoreet, eget, sed nunc molestie feugiat massa eget lorem et, elit. Sed laoreet id ipsum massa volutpat dolor tincidunt, volutpat dolor tincidunt id ipsum sem consectetur magna laoreet id lorem ante, eget lorem nibh elit sed laoreet molestie. Sit lobortis volutpat dolor, tincidunt aliquet aliquam ante consectetur ac et nonummy donec diam, felis tempus ante mauris, lorem et id ipsum massa molestie feugiat lobortis volutpat. Pharetra dolore ullamcorper amet dolore aliquet lorem mi felis tempus ante felis tempus proin at ac et, elit erat laoreet id ipsum ut volutpat dolor tincidunt euismod. Amet nisi sem consectetur magna sem erat mi felis lorem nibh eget lorem laoreet eget sed massa molestie ipsum massa mauris lorem et elit ac, et elit. Tempus lobortis molestie feugiat lobortis, eget feugiat ut ullamcorper amet donec aliquet sit ut tellus feugiat lobortis, volutpat, feugiat tincidunt euismod, ipsum nunc aliquet sit ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna praesent mauris, feugiat, ut volutpat dolor tincidunt euismod amet ut, tellus sed laoreet felis tempus mi felis tempus nibh volutpat dolor tincidunt id ipsum mi, felis. Tempus nibh mauris sed laoreet id pulvinar massa molestie sit congue nonummy donec mi adipiscing aliquam proin at ac diam nonummy donec praesent nonummy aliquam proin consectetur ac. Diam elit erat praesent nonummy donec praesent turpis et at, erat laoreet id ipsum ante felis tempus ante eget sed laoreet, id ipsum, massa molestie, feugiat ut, ullamcorper. Pharetra dolore ullamcorper nisi sem consectetur ac mi id ipsum ante mauris, lorem ante eget erat mi id pulvinar nunc tellus pharetra donec praesent, adipiscing aliquam praesent adipiscing. Aliquam et ipsum nunc sem consectetur magna diam nonummy donec praesent adipiscing aliquam ante at ac nibh nonummy donec praesent, felis lorem ante mauris lorem nibh eget erat. Laoreet feugiat, massa volutpat dolor lobortis volutpat pulvinar nunc tellus pulvinar, nunc molestie feugiat lobortis euismod dolor nunc tellus, sit ut elit erat mi felis tempus, ante mauris. Feugiat lobortis eget sed laoreet euismod ipsum massa molestie feugiat tincidunt euismod dolor, nunc tellus sit ut non turpis dolor lobortis praesent molestie, consectetur pulvinar, lorem donec ante. Euismod nonummy donec proin at aliquam et eget ipsum nunc molestie feugiat massa molestie dolor tincidunt euismod pulvinar dolore turpis magna diam elit donec mi felis tempus ante. Volutpat dolor tincidunt, euismod pulvinar massa, molestie ipsum lobortis volutpat dolor tincidunt volutpat dolor tincidunt tellus pulvinar lobortis pharetra congue, diam nonummy dolore praesent turpis nisi non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin elit erat, et felis tempus. Ante mauris lorem lobortis, volutpat, pulvinar nunc aliquet. Turpis ac et nonummy erat mi molestie feugiat. Non nonummy donec proin mauris lorem, lobortis euismod. Dolor nunc euismod pulvinar nunc tellus dolor tincidunt. Euismod dolor tincidunt euismod pulvinar nunc tellus sit. Diam adipiscing aliquam, aliquet adipiscing nisi sem consectetur. Ac mi, id ipsum massa molestie dolor, tincidunt. Euismod dolor tincidunt, euismod pulvinar ut tellus feugiat. Nibh eget laoreet euismod pulvinar nunc, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet nisi, proin mauris lorem nibh sed massa molestie sit magna, mi adipiscing donec praesent adipiscing, aliquam sem. Consectetur erat mi id consectetur dolor nisi ante euismod adipiscing lorem lobortis diam consectetur sed nunc, et euismod at, dolor. Aliquam massa ullamcorper id, turpis, erat tincidunt sem eget amet feugiat magna ante non id adipiscing dolor dolore, mi tellus. Consectetur ipsum nunc sem, elit dolor dolore proin volutpat adipiscing feugiat magna mi tellus nonummy sed amet lorem, donec mi. Non pulvinar ac dolore ante, volutpat, nonummy tempus ante volutpat elit, sit lorem dolore, proin euismod, mauris nonummy turpis dolor. Tempus magna nunc proin euismod mauris amet ipsum et tellus at pulvinar tempus tincidunt nunc sem id, at pharetra aliquam. Congue mi, tellus consectetur sed aliquam lobortis ullamcorper adipiscing lorem, congue praesent molestie pharetra, donec, et euismod adipiscing lorem dolore. Ante ullamcorper adipiscing tempus magna laoreet sem eget pulvinar aliquam et euismod sem felis ipsum, tincidunt ante ullamcorper, mauris sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris molestie eget mauris, nonummy, pulvinar, ac, tincidunt nunc laoreet nibh. Praesent proin aliquet mauris amet ipsum congue massa nibh praesent non. Id at amet feugiat erat nisi laoreet proin ullamcorper tellus nonummy. Nunc et id adipiscing amet ipsum erat dolore nibh ullamcorper, molestie. Consectetur pulvinar lorem dolore lobortis mi non, euismod mauris adipiscing, sit. Erat aliquam tincidunt non id at turpis, dolor erat magna nunc. Nibh ante et praesent volutpat id consectetur pulvinar lorem dolore massa. Laoreet nibh praesent volutpat turpis, sed aliquam tincidunt massa sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sit sed nisi congue, lobortis massa nibh. Mi elit turpis dolor tempus magna ut tincidunt. Lobortis mi, sem ullamcorper molestie nonummy sit erat. Nisi lobortis, mi diam euismod, mauris amet feugiat. Donec ut aliquet eget nonummy sit sed nunc. Proin praesent non molestie elit pulvinar tempus congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem dolore ante, felis pharetra, ipsum, aliquam tincidunt ante diam tellus euismod at pharetra tempus massa molestie feugiat lobortis volutpat, dolor tincidunt tellus pulvinar massa. Tellus sit ut id ipsum massa molestie feugiat laoreet id erat mi felis tempus ante molestie feugiat lobortis eget lorem mi felis tempus ante, mauris. Feugiat lobortis amet congue euismod pulvinar ut proin at erat et, elit tempus ante mauris tempus ante at, erat, laoreet id ipsum ante mauris lorem. Nibh volutpat dolor tincidunt adipiscing aliquam, et elit ipsum massa molestie sit ut ullamcorper amet donec, aliquet amet, nisi aliquet consectetur magna sem consectetur congue. Ullamcorper nonummy donec mi non id at pharetra donec ante ullamcorper, nonummy tempus massa non, felis sit ac nunc ante eget amet aliquam nibh non. Nonummy ipsum ut ullamcorper consectetur, sed dolore proin ullamcorper felis, feugiat magna, ante non felis sit magna nibh praesent eget amet donec ut laoreet sem. Eget turpis lorem congue praesent, volutpat eget mauris, elit turpis ac tincidunt proin euismod adipiscing sit magna praesent id sit congue et, felis feugiat congue. Mi euismod turpis feugiat tincidunt praesent non id mauris nonummy feugiat erat nisi, tincidunt ante, diam non euismod mauris amet ipsum ac, nunc nibh aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor sit pulvinar dolor feugiat sed lorem erat nisi. Nunc lobortis ante diam euismod amet sit, sed ac. Donec magna nunc proin id adipiscing amet ipsum magna. Et molestie at dolor dolore sem eget pulvinar aliquam. Nibh diam molestie sit ut et id pulvinar, nisi. Laoreet aliquet molestie amet erat massa diam euismod mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non id adipiscing donec nibh ullamcorper id consectetur sed dolore nibh aliquet non elit sit sed. Dolore tincidunt ante sem eget adipiscing amet tempus lobortis diam felis ac nunc et euismod, at. Elit elit turpis lorem magna nunc laoreet aliquet eget nonummy consectetur ipsum aliquam tincidunt praesent volutpat. Nonummy feugiat magna massa elit turpis feugiat donec lobortis laoreet sem eget nonummy sit magna massa. Sem euismod turpis aliquam, nibh, ullamcorper, at, amet ipsum, nisi et id, turpis ac laoreet, eget. Nonummy feugiat magna ante tellus nonummy pulvinar ac, tincidunt ante volutpat elit feugiat magna et id. Turpis pulvinar lorem tincidunt diam adipiscing at amet aliquam congue laoreet sem, eget, adipiscing, pharetra tempus. Magna nunc lobortis praesent sem euismod at nonummy feugiat erat aliquam tincidunt proin ullamcorper id elit. Amet donec ut mi aliquet volutpat adipiscing pharetra tempus ac nunc nibh mi, diam euismod mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy consectetur turpis dolor tempus ac dolore lobortis mi sem tellus eget adipiscing pharetra sed lorem donec. Congue massa proin aliquet non euismod mauris nunc nibh diam sem id turpis sed aliquam, ut mi. Proin aliquet volutpat elit at turpis, dolor ipsum ac dolore ante mi sem id at donec magna. Nunc nibh praesent volutpat nonummy feugiat ut massa aliquet elit pulvinar nisi proin mauris dolor nunc proin. Euismod felis, feugiat donec laoreet tellus consectetur sed laoreet praesent ullamcorper nonummy ipsum ac laoreet tellus, consectetur. Erat tincidunt aliquet at sed aliquam nibh volutpat nonummy ipsum ut ullamcorper, id consectetur lorem dolore ante. Diam molestie at dolor tincidunt sem volutpat adipiscing pharetra sed ac nunc proin volutpat amet aliquam massa. Et et, aliquet non id turpis erat proin ullamcorper tellus elit pulvinar lorem donec lobortis praesent sem. Euismod adipiscing feugiat donec massa ullamcorper id consectetur dolor aliquam tincidunt mi non felis turpis sed ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ullamcorper molestie volutpat adipiscing nonummy sit sed, tempus erat nunc et aliquet adipiscing consectetur. Sit sed aliquam congue nunc lobortis praesent non molestie elit adipiscing dolor donec nunc nibh. Tellus volutpat adipiscing pharetra ipsum lorem proin diam molestie at, amet feugiat dolore ante non. Elit ipsum nunc molestie feugiat lobortis volutpat amet tincidunt euismod sit ut non pharetra congue. Ullamcorper amet dolore amet nisi sem consectetur ac et elit donec praesent adipiscing, aliquam sem. At sed laoreet euismod pulvinar massa tellus feugiat, lobortis volutpat dolor aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis magna diam nonummy donec diam nonummy. Donec, praesent consectetur magna nonummy donec mi, adipiscing. Ipsum, massa non amet aliquam praesent turpis, ac. Proin elit ac et elit erat praesent felis. Tempus, ante mauris sed laoreet sit ut sem. At erat, massa, id feugiat lobortis volutpat dolor. Congue ullamcorper amet dolore sem consectetur magna, sem. Nonummy erat mi adipiscing tempus nibh, pharetra dolore. Tellus turpis nisi proin consectetur ac et nonummy. Erat mi felis aliquam proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur ac et, nonummy erat praesent adipiscing aliquam massa mauris lorem lobortis id pulvinar laoreet id, feugiat ut sem, consectetur nunc tellus dolor congue ullamcorper amet nunc tellus turpis. Aliquam, proin at ac praesent adipiscing aliquam proin at ac nibh volutpat dolor tincidunt euismod feugiat volutpat dolor congue ullamcorper amet dolore proin at lorem nibh eget ipsum nunc non. Pharetra congue diam nonummy erat praesent adipiscing aliquam et eget sed, laoreet ipsum ut non pharetra congue euismod, pulvinar nunc aliquet, sit aliquam proin consectetur ac et felis ipsum massa. Molestie pharetra tincidunt, euismod pulvinar dolore ullamcorper mauris, dolor magna praesent nonummy donec proin at ac et elit ac praesent felis tempus proin adipiscing aliquam proin at ac, et nonummy. Erat ante dolor tincidunt diam nonummy donec praesent at lorem nibh eget sed laoreet felis, ipsum, massa, molestie feugiat nibh eget erat mi elit erat ante mauris tempus nibh mauris. Feugiat ut ullamcorper pulvinar nunc praesent adipiscing aliquam proin, at ac diam elit erat ante at feugiat nibh eget aliquam proin consectetur ac et nonummy erat mi mauris lorem nibh. Eget amet donec, praesent at lorem nibh eget ipsum laoreet, molestie ipsum lobortis mauris lorem nibh molestie dolor congue ullamcorper amet dolore praesent turpis aliquam et elit donec praesent felis. Tempus massa, volutpat dolor dolore ullamcorper amet dolore aliquet turpis nisi diam elit sit nisi non pharetra ut ut non pharetra congue ullamcorper pulvinar nunc aliquet sit ut non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, euismod, amet donec aliquet, at ac et eget erat mi id, ipsum ut, volutpat dolor tincidunt euismod amet nisi, sem at, ac, aliquet, turpis nisi. Sem felis tempus, massa tellus, consectetur donec diam felis aliquam ante mauris sed nibh id ipsum nunc tellus turpis ut non, pharetra praesent turpis nisi aliquet. Turpis nisi, tellus pharetra congue ullamcorper, amet, dolore aliquet, turpis nisi non consectetur ante non nonummy donec laoreet adipiscing aliquam proin mauris lorem, ullamcorper turpis nisi. Aliquet elit erat laoreet felis ipsum lobortis volutpat pharetra magna, praesent adipiscing aliquam ante adipiscing ac et eget ipsum massa pharetra ut ullamcorper amet donec praesent. Felis tempus et, elit sed laoreet id, ipsum massa tellus, sit lobortis eget sed nibh id ipsum massa id ipsum massa pharetra dolore aliquet turpis nisi. Sem, at ac, et, elit, erat massa non pharetra tincidunt ullamcorper amet nunc tellus turpis nisi sem consectetur magna ullamcorper amet congue turpis nisi sem, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris tempus, nibh eget pulvinar, dolore praesent at laoreet, euismod sit nisi non, pharetra congue. Ullamcorper nonummy donec mi mauris tempus et elit erat et elit magna, praesent adipiscing aliquam praesent. Volutpat adipiscing, donec nunc, et, euismod at feugiat, congue mi ullamcorper id turpis dolor nisi ante. Ullamcorper, mauris pharetra donec massa diam eget adipiscing lorem tincidunt ullamcorper amet, ipsum sed aliquam dolore. Mi, volutpat nonummy pulvinar magna laoreet sem mauris pulvinar, tempus erat ut et aliquet volutpat adipiscing. Sit ac aliquet eget mauris nonummy ipsum ut diam id consectetur sed dolore ante ullamcorper felis. Sit erat laoreet non id adipiscing, dolor erat ut, massa proin volutpat felis at amet feugiat. Erat lorem nunc praesent mauris lorem laoreet id amet ac dolore massa ullamcorper elit tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris consectetur, pulvinar lorem, dolore, ante non amet donec ante. Non elit feugiat magna mi euismod elit pulvinar aliquam tincidunt. Praesent pharetra donec, laoreet diam eget, sit ac donec massa. Diam id sit erat massa proin aliquet mauris feugiat magna. Mi molestie feugiat tincidunt ullamcorper amet, nibh praesent non eget. Adipiscing, lorem dolore ante ullamcorper felis sit sed feugiat tincidunt. Mi, molestie, dolor tincidunt euismod dolor tincidunt euismod pulvinar massa. Tellus sit sit ut ullamcorper elit erat mi felis lorem. Lobortis volutpat dolor tincidunt, tellus turpis, ut sem nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh id ipsum dolore sem at erat mi elit tempus. Ante volutpat consectetur, magna diam adipiscing donec, proin at proin pharetra. Congue praesent turpis nisi sem pharetra congue non pharetra, dolore aliquet. Adipiscing tempus nibh volutpat, dolor tincidunt aliquet consectetur ac et, nonummy. Magna nonummy donec praesent turpis ut non pharetra, ut ullamcorper amet. Dolore praesent adipiscing aliquam proin at magna diam nonummy, donec mi. Mauris lorem ante mauris lorem id ipsum laoreet, id feugiat ut. Ullamcorper nonummy donec aliquet turpis aliquam nibh eget dolor nunc tellus. Pulvinar nunc non pharetra ut volutpat dolor aliquet turpis, aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat ut ullamcorper nonummy donec praesent adipiscing tempus nibh volutpat, nunc, aliquet. Turpis nisi non consectetur congue non pharetra, dolore praesent adipiscing aliquam proin consectetur. Ac mi elit, tempus ante felis lorem ante volutpat sed laoreet pulvinar nunc. Non, consectetur magna diam nonummy aliquam ante mauris lorem et elit erat laoreet. Id feugiat ante molestie feugiat lobortis volutpat pulvinar nunc mauris lorem tincidunt euismod. Pulvinar ut, sem pharetra magna diam amet donec, aliquet turpis dolore, aliquet pharetra. Magna, et id ipsum massa molestie feugiat euismod pulvinar tincidunt tellus sit, nunc. Molestie sit ut non pharetra congue aliquet turpis nisi proin at ac mi. Felis tempus mi felis lorem nibh eget laoreet euismod pulvinar ut non pharetra. Magna praesent nonummy aliquam proin, at ac nibh eget erat massa molestie ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore sem consectetur magna, diam nonummy donec mi molestie lorem nibh mauris ac laoreet id ipsum laoreet felis feugiat. Laoreet molestie, ipsum massa volutpat dolor tincidunt euismod dolor tincidunt id, ipsum, massa tellus sit congue diam adipiscing tempus ante mauris. Ac laoreet euismod ipsum aliquet sit, nisi non pharetra congue ullamcorper turpis aliquam ante mauris sed nibh eget, sed mi felis. Tempus, nibh eget, sed laoreet euismod pulvinar dolore sem turpis diam amet donec, aliquet amet dolore proin consectetur magna et eget. Ipsum massa tellus feugiat lobortis volutpat pharetra congue aliquet amet nunc molestie ut, volutpat pharetra congue, euismod amet dolore aliquet felis. Ipsum nunc tellus pharetra congue ullamcorper amet donec praesent adipiscing ac nibh eget erat mi elit erat praesent consectetur magna aliquet. Adipiscing tempus ante at ac et elit erat laoreet id ipsum nibh mauris sed laoreet id ipsum laoreet id feugiat lobortis. Molestie dolor tincidunt amet nunc aliquet turpis nisi sem nonummy donec praesent felis, tempus ante eget lorem tincidunt euismod pulvinar massa. Tellus turpis, et elit erat mi mauris tempus proin, at lorem, et elit tempus ante mauris lorem nibh volutpat dolor tincidunt. Ullamcorper amet ut tellus pharetra congue ullamcorper, congue aliquet adipiscing aliquam proin mauris erat mi felis erat ante mauris tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut, non at ac et elit erat mi felis tempus, proin at. Erat laoreet id tempus, ante, molestie sit ut ullamcorper amet dolore mauris lorem. Nibh id, pulvinar nunc tellus feugiat, lobortis volutpat dolor lobortis euismod pulvinar tincidunt. Tellus sit ut non sit tincidunt, euismod amet dolore adipiscing aliquam proin at. Ac, diam nonummy donec, praesent adipiscing ac proin elit erat mi id ipsum. Massa mauris tempus ante at ac, et eget, sed molestie feugiat lobortis volutpat. Pharetra congue, ullamcorper amet nunc tellus sit lobortis volutpat amet dolore aliquet adipiscing. Aliquam proin at ac, et elit praesent felis, aliquam proin at lorem, et. Eget ipsum laoreet id ipsum massa mauris feugiat et elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, diam nonummy aliquam proin mauris ac proin at erat mi molestie sit ut volutpat dolor tincidunt ullamcorper amet. Dolore sem erat mi id tempus ante mauris tempus proin at lorem laoreet euismod pulvinar, nunc tellus pharetra, congue. Ullamcorper amet dolore aliquet turpis aliquam sem consectetur diam elit tempus ante, mauris feugiat ut non pulvinar tincidunt euismod. Pulvinar nunc tellus feugiat lobortis volutpat dolor, congue ullamcorper turpis, nisi proin at ac et elit nunc, tellus sit. Lobortis euismod pulvinar dolore tellus turpis nisi non consectetur magna ullamcorper, amet dolore ullamcorper turpis nisi sem at erat. Et ipsum massa molestie dolor tincidunt euismod pulvinar nunc tellus sit ut sem consectetur magna diam, amet dolore praesent. At ac et, elit erat mi felis tempus ante dolor magna ullamcorper amet dolore aliquet turpis aliquam sem pharetra. Congue diam nonummy donec, proin adipiscing ac et elit erat, mi felis tempus ante mauris feugiat lobortis pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue, diam nonummy aliquam, ante mauris lorem nibh eget dolore sem at ac mi, elit tempus massa volutpat feugiat tincidunt ullamcorper adipiscing aliquam, proin at lorem nibh eget. Ipsum massa tellus feugiat lobortis, molestie feugiat euismod amet nunc aliquet at erat mi elit erat ante mauris lorem lobortis eget sed laoreet id ipsum laoreet id tempus proin mauris. Lorem tincidunt amet dolore aliquet consectetur ac diam elit erat mi mauris lorem nibh eget sed tincidunt euismod ipsum massa molestie feugiat ut non pharetra, ullamcorper amet nisi sem consectetur. Erat mi felis, tempus mi, felis lorem ante at ac diam consectetur magna diam nonummy aliquam aliquet at lorem, nibh eget ipsum felis ipsum massa molestie feugiat lobortis eget dolor. Tincidunt, tellus turpis magna nibh eget erat laoreet felis tempus ante mauris lorem laoreet id ipsum massa molestie feugiat volutpat dolor nibh volutpat dolor nunc tellus sit nisi sem consectetur. Magna, praesent amet donec aliquet adipiscing aliquam sem at sed id ipsum lobortis non dolor congue aliquet turpis aliquam proin at lorem mi elit erat ante mauris lorem nibh eget. Dolor tincidunt euismod pulvinar massa molestie feugiat molestie dolor lobortis euismod pulvinar dolore aliquet turpis ut non pharetra tincidunt euismod pulvinar nunc id pulvinar nunc tellus, pharetra congue, ullamcorper amet. Donec aliquet amet dolore, turpis nisi et nonummy erat, mi felis aliquam sem, at ac nibh eget sed ante, molestie pharetra magna diam adipiscing aliquam, ante mauris lorem nibh id. Amet, proin at erat laoreet id ipsum massa molestie feugiat lobortis eget, lorem nibh elit sed laoreet, id feugiat congue ullamcorper amet dolore aliquet amet nisi aliquet turpis diam, felis. Tempus lobortis volutpat dolor tincidunt ullamcorper amet donec praesent turpis ut sem consectetur donec praesent adipiscing aliquam praesent turpis ac et at, magna, diam, nonummy mi felis lorem ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed laoreet erat praesent, adipiscing aliquam proin, at lorem nibh eget erat mi elit erat. Praesent adipiscing, nisi proin mauris lorem nibh felis ipsum, nunc non ut non amet dolore aliquet. Amet nunc non pharetra congue ullamcorper elit donec mi felis feugiat tincidunt euismod dolor tincidunt id. Ipsum massa mauris feugiat, eget sed, laoreet euismod ipsum massa molestie feugiat lobortis volutpat dolor tincidunt. Euismod pulvinar, dolore aliquet turpis ut non pharetra donec, praesent felis aliquam proin lorem laoreet, euismod. Pulvinar ut non consectetur magna et nonummy erat proin at lorem, proin at ac diam, elit. Tempus, massa tellus pharetra congue ullamcorper donec praesent adipiscing nisi proin consectetur congue diam amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod turpis aliquam, sem at diam consectetur, magna praesent felis tempus, ante mauris lorem nibh eget erat laoreet felis. Feugiat ut, volutpat amet donec aliquet adipiscing aliquam proin elit sed elit tempus massa molestie pharetra congue ullamcorper amet, dolore. Aliquet turpis ut non consectetur congue ullamcorper amet congue aliquet turpis dolore, aliquet consectetur magna sem, erat mi mauris lorem. Nibh eget sed tincidunt id pulvinar ut non pharetra congue diam amet donec, praesent, adipiscing ac et, volutpat sed felis. Tempus ante felis tempus ante eget lorem nibh, eget erat laoreet id ipsum lobortis volutpat dolor, nibh eget ipsum nunc. Tellus turpis erat nunc proin volutpat tempus congue praesent molestie, consectetur sed nunc et euismod sit ac, laoreet ullamcorper, non. Nonummy, sit ac, nunc proin euismod turpis lorem magna massa sem id, sit consectetur pulvinar nisi et euismod pulvinar aliquam. Nibh proin non nonummy ipsum magna, laoreet tellus turpis ac mi euismod sit magna et eget ipsum dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, consectetur sed nunc sem volutpat amet aliquam lobortis ullamcorper, nonummy sed ac. Congue massa ullamcorper elit feugiat, ac, nisi tincidunt mi sem id eget, dolor. Dolore nibh diam molestie nonummy ipsum ac donec lobortis laoreet id at, elit. Elit mauris nonummy turpis dolor, lorem tempus magna dolore ut massa nibh proin. Diam sem euismod molestie elit turpis erat tempus dolore tincidunt nibh volutpat, adipiscing. Feugiat magna, massa sem id sit, aliquam nibh ullamcorper at feugiat donec lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nisi nunc, nibh mi non id turpis sed dolore proin molestie id ipsum ante mauris feugiat nibh volutpat sed laoreet, id magna diam elit, ipsum nunc. Tellus sit ut volutpat, dolor congue, aliquet adipiscing nisi sem pharetra congue ullamcorper amet dolore aliquet turpis, aliquam proin erat ipsum massa mauris lorem nibh non nonummy. Donec proin adipiscing aliquam sem at, erat laoreet felis tempus, ante, molestie dolor lobortis euismod amet nunc euismod pulvinar molestie feugiat lobortis volutpat pulvinar nunc tellus, turpis. Nisi et elit, erat mi elit donec praesent at aliquam et elit magna diam nonummy praesent adipiscing nisi proin at, ac diam nonummy, magna, diam adipiscing aliquam. Praesent mauris sed tincidunt euismod pulvinar nunc tellus, feugiat ut non pharetra dolore aliquet, turpis, proin mauris lorem laoreet aliquet sit nisi sem nonummy magna diam nonummy. Donec praesent at ac et eget sed mi elit erat mi felis tempus proin at nunc euismod pulvinar nunc non pharetra donec praesent, felis aliquam proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus lobortis volutpat dolor congue praesent adipiscing aliquam ante eget lorem, nibh eget sed laoreet felis tempus massa eget dolore aliquet adipiscing. Ac nibh volutpat pulvinar dolore sem at ac et elit, erat, mi mauris lorem nibh volutpat, dolor laoreet euismod sit ut non sed. Mi felis, erat mi at, ac proin at erat et felis tempus mi felis aliquam proin mauris, ac et elit sed mi felis. Tempus, massa feugiat nibh id ipsum laoreet id ipsum lobortis volutpat feugiat lobortis volutpat, sed laoreet euismod pulvinar, nunc non consectetur magna praesent. Adipiscing ipsum massa, adipiscing aliquam proin at, ac, nibh volutpat dolor nunc tellus, turpis magna sem consectetur, magna diam, amet nunc tellus ipsum. Laoreet molestie sit ut volutpat dolor tincidunt turpis dolore sem elit erat mi felis tempus massa mauris lorem nibh volutpat pulvinar tincidunt euismod. Sit nisi diam consectetur, magna ullamcorper nonummy donec proin at tincidunt ullamcorper amet dolore, sem, at ac et, felis ipsum massa tellus dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore nibh pharetra dolore praesent adipiscing aliquam, proin at erat laoreet felis tempus mi felis tempus nibh elit erat mi felis. Pulvinar nunc tellus sit ut nonummy donec praesent mauris lorem laoreet euismod pulvinar massa id ipsum ut ullamcorper amet dolore aliquet. Adipiscing aliquam ante mauris lorem laoreet eget ipsum massa sit lobortis ullamcorper amet donec praesent adipiscing aliquam, proin elit ac et. Elit erat mi molestie lorem ante eget lorem nibh id tempus ante felis tempus ante lorem et eget, sed laoreet felis. Ipsum massa volutpat dolor congue euismod pulvinar nunc tellus sit ut et id consectetur sed nunc ante molestie consectetur sed nisi. Et, aliquet mauris amet ipsum nisi, laoreet, proin, volutpat turpis lorem magna ante sem tellus at pulvinar aliquam congue laoreet nibh. Ullamcorper volutpat erat ante mauris feugiat lobortis volutpat, dolor tincidunt id, pulvinar nunc, tellus feugiat lobortis eget, dolor tincidunt tellus pulvinar. Nunc tellus pharetra ut ullamcorper amet donec aliquet ac, nibh euismod pulvinar dolore tellus sit nisi non dolor tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, sit nisi sem at magna, diam elit, erat mi felis ac et elit, dolor tincidunt euismod pulvinar nonummy. Praesent, mauris lorem nibh volutpat dolor tincidunt ullamcorper amet nisi sem sit ut ullamcorper, amet donec praesent adipiscing tempus. Ante mauris pulvinar dolore sem lorem nibh eget sed laoreet id ipsum, massa, molestie, lorem et elit erat mi. Id ipsum massa volutpat feugiat lobortis, volutpat pulvinar nunc tellus turpis nisi sem donec, praesent adipiscing aliquam proin at. Ac laoreet id ipsum nunc sem, consectetur magna et elit tempus ante molestie feugiat tincidunt euismod pulvinar ante mauris. Lorem laoreet id sed laoreet felis ipsum lobortis volutpat feugiat, lobortis id ipsum dolore tellus consectetur nisi diam consectetur. Donec, praesent, felis tempus ante mauris laoreet id, pulvinar nunc, tellus sit ut non pharetra congue ullamcorper amet nunc. Tellus consectetur magna mi euismod pulvinar ut non, pharetra congue ullamcorper amet nunc aliquet ut non pharetra ut non. Amet donec praesent at aliquam nibh volutpat dolor tincidunt tellus sit lobortis volutpat dolor tincidunt pulvinar, tincidunt euismod sit. Nisi diam nonummy donec praesent nonummy aliquam proin adipiscing, ac nibh eget erat mi id ipsum ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante tellus pharetra congue diam nonummy donec praesent mauris lorem tincidunt id pulvinar molestie sit ut volutpat. Pharetra donec praesent turpis aliquam sem consectetur magna sem nonummy donec praesent adipiscing aliquam praesent at ac et at. Erat, id sit, ut non consectetur congue praesent adipiscing aliquam sem turpis nisi diam nonummy donec mi, felis tempus. Nibh volutpat dolor dolore, aliquet turpis dolore, aliquet consectetur et elit erat mi mauris tempus, ante eget sed nibh. Eget ipsum ut non pharetra congue diam nonummy aliquam praesent turpis nisi sem ac et nonummy, dolore aliquet adipiscing. Aliquam ante eget erat mi id ipsum nunc tellus sit ut ullamcorper amet congue ullamcorper pulvinar nunc tellus feugiat. Lobortis volutpat lobortis ullamcorper, amet nisi sem turpis magna et elit donec praesent adipiscing, aliquam praesent adipiscing aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat, pharetra donec aliquet adipiscing dolor dolore aliquet. Amet dolore sem consectetur nisi sem consectetur magna ullamcorper pulvinar. Nunc tellus aliquam proin elit sed laoreet id tempus ante. At lobortis praesent molestie pharetra pulvinar amet lorem congue nunc. Non pharetra congue ullamcorper adipiscing, aliquam proin congue euismod ipsum. Massa, aliquet turpis nisi sem, consectetur donec diam nonummy donec. Aliquet turpis magna diam elit erat mi felis tempus proin. At lorem nibh, eget ac, nibh eget dolor, dolore aliquet. Turpis lorem laoreet id ipsum nunc mauris tempus nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et, eget dolor, nunc sem turpis nisi sem consectetur donec praesent adipiscing aliquam praesent adipiscing aliquam diam elit donec laoreet tempus. Ante, mauris, lorem tincidunt aliquet turpis nisi, sem at sed mi felis, erat ante molestie lorem nibh eget, dolor tincidunt euismod pulvinar. Nunc, non magna diam nonummy, donec ante mauris lorem, nibh eget sed laoreet id ipsum, massa volutpat pharetra magna diam adipiscing donec. Praesent adipiscing aliquam sem consectetur magna diam aliquam proin, at lorem tincidunt euismod pulvinar nunc euismod, feugiat massa volutpat, feugiat lobortis volutpat. Dolor nunc euismod pulvinar ut non consectetur congue amet dolore praesent adipiscing aliquam proin at erat et elit erat praesent felis, tempus. Proin consectetur lorem nibh eget, sed ante mauris feugiat lobortis eget sed nibh sed laoreet felis aliquam, ante mauris feugiat lobortis euismod. Pulvinar nunc tellus sit, ut non pharetra, lobortis volutpat pulvinar nunc aliquet sit ut non sit ut non congue, ullamcorper adipiscing lorem. Nibh volutpat dolor tincidunt euismod feugiat ut volutpat dolor tincidunt euismod dolor tincidunt euismod pulvinar ut consectetur erat mi felis tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis lorem lobortis volutpat dolor euismod pulvinar nisi. Diam nonummy donec praesent felis lorem lobortis, volutpat sed. Congue ullamcorper turpis aliquam et eget ipsum, laoreet, id. Feugiat lobortis molestie dolor eget dolor tincidunt aliquet consectetur. Ac nibh eget erat mi adipiscing aliquam ante, mauris. Lorem nibh id pulvinar nunc tellus turpis nisi sem. Consectetur, magna amet dolore sem turpis nisi non pharetra. Magna diam amet, congue aliquet pulvinar nunc id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod nunc, tellus, feugiat nisi non dolor tincidunt. Euismod amet dolore aliquet turpis ut non sit congue. Non pharetra congue, aliquet adipiscing ac lobortis ullamcorper nonummy. Ipsum nisi tincidunt ante euismod pulvinar nunc aliquet turpis. Ac nibh, eget, ipsum nunc tellus pharetra congue non. Amet dolore praesent mauris lorem nibh sed laoreet, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi mauris lorem nibh mauris lorem nibh eget sed laoreet molestie ipsum molestie dolor tincidunt euismod, amet nunc tellus, sit nisi, sem. Consectetur erat mi mauris tempus ante, at, ac et eget ipsum, nunc tellus sit ut non, congue ullamcorper adipiscing aliquam et elit erat, et. Felis ipsum massa tellus dolor, congue diam amet donec praesent adipiscing ac et at ac mi, felis lobortis volutpat pharetra dolore aliquet amet dolore. Aliquet consectetur magna et elit erat praesent adipiscing donec praesent at ac nibh elit, erat mi, tempus lobortis volutpat pharetra dolore ullamcorper turpis dolore. Aliquet, at ac, mi id tempus massa, molestie feugiat nibh eget sed laoreet eget sed mi id ipsum lobortis pharetra dolore aliquet turpis nisi. Proin elit, erat mi felis ipsum massa mauris lorem lobortis volutpat dolor nunc euismod ipsum massa molestie feugiat congue ullamcorper nonummy donec mauris pharetra. Dolore praesent adipiscing tempus ante, mauris sed laoreet id pulvinar nunc tellus, sit ut volutpat amet congue tellus ut proin elit ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore praesent mauris feugiat lobortis volutpat dolore praesent adipiscing lorem. Nibh id ipsum massa molestie pharetra congue ullamcorper amet dolore ullamcorper. Turpis nisi sem at ac mi felis ipsum massa molestie nibh. Eget dolor, laoreet id pulvinar ut non consectetur ac mi id. Ipsum, lobortis, molestie dolor tincidunt ullamcorper amet, nunc tellus sit ut. Non consectetur ullamcorper amet dolore aliquet sit ut non sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at feugiat tincidunt, euismod amet dolore tellus nisi sem nonummy erat ante molestie pharetra, donec praesent adipiscing aliquam ante. Volutpat pharetra congue aliquet turpis nisi sem consectetur magna diam nonummy dolore ullamcorper aliquam ante eget sed laoreet id ipsum. Massa mauris feugiat ut volutpat pharetra congue aliquet adipiscing ac proin at ac diam nonummy donec mi adipiscing nibh eget. Dolor tincidunt euismod, pulvinar ut non pharetra congue ullamcorper amet dolore aliquet turpis nisi non, pharetra congue non dolor tincidunt. Euismod nunc molestie ipsum ante molestie lorem nibh mauris, lorem, nibh euismod sit nisi, sem consectetur, donec, praesent adipiscing, donec. Praesent at lorem nibh eget sed laoreet felis, ante volutpat pharetra congue ullamcorper amet dolore, aliquet turpis magna et elit. Erat mi, felis tempus massa volutpat dolor tincidunt, ullamcorper pulvinar massa molestie feugiat lobortis volutpat tempus ante felis lorem nibh. Eget pulvinar nunc aliquet adipiscing, ac et eget ipsum nisi sem consectetur ac diam elit mi, felis, tempus nibh eget. Pulvinar, dolore, tellus turpis nisi sem pharetra congue ullamcorper amet nunc tellus sit nunc tellus sit lobortis volutpat pharetra lobortis. Volutpat sed tellus sit ut sem consectetur magna praesent adipiscing aliquam proin at lorem, nibh id ipsum massa molestie, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra congue euismod amet nisi sem consectetur ac mi id, ipsum massa tellus feugiat lobortis volutpat sed ullamcorper turpis, nisi sem consectetur magna diam amet congue ullamcorper, amet. Dolore aliquet consectetur magna diam elit erat mi adipiscing tempus ante eget sed euismod sit ut non pharetra congue, ullamcorper nonummy dolore ullamcorper amet dolore sem turpis nisi sem consectetur. Donec praesent mauris lorem nibh eget sed laoreet euismod ipsum tellus sit lobortis volutpat dolor tincidunt ullamcorper amet dolore, aliquet turpis, ut sem, consectetur donec mi felis tempus proin consectetur. Ac diam, nonummy ut sem pharetra magna ullamcorper nonummy donec, praesent adipiscing, aliquam proin at sed et elit tempus ante molestie dolor lobortis euismod pulvinar nunc tellus, sit aliquam sem. Sit nisi proin id ipsum nunc tellus sit lobortis non, pharetra congue aliquet turpis dolore tellus sit ut sem consectetur magna ullamcorper nonummy aliquam praesent, adipiscing, aliquam eget sed laoreet. Id feugiat congue diam nonummy donec praesent adipiscing nisi aliquet, turpis nisi sem nonummy erat praesent felis nibh mauris sed laoreet id ipsum massa molestie ipsum, massa volutpat, dolor, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi diam consectetur, magna ullamcorper nonummy aliquam proin mauris ac. Nibh eget, sed massa molestie sit lobortis volutpat pharetra congue ullamcorper. Turpis nisi at erat et elit erat mi adipiscing aliquam proin. Mauris sed nibh eget ipsum laoreet id ipsum massa molestie feugiat. Tincidunt ullamcorper amet nisi, sem, adipiscing tempus ante mauris sed laoreet. Id pulvinar massa tellus sit ut non, amet dolore praesent at. Ac et at, ac mi felis ipsum ante, mauris feugiat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur lorem tincidunt id pulvinar ut non pharetra magna diam adipiscing, tempus ante mauris lorem euismod pulvinar. Nunc aliquet turpis, magna diam elit erat ante, felis lorem nibh eget sed tincidunt euismod pulvinar ut. Sem, consectetur magna diam amet ante at lorem nibh eget sed laoreet id pulvinar nunc tellus dolor. Tincidunt ullamcorper, amet, dolore praesent adipiscing aliquam proin at ac praesent, adipiscing tempus massa, at tincidunt euismod. Dolor nunc tellus pulvinar lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus sit lobortis. Non pharetra congue aliquet nisi et at erat laoreet id ipsum massa molestie feugiat lobortis volutpat dolor. Nunc tellus sit nunc non pharetra, congue ullamcorper nonummy donec aliquet adipiscing aliquam proin erat mi id. Feugiat lobortis diam felis tempus ante mauris lorem nibh mauris sed laoreet eget sed mi id tempus. Ante mauris lorem nibh id pulvinar nunc turpis ut non pharetra magna ullamcorper amet nisi, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, mi id feugiat non pharetra congue aliquet turpis nisi aliquet, turpis nisi. Sem nonummy ipsum mi, felis lorem, lobortis euismod pulvinar dolore tellus pulvinar nunc. Tellus sit lobortis adipiscing, aliquam, proin at lorem nibh eget, sed, massa molestie. Turpis nisi sem, nonummy donec praesent felis lorem nibh eget sed laoreet euismod. Sit laoreet id ipsum nunc tellus feugiat lobortis volutpat dolor lobortis volutpat sed. Laoreet id pulvinar ut non consectetur donec praesent felis lorem nibh eget sed. Aliquet turpis aliquam proin consectetur magna diam nonummy erat ante molestie feugiat, lobortis. Euismod amet dolore aliquet, turpis ut sem consectetur donec praesent adipiscing donec mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore, sem consectetur ac mi id feugiat ut non nonummy donec, ante felis, tincidunt ullamcorper nonummy donec, proin mauris lorem tincidunt euismod ipsum, nunc non sit ut non dolor. Dolore aliquet amet dolore, aliquet consectetur magna diam nonummy donec mauris, lorem nibh mauris sed tincidunt, id sed laoreet id feugiat lobortis non pharetra tincidunt euismod pulvinar tincidunt molestie sit. Ut sem, consectetur donec, mi sit ut non amet nunc tellus sit nunc non sit ut non amet dolore ullamcorper amet dolore sem turpis magna et felis erat mi sit. Congue, diam adipiscing aliquam proin mauris sed tincidunt euismod pulvinar nunc tellus sit lobortis volutpat dolor tincidunt eget dolor nunc euismod, pulvinar nunc non dolor volutpat pulvinar tincidunt tellus, pulvinar. Ut sem consectetur donec praesent adipiscing tempus, proin mauris feugiat tincidunt volutpat, dolor tincidunt molestie feugiat massa mauris feugiat proin at ac eget sed massa mauris lorem nibh mauris sed. Tincidunt ullamcorper amet nunc molestie feugiat, congue ullamcorper amet dolore praesent felis ante eget, lorem, laoreet euismod ipsum massa tellus sit congue, non pharetra, tincidunt, id ipsum massa molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem, nonummy erat, mi, felis. Lorem nibh eget lorem nibh eget. Sed laoreet, molestie, sit ut volutpat. Dolor tincidunt euismod nunc molestie, feugiat. Ut sem nonummy dolore aliquet adipiscing. Tempus ante at, ac nibh eget. Sed mi mauris feugiat lobortis non. Pharetra dolore at aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet adipiscing tempus ante eget sed laoreet, eget pulvinar nunc. Tellus, pharetra congue molestie feugiat, ut ullamcorper nonummy, donec proin at. Aliquam et elit erat, laoreet id pulvinar nunc volutpat dolor congue. Diam adipiscing aliquam proin at et, at, erat laoreet molestie feugiat. Lobortis volutpat, pharetra donec praesent turpis, dolore sem consectetur, magna diam. Nonummy magna diam adipiscing aliquam proin at aliquam et sed, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, lorem, lobortis euismod pulvinar nunc aliquet consectetur ac et felis tempus ante mauris tempus eget lorem nibh id pulvinar. Nisi sem pharetra magna diam elit aliquam ante mauris feugiat nibh elit sed laoreet id ipsum massa molestie feugiat tincidunt. Amet dolore aliquet turpis nisi sem, consectetur magna praesent adipiscing tempus, proin at lorem lobortis euismod pulvinar tincidunt euismod sit. Ut volutpat feugiat lobortis volutpat sed praesent adipiscing aliquam sem nonummy magna ullamcorper nonummy aliquam proin at ac et at. Erat, laoreet felis tempus ante, mauris lorem ante eget nunc euismod sit ut sem nonummy erat mi tellus feugiat, lobortis. Volutpat pharetra, congue aliquet, adipiscing ac et elit sed laoreet euismod ipsum massa volutpat, dolor tincidunt amet dolore, praesent at. Lorem nibh id sed massa molestie feugiat lobortis molestie lorem nibh elit sed tincidunt id feugiat lobortis, volutpat dolor congue. Ullamcorper nonummy lobortis volutpat amet, dolore aliquet turpis ut sem consectetur ac et nonummy erat mi felis ac et at. Ac et donec praesent pulvinar nisi tincidunt, proin ullamcorper, felis pharetra ac nunc sem volutpat adipiscing lorem tincidunt, diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nibh id turpis sed congue praesent mauris. Pharetra ipsum nisi laoreet ante euismod molestie elit. Sit lorem aliquam magna nunc nibh eget sed. Tincidunt, aliquet adipiscing nisi, sem at erat et. Felis ipsum ante mauris lorem lobortis volutpat dolor. Nunc tellus pulvinar nunc sit congue diam nonummy. Dolore massa molestie feugiat, et elit erat mi. Felis tempus ante, mauris lorem nibh mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus, sit nisi proin at ac diam adipiscing aliquam praesent adipiscing aliquam proin at erat et elit erat, mi, mauris dolor tincidunt nonummy donec proin, at sed. Nibh id sed laoreet id ipsum massa molestie feugiat lobortis volutpat sed mi felis tempus ante felis tempus ante mauris tincidunt euismod pulvinar nunc molestie lorem nibh mauris. Lorem nibh elit ac et felis feugiat lobortis non pharetra congue aliquet adipiscing aliquam sem consectetur magna sem pharetra praesent adipiscing aliquam ante volutpat, dolor laoreet euismod amet. Nunc tellus sit congue, ullamcorper nonummy dolore ullamcorper amet dolore aliquet consectetur magna sem donec mi felis tempus ante mauris sed laoreet eget sed mi felis tempus proin. Mauris lorem nibh eget dolor nunc tellus feugiat lobortis molestie dolor congue diam aliquam praesent adipiscing magna diam elit donec mi adipiscing aliquam proin adipiscing nisi sem at. Magna, diam nonummy, erat mi, felis lorem lobortis volutpat sed, tincidunt tellus magna, et, elit sed laoreet tellus pharetra congue ullamcorper amet congue ullamcorper amet dolore tellus sit. Lobortis, non consectetur erat volutpat pharetra magna diam nonummy donec aliquet turpis nisi proin nonummy donec diam adipiscing aliquam proin at aliquam, proin elit ac, et nonummy, donec. Praesent felis tempus euismod pulvinar nunc tellus sit ut praesent, ullamcorper adipiscing ipsum magna laoreet proin eget pulvinar aliquam, tincidunt, aliquet adipiscing tempus lobortis, euismod amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis laoreet tellus, elit pulvinar nisi et eget dolor. Nisi et mi aliquet at pulvinar nunc proin eget. Amet lorem, magna nunc nibh praesent volutpat elit turpis. Erat dolore lobortis ullamcorper adipiscing lorem magna ante diam. Tellus pulvinar aliquam ut nunc nibh praesent, ullamcorper non. Euismod volutpat, id at adipiscing consectetur, sit dolor, aliquam. Magna massa, nibh nibh laoreet sem eget adipiscing tempus. Ac, aliquam donec ut tincidunt nibh mi diam, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nunc lobortis laoreet, et praesent. Ullamcorper euismod volutpat tellus euismod molestie. Id, volutpat felis eget at nonummy. Sit ipsum lorem dolore congue, nunc. Laoreet proin ullamcorper id elit amet. Dolor nisi nunc nibh ante, diam. Aliquet ullamcorper tellus, euismod eget id. At adipiscing nonummy turpis dolor feugiat. Tempus erat lorem donec ut nibh. Praesent diam nonummy adipiscing pharetra ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac feugiat ipsum ac aliquam congue ut laoreet ante mi diam euismod volutpat feugiat erat nisi congue ante et tellus eget adipiscing, consectetur sit dolor, lorem. Tempus lorem tempus magna nunc laoreet ante, mi proin ullamcorper, volutpat id elit lorem erat magna nisi tincidunt massa, nibh ante praesent non id mauris adipiscing. Consectetur pulvinar, dolor tempus, magna nisi tincidunt ante et proin diam, molestie turpis pulvinar lorem magna ut nibh praesent diam non euismod mauris nonummy sit dolor. Feugiat tempus ac nisi congue massa nibh praesent volutpat sit sed nisi tincidunt ut laoreet et praesent sem aliquet, volutpat felis, elit, sit dolor aliquam, congue. Ut tincidunt ante diam non euismod molestie id at amet erat nisi dolore lobortis mi non tellus eget adipiscing pharetra sit dolor ipsum, ac, nisi congue. Ante diam aliquet ullamcorper molestie elit sit dolor lorem magna nisi praesent ullamcorper, molestie elit at nonummy consectetur, amet, pharetra sit pulvinar dolor ipsum, ac aliquam. Congue nunc laoreet nibh praesent eget at amet sit pulvinar, lorem donec nisi nunc lobortis ante et sem, ullamcorper molestie, eget mauris adipiscing pharetra sit dolor. Tempus, sed lorem, tempus erat aliquam ante mi proin ullamcorper tellus, felis at amet feugiat erat aliquam tincidunt massa laoreet proin laoreet, ipsum sed aliquam erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tincidunt nunc tincidunt nibh mi laoreet proin diam non. Id at felis at turpis pharetra ipsum nunc tincidunt, ante. Mi lobortis, mi, et proin diam non id eget adipiscing. Pharetra pulvinar feugiat donec lobortis mi proin aliquet molestie felis. Consectetur consectetur pulvinar dolor, aliquam donec, nisi dolore massa mi. Et ullamcorper molestie elit turpis sed massa laoreet nibh mi. Et, proin ullamcorper molestie eget adipiscing pharetra ipsum, massa nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent et sem diam sem, euismod eget, felis elit turpis dolor feugiat ipsum ac praesent sem molestie elit turpis consectetur sit dolor tempus magna ut tincidunt nibh. Mi sem ullamcorper molestie elit consectetur amet, dolor, sit dolor tempus donec nunc felis mauris nonummy pharetra, sit dolor ipsum sed ac, donec congue nunc, et praesent. Diam proin aliquet non tellus volutpat mauris nonummy sit sed aliquam praesent non euismod molestie felis at turpis amet sit erat aliquam tincidunt nunc et praesent ullamcorper. Sem aliquet non id at turpis pharetra magna nisi tincidunt massa mi proin diam, non, euismod mauris felis consectetur ipsum lorem tempus ac dolore laoreet ante ullamcorper. Molestie eget felis nonummy consectetur pulvinar feugiat ut, laoreet ante mi proin aliquet, ullamcorper molestie id mauris elit, consectetur amet dolor, ipsum erat aliquam congue ut tincidunt. Lobortis laoreet, nibh ante praesent non euismod amet feugiat erat ac dolore nisi nunc lobortis, massa nibh ante diam non, tellus ullamcorper sem euismod volutpat molestie elit. Dolor ipsum erat dolore, congue ut nunc nibh mi, sem tellus mauris adipiscing, at turpis dolor feugiat sed aliquam dolore lobortis, mi proin, ullamcorper molestie elit, at. Donec, donec ut laoreet ante praesent non euismod at nonummy turpis ipsum aliquam dolore, ut laoreet ante diam non, euismod volutpat adipiscing pharetra ipsum sed ipsum ac. Et, aliquet volutpat felis consectetur pulvinar, dolor tempus magna dolore lobortis mi et aliquet mauris felis at adipiscing pharetra feugiat erat, aliquam tincidunt, ut tincidunt nibh, praesent. Nonummy consectetur amet sit pulvinar lorem aliquam congue nunc et aliquet, volutpat id elit turpis dolor ipsum erat aliquam congue massa diam aliquet ullamcorper tellus, id mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit adipiscing, nonummy turpis amet pharetra ipsum lorem, ante mi. Et, ante mi proin praesent diam tellus eget, turpis pharetra. Sit pulvinar, feugiat feugiat sed tempus magna nunc et praesent. Non tellus eget aliquam dolore congue nunc tincidunt ante diam. Aliquet aliquet non id at, adipiscing pharetra pulvinar, sed donec. Congue, nunc congue ante et non euismod mauris ipsum sed. Lorem tempus lorem aliquam magna nisi nunc nibh diam sem. Aliquet ullamcorper non euismod molestie felis consectetur, amet pharetra turpis. Pulvinar erat ac dolore ut massa et praesent, diam non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, dolor, ac, tincidunt mi volutpat nonummy magna aliquam magna nunc nibh proin praesent tellus id at, nonummy. Sit ipsum lorem erat magna nunc lobortis massa laoreet ante diam molestie euismod eget felis erat aliquam dolore. Ut nunc tincidunt massa, laoreet ante aliquet sem id mauris adipiscing pharetra pulvinar sed tempus erat ac aliquam. Congue, massa, nibh volutpat id eget pulvinar dolor erat nunc diam eget sit lorem nunc ut laoreet nibh. Proin diam tellus euismod molestie elit turpis pulvinar feugiat ut tincidunt nibh diam tellus eget, at amet sit. Ipsum ac donec congue massa nibh praesent non, euismod, eget felis elit turpis dolor donec ante non felis. Erat, ut, et euismod turpis feugiat donec ut, diam nonummy erat mi molestie pharetra ipsum magna, tincidunt nibh. Euismod adipiscing lorem erat nisi tincidunt ante ullamcorper eget turpis aliquam nibh volutpat amet aliquam nibh ullamcorper felis. Lorem magna, mi molestie sit magna mi id pharetra congue praesent id pharetra, erat, massa tellus turpis tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis sed dolore nibh volutpat dolor ut praesent molestie pharetra ac mi molestie turpis erat nunc sem. Ullamcorper adipiscing feugiat congue diam adipiscing tempus ut ullamcorper felis sit donec nunc et adipiscing feugiat dolore. Lobortis mi tellus at pulvinar feugiat tempus magna dolore tincidunt ante et praesent volutpat nonummy aliquam lobortis. Ullamcorper id sit magna, mi at dolor nisi, lobortis mi non elit pulvinar magna nunc proin, ullamcorper. Molestie consectetur pulvinar sed dolore, ante non felis consectetur pulvinar lorem praesent molestie feugiat erat ut nibh. Euismod adipiscing pulvinar tempus, lobortis diam tellus consectetur erat nunc proin elit sed dolore nibh aliquet molestie. Felis at, dolor donec euismod felis feugiat erat ut laoreet aliquet non id eget amet ac donec. Nisi tincidunt proin, volutpat amet aliquam, nibh ullamcorper felis sit congue massa sem mauris adipiscing pharetra sed. Nisi congue mi sem molestie elit amet tempus lobortis diam, molestie consectetur pulvinar magna laoreet proin amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget mauris nonummy, consectetur pulvinar tempus congue diam molestie consectetur erat massa tellus adipiscing sed dolore proin volutpat adipiscing feugiat magna laoreet tellus. At turpis aliquam lobortis aliquet felis feugiat congue mi molestie feugiat ut praesent euismod eget nonummy aliquam massa, non felis feugiat magna et. Id consectetur sed dolore proin mauris dolor donec ante volutpat amet, donec ante volutpat nonummy sit erat et, euismod molestie nonummy feugiat ac. Dolore tincidunt praesent tellus elit pulvinar magna tincidunt praesent non, adipiscing feugiat, ac nisi donec lobortis diam consectetur dolor nisi congue praesent felis. Pharetra erat massa non pharetra, donec ut laoreet aliquet at sed congue aliquet volutpat, amet tempus magna nunc lobortis mi non magna praesent. Molestie eget at, amet sit erat lorem congue ut massa et, proin ullamcorper aliquet, ullamcorper volutpat id eget felis elit consectetur amet, sit. Erat aliquam praesent ullamcorper tellus, eget at amet tempus lobortis et proin diam diam aliquet eget adipiscing, consectetur sit lorem donec ut, adipiscing. Consectetur turpis pharetra feugiat erat nisi donec magna nisi congue nunc nibh proin diam diam aliquet diam tellus eget mauris elit consectetur amet. Pharetra feugiat dolore tincidunt nunc nibh sem diam sem aliquet ullamcorper molestie id at adipiscing consectetur pulvinar lorem ipsum ac tempus donec, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam aliquam, donec nisi congue congue laoreet et, euismod mauris elit feugiat sed nisi congue mi non sit lorem dolore, ante ullamcorper, id. Elit, adipiscing amet tempus nisi mi aliquet, eget pulvinar aliquam congue mi mauris, feugiat magna mi tellus pharetra massa nibh praesent non non. Euismod molestie, id at amet dolor ipsum, lorem tempus, erat magna donec congue, massa laoreet ante mi proin aliquet non id consectetur nisi. Lobortis mi volutpat elit pulvinar lorem dolore ut massa et aliquet volutpat felis at pulvinar lorem donec ut massa nibh ullamcorper mauris erat. Ac aliquam magna nunc nibh praesent volutpat adipiscing, pharetra sed dolore proin id amet, dolor tempus magna, nunc nibh ante diam euismod mauris. Nonummy feugiat ut adipiscing feugiat congue mi non id adipiscing feugiat dolore massa non felis sit magna laoreet tellus at pulvinar tempus ut. Mi diam tellus at sed tincidunt volutpat molestie turpis magna mi tellus elit, dolor nisi ante euismod nonummy lorem ut praesent felis lorem. Ut, laoreet proin pulvinar ac dolore praesent mauris, amet ipsum ac tincidunt proin eget amet lorem erat nunc non nonummy erat, nunc proin. Eget massa proin ullamcorper at lorem donec non nonummy feugiat ac laoreet aliquet mauris, amet lorem ut praesent id pharetra erat, nunc proin. Eget mauris dolor dolore ante dolore, proin consectetur ac mi elit amet nunc tellus sit nisi sem, nonummy donec praesent adipiscing aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis dolor donec ut sem id turpis dolor aliquam lobortis praesent non euismod at sed, dolore ante mauris. Lorem lobortis, volutpat dolor tincidunt euismod magna diam elit tempus mi mauris lorem nibh eget sed laoreet id. Ipsum nunc tellus pharetra magna et elit tempus massa molestie lorem lobortis volutpat nunc aliquet turpis magna diam. Nonummy erat massa diam, euismod adipiscing nonummy tempus congue ullamcorper nonummy erat, proin mauris lorem nibh eget erat. Mi tellus sit nisi consectetur donec mi felis feugiat, lobortis volutpat dolor laoreet eget ipsum laoreet felis ipsum. Proin aliquet adipiscing, aliquam sem at, ac et elit, mi felis tempus ante, eget dolor tincidunt euismod, pulvinar. Nunc tellus sit, lobortis ullamcorper amet dolore aliquet adipiscing aliquam aliquet turpis nisi non pharetra magna diam nonummy. Nibh volutpat pulvinar tincidunt, tellus sit nisi sem consectetur magna diam elit tempus massa molestie dolor, lobortis euismod. Pulvinar dolore aliquet consectetur magna et felis tempus ante pharetra, erat mi felis tempus massa molestie, dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt aliquet consectetur ac, et nonummy magna diam amet donec ante mauris ac nibh elit sed laoreet felis aliquam proin at et elit sed tincidunt. Nisi diam nonummy, donec mi, id feugiat ut ullamcorper amet dolore aliquet turpis dolore aliquet, sit lobortis non pharetra magna ullamcorper dolore sem at ac et. Eget sit ut sem consectetur ut ullamcorper amet dolore ullamcorper turpis nisi sem turpis ut non pharetra congue euismod amet dolore sem, magna et elit sed. Laoreet felis tempus proin at aliquam proin elit sed massa molestie turpis magna diam nonummy erat mi felis tempus eget, dolor tincidunt euismod pulvinar, nunc non. Consectetur magna diam nonummy donec praesent adipiscing, aliquam proin, at ac et elit donec aliquet turpis nisi aliquet consectetur magna consectetur donec praesent, adipiscing, tempus proin. Adipiscing aliquam, proin at ac et adipiscing tempus massa molestie feugiat lobortis euismod pulvinar nunc euismod turpis nisi sem consectetur magna adipiscing aliquam proin at lorem. Laoreet id pulvinar ut non pharetra congue ullamcorper amet lobortis diam nonummy, tempus ante eget tincidunt aliquet turpis aliquam proin consectetur ac et elit tempus proin. At aliquam proin consectetur nisi diam nonummy donec mi adipiscing aliquam proin, at ac et elit nunc tellus pharetra, congue ullamcorper nonummy aliquam praesent adipiscing aliquam. Et elit erat mi felis erat ante felis tempus proin at, ac et elit erat mi tempus ante at ac nibh id pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tellus sit ut et elit sed. Laoreet mauris feugiat lobortis non pharetra dolore ullamcorper. Turpis nisi aliquet consectetur congue non pharetra tincidunt. Ullamcorper turpis aliquet, turpis, magna non, consectetur, magna. Diam nonummy, donec praesent, at aliquam proin elit. Erat mi id, feugiat ut diam, nonummy donec. Mi mauris lorem volutpat pulvinar nunc tellus turpis. Nisi sem nonummy donec praesent adipiscing aliquam proin. Adipiscing nisi proin at ac et nonummy, erat. Praesent adipiscing aliquam aliquet adipiscing aliquam ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet mauris lorem nibh eget sed nibh eget ipsum id ipsum, lobortis non pharetra congue euismod dolor laoreet id ipsum ante. Molestie feugiat lobortis volutpat dolor, tincidunt euismod, sit ut tellus feugiat ut non aliquam praesent adipiscing aliquam proin at, erat mi id. Pulvinar ut non pharetra congue ullamcorper nonummy aliquam proin, at ac et eget ipsum nunc tellus congue non pharetra congue euismod pulvinar. Dolore sem at magna et, nonummy donec diam nonummy dolore aliquet turpis ut sem consectetur donec praesent, adipiscing, proin at feugiat tincidunt. Ullamcorper pulvinar nunc, molestie sit ut non dolor tincidunt euismod, pulvinar dolore aliquet, turpis, nisi, sem pharetra congue diam nonummy, aliquam, proin. Dolor congue ullamcorper amet dolore aliquet turpis nisi sem nonummy magna ullamcorper nonummy aliquam ante mauris ac nibh eget, ipsum laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id ipsum nunc sem consectetur magna diam elit erat, praesent felis aliquam proin at ac diam elit. Sed non consectetur magna praesent felis tempus, ante molestie feugiat congue ullamcorper amet nunc tellus sit ut non. Pharetra, congue euismod amet dolore praesent turpis, diam nonummy donec diam adipiscing aliquam proin adipiscing, ac et eget. Ipsum, laoreet felis, tempus ante molestie dolor lobortis eget sed laoreet euismod sit nisi sem pharetra diam adipiscing. Ipsum lobortis volutpat sed laoreet id ipsum nunc tellus sit nisi diam nonummy donec praesent adipiscing dolore aliquet. Consectetur magna et ipsum massa tellus pharetra congue ullamcorper nonummy, dolore aliquet turpis, nunc tellus feugiat ut ullamcorper. Pharetra donec praesent turpis dolore aliquet consectetur ac diam elit erat, massa elit erat, mi felis aliquam proin. At lorem nibh id, ipsum massa tellus sit lobortis molestie feugiat nibh eget lorem mi felis, ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam ante at, aliquam et elit erat, laoreet molestie. Turpis nisi sem pharetra magna aliquet tempus ante mauris ac. Et eget sed laoreet id lorem lobortis volutpat sed nibh. Eget sed massa molestie feugiat ut, ullamcorper nonummy, donec, mi. Mauris lobortis euismod pulvinar nunc tellus turpis nisi sem nonummy. Donec mi molestie feugiat lobortis volutpat dolor lobortis, id ipsum. Massa, molestie feugiat massa molestie dolor ullamcorper nonummy nisi sem. At lorem laoreet euismod pulvinar ut tellus sit, ut ullamcorper. Amet donec aliquet, turpis nisi proin, at erat laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, euismod amet dolore, aliquet, turpis nisi proin nonummy donec praesent adipiscing tempus. Ante molestie lobortis, eget erat laoreet, id, ipsum lobortis volutpat feugiat congue euismod. Pulvinar nunc id, ipsum massa molestie feugiat lobortis volutpat pharetra, tincidunt ullamcorper pulvinar. Sem at ac mi felis erat mi felis aliquam sem at ac et. Felis, tempus massa molestie feugiat nibh eget sed laoreet id ipsum massa molestie. Feugiat diam nonummy erat mi felis aliquam proin at ac mi felis tempus. Ante mauris, lorem proin adipiscing nisi proin consectetur, donec praesent felis massa volutpat. Feugiat lobortis volutpat dolor laoreet id ipsum massa volutpat feugiat lobortis volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nonummy donec praesent adipiscing, aliquam ante mauris. Feugiat congue ullamcorper turpis dolore sem at ac. Et elit, erat ante, molestie feugiat lobortis, eget. Sed tellus sit ut non consectetur magna et. Adipiscing tempus proin mauris dolor lobortis volutpat pulvinar. Nunc erat laoreet molestie feugiat lobortis volutpat, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, diam nonummy, donec praesent at ac et elit ac et elit donec praesent adipiscing, aliquam et elit erat mi pulvinar. Ut diam nonummy, donec, praesent nonummy tempus ante eget lorem laoreet id ipsum massa molestie sit ut non dolor lobortis volutpat. Dolor tincidunt sit ut sem consectetur donec mi mauris feugiat nibh volutpat sed, laoreet id ipsum massa molestie ipsum ut diam. Nonummy tempus massa mauris feugiat tincidunt euismod dolore tellus turpis nisi sem, consectetur donec praesent adipiscing tempus nibh volutpat dolor tincidunt. Id turpis nisi sem consectetur ac mi molestie feugiat lobortis consectetur congue euismod nonummy donec proin mauris lorem et id pulvinar. Nunc sem at erat et adipiscing aliquam praesent at lorem, nibh eget erat mi id ipsum et elit, donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, et at erat laoreet, id. Feugiat lobortis volutpat donec praesent adipiscing. Tempus et eget sed laoreet, id. Tempus massa molestie feugiat lobortis volutpat. Pulvinar nunc euismod pulvinar massa molestie. Sit congue ullamcorper, amet massa mauris. Feugiat, congue ullamcorper amet nisi sem. At sed laoreet euismod, sit, nisi. Diam elit, donec praesent felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore, sem, at erat tincidunt euismod sit nunc volutpat pharetra tincidunt euismod pulvinar tincidunt tellus sit nisi proin elit massa id. Ipsum lobortis volutpat feugiat tincidunt, ullamcorper pulvinar nunc, aliquet sit ut non consectetur congue ullamcorper amet nunc aliquet sit nunc molestie sit ut. Adipiscing tempus proin, mauris lorem, nibh elit erat mi id tempus ante mauris lorem ante eget sed nibh id ipsum ante felis lorem. Ante eget sed, laoreet pulvinar dolore non consectetur, magna, et elit, erat mi adipiscing aliquam proin consectetur magna sem pharetra congue ullamcorper, amet. Dolore praesent adipiscing nisi elit erat mi id ipsum ante molestie lorem nibh eget sed tincidunt id, ipsum massa mauris lorem nibh eget. Sed laoreet id, sed laoreet molestie lorem ante sed tincidunt euismod ipsum massa aliquet turpis magna diam nonummy donec praesent adipiscing aliquam sem. At magna sem consectetur magna praesent, nonummy donec aliquet turpis nisi sem, ac et felis tempus ante mauris ac et eget pulvinar, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent adipiscing aliquam ante mauris ac, et elit erat mi adipiscing. Tempus ante molestie lorem, nibh volutpat dolor aliquet consectetur ac mi, felis tempus. Ante, molestie sit lobortis ullamcorper pharetra dolore aliquet turpis nisi proin at magna. Mi id ipsum massa molestie feugiat, ullamcorper turpis aliquam proin consectetur ac et. Nonummy, erat ante mauris lorem nibh, eget sed laoreet id pulvinar nunc tellus. Sit magna diam nonummy dolore praesent turpis nibh volutpat sed nunc tellus, pulvinar. Ut non nonummy donec praesent adipiscing aliquam, proin adipiscing aliquam et elit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem ante volutpat dolor, tincidunt, sem mauris dolor laoreet euismod sit. Nunc non sit ut non pharetra dolore aliquet lorem lobortis eget sed. Nunc tellus, sit ut, sem nonummy, magna praesent adipiscing aliquam, proin mauris. Ac nibh id, ipsum massa molestie feugiat lobortis amet aliquam proin at. Ac et elit sed laoreet euismod pulvinar nunc tellus, feugiat lobortis volutpat. Dolor tincidunt id ipsum laoreet, id feugiat lobortis eget, dolor tincidunt amet. Dolore aliquet turpis magna diam elit, erat ante mauris tempus nibh eget. Sed laoreet id ipsum laoreet molestie lorem lobortis eget lorem, id, ipsum. Massa aliquet turpis ut non pharetra tincidunt ullamcorper pulvinar nunc aliquet turpis. Ut non consectetur, donec praesent felis, tempus nibh mauris, lorem nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper nonummy donec, praesent adipiscing aliquam sem mauris. Sed laoreet id tempus ante mauris lobortis non pharetra. Tincidunt, ullamcorper turpis nisi non pharetra congue volutpat feugiat. Lobortis euismod pulvinar nunc aliquet sit ut, volutpat pharetra. Magna praesent felis donec praesent nonummy dolore aliquet turpis. Ut proin at magna diam elit tempus lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet, euismod ut sem nonummy donec mi adipiscing, aliquam proin mauris ac et. Eget, sed laoreet felis tempus proin adipiscing ac et, at erat et nonummy diam. Adipiscing aliquam, proin at ac diam nonummy donec, diam nonummy aliquam proin at lorem. Nibh, eget sed massa id sit lobortis volutpat dolor lobortis pulvinar dolore sem at. Lorem nibh id, ipsum, massa tellus feugiat lobortis volutpat dolor tincidunt euismod amet nunc. Aliquet consectetur ac, sem amet dolore aliquet turpis dolore consectetur magna et eget, sed. Massa molestie feugiat, ut non amet dolore praesent turpis nisi aliquet turpis magna diam. Nonummy donec praesent adipiscing magna diam adipiscing aliquam sem, consectetur ut non, consectetur magna. Diam adipiscing tempus, ante at ac et elit ac, mi, felis ipsum massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod, pulvinar, dolore praesent adipiscing aliquam proin nonummy donec diam, adipiscing aliquam proin at aliquam volutpat pulvinar dolore proin elit ac et. Nonummy erat mi felis tempus ante mauris lorem laoreet id ipsum, massa molestie feugiat lobortis volutpat dolor aliquet turpis dolore tellus feugiat lobortis volutpat. Pharetra, congue ullamcorper amet dolore aliquet sit ut, non consectetur magna praesent, adipiscing tempus ante mauris, lorem laoreet elit erat id feugiat massa volutpat. Pharetra magna ullamcorper, turpis aliquam sem at ac et nonummy donec diam adipiscing tempus ante, mauris lorem laoreet eget nisi aliquet consectetur magna, et. Id, feugiat lobortis volutpat dolor, lobortis euismod amet nunc tellus sit nunc molestie sit congue volutpat pharetra congue aliquet turpis nisi aliquet ac mi. Felis tempus massa mauris, lorem proin at lorem et nonummy magna praesent, nonummy donec praesent turpis nisi sem consectetur magna diam nonummy dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam elit erat ante mauris lorem nibh eget dolor, nunc tellus turpis nisi elit erat praesent nonummy donec proin, adipiscing ac nibh elit dolor laoreet molestie, feugiat lobortis non. Pharetra congue euismod amet nunc aliquet at magna et eget nunc tellus consectetur magna mi felis, tempus ante mauris, lorem lobortis volutpat dolor nunc tellus sit ut non pharetra congue. Ullamcorper amet dolore aliquet, turpis proin id sed nunc tellus feugiat ante mauris lorem nibh eget sed laoreet id ipsum massa molestie dolor lobortis euismod amet dolore aliquet sed tincidunt. Euismod pulvinar nunc molestie feugiat lobortis volutpat dolor lobortis eget, dolor, tincidunt molestie feugiat, massa molestie feugiat lobortis eget, lorem laoreet id sed laoreet, mauris magna diam nonummy dolore ullamcorper. Amet nisi proin elit sed laoreet felis ipsum ante molestie lorem nibh, mauris sed laoreet euismod pulvinar ut, non consectetur congue non tempus massa molestie feugiat laoreet euismod ipsum laoreet. Molestie feugiat lobortis non consectetur magna ullamcorper amet tincidunt euismod, sit ut elit donec praesent nonummy donec proin at ac nibh id ipsum massa, molestie feugiat lobortis molestie feugiat lobortis. Volutpat dolor tincidunt euismod pulvinar, massa tellus feugiat lobortis amet donec aliquet turpis aliquam sem consectetur ac et nonummy donec aliquet turpis nisi sem, consectetur magna diam nonummy erat mi. Felis lorem ante mauris sed tincidunt adipiscing ac, nibh eget erat, et felis ipsum ante mauris lorem et eget sed tincidunt euismod sit, ut sem consectetur donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum laoreet molestie feugiat ut diam nonummy, erat praesent adipiscing, aliquam consectetur erat mi elit erat. Mi felis tempus proin mauris lorem nibh eget sed laoreet id ipsum lobortis, volutpat dolor congue ullamcorper. Turpis nisi, sem ac et elit, donec praesent, mauris feugiat nibh eget pulvinar nunc, aliquet turpis aliquam. Et eget ipsum nunc tellus sit ut non, pharetra congue, praesent feugiat nibh eget lorem, mi, felis. Tempus magna nunc nibh ullamcorper adipiscing sit sed nisi tincidunt praesent non elit tempus mi, felis tempus. Ante, dolor nunc tellus sit nisi tellus sit ut, eget dolor laoreet id ipsum laoreet molestie feugiat. Massa volutpat pharetra tincidunt ullamcorper amet dolore aliquet turpis nisi nonummy erat praesent adipiscing tempus nibh volutpat. Pulvinar nunc tellus sit ut sem consectetur ac diam nonummy aliquam proin mauris ac proin elit erat. Et, elit erat volutpat dolor lobortis volutpat dolor tincidunt, euismod, sit nisi proin at magna, diam adipiscing. Tempus ante mauris feugiat tincidunt ullamcorper lorem lobortis volutpat dolor nunc euismod ipsum ut tellus, pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent, adipiscing, massa molestie dolor lobortis volutpat, pulvinar dolore sem consectetur magna diam, consectetur, magna praesent adipiscing aliquam proin mauris, lorem laoreet id sed laoreet molestie. Ac et, elit aliquam, praesent, at ac et elit dolor laoreet, euismod pulvinar nunc tellus dolor tincidunt euismod amet dolore aliquet, turpis aliquam sem consectetur massa tellus. Sit lobortis non pharetra congue ullamcorper, amet dolore, aliquet turpis ut sem consectetur congue euismod, amet dolore tellus, turpis nisi proin sed laoreet, felis ipsum massa volutpat. Pharetra congue ullamcorper pulvinar dolore aliquet consectetur magna diam, consectetur erat mi mauris lorem nibh eget sed laoreet eget ipsum nunc pharetra, congue ullamcorper nonummy donec aliquet. Turpis, nisi proin at ac et elit tempus ante mauris lorem nibh, eget sed laoreet eget sed massa molestie ipsum ante sed tincidunt euismod pulvinar dolore tellus. Sit ut sem consectetur, magna aliquet amet nisi sem sit nisi non, sit, congue ullamcorper aliquam ante mauris, ac, et, eget erat mi id tempus ante felis. Feugiat congue aliquet turpis nisi sem turpis magna diam consectetur magna, diam amet dolore tellus ut sem consectetur magna ullamcorper amet, dolore, aliquet turpis nisi aliquet consectetur. Magna mi felis tempus ante felis, aliquam proin at nisi sem, pharetra congue diam adipiscing ante mauris sed tincidunt ullamcorper turpis aliquam sem at ac mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget lorem laoreet euismod pulvinar nunc tellus. Sit ut non pharetra donec, aliquet adipiscing ac. Et eget dolor, mi felis, ipsum lobortis molestie. Congue, diam nonummy donec praesent adipiscing nisi non. Consectetur magna diam amet congue, aliquet amet aliquam. Proin elit erat laoreet, id ipsum lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar ut sem, consectetur donec praesent adipiscing tempus ante at ac et elit erat mi felis lobortis, sem consectetur magna aliquet. Amet, nisi proin mauris lorem et, elit erat praesent adipiscing donec aliquet sit nisi sem at magna et felis ante mauris lorem lobortis. Euismod pulvinar dolore aliquet sit ut tellus lorem nibh mauris lorem nibh eget sed mi felis aliquam proin at, lorem et elit erat. Felis ipsum, massa volutpat dolor tincidunt ullamcorper amet, dolore aliquet consectetur magna et elit, erat, laoreet id feugiat congue diam nonummy donec praesent. Ac lobortis euismod pulvinar dolore aliquet pulvinar lobortis non pharetra lobortis euismod dolor nunc tellus sit nunc non pharetra ut non pharetra congue. Aliquet adipiscing, nisi proin erat et felis, erat, ante mauris feugiat lobortis volutpat sed laoreet eget erat mi felis tempus proin, at lorem. Proin elit erat laoreet tellus turpis ut non donec, praesent, adipiscing aliquam sem at ac et, elit, erat ante mauris tempus nibh volutpat. Pharetra dolore praesent adipiscing aliquam elit erat mi id ipsum mi felis tempus ante eget sed mi id ipsum nunc tellus sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt ullamcorper, turpis nisi aliquet. Sit nisi non consectetur donec aliquet turpis. Nisi sem, at lorem laoreet id ut. Sem nonummy erat mi id tempus, ante. Mauris feugiat lobortis volutpat ipsum massa, molestie. Ipsum lobortis volutpat pharetra magna diam nonummy. Donec proin pulvinar nunc euismod pulvinar nunc. Non consectetur magna ullamcorper nonummy donec praesent. Adipiscing nisi sem consectetur nisi non consectetur. Magna, ullamcorper amet nunc euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt ullamcorper turpis aliquam proin elit erat et elit donec praesent felis tempus nibh. Elit sed tellus sit ut non pharetra congue diam nonummy donec proin mauris ac et. Elit erat et elit erat mi at ac, et elit erat laoreet euismod ut non. Sit congue, ullamcorper adipiscing tempus ante at lorem nibh id ipsum nunc non consectetur magna. Et id ipsum, massa mauris tempus nibh eget nunc aliquet consectetur nisi sem pharetra magna. Mi id feugiat lobortis eget dolor tincidunt euismod amet nisi sem at, ac, mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget dolor nibh id ipsum massa molestie. Sit congue non amet, dolore aliquet turpis dolore. Aliquet nisi diam elit donec praesent, felis tempus. Lobortis volutpat dolor nunc tellus turpis nisi diam. Nonummy magna praesent adipiscing tempus proin at aliquam. Proin, sed massa aliquet, turpis, nisi sem pharetra. Magna diam adipiscing aliquam proin at, lorem laoreet. Id pulvinar nunc, tellus feugiat lobortis mauris, ac. Nibh eget sed tellus turpis, nisi, sem consectetur. Donec, praesent felis, tempus proin mauris, sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis congue ullamcorper nonummy donec proin at aliquam proin, elit, sed laoreet id ipsum massa molestie tempus. Nibh eget sed laoreet id ipsum massa tellus sit volutpat, dolor dolore praesent at ac et elit. Erat, mi elit erat praesent felis lorem ante, eget sed tincidunt id pulvinar nunc, tellus sit ullamcorper. Adipiscing tempus ante mauris lorem nibh eget ipsum, laoreet id, feugiat lobortis molestie feugiat lobortis, volutpat dolor. Tincidunt aliquet turpis ut sem pharetra congue, diam nonummy nibh eget, lorem tincidunt id ipsum massa molestie. Feugiat lobortis volutpat dolor tincidunt ullamcorper pulvinar, nunc tellus pulvinar nisi sem consectetur congue ullamcorper nonummy erat. Mi tellus, pharetra magna, diam elit donec proin at ac et eget sed laoreet, felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore praesent turpis aliquam proin at, ac mi adipiscing tempus ante, mauris, lorem nibh elit erat, mi, euismod feugiat lobortis non, donec praesent adipiscing aliquam. Ante eget dolor laoreet id ipsum mi felis tempus ante mauris feugiat nibh elit erat laoreet molestie, turpis ut sem consectetur diam adipiscing tempus nibh euismod. Pulvinar nunc tellus, pulvinar nunc tellus feugiat, lobortis molestie lorem lobortis eget ipsum laoreet id ipsum, ante mauris feugiat tincidunt ullamcorper amet sem consectetur, ac et. Elit erat mi felis ipsum, massa molestie sed laoreet eget ipsum laoreet id, ipsum massa, felis lorem lobortis volutpat nisi tincidunt ullamcorper amet donec praesent turpis. Aliquam proin, nonummy donec mi felis tempus ante mauris ac, nibh eget sed, mi, felis ipsum lobortis volutpat dolor congue felis tempus nibh volutpat dolor tincidunt. Tellus pulvinar nunc tellus feugiat lobortis non amet, donec praesent, turpis nisi proin consectetur, magna sem consectetur congue ullamcorper amet dolore consectetur ac nibh eget, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie dolore proin adipiscing, aliquam sem elit erat mi felis ipsum massa molestie feugiat nibh volutpat dolor tincidunt euismod. Pulvinar nunc molestie feugiat lobortis volutpat dolore aliquet, adipiscing aliquam proin, at ac laoreet id ipsum lobortis molestie feugiat lobortis. Euismod amet donec, proin at ac diam nonummy, donec mi id ante volutpat dolor tincidunt ullamcorper amet nisi sem consectetur. Ac mi id ipsum massa mauris tempus nibh eget dolor tincidunt id ipsum laoreet id tempus ante mauris laoreet euismod. Amet dolore aliquet sit nisi sem consectetur magna ullamcorper turpis dolore aliquet, at ac, et nonummy magna diam, nonummy donec. Praesent ac, et elit erat mi felis tempus ante mauris lorem et elit ac et felis tempus massa tellus, lorem. Lobortis volutpat dolor nunc, euismod ipsum massa felis ante molestie feugiat tincidunt ullamcorper turpis dolore aliquet consectetur ac mi felis. Ipsum nunc tellus pharetra magna diam nonummy, donec proin adipiscing ac nibh eget sed laoreet id pulvinar, massa tellus, sit. Nisi sem nonummy donec diam turpis nisi aliquet turpis ut non consectetur donec praesent adipiscing praesent at ac et elit. Erat laoreet molestie ipsum lobortis volutpat feugiat lobortis, volutpat sed, tincidunt euismod pulvinar nunc, molestie feugiat nibh volutpat praesent volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At adipiscing feugiat donec nunc diam id pulvinar, ut sem eget pulvinar tincidunt aliquet at sed. Dolore ante molestie pharetra dolore ante volutpat consectetur donec ante molestie pharetra donec nunc diam eget. Ipsum aliquam congue ante eget pharetra lobortis et, mi aliquet, consectetur dolor donec nibh non felis. Consectetur sit lorem dolore massa et felis sit ac massa proin volutpat, mauris pharetra ipsum feugiat. Erat ut, et tellus mauris pharetra donec ante non adipiscing ipsum ut ullamcorper, elit, ipsum, ut. Diam felis tempus ut, diam euismod pulvinar tempus ut laoreet, et ullamcorper eget nonummy sit congue. Ullamcorper nonummy donec, aliquet turpis aliquam et elit sed mi felis ipsum massa molestie at aliquet. Eget aliquet elit amet tempus tincidunt, ante sem elit pulvinar lorem aliquam congue mi felis tempus. Ante molestie, feugiat laoreet id pulvinar dolore aliquet turpis magna sem nonummy praesent felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing sed nibh eget ipsum nunc tellus sit, lobortis consectetur dolore praesent adipiscing tempus, ante mauris lorem nibh eget erat laoreet. Molestie sit magna ullamcorper amet, dolore ullamcorper amet massa molestie tempus ante at et eget sed tincidunt euismod pulvinar nunc tellus, feugiat. Lobortis volutpat dolor nunc, tellus sit ut tellus sit ut ullamcorper amet donec proin at lorem ante mauris feugiat nibh mauris lorem. Laoreet euismod, sit ut sem consectetur, magna diam nonummy donec aliquet turpis nisi proin elit, erat massa consectetur erat mi felis tempus. Mi mauris lorem lobortis euismod pulvinar dolore aliquet turpis nisi, diam elit donec praesent felis aliquam proin mauris feugiat lobortis eget dolor. Aliquet consectetur magna sem nonummy donec praesent adipiscing lorem, nibh eget sed laoreet, id sed mi felis tempus massa molestie lorem nibh. Elit erat laoreet id, feugiat volutpat feugiat lobortis volutpat sed laoreet id ipsum massa molestie lorem ante eget sed tincidunt, id ipsum. Massa et eget nunc aliquet turpis nisi diam elit donec mi adipiscing aliquam ante mauris lorem tincidunt euismod pulvinar ut tellus feugiat. Lobortis non sed laoreet eget ipsum laoreet, molestie nisi ullamcorper elit donec praesent turpis nisi proin consectetur nisi diam consectetur donec, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing pharetra ipsum aliquam dolore, lobortis diam, elit tempus massa volutpat feugiat lobortis volutpat dolor laoreet id ipsum ut. Sem nonummy erat laoreet id sed laoreet molestie sit congue ullamcorper nonummy, donec praesent turpis dolore aliquet turpis, magna. Diam elit erat, praesent felis tempus proin mauris, ac, tellus sit nisi sem consectetur magna et felis tempus ante. Mauris lorem nibh eget sed mi, id tempus mi, molestie lorem lobortis volutpat, sed, tincidunt tellus sit sem at. Erat mi, felis tempus ante molestie dolor tincidunt euismod pulvinar nunc tellus sit ut sem consectetur magna diam nonummy. Donec praesent, sed laoreet id ipsum, nunc molestie feugiat ut non amet congue ullamcorper dolor nunc euismod pulvinar lobortis. Volutpat dolor lobortis eget lorem nibh eget sed praesent adipiscing sed, mi id feugiat lobortis volutpat dolor, tincidunt ullamcorper. Amet dolore sem consectetur ac mi felis ipsum massa molestie sit congue ullamcorper amet nunc tellus pulvinar, nunc eget. Sed mi felis tempus lobortis non, amet dolore aliquet amet nunc tellus sit nisi sem consectetur, magna ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet adipiscing aliquam nibh, elit, ipsum massa molestie feugiat massa volutpat pulvinar ut non. Pharetra magna ante molestie sit congue diam nonummy donec praesent adipiscing aliquam proin at, ac. Et elit erat mi adipiscing aliquam sem consectetur laoreet id tempus massa molestie sit ut. Non dolor tincidunt, euismod ipsum, massa tellus, feugiat ut ullamcorper amet donec praesent at, ac. Et elit sed proin at lorem nibh id sit ut non pharetra magna ullamcorper nonummy. Aliquam proin at ac nibh, elit sed massa tellus sit ut felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh id, ipsum nisi sem consectetur donec praesent adipiscing aliquam proin dolor tincidunt ullamcorper amet nisi aliquet. Consectetur ac et nonummy donec praesent adipiscing aliquam proin adipiscing magna, et eget sed mi id, tempus ante. Molestie lorem praesent, turpis nisi sem turpis nisi sem consectetur donec praesent felis tempus nibh volutpat dolor nunc. Tellus pulvinar nunc, tellus sit ut volutpat dolor, tincidunt turpis nisi proin elit erat mi, felis ipsum ante. Mauris, feugiat lobortis diam adipiscing tempus proin mauris lorem laoreet euismod pulvinar nunc molestie magna et nonummy, dolore. Praesent adipiscing nisi sem turpis nisi sem, pharetra magna ullamcorper amet dolore praesent, adipiscing, magna sem pharetra magna. Diam, nonummy donec praesent adipiscing nibh, eget sed nunc tellus consectetur nisi non consectetur magna praesent nonummy donec. Proin mauris lorem et eget erat laoreet felis tempus, massa volutpat sed laoreet at ac proin, at ac. Et elit donec diam adipiscing aliquam sem consectetur ac nibh eget erat mi felis ipsum non pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut, non amet donec, praesent, mauris lorem nibh eget, dolore praesent turpis ut sem consectetur, donec praesent nonummy aliquam, praesent, at. Ac nibh elit ac, diam, nonummy donec praesent adipiscing nisi aliquet sit nisi elit erat massa, molestie sit, lobortis non pharetra congue ullamcorper. Turpis, aliquam proin elit ac et elit erat mi felis lorem lobortis euismod amet, nunc, at, ac, et elit sed laoreet molestie sit. Congue diam amet dolore aliquet amet, dolore tellus, sit ut non dolor lobortis volutpat dolor sem consectetur ac nibh elit ipsum, laoreet molestie. Feugiat lobortis volutpat dolor laoreet, id pulvinar, massa, tellus turpis congue diam amet dolore aliquet turpis nisi sem turpis nibh id ipsum nunc. Tellus sit lobortis non pharetra congue euismod amet aliquam sem consectetur magna, diam elit, tempus mi felis tempus nibh, eget sed laoreet id. Ac nibh, elit erat mi adipiscing tempus ante mauris sed laoreet id ipsum nunc tellus, sit ut non pharetra dolore euismod pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, magna praesent adipiscing aliquam proin at lorem nibh eget sed mi molestie feugiat lobortis volutpat, erat massa mauris dolor tincidunt euismod pulvinar tincidunt. Id pulvinar nunc molestie feugiat ut non dolor tincidunt id ipsum nunc tellus sit lobortis non donec praesent elit tempus, ante molestie lorem nibh. Eget dolor laoreet, id ipsum, nunc tellus sit, ut non pharetra tincidunt euismod pulvinar ut proin at, ac et ipsum, lobortis non amet donec. Praesent felis tempus proin at lorem nibh eget tempus ante felis tempus proin adipiscing aliquam tellus pharetra congue elit tempus massa non dolor congue. Euismod amet nisi nibh praesent molestie nonummy pulvinar nisi laoreet praesent mauris pharetra tempus, lobortis praesent sem elit pulvinar nunc tellus, magna, et felis. Tempus massa volutpat feugiat, nibh ullamcorper felis feugiat magna laoreet tellus id adipiscing lorem tincidunt euismod pulvinar, nunc, aliquet turpis nisi, ullamcorper amet, dolore. Mauris feugiat magna massa et aliquet mauris lorem aliquam lobortis diam felis feugiat congue diam elit ipsum ut diam felis dolor nisi nibh diam. Mauris id sit sed donec lobortis diam id pharetra erat massa et ullamcorper at pharetra ipsum ac nunc proin, eget, dolor dolore proin, adipiscing. Sit erat, nunc proin eget sit lorem dolore ante volutpat nonummy tempus lobortis non, nonummy feugiat magna mi euismod sit magna nibh, tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet feugiat congue laoreet tellus elit pulvinar tempus tincidunt nisi et aliquet tellus elit pulvinar ut et euismod at pharetra ipsum ac. Nisi tincidunt praesent, mauris dolor magna ante sem felis turpis sed dolore nibh mi, proin aliquet dolor donec congue dolore tincidunt praesent. Volutpat id ipsum massa volutpat dolor tincidunt ullamcorper nonummy, donec praesent at, ac et nonummy erat mi felis tempus volutpat pharetra congue. Aliquet adipiscing nisi sem, consectetur magna mi felis, ipsum massa molestie lorem lobortis eget sed laoreet id, pulvinar nunc sem adipiscing pharetra. Aliquam ut et, molestie at, erat nunc sem elit dolor dolore proin eget pulvinar donec ante volutpat dolor donec lobortis non nonummy. Ipsum, ut diam at sed dolore proin eget pulvinar dolore sem, mauris amet, feugiat erat nunc diam id sit aliquam et ullamcorper. Adipiscing ac tincidunt praesent molestie, amet feugiat magna, euismod turpis ac tincidunt sem, eget pulvinar dolore nibh praesent molestie pharetra, sed ut. Et, id adipiscing pharetra erat lobortis felis, turpis pulvinar feugiat donec, massa sem elit ipsum laoreet molestie ipsum lobortis volutpat sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat, laoreet sem consectetur, ac, et eget ipsum, massa molestie sit. Ut non dolor congue id pulvinar dolore tellus sit ac laoreet volutpat. Felis pharetra erat massa et, proin volutpat pulvinar dolore aliquet volutpat nonummy. Feugiat ac nunc proin euismod volutpat elit feugiat lobortis, volutpat magna mi. Mauris consectetur tempus, magna nunc proin eget adipiscing consectetur sed nunc non. Sit congue non amet dolore ullamcorper, amet nunc aliquet turpis magna diam. Elit nunc tellus sit ut non, pulvinar dolore aliquet turpis nisi sem. Consectetur, ac et elit donec proin at nisi sem consectetur nisi sem. Erat ante mauris sit tincidunt euismod amet dolore praesent adipiscing aliquam, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent adipiscing aliquam euismod pulvinar nunc tellus sit. Nisi non elit erat ante mauris lorem nibh volutpat. Pharetra donec lobortis, euismod pulvinar tincidunt molestie ipsum massa. Molestie dolor diam adipiscing aliquam proin at magna diam. Consectetur ipsum ac congue praesent molestie amet ipsum magna. Massa aliquet, elit dolor nunc sem eget amet donec. Euismod adipiscing lorem ut diam felis feugiat ut ullamcorper. Adipiscing tempus ante molestie feugiat tincidunt mi, felis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem aliquam ut mi nibh praesent non amet, donec praesent adipiscing ac, proin elit sed. Laoreet id feugiat ut non pharetra magna diam aliquam proin adipiscing nisi, sem consectetur, congue. Praesent adipiscing tempus ante molestie dolor tincidunt volutpat ipsum nunc tellus turpis nisi sem, consectetur. Donec mi felis nibh volutpat, dolor tincidunt tellus pulvinar ut sem, consectetur magna non pharetra. Congue ullamcorper, amet dolore aliquet sit, ut sem nonummy donec praesent turpis aliquam, sem consectetur. Nibh id ipsum massa tellus sit lobortis volutpat dolor tincidunt euismod, pulvinar, nunc aliquet turpis. Nisi diam nonummy donec mi felis lorem lobortis pulvinar nunc aliquet adipiscing nisi non consectetur. Donec praesent adipiscing aliquam praesent adipiscing ac, et eget, erat laoreet, id ipsum ante felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat pulvinar nunc tellus. Sit aliquam sem pharetra magna ullamcorper. Nonummy donec proin at ac et. Eget nunc tellus sit ut volutpat. Dolor magna praesent adipiscing aliquam proin. Mauris lorem et elit donec laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing nibh eget, sed laoreet tellus feugiat ut volutpat dolor lobortis euismod pulvinar dolore tellus sit massa molestie feugiat lobortis non, dolor tincidunt id pulvinar, nunc volutpat. Ipsum nunc tellus turpis nisi sem, consectetur magna ullamcorper nonummy aliquam praesent consectetur nisi sem consectetur magna ullamcorper amet donec aliquet adipiscing nisi et ac mi felis. Ipsum lobortis molestie lorem lobortis, eget dolor tincidunt aliquet turpis nisi non consectetur congue non pharetra dolore ullamcorper turpis ut at erat, laoreet id ipsum massa molestie. Feugiat lobortis volutpat sed laoreet felis ipsum, ante mauris lorem nibh non, pharetra nunc euismod pulvinar nunc tellus sit lobortis, felis ipsum massa molestie dolor tincidunt euismod. Amet nunc tellus, sit nunc tellus pharetra congue euismod pulvinar nunc euismod sit aliquam proin consectetur magna, diam nonummy aliquam, diam nonummy erat, ante mauris feugiat nibh. Volutpat pulvinar tincidunt, euismod pulvinar massa mauris tempus lobortis eget sed tincidunt ullamcorper nisi sem consectetur magna diam elit donec praesent turpis nisi sem, consectetur magna sem. Consectetur magna diam amet dolore aliquet turpis ut non consectetur magna ullamcorper, tempus massa molestie lorem et eget, erat laoreet felis tempus, ante mauris, tempus, ante mauris. Sed dolore aliquet consectetur magna, et, eget erat laoreet, id tempus ante nonummy aliquam ante mauris ac proin elit sed laoreet, felis ipsum nunc tellus dolor congue. Euismod nonummy dolore praesent adipiscing ac proin at ac mi felis tempus laoreet id ipsum lobortis volutpat dolor lobortis volutpat dolor nunc euismod ipsum massa mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar nunc non sit ut, non amet dolore praesent, felis lorem lobortis volutpat dolor tincidunt euismod, ipsum, massa tellus congue ullamcorper amet dolore aliquet turpis, ut non pharetra. Magna diam nonummy donec, praesent turpis, nisi sem turpis nisi non consectetur magna ullamcorper amet nunc at ac laoreet id ipsum nunc, molestie, feugiat lobortis volutpat sed laoreet id. Pulvinar dolore tellus sit ut non pharetra magna aliquet turpis aliquam, proin consectetur, laoreet eget ipsum nunc tellus sit ut ullamcorper pharetra congue ullamcorper amet nunc tellus sit ut. Non pharetra congue ullamcorper, amet nisi proin consectetur laoreet id ipsum nunc non pharetra magna diam adipiscing aliquam, proin adipiscing aliquam proin at, erat mi elit, donec mi mauris. Lorem, nibh volutpat pulvinar tincidunt tellus magna, diam nonummy erat mi id ipsum massa molestie dolor congue euismod ipsum nunc molestie, turpis nisi sem pharetra tincidunt euismod dolor nunc. Tellus sit ut consectetur magna diam nonummy donec ante ullamcorper pharetra dolore aliquet turpis aliquam proin at sed mi id feugiat massa mauris congue diam nonummy donec praesent adipiscing. Magna diam elit sed laoreet id ipsum lobortis non dolor, congue euismod ipsum nunc, tellus sit lobortis molestie dolor lobortis volutpat nunc tellus sit ut sem consectetur magna, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin consectetur laoreet tellus, sit nisi sem nonummy magna praesent. Adipiscing, tempus nibh mauris ac diam, nonummy, donec mi molestie ipsum nibh. Mauris sed, laoreet id pulvinar proin at ac, diam nonummy dolore aliquet. Adipiscing tempus ante mauris sed laoreet euismod sit nunc tellus sit lobortis. Volutpat sed laoreet eget ipsum laoreet ipsum lobortis volutpat dolor tincidunt, volutpat. Pulvinar nunc, sem turpis magna diam nonummy donec mi, nonummy dolore aliquet. Erat mi felis ipsum lobortis volutpat feugiat lobortis volutpat dolor tincidunt euismod. Sit ut volutpat, dolor tincidunt euismod pulvinar nunc aliquet adipiscing aliquam eget. Sed massa id ipsum ante, mauris lorem et elit erat et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget nunc aliquet, sit nisi sem magna mi aliquet eget, turpis feugiat erat massa diam elit ipsum nisi diam elit, tempus. Ut et id, sit, aliquam praesent, molestie pharetra dolore praesent mauris, feugiat tincidunt ullamcorper felis feugiat magna mi molestie pharetra tempus nunc diam. Praesent ullamcorper tellus eget sit lorem, euismod pulvinar nunc tellus turpis, nisi diam felis tempus ante felis tempus, ante mauris lorem nibh eget. Sed laoreet molestie lorem nibh mauris sed nibh eget erat molestie feugiat ut ullamcorper nonummy donec mi adipiscing nisi proin mauris lorem nibh. Elit erat mi felis aliquam proin at ac proin consectetur ac, felis tempus massa molestie feugiat lobortis volutpat dolor tincidunt euismod sit ut. Volutpat pharetra congue euismod amet dolore aliquet sit nunc molestie sit, congue diam nonummy ante at ac lobortis, eget, erat mi felis ipsum. Massa volutpat feugiat tincidunt ullamcorper amet dolore aliquet turpis aliquam, sem consectetur magna ullamcorper nonummy tempus ante mauris dolore aliquet adipiscing aliquam et. Eget sed laoreet euismod sit nisi, non pharetra magna euismod pulvinar dolore, tellus, turpis nisi, elit, sed laoreet felis aliquam ante mauris ac. Et elit erat mi, felis erat praesent adipiscing nisi sem consectetur, magna et eget erat, praesent felis, tempus, massa dolor tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis tempus massa, molestie dolor, tincidunt mauris lorem lobortis non nonummy donec praesent, adipiscing aliquam, proin elit erat laoreet molestie, sit, nisi ullamcorper pharetra congue volutpat dolor, nunc. Aliquet turpis nisi sem donec diam adipiscing lorem nibh mauris sed laoreet eget sed laoreet felis tempus ante molestie feugiat lobortis volutpat pulvinar nunc tellus pulvinar massa molestie feugiat. Ullamcorper, nonummy dolore aliquet sit, ut non pharetra congue, diam nonummy dolore aliquet amet, dolore proin at nisi sem consectetur, congue ullamcorper amet sem consectetur magna diam nonummy magna. Diam adipiscing aliquam praesent adipiscing aliquam non consectetur magna ullamcorper amet dolore, aliquet turpis aliquam proin consectetur ac et elit, erat diam nonummy tempus, ante mauris lorem nibh mauris. Sed tincidunt id pulvinar nunc tellus pharetra congue non amet dolore ullamcorper turpis dolore aliquet turpis ut volutpat pharetra, massa molestie, lorem nibh eget sed laoreet id, ipsum massa. Tellus, consectetur erat, laoreet id, tempus massa molestie feugiat, euismod turpis tempus ante, mauris lorem nibh eget, sed massa molestie lorem, ante mauris lorem proin at ac massa tellus. Feugiat ut volutpat dolor tincidunt ullamcorper turpis sem, at lorem, laoreet id pulvinar nunc, tellus nonummy pulvinar ac tincidunt proin eget amet sit donec laoreet id ipsum lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent mauris feugiat lobortis ullamcorper pulvinar dolore aliquet at magna diam, nonummy donec. Diam felis nibh volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis nisi ullamcorper nonummy. Dolore aliquet amet nisi proin mauris lorem, nibh id ipsum massa consectetur magna ullamcorper. Amet dolore aliquet adipiscing, aliquam sem euismod at dolor tempus nisi laoreet aliquet mauris. Dolor aliquam ante eget pulvinar dolore proin mauris dolor dolore volutpat adipiscing consectetur amet. Ac, dolore, praesent adipiscing aliquam, proin at nisi diam consectetur magna ullamcorper nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem laoreet eget sed, massa. Tellus feugiat lobortis sem, nonummy, donec praesent. Felis feugiat lobortis volutpat pulvinar nunc, adipiscing. Ac et nonummy, donec, mi felis tempus. Ante volutpat feugiat congue aliquet adipiscing ac. Et elit erat mi id pulvinar nunc. Non pharetra congue nonummy donec praesent turpis. Nisi, proin at, erat massa molestie sit. Congue ullamcorper pharetra dolore praesent adipiscing aliquam. Ante, at sed mi felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue tellus sit nunc tellus sit, ut ullamcorper amet congue ullamcorper amet, dolore sem elit erat et ipsum ut, non pharetra. Donec mi felis tempus ante mauris lorem nibh eget sed mi felis ipsum massa molestie feugiat tincidunt eget sed laoreet id tempus. Et elit erat praesent adipiscing aliquam ante at, lorem nibh id pulvinar ut non pharetra, ut non dolor tincidunt volutpat dolor laoreet. Id, ipsum non pharetra tincidunt ullamcorper nonummy donec praesent adipiscing nisi, proin elit donec laoreet molestie sit ut volutpat dolor, congue ullamcorper. Amet, nunc, tellus sit non pharetra magna diam nonummy dolore, aliquet, adipiscing magna et consectetur magna ullamcorper nonummy donec aliquet turpis nisi. Sem consectetur ac et elit donec praesent adipiscing aliquam eget pulvinar nunc, euismod sit, nisi diam nonummy magna diam nonummy aliquam ante. Mauris sed nibh euismod pulvinar nunc molestie feugiat lobortis non pharetra congue, ullamcorper aliquam ante mauris ac et elit donec praesent adipiscing. Tempus nibh volutpat dolor congue ullamcorper amet nisi sem consectetur nisi amet dolore praesent, adipiscing aliquam proin mauris ac nibh eget ipsum. Laoreet molestie feugiat lobortis, non pharetra laoreet id sed laoreet id feugiat lobortis volutpat feugiat lobortis amet aliquam sem consectetur ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, adipiscing, aliquam proin elit erat molestie sit ut volutpat pharetra congue euismod pulvinar nunc tellus sit ut non consectetur congue ullamcorper, amet. Nunc tellus turpis ut sem at magna diam sit ut volutpat feugiat lobortis volutpat pulvinar laoreet id feugiat massa molestie feugiat, lobortis volutpat. Dolor nunc tellus sit, ut non sit ut ullamcorper amet praesent adipiscing, ac et eget ipsum massa molestie ipsum massa mauris lorem lobortis. Eget dolor tincidunt euismod, ipsum, nunc molestie lorem nibh eget laoreet eget, sed mi felis tempus massa mauris lorem nibh eget dolor laoreet. Euismod pulvinar nunc volutpat dolor lobortis volutpat dolor tincidunt tellus sit ut non pharetra ullamcorper amet donec praesent adipiscing aliquam proin, at ac. Et, felis tempus ante mauris lorem nibh mauris lorem nibh elit erat praesent adipiscing aliquam praesent adipiscing nisi consectetur ac et elit erat. Ante molestie feugiat tincidunt euismod, amet, nunc aliquet consectetur nisi sem nonummy donec praesent felis ut non dolor congue ullamcorper pulvinar nunc tellus. Feugiat lobortis, non pharetra dolore praesent adipiscing, aliquam proin consectetur magna diam nonummy donec diam nonummy donec proin at nibh id, sed mi. Felis tempus massa molestie lorem nibh eget erat mi id ipsum, massa molestie, feugiat nibh eget sed laoreet eget erat mi felis lorem. Volutpat pharetra congue ullamcorper turpis dolore sem at erat mi felis tempus ante mauris lorem nibh eget lorem laoreet, id tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id ipsum massa tellus feugiat, lobortis volutpat pharetra congue ullamcorper, turpis nisi sem magna diam nonummy donec. Diam felis tempus, nibh volutpat dolor tincidunt euismod ipsum laoreet id ipsum massa mauris lorem lobortis volutpat pulvinar. Nunc, tellus magna diam nonummy magna diam nonummy donec praesent at ac et elit donec praesent adipiscing tempus. Ante mauris ac et elit erat mi felis ipsum, lobortis consectetur, magna praesent, felis, tempus, nibh, eget sed. Tincidunt euismod pulvinar nunc tellus consectetur magna diam, amet donec aliquet amet dolore sem turpis ut consectetur magna. Ullamcorper, pulvinar, dolore aliquet consectetur magna sem pharetra congue ullamcorper amet dolore ullamcorper sit ut non pharetra, congue. Diam elit donec, praesent felis lorem eget sed mi id ipsum ante felis aliquam proin at ac et. Elit sed, laoreet id ipsum massa molestie lorem lobortis eget sed mi id ipsum ante dolor congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi diam, nonummy, donec ullamcorper amet dolore ullamcorper, amet dolore at magna et elit donec mi felis tempus ante eget dolor nunc tellus sit nisi, sem. Consectetur donec, praesent nonummy donec praesent turpis ut non ut non amet dolore praesent, adipiscing tempus, ante eget sed mi, felis tempus praesent felis donec proin at. Ac nibh id ipsum massa, id feugiat, volutpat pharetra congue aliquet turpis, nisi proin consectetur nisi non pharetra congue volutpat pulvinar tincidunt tellus, sit ut non pharetra. Congue ullamcorper nonummy ullamcorper amet aliquam, proin at erat et nonummy donec aliquet turpis nisi sem at ac diam nonummy donec diam nonummy nunc euismod sit nunc. Non at ac, felis tempus ante mauris lorem et at erat, mi felis tempus massa molestie feugiat lobortis eget sed nibh elit erat praesent adipiscing aliquam ante. Mauris, sed tincidunt amet, dolore aliquet turpis nisi sem amet donec praesent adipiscing tempus proin at ac et, elit erat mi, adipiscing aliquam nibh mauris lorem nibh. Eget dolore sem consectetur congue et nonummy tempus mi mauris tempus lobortis volutpat sed nibh felis ipsum massa molestie lorem lobortis eget lorem et, eget sed laoreet. Molestie lobortis volutpat pharetra congue ullamcorper pulvinar nunc tellus pulvinar lobortis, molestie, feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa id, lorem, ante mauris lorem et eget. Erat aliquet sit nisi sem pharetra congue ullamcorper turpis, nisi proin at magna sem consectetur magna diam amet nunc tellus sit massa molestie sit lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis, nisi diam elit donec nunc non pharetra donec diam aliquam nibh at dolor tincidunt euismod. Pulvinar ut sem consectetur ac diam felis donec, mi, felis tempus ante, mauris erat et elit donec. Praesent felis, ante eget sed laoreet euismod ipsum ut sem pharetra congue diam, nonummy donec praesent felis. Lorem nibh elit sed nunc euismod, pulvinar nunc molestie sit, non pulvinar nunc tellus sit ut, tellus. Consectetur ac massa molestie feugiat lobortis molestie feugiat tincidunt volutpat dolor laoreet felis tempus ante, mauris tincidunt. Euismod amet, dolore tellus pulvinar nunc tellus feugiat lobortis volutpat dolor, tincidunt euismod pulvinar nunc, tellus ipsum. Massa mauris lorem nibh eget dolor tincidunt id tempus, molestie, feugiat lobortis volutpat dolor congue tellus, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non amet donec mi mauris feugiat volutpat pulvinar, tincidunt, tellus turpis nisi diam nonummy, donec mi felis lorem nibh eget sed tincidunt. Id ipsum massa molestie ipsum lobortis molestie feugiat lobortis amet dolore, aliquet turpis magna non consectetur donec praesent adipiscing donec praesent adipiscing aliquam. Proin at ac mi felis ipsum ante, mauris lorem, nibh eget tincidunt id ipsum massa mauris tempus ante at ac et elit erat. Praesent felis tempus nibh mauris lorem nibh id sed massa id ipsum sem amet donec aliquet, adipiscing aliquam proin at magna diam nonummy. Magna, diam nonummy donec praesent adipiscing aliquam et elit ipsum massa felis tempus ante molestie dolore mi adipiscing aliquam proin at ac diam. Elit donec, mi mauris tempus ante mauris sed laoreet id ipsum massa molestie feugiat massa molestie feugiat tincidunt ullamcorper tempus ante, mauris erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie feugiat lobortis, volutpat, dolor congue euismod sit. Aliquam eget sed laoreet molestie ipsum massa molestie feugiat. Tincidunt euismod pulvinar nunc tellus ipsum nunc tellus feugiat. Nibh, non pulvinar, nunc tellus sit ut tellus erat. Laoreet tellus consectetur magna ullamcorper pharetra donec, mi mauris. Lorem nibh eget lorem laoreet eget ipsum ante mauris. Lorem nibh eget dolor laoreet euismod dolore non pharetra. Congue et elit, erat praesent adipiscing tempus, ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent, adipiscing tempus nibh amet aliquam ante mauris. Lorem nibh elit erat laoreet molestie ipsum massa molestie. Feugiat lobortis volutpat sed laoreet euismod ipsum massa molestie. Lorem lobortis volutpat aliquam praesent at ac nibh elit. Ipsum massa molestie feugiat lobortis non dolor lobortis volutpat. Dolor nunc tellus, sit nunc tellus pharetra magna, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit sed, laoreet id ipsum lobortis volutpat pharetra congue aliquet, turpis nisi sem consectetur nisi, sem, erat mi felis tempus proin mauris lorem et, elit donec. Mi id feugiat, ut ullamcorper amet congue, ullamcorper turpis dolore aliquet consectetur ac et ipsum ut, sem nonummy erat mi felis tempus nibh volutpat pharetra, dolore ullamcorper pulvinar. Nunc tellus sit lobortis non dolor lobortis eget sed laoreet felis tempus ante pharetra congue euismod amet dolore praesent adipiscing aliquam proin at ac diam nonummy, dolore aliquet. Turpis nisi sem, at erat mi, id ipsum, volutpat pharetra, congue diam adipiscing aliquam proin mauris ac nibh id sed massa id ipsum ante mauris lorem et eget. Dolor tincidunt euismod feugiat lobortis volutpat pharetra ullamcorper amet, donec, praesent at aliquam diam consectetur donec, diam adipiscing aliquam proin at ac et, elit erat mi elit erat. Mi molestie feugiat lobortis euismod pulvinar proin at ac nibh eget sed laoreet id ipsum ante mauris lorem nibh elit, ac et felis tempus lobortis non congue euismod. Nonummy aliquam, proin consectetur, magna et nonummy donec mi felis aliquam ante mauris lorem, nibh eget sed laoreet, felis tempus ante mauris feugiat lobortis volutpat tincidunt tellus turpis. Nisi diam nonummy magna diam nonummy donec, praesent adipiscing aliquam sem consectetur magna diam amet, donec praesent, adipiscing, aliquam proin consectetur magna diam, nonummy mi adipiscing donec praesent. Consectetur magna diam elit erat mi felis tempus ante, mauris, lorem et at ac et felis erat mi felis aliquam proin, at nunc aliquet turpis ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet turpis aliquam eget sed laoreet id feugiat lobortis volutpat, pharetra congue ullamcorper amet dolore sem consectetur. Ac et elit donec diam nonummy donec proin mauris sed tincidunt mauris, aliquam et elit ac diam elit. Donec ante molestie feugiat lobortis euismod dolor tincidunt euismod pulvinar nunc tellus, sit ut volutpat dolor laoreet id. Dolore aliquet sit congue diam nonummy donec aliquet turpis aliquam proin consectetur ac diam consectetur congue ullamcorper pulvinar. Nunc tellus turpis aliquam et amet nisi non consectetur magna diam, nonummy erat aliquet adipiscing tempus proin elit. Sed nunc tellus sit nisi non pharetra congue non pharetra congue tellus pulvinar ut consectetur erat mi felis. Ipsum lobortis non pharetra, tincidunt euismod pulvinar nunc aliquet sit nisi non pharetra magna praesent, adipiscing aliquam ante. Eget lorem, nibh, id ipsum, tellus pharetra ut ullamcorper amet dolore aliquet amet nisi, sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, dolore volutpat sed tincidunt euismod pulvinar massa molestie feugiat lobortis non pharetra congue, ullamcorper, turpis nisi ante mauris, erat. Et felis tempus ante felis tempus volutpat dolor congue tellus pulvinar nunc tellus sit lobortis molestie feugiat lobortis eget sed. Laoreet id tempus massa molestie feugiat, lobortis eget lorem nibh elit ante, mauris lorem lobortis volutpat sed laoreet euismod, pulvinar. Nunc tellus sit ut non amet dolore aliquet, turpis aliquam proin consectetur nisi sem consectetur praesent felis tempus ante mauris. Lorem, laoreet eget ipsum massa molestie feugiat massa molestie lorem nibh eget sed laoreet id ipsum massa mauris tempus proin. Consectetur, nibh eget ipsum nunc tellus feugiat lobortis volutpat sed laoreet euismod amet dolore aliquet, turpis ut non pharetra congue. Aliquet turpis aliquam ante, at, lorem laoreet eget nunc, sem, pharetra magna diam nonummy donec ullamcorper amet, dolore aliquet feugiat. Ut ullamcorper pharetra congue ullamcorper, amet nisi aliquet sit laoreet id ipsum massa mauris, feugiat nibh volutpat sed laoreet id. Ipsum massa molestie feugiat massa mauris lorem lobortis volutpat pulvinar nunc, tellus sit, nisi sem pharetra diam adipiscing aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat praesent adipiscing tempus massa molestie. Lorem volutpat amet, dolore aliquet turpis nisi. Diam elit tempus ante mauris feugiat nibh. Eget lorem nibh id ipsum massa tellus. Feugiat lobortis non pharetra congue pulvinar laoreet. Id feugiat lobortis volutpat dolor congue ullamcorper. Nonummy tempus proin mauris, lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus non pharetra, dolore aliquet adipiscing aliquam. Proin elit erat et elit erat ante. Mauris, lorem ante at ac et elit. Erat, laoreet molestie feugiat ullamcorper amet dolore. Praesent at aliquam sem, consectetur magna, sem. Consectetur dolore aliquet amet nunc tellus sit. Nisi tellus pharetra magna non dolor tincidunt. Euismod dolor tincidunt euismod ipsum nunc tellus. Turpis ut volutpat dolor congue ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit tincidunt ullamcorper donec, proin at. Lorem nibh, eget ipsum nunc tellus, sit massa. Mauris feugiat lobortis volutpat dolor tincidunt felis, tempus. Ante mauris lorem nibh eget nunc aliquet, at. Lorem, nibh eget sed laoreet felis, tempus ante. At lorem nibh eget sed, tincidunt molestie feugiat. Lobortis volutpat feugiat lobortis volutpat dolor aliquet turpis. Ut sem consectetur magna praesent nonummy, donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat dolor, congue ullamcorper amet aliquet turpis, ac et eget tempus ante mauris, lorem lobortis non, dolor tincidunt euismod ipsum massa molestie, feugiat lobortis molestie feugiat lobortis. Volutpat amet nisi eget, dolor tincidunt euismod sit, ut non consectetur magna non, pharetra congue euismod pulvinar, ut non, pharetra congue, ullamcorper amet donec praesent adipiscing aliquam et sed. Laoreet, euismod sit ut sem pharetra magna diam, adipiscing aliquam praesent, turpis aliquam proin eget sed, laoreet id ipsum lobortis molestie feugiat nibh felis lorem nibh at ac et. Elit, tempus massa mauris lorem ante eget, lorem et eget erat laoreet id ipsum ante mauris ac proin elit erat euismod, sit nunc, non pharetra congue euismod pulvinar nunc. Tellus sit nunc tellus sit ut ullamcorper, amet dolore ullamcorper amet, nunc tellus sit lobortis volutpat dolor tincidunt pulvinar nunc euismod pulvinar nunc tellus sit ut ullamcorper nonummy donec. Praesent mauris sed tincidunt euismod, pulvinar nunc tellus consectetur et elit donec praesent adipiscing aliquam proin, at ac diam consectetur donec, diam, amet nunc tellus, sit, nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris, feugiat tincidunt euismod pulvinar, tincidunt tellus turpis ut et elit donec mi felis tempus ante at ac at, ac praesent adipiscing tempus massa molestie. Lorem nibh volutpat dolor mi id ipsum massa volutpat dolor nibh volutpat sed laoreet elit erat laoreet lorem lobortis, eget dolor congue ullamcorper pulvinar dolore tellus. Turpis nisi non, pharetra congue euismod pulvinar tincidunt id ipsum massa tellus, feugiat nibh euismod pulvinar nunc aliquet ac nibh id ipsum massa, molestie feugiat ut. Non nonummy donec praesent adipiscing aliquam proin at ac et elit, erat ante molestie feugiat non amet donec, praesent at ac et eget erat mi felis. Tempus ante, felis lorem, nibh volutpat pulvinar nunc euismod, sit ut non consectetur donec praesent nonummy praesent adipiscing aliquam proin at ac mi felis, tempus mi. Felis ac et elit sed laoreet id, ipsum massa molestie lorem nibh, volutpat sed nibh, eget donec id ipsum massa molestie dolor, lobortis, id ipsum massa. Id ipsum massa molestie dolor tincidunt ullamcorper amet aliquam sem consectetur nibh, id pulvinar nunc non sit ut, ullamcorper, amet donec praesent adipiscing aliquam proin consectetur. Magna diam nonummy donec mi felis aliquam sem turpis nisi sem, consectetur praesent adipiscing, donec praesent turpis nisi non pharetra congue ullamcorper amet donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar ut non pharetra congue diam nonummy, donec praesent mauris lorem nibh eget ipsum massa id ipsum. Ut ullamcorper, amet aliquet turpis nisi sem turpis ut non pharetra magna ullamcorper amet dolore aliquet sit nisi non. Pharetra congue, diam nonummy dolore praesent amet nisi aliquet ut non dolor tincidunt volutpat pulvinar tincidunt euismod ipsum massa. Molestie feugiat lobortis eget sed tincidunt id sed laoreet id feugiat lobortis volutpat dolor tincidunt volutpat sed molestie ipsum. Lobortis, non dolor congue euismod pulvinar tincidunt, aliquet sit ut sem nonummy magna praesent adipiscing tempus ante at lorem. Nibh, id nunc molestie feugiat massa molestie, dolor congue ullamcorper pulvinar nunc tellus sit ut sem pharetra congue non. Amet dolore praesent adipiscing, ut non consectetur magna mi turpis pharetra ipsum nisi tincidunt proin, volutpat pharetra tincidunt euismod. Turpis aliquam sem consectetur magna sem amet dolore ullamcorper turpis nisi sem at magna sem nonummy donec praesent feugiat. Congue, ullamcorper, pharetra congue ullamcorper turpis nisi aliquet consectetur magna diam nonummy donec praesent adipiscing aliquam proin at, magna. Felis sit nisi sem nonummy donec diam nonummy donec praesent turpis nisi, sem, pharetra congue ullamcorper amet congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis mi tellus eget pulvinar aliquam laoreet aliquet mauris amet aliquam massa et felis sit magna tincidunt, aliquet eget aliquam tincidunt mi non eget pulvinar magna tincidunt proin volutpat felis. Consectetur sed dolore proin eget pulvinar dolore, proin volutpat pulvinar nisi nibh sit erat nunc, et aliquet, mauris dolor, aliquam lobortis ullamcorper adipiscing sit ac massa, proin ullamcorper molestie id. Turpis amet nisi ante diam adipiscing tempus, proin, at donec praesent turpis nisi sem at ac et felis ipsum lobortis volutpat dolor lobortis eget dolor tincidunt id tempus ante felis. Lorem donec molestie feugiat ut, volutpat dolor tincidunt, euismod pulvinar massa molestie, ipsum massa molestie feugiat tincidunt ullamcorper turpis dolore aliquet turpis ut sem nonummy magna diam nonummy donec eget. Lorem laoreet euismod pulvinar nunc tellus sit ut non amet dolore aliquet turpis nisi proin consectetur erat mi felis tempus mi adipiscing aliquam proin at aliquam, eget ipsum laoreet felis. Aliquam ante mauris feugiat, tincidunt ullamcorper turpis, dolore aliquet turpis ut sem consectetur magna ullamcorper pulvinar praesent turpis nisi sem nonummy magna diam adipiscing, aliquam ante at ac nibh elit. Erat et elit erat mi felis lorem ante mauris lorem nibh eget nunc non pharetra lobortis volutpat sed laoreet id ipsum nunc tellus sit congue non pharetra congue euismod dolor. Nunc sem turpis nisi sem consectetur magna ullamcorper amet proin at ac proin at donec praesent adipiscing aliquam praesent adipiscing aliquam sem consectetur ac et elit donec, mi felis, aliquam. Ante mauris lorem nibh euismod sit sem elit donec diam nonummy donec praesent adipiscing nisi aliquet sit, ut ullamcorper amet congue euismod, amet dolore tellus sit ut non consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent adipiscing ac et, at ipsum, laoreet molestie feugiat massa dolor magna euismod dolor tincidunt euismod pulvinar nunc tellus feugiat nibh eget sed laoreet eget erat mi felis ipsum. Massa molestie dolor lobortis volutpat sed, mi feugiat ut non pharetra magna ullamcorper amet dolore aliquet sit nunc tellus pharetra ut non nonummy donec praesent adipiscing aliquam proin at ac. Et, elit ut sem consectetur donec, diam adipiscing aliquam, aliquet turpis, nisi sem consectetur congue diam nonummy donec praesent at ac et at magna diam, erat ante, felis tempus, sem. At, ac, et felis tempus, ante mauris lorem nibh mauris lorem et at ac diam adipiscing aliquam ante at aliquam proin at laoreet id ipsum ante mauris lorem nibh volutpat. Sed tincidunt tellus turpis nisi sem pharetra congue non dolor congue euismod ipsum massa id, tempus mi mauris lorem volutpat dolor, laoreet euismod pulvinar nunc tellus sit ut euismod pulvinar. Nunc tellus pulvinar nunc non pharetra congue diam elit tempus ante molestie feugiat ante, mauris feugiat lobortis euismod, dolor nunc euismod ipsum nunc tellus sit, ut ullamcorper amet congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, nunc, tellus turpis nisi et. Felis ipsum lobortis non pharetra congue. Ullamcorper amet donec, aliquet sit ut. Tellus pharetra congue id ipsum massa. At lorem nibh eget dolor massa. Molestie sit magna et elit erat. Ante mauris sit lobortis euismod pulvinar. Dolore aliquet turpis nisi at erat. Et elit tempus proin, mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, id ipsum ante molestie feugiat lobortis euismod dolor. Nunc turpis aliquam et elit sed laoreet id, ipsum. Ante, mauris ac proin elit erat mi felis ipsum. Massa molestie lorem nibh eget lorem nibh elit massa. Tellus feugiat ut, non dolor congue aliquet pulvinar nunc. Tellus sit nisi non dolor tincidunt euismod pulvinar nunc. Tellus sit nisi non, consectetur ante mauris tempus ante. Mauris sed laoreet id amet dolore aliquet consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, pulvinar nisi aliquet consectetur et id, ipsum nunc tellus sit. Ut ullamcorper, pharetra dolore praesent turpis aliquam et, eget erat mi. Felis erat, ante mauris, lorem nibh elit erat felis tempus nunc. Non pharetra ut non pharetra dolore praesent adipiscing aliquam et elit. Erat, laoreet id ipsum ante mauris lorem lobortis volutpat dolor tincidunt. Sit nisi diam nonummy, erat mi, mauris tempus ante eget lorem. Laoreet id ipsum laoreet id tempus ante, mauris lorem et elit. Erat laoreet felis ipsum, molestie dolor magna diam nonummy aliquam ante. Mauris lorem nibh id pulvinar nunc molestie ipsum massa molestie lorem. Nibh eget sed laoreet, euismod ut sem consectetur magna, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur magna diam nonummy aliquam, praesent adipiscing, lobortis, volutpat pulvinar laoreet id, ipsum massa molestie feugiat nibh mauris sed. Nibh elit sed ante mauris tempus proin at ac proin consectetur magna diam amet proin at lorem nibh eget pulvinar nunc. Tellus sit nisi sem nonummy donec praesent felis tempus ante, eget sed laoreet id ipsum, massa molestie feugiat volutpat feugiat lobortis. Volutpat dolor nunc tellus sit ut sem consectetur donec diam adipiscing aliquam ante mauris, lorem laoreet id ipsum massa, id erat. Mi, felis tempus lobortis molestie feugiat nibh elit erat et elit erat mi felis, tempus ante mauris lorem nibh eget sed. Massa molestie ipsum massa volutpat turpis magna et felis erat mi mauris tempus nibh, eget sed, laoreet euismod pulvinar, ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, aliquet adipiscing, ac, nibh euismod amet dolore aliquet. Consectetur nisi non dolor, congue ullamcorper turpis dolore sem. Mauris sed laoreet eget sed massa sit ut volutpat. Dolor tincidunt euismod pulvinar massa molestie feugiat, ut sem. Amet dolore praesent adipiscing, aliquam proin at magna diam. Nonummy donec mi mauris ut non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut ullamcorper nonummy erat mi felis tempus nibh eget sed nibh, turpis ut sem pharetra congue ullamcorper amet dolore aliquet. Adipiscing ac et at magna ullamcorper nonummy dolore ullamcorper, amet dolore, aliquet turpis nisi, diam consectetur magna felis lorem lobortis volutpat. Dolor tincidunt, euismod sit ut non sit ut non pharetra congue ullamcorper amet tincidunt, id feugiat, lobortis volutpat feugiat tincidunt euismod. Aliquam proin mauris lorem nibh eget sed mi felis donec praesent amet dolore aliquet consectetur congue non dolor, tincidunt volutpat pulvinar. Dolore sem ac nibh eget ipsum ante molestie lorem nibh eget sed laoreet id ipsum massa molestie feugiat, lobortis volutpat feugiat. Lobortis eget sed laoreet euismod pulvinar nunc non congue diam amet, dolore praesent adipiscing ac proin, at donec diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit erat euismod turpis nisi, diam nonummy magna praesent, felis lorem ante eget sed, tincidunt id ipsum massa molestie sit ut non pharetra. Dolore aliquet turpis proin at erat, laoreet euismod pulvinar massa tellus pharetra congue ullamcorper amet dolore praesent turpis ut tellus pharetra congue ullamcorper pharetra. Congue, ullamcorper turpis nisi at sed tincidunt euismod pulvinar nunc molestie dolor tincidunt euismod sed tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat pharetra. Tincidunt ullamcorper amet proin elit ac mi felis tempus mi mauris feugiat nibh mauris lorem nibh eget erat praesent felis aliquam ante at aliquam. Proin at ac et, elit erat non amet congue euismod amet nunc tellus, pulvinar nunc non pharetra congue euismod pulvinar nunc tellus turpis nisi. Sem at erat laoreet id ipsum lobortis molestie feugiat aliquet turpis nisi aliquet, turpis nisi sem, consectetur magna praesent adipiscing donec praesent adipiscing aliquam. Proin consectetur ac praesent adipiscing donec praesent amet dolore aliquet turpis nisi sem consectetur magna sem nonummy magna diam nonummy aliquam praesent adipiscing nisi. Sem consectetur magna ullamcorper amet tincidunt ullamcorper amet nunc tellus ut non pharetra, congue ullamcorper amet nisi proin consectetur magna, sem nonummy erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, aliquam, massa non pharetra dolore praesent adipiscing aliquam et eget erat laoreet felis ipsum. Nunc tellus dolor tincidunt, ullamcorper amet nunc, tellus, aliquam sem elit ac mi felis ipsum. Lobortis non pharetra, congue euismod amet dolore sem consectetur erat mi felis erat mi, felis. Tempus nibh eget tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat feugiat lobortis volutpat dolor. Laoreet id ipsum ante molestie lorem nibh eget lorem nibh elit erat mi felis aliquam. Non nonummy dolore aliquet amet nisi aliquet sit congue diam amet dolore ullamcorper turpis nisi. Proin at lorem et felis tempus ante felis nibh eget sed nibh eget sed massa. Molestie sit congue non amet donec, praesent adipiscing, aliquam proin elit ac mi felis tempus. Mi mauris lorem, nibh, eget tincidunt euismod ipsum massa tellus feugiat lobortis volutpat feugiat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat ante molestie dolor volutpat pulvinar nunc tellus sit nunc tellus pharetra congue. Non pharetra tincidunt ullamcorper turpis nisi sem elit erat, mi felis erat mi felis. Tempus praesent felis tempus proin at lorem nibh eget erat mi id tempus massa. Volutpat dolor congue aliquet turpis dolore tellus sit ut non pharetra congue amet dolore. Aliquet consectetur, nisi sem pharetra magna diam, amet dolore tellus sit ut tellus pharetra. Congue ullamcorper nonummy donec aliquet turpis nisi sem consectetur ut nonummy donec praesent adipiscing. Aliquam proin mauris lorem, nibh eget sed massa, molestie feugiat lobortis volutpat dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non pharetra magna ullamcorper nonummy dolore aliquet turpis nisi sem consectetur ut ullamcorper, pharetra. Congue, ullamcorper amet ut id ipsum massa tellus feugiat ut, non consectetur magna ullamcorper, amet dolore. Aliquet turpis, nisi sem consectetur congue ullamcorper pharetra dolore praesent adipiscing aliquam proin ipsum laoreet felis. Tempus ante mauris ac nibh eget erat laoreet felis tempus mi felis tempus, proin at magna. Diam consectetur congue, ullamcorper felis tempus ante at tincidunt euismod amet dolore aliquet sit nisi non. Pharetra magna ullamcorper, pulvinar dolore tellus sit ut non sit ut non dolor congue ullamcorper lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit tempus mi mauris, feugiat congue volutpat pulvinar tincidunt euismod. Sit nisi diam nonummy mi adipiscing, aliquam proin mauris aliquam proin. Consectetur magna ullamcorper nonummy donec praesent adipiscing aliquam proin at, ac. Et nonummy donec diam nonummy ante at lorem laoreet id ipsum. Massa molestie feugiat lobortis molestie feugiat lobortis volutpat ipsum massa id. Ipsum lobortis volutpat feugiat lobortis volutpat dolor tincidunt tellus pulvinar non. Consectetur magna diam nonummy aliquam, proin mauris ac, et at, erat. Mi felis erat, mi felis lorem nibh mauris erat et felis. Ante, mauris, lorem ante eget sed laoreet euismod pulvinar nunc tellus. Feugiat, lobortis volutpat, pharetra congue ullamcorper amet dolore, tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc tellus sit nunc tellus sit ut ullamcorper amet donec proin adipiscing aliquam et elit. Erat mi nonummy erat felis lorem nibh eget sed laoreet, euismod pulvinar nunc tellus feugiat nibh. Eget sed laoreet id sed laoreet id ipsum ante at ac nibh eget nunc sem at. Ac mi euismod turpis nisi sem consectetur congue ullamcorper pharetra congue euismod sit ut non pharetra. Ut diam amet erat mi felis tincidunt aliquet felis aliquam, proin at, ac nibh eget sed. Massa mauris feugiat lobortis volutpat dolor congue euismod turpis nisi proin at ac id feugiat lobortis. Volutpat dolor tincidunt euismod pulvinar tincidunt id tempus massa molestie feugiat nibh volutpat sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie dolor tincidunt eget pulvinar tincidunt euismod ipsum massa. Mauris feugiat tincidunt volutpat pulvinar dolore tellus turpis ut non. Consectetur magna felis aliquam, proin at ac nibh volutpat dolor. Tincidunt tellus feugiat ut sem consectetur donec mi felis tempus. Nibh volutpat dolor laoreet id ipsum massa pharetra congue ullamcorper. Amet, donec praesent at ac nibh volutpat sed mi felis. Tempus massa tellus feugiat nibh volutpat sed laoreet id ipsum. Laoreet id feugiat massa pharetra congue, aliquet, adipiscing ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec mi felis tempus ante eget. Laoreet euismod ipsum nunc sem consectetur magna. Ullamcorper amet dolore aliquet amet nisi sem. Turpis nisi volutpat, dolor lobortis, volutpat dolor. Laoreet id erat mi consectetur magna praesent. Adipiscing tempus ante mauris, dolor tincidunt id. Ipsum massa molestie ipsum ante, mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum ante felis lorem lobortis volutpat pulvinar nunc tellus turpis nisi sem, pharetra. Ut ullamcorper amet congue euismod amet nisi aliquet turpis ut consectetur magna, ullamcorper amet. Nunc aliquet consectetur ac diam nonummy, magna, praesent adipiscing donec praesent turpis nisi sem. Consectetur ac et felis ipsum massa dolor tincidunt, euismod dolor tincidunt id ipsum massa. Molestie feugiat nibh, non amet dolore tellus sit nisi non consectetur magna ullamcorper nonummy. Donec aliquet adipiscing ac at erat laoreet id tempus massa molestie feugiat, lobortis volutpat. Sed tincidunt tellus pulvinar massa, molestie, sit ut, non dolor tincidunt euismod ipsum massa. Turpis ut sem pharetra tincidunt euismod pulvinar nunc tellus sit magna diam nonummy, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris, et eget ipsum massa tellus sit lobortis volutpat dolor magna praesent, turpis nisi. Sem consectetur lorem nibh eget sed mi, felis tempus proin at ac eget ipsum massa. Molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar, nisi aliquet turpis nisi non pharetra congue. Ullamcorper nonummy donec, aliquet sit ut sem ipsum laoreet molestie sit congue diam amet dolore. Ullamcorper turpis nisi sem turpis nisi non consectetur magna, praesent nonummy nunc aliquet, turpis nisi. Proin at magna id ipsum massa volutpat dolor tincidunt ullamcorper amet nunc tellus feugiat, massa. Molestie dolor tincidunt volutpat sed, laoreet euismod ipsum nunc tellus sit diam nonummy dolore, aliquet. Amet aliquam proin at erat laoreet id ipsum ante molestie feugiat lobortis, volutpat amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sed massa molestie, sit lobortis non amet congue ullamcorper amet nisi, aliquet turpis magna diam nonummy donec praesent adipiscing tempus ante ac et elit ipsum, mi. Id feugiat lobortis non amet dolore aliquet turpis nisi sem consectetur magna diam nonummy erat mi felis aliquam proin at nibh eget sed massa molestie feugiat lobortis. Non pharetra tincidunt euismod pulvinar nunc tellus turpis, nisi sem amet dolore aliquet pulvinar nunc tellus turpis ut, sem nonummy, mi adipiscing aliquam proin at ac proin. Elit erat mi id ipsum massa non pharetra congue euismod pulvinar nunc tellus sit, ut non tempus massa molestie feugiat lobortis volutpat dolor tincidunt, id pulvinar, nunc. Tellus, sit congue non amet, dolore aliquet adipiscing nisi proin consectetur magna, et elit erat mi, lorem nibh volutpat, dolor tincidunt tellus sit ut non pharetra ac. Et felis tempus ante felis ac nibh elit, sed mi id tempus massa tellus, sit ut amet dolore tellus turpis nisi sem, consectetur ac et, elit erat. Proin, at ac et, eget dolor nunc aliquet ut tellus dolor tincidunt euismod pulvinar dolore praesent turpis aliquam proin elit, sed, laoreet, felis tempus ante at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum massa mauris feugiat lobortis volutpat, sed laoreet euismod sed laoreet id feugiat nibh mauris ac proin at. Ac felis ipsum lobortis non pharetra tincidunt euismod amet nisi, sem consectetur ac et elit, erat ante mauris lorem. Nibh mauris ac et at erat tellus, sit ut ullamcorper pharetra lobortis euismod dolor tincidunt euismod sit nisi non. Consectetur magna diam adipiscing donec praesent turpis ut non, pharetra, magna diam nonummy donec at lorem nibh eget dolor. Tincidunt tellus pulvinar massa volutpat dolor congue diam adipiscing, tempus nibh eget lorem nibh elit erat mi adipiscing, massa. Volutpat pharetra dolore, aliquet adipiscing nisi sem consectetur, ac mi, elit erat mi felis tempus ante mauris sed laoreet. Id, ipsum massa tellus sit congue ullamcorper congue aliquet turpis aliquam proin consectetur ac et elit tempus ante, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet euismod nunc non pharetra magna diam. Amet, donec proin at aliquam proin eget erat. Mi id ipsum massa molestie feugiat tincidunt volutpat. Pulvinar dolore aliquet adipiscing proin at donec diam. Nonummy donec praesent adipiscing aliquam proin, elit dolor. Nunc aliquet consectetur ac et elit, tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet id ipsum nunc tellus sit, lobortis volutpat dolor lobortis volutpat ipsum massa molestie feugiat lobortis. Molestie feugiat lobortis volutpat laoreet eget, tempus mi molestie feugiat lobortis volutpat pharetra tincidunt ullamcorper turpis nisi. Proin elit erat et elit erat praesent adipiscing aliquam sem at ac nonummy, donec, mi felis tempus. Nibh, volutpat pharetra dolore, aliquet sit nunc tellus feugiat massa molestie, feugiat lobortis volutpat dolor nunc tellus. Turpis, nisi diam nonummy donec, lobortis praesent felis, tempus nibh eget sed laoreet id erat, ante mauris. Lorem ut, ullamcorper amet dolore aliquet turpis nisi non consectetur, magna molestie, tempus ante felis aliquam sem. At ac et elit tempus massa, molestie feugiat nibh volutpat dolor tincidunt euismod pulvinar, massa id ipsum. Massa volutpat dolor lobortis dolor tincidunt id ipsum ante mauris lorem nibh volutpat sed tincidunt id ipsum. Massa non consectetur donec praesent adipiscing donec, praesent adipiscing nisi, sem consectetur nunc molestie sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur donec praesent nonummy aliquam ante eget dolor, ullamcorper. Turpis nisi sem consectetur magna et elit erat praesent adipiscing. Tempus, ante mauris ac mi felis tempus praesent nonummy aliquam. Praesent adipiscing nisi proin sed laoreet molestie feugiat lobortis molestie. Feugiat lobortis volutpat, sed tincidunt, proin euismod adipiscing lorem congue. Massa et id turpis ac laoreet aliquet mauris congue proin. Molestie pharetra erat mi, molestie amet tempus, ac nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At amet lorem congue, nisi nibh molestie pharetra congue ullamcorper, turpis aliquam proin at. Erat mi felis tempus ante mauris lorem nibh eget sed nibh elit erat laoreet. Id, feugiat ut amet, dolore, aliquet, turpis nisi proin at ac mi, id ipsum. Massa molestie, dolor congue ullamcorper, nonummy donec aliquet turpis nunc tellus sit ut amet. Donec, ante molestie, feugiat lobortis eget dolor laoreet molestie ipsum massa mauris lorem, ante. Mauris ac nibh elit donec, mi felis tempus, proin mauris lorem nibh mauris lorem. Et at erat laoreet felis ipsum massa molestie feugiat lobortis euismod pulvinar laoreet id. Ipsum nunc non sit congue ullamcorper nonummy praesent at ac et, elit erat et. Felis ipsum lobortis volutpat dolor lobortis volutpat, dolor tincidunt id ipsum massa, mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, non amet dolore ullamcorper turpis dolore aliquet turpis, ut non amet, congue euismod pulvinar tincidunt euismod ipsum, massa molestie. Magna diam nonummy aliquam proin at aliquam proin at ac, mi felis ipsum massa molestie lorem et elit magna et. Nonummy erat massa molestie lorem euismod pulvinar nunc tellus sit ut, sem elit ac praesent adipiscing aliquam praesent adipiscing aliquam. Proin elit erat et elit erat praesent turpis nisi sem consectetur nibh eget ipsum laoreet id tempus ante at aliquam. Proin at magna et elit erat praesent adipiscing, aliquam et eget sed laoreet id tempus tellus pharetra, congue ullamcorper nonummy. Donec proin at lorem et elit erat mi id ipsum massa mauris lorem nibh, elit ac et elit erat mi. Nonummy donec ante molestie sit lobortis eget dolor tincidunt id pulvinar nunc molestie ipsum ante, mauris lorem nibh eget sed. Laoreet id, ipsum massa molestie dolor lobortis ullamcorper nibh elit sed laoreet molestie lorem lobortis volutpat, sed, tincidunt ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur, magna diam nonummy, magna diam amet dolore aliquet. Turpis magna sem consectetur donec praesent felis tempus ante felis. Feugiat massa molestie feugiat congue ullamcorper amet nisi aliquet turpis. Nisi sem consectetur congue diam nonummy donec aliquet sit, nisi. Sem consectetur magna diam feugiat lobortis volutpat, dolor congue euismod. Amet dolore tellus turpis, nisi sem pharetra tincidunt ullamcorper pulvinar. Dolore praesent adipiscing aliquam sem consectetur magna diam nonummy donec. Adipiscing aliquam sem turpis magna diam nonummy, donec, praesent, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et eget, ipsum et elit, erat, laoreet felis, feugiat massa, mauris lorem lobortis euismod pulvinar laoreet, id ipsum massa molestie. Feugiat tincidunt euismod pulvinar nunc aliquet consectetur diam elit erat praesent felis tempus ante adipiscing aliquam, nibh id ipsum massa molestie. Ipsum massa molestie lorem lobortis eget sed laoreet id ipsum massa sit lobortis non, pharetra, congue tellus pulvinar nunc molestie ipsum. Lobortis volutpat dolor tincidunt ullamcorper turpis nisi sem consectetur nisi sem elit, donec praesent feugiat lobortis non amet dolore, aliquet sit. Nisi sem, pharetra magna ullamcorper pharetra, congue ullamcorper amet dolore tellus sit ut volutpat dolor tincidunt euismod pulvinar nunc turpis nisi. Sem elit, erat mi id tempus ante mauris lorem et eget ipsum massa molestie feugiat lobortis volutpat feugiat nibh mauris erat. Mi id ipsum ante lorem lobortis eget lorem nibh id ipsum massa molestie feugiat massa molestie feugiat lobortis volutpat dolor tincidunt. Id ipsum massa, molestie feugiat diam adipiscing aliquam praesent at ac diam nonummy magna diam nonummy donec aliquet adipiscing, aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie feugiat ante at, ac et nonummy magna praesent felis lorem nibh eget dolor tincidunt id ipsum. Massa, molestie pharetra nunc tellus feugiat lobortis molestie feugiat nibh eget ac, diam nonummy donec diam nonummy aliquam proin. Adipiscing ac et elit erat mi id ipsum, massa pharetra, dolore aliquet amet nisi tellus sit ut non consectetur. Magna diam nonummy donec proin mauris lorem nibh, eget erat laoreet felis aliquam, proin mauris lorem nibh sed laoreet. Molestie feugiat lobortis volutpat, consectetur donec diam amet dolore tellus turpis nisi non consectetur donec diam nonummy donec aliquet. Adipiscing ac eget sed massa molestie feugiat ut, non pharetra congue, ullamcorper amet nunc tellus sit ut sem pharetra. Congue diam nonummy dolore aliquet turpis nisi sem, pharetra congue nonummy tempus mi felis, tempus proin, at ac diam. Nonummy donec praesent adipiscing aliquam proin mauris ac, et elit sed, laoreet molestie feugiat lobortis, molestie feugiat nibh sed. Massa molestie ipsum massa mauris dolor congue euismod amet nunc tellus pulvinar ut tellus sit, ut non dolor, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non, pharetra congue ullamcorper amet nisi, sem turpis magna et erat praesent felis tempus nibh volutpat dolor. Congue praesent turpis aliquam et, elit, erat, mi id ipsum lobortis molestie feugiat nibh eget sed laoreet euismod tempus. Mauris feugiat ut volutpat dolor tincidunt euismod, ipsum, massa molestie feugiat massa mauris, ac nibh elit, sed laoreet id. Feugiat lobortis, volutpat dolor, lobortis volutpat nunc tellus sit nisi sem pharetra congue non pharetra congue id sed laoreet. Id feugiat lobortis volutpat, pharetra congue, ullamcorper amet nunc tellus nunc molestie feugiat lobortis volutpat pulvinar laoreet, id sit. Nisi et eget sed, mi felis aliquam ante at ac proin consectetur magna diam elit donec aliquet turpis ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed, laoreet id lorem ante eget dolor, tincidunt, euismod pulvinar nunc aliquet turpis, diam. Elit erat ante mauris tempus ante at magna et eget erat, mi felis tempus ante. Mauris lorem nibh eget sed laoreet id ipsum ante dolor dolore, ullamcorper amet nisi aliquet. Turpis ut tellus dolor congue diam adipiscing donec proin adipiscing aliquam proin at magna diam. Adipiscing aliquam ante, at et elit erat mi felis tempus ante mauris tempus proin consectetur. Nisi, sem, elit sed mi felis aliquam praesent adipiscing, aliquam et elit et elit erat. Mi mauris feugiat lobortis volutpat pulvinar nunc tellus sit ut tellus sit ut ullamcorper amet. Dolore aliquet turpis nisi non pharetra magna ullamcorper nonummy ante volutpat pharetra congue euismod dolor. Nunc aliquet sit ac, diam nonummy erat praesent nonummy donec, proin at aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at lorem nibh eget sed laoreet euismod ipsum massa mauris feugiat, nibh euismod, dolor laoreet id sed. Laoreet felis ante mauris, ac nibh elit erat et nonummy erat ante mauris lorem nibh eget dolor, tincidunt. Tellus sit nisi diam nonummy erat mi adipiscing ante mauris lorem et eget sed nunc tellus feugiat lobortis. Non pharetra tincidunt, euismod amet nisi sem, turpis nisi diam, nonummy donec diam, adipiscing aliquam proin mauris nibh. Id pulvinar ut sem elit erat et elit donec aliquet turpis dolore sem consectetur magna non consectetur, donec. Praesent adipiscing tempus ante lorem nibh id ipsum nunc non consectetur magna, ullamcorper nonummy, donec praesent, turpis nisi. Proin, elit, sed laoreet euismod pulvinar massa molestie feugiat lobortis volutpat dolor laoreet turpis nisi non pharetra congue. Ullamcorper nonummy dolore praesent turpis nisi sem consectetur magna diam elit tempus ante, mauris tempus proin consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec proin at ac et eget erat, massa id ipsum massa molestie dolor lobortis volutpat, pulvinar euismod, pulvinar ut sem consectetur donec mi felis aliquam ante mauris. Sed tincidunt euismod turpis dolore aliquet, turpis nisi volutpat dolor tincidunt volutpat dolor tellus, sit nisi diam elit, erat mi mauris lorem nibh eget sed nibh id ipsum. Nunc, aliquet turpis ut non amet congue euismod pulvinar nunc euismod pulvinar molestie dolor congue ullamcorper, amet dolore tellus turpis ut non sit congue ullamcorper nonummy donec praesent. Mauris ac nibh eget erat et nonummy massa volutpat pharetra magna praesent nonummy donec aliquet turpis nisi proin at donec praesent nonummy donec praesent, turpis aliquam et elit. Sed laoreet molestie, feugiat nisi sem erat mi mauris, lorem ante mauris lorem, nibh nonummy erat mi felis tempus massa mauris feugiat lobortis eget sed laoreet felis tempus. Praesent adipiscing aliquam ante at nibh id ipsum massa mauris lorem ante at aliquam proin at magna, diam nonummy donec aliquet adipiscing nisi proin at diam elit erat. Mi mauris lorem ante mauris lorem laoreet euismod ipsum nunc tellus sit ut non pharetra congue euismod amet dolore aliquet consectetur, magna non amet mi felis tempus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar ut non pharetra magna, ullamcorper nonummy praesent mauris lorem nibh volutpat ipsum massa molestie feugiat lobortis, volutpat nonummy magna praesent nonummy, donec sem consectetur. Magna nibh elit erat mi felis, ipsum aliquam et eget sed, massa molestie sit nisi sem, consectetur donec praesent turpis dolore aliquet consectetur magna sem nonummy. Donec diam nonummy donec aliquet turpis et id ipsum massa molestie feugiat lobortis non pharetra congue ullamcorper pulvinar nunc euismod, pulvinar ut tellus sit ut volutpat. Dolor, nunc euismod nisi sem consectetur magna ullamcorper pharetra congue aliquet adipiscing, aliquam et elit erat laoreet felis tempus massa mauris aliquam sem consectetur ac nibh. Eget, sed laoreet id congue ullamcorper nonummy donec aliquet turpis nisi sem turpis nisi non dolor lobortis volutpat, pulvinar nunc euismod pulvinar nunc tellus sit congue. Ullamcorper amet dolore, praesent adipiscing nibh id ipsum massa molestie feugiat lobortis non pharetra, congue, ullamcorper, turpis nisi proin, consectetur ac et elit sed laoreet, feugiat. Congue diam nonummy donec, praesent at ac proin at erat mi felis ipsum massa mauris lorem nibh mauris sed nibh, eget ipsum ante adipiscing aliquam mauris. Dolor tincidunt euismod pulvinar nunc tellus sit ut non, pharetra congue ullamcorper amet dolore aliquet turpis ut non dolor lobortis volutpat dolor nunc tellus sit ut. Consectetur magna diam adipiscing aliquam proin adipiscing aliquam proin consectetur ac et, elit erat mi felis tempus ante mauris magna et eget ipsum nunc, tellus pharetra. Congue, molestie sit ut non pharetra tincidunt euismod ipsum massa tellus turpis nisi diam nonummy magna diam adipiscing aliquam praesent consectetur nisi diam nonummy, magna tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar massa aliquet turpis nisi diam nonummy donec mi felis ante eget dolor tincidunt euismod ipsum massa molestie. Feugiat ut non amet dolore aliquet amet dolore tellus sit ut sem consectetur congue euismod pulvinar tincidunt turpis magna. Et eget sed massa tellus feugiat lobortis volutpat sed laoreet id, erat laoreet id tempus ante mauris feugiat et. At ac et elit ut non consectetur magna diam nonummy donec aliquet adipiscing nisi non pharetra congue ullamcorper amet. Congue, ullamcorper, amet dolore sem at ac et tempus ante felis aliquam proin at magna diam elit, donec mi. Adipiscing tempus, proin mauris, lorem nibh, eget sed laoreet id feugiat lobortis molestie, dolor tincidunt volutpat nunc aliquet turpis. Nisi diam nonummy donec praesent felis tempus ante mauris lorem nibh eget erat laoreet molestie ipsum lobortis non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac et elit sed mi adipiscing aliquam ante mauris ac, nibh id pulvinar dolore sem at ac molestie turpis magna, sem consectetur donec praesent felis lorem nibh. Euismod pulvinar nunc euismod pulvinar nunc non pharetra, congue ullamcorper amet dolore aliquet adipiscing et eget erat laoreet felis tempus massa molestie lorem nibh eget sed laoreet eget erat. Mi felis lorem ante mauris ac nibh eget sed laoreet id tempus molestie dolor lobortis, volutpat dolor tincidunt euismod sit ut sem consectetur magna praesent adipiscing aliquam ante eget. Sed, laoreet euismod ipsum massa molestie, congue ullamcorper amet, congue euismod pulvinar nunc tellus sit nunc molestie dolor lobortis volutpat sed nibh id ipsum massa molestie ipsum, massa molestie. Dolor congue ullamcorper amet proin at ac mi felis tempus, mi mauris lorem, lobortis euismod amet nunc, aliquet turpis nisi, sem, nonummy erat mi felis tempus proin adipiscing aliquam. Et elit massa tellus sit ut non, consectetur, magna diam nonummy aliquam ante volutpat dolor tincidunt euismod, pulvinar nunc non, pharetra lobortis id ipsum massa molestie dolor lobortis eget. Dolor laoreet, id ipsum massa mauris, lorem nibh eget lorem nibh elit erat mi felis tempus ante mauris, lorem ullamcorper amet nisi sem consectetur ac et, elit donec praesent. Adipiscing aliquam proin at, ac nibh elit donec praesent, felis tempus nibh eget sed laoreet euismod pulvinar sem elit ac mi felis erat mi felis tempus proin at ac. Et eget sed ante felis tempus praesent turpis nisi sem consectetur magna non pharetra lobortis, turpis aliquam et eget erat laoreet felis tempus ante felis tempus ante eget dolor. Tincidunt euismod pulvinar massa molestie sit ut non amet dolore aliquet pulvinar nunc at ac mi felis, erat mi adipiscing aliquam proin consectetur ac sem consectetur magna ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra magna et elit tempus ante, molestie feugiat tincidunt euismod dolor tincidunt euismod pulvinar nunc tellus. Pharetra diam adipiscing donec proin at ac, laoreet eget, sed, laoreet felis erat proin adipiscing ac et. Elit erat laoreet id pulvinar ut non consectetur mi mauris feugiat ut non dolor, laoreet euismod pulvinar. Dolore sem pharetra congue diam nonummy donec, praesent adipiscing tempus ante mauris ac mi felis erat ante. Mauris, ut ullamcorper amet dolore tellus sit ut non pharetra congue, ullamcorper nonummy donec praesent adipiscing, aliquam. Proin at ac et elit erat praesent tempus ante mauris lorem et elit, erat mi felis ipsum. Massa volutpat pharetra congue ullamcorper pulvinar laoreet id ipsum massa molestie lorem, ante eget dolor tincidunt id. Nisi sem nonummy donec praesent adipiscing aliquam massa molestie dolor tincidunt euismod pulvinar dolore sem consectetur magna. Sem consectetur donec praesent adipiscing nisi sem turpis ut, non sit, nunc, non sit congue ullamcorper amet. Dolore proin at aliquam proin at ac, mi molestie sit, ut, sem pharetra praesent, nonummy aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi molestie feugiat ut ullamcorper felis ipsum, non amet dolore. Mi molestie feugiat lobortis volutpat dolor tincidunt euismod sit nisi sem nonummy. Donec mi adipiscing tempus ante at lorem nibh, elit sed tellus consectetur. Magna et nonummy erat mi adipiscing aliquam sem turpis nisi non, consectetur. Magna diam nonummy dolore aliquet turpis ut non pharetra congue diam donec. Mi mauris, lorem lobortis volutpat, dolor laoreet id pulvinar massa molestie, feugiat. Ut non amet dolore tellus sit nisi sem pharetra ut nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at magna et elit erat ante mauris. Lorem lobortis, volutpat pulvinar aliquam ante sed laoreet. Euismod, pulvinar nunc molestie feugiat lobortis volutpat dolor. Congue ullamcorper turpis aliquam ante at, ac diam. Nonummy erat mi, felis tempus, nibh, mauris tincidunt. Euismod pulvinar massa molestie ipsum lobortis volutpat pharetra. Tincidunt ullamcorper amet nunc tellus feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id ipsum massa tellus sit, ut non amet, congue ullamcorper turpis nisi proin consectetur, magna ullamcorper amet congue aliquet amet dolore euismod pulvinar, tellus, pharetra congue diam, amet. Donec aliquet adipiscing ac et elit, sed laoreet felis aliquam ante molestie feugiat tincidunt euismod amet nisi sem consectetur magna nonummy donec praesent adipiscing, aliquam ante mauris lorem et. Elit, erat laoreet id ipsum, lobortis non amet dolore praesent, turpis nisi sem consectetur magna diam consectetur mi felis aliquam ante eget lorem nibh eget sed mi felis tempus. Ante mauris feugiat lobortis volutpat dolor laoreet tellus sit ut non consectetur praesent nonummy donec tellus, turpis ut non sit ut non, amet dolore praesent adipiscing dolore, aliquet consectetur. Magna et nonummy donec, praesent turpis nisi sem turpis nisi pharetra congue diam nonummy dolore tellus turpis ut sem pharetra congue ullamcorper pharetra, dolore aliquet pulvinar dolore aliquet, turpis. Magna diam consectetur donec aliquet adipiscing donec praesent adipiscing tempus ante eget lorem nibh eget ipsum massa tellus sit ut non dolor tincidunt euismod pulvinar nunc id feugiat lobortis. Molestie feugiat lobortis eget mauris tempus ante mauris ac et elit donec praesent amet tellus turpis nisi proin consectetur congue ullamcorper, amet dolore ullamcorper amet nunc tellus sit magna. Et felis tempus ante molestie lorem, nibh, mauris lorem laoreet id sed laoreet tellus turpis aliquam proin elit ac mi elit erat mi felis, lorem nibh volutpat dolor, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac et eget sed massa, id sit congue diam nonummy dolore praesent adipiscing aliquam et at laoreet felis tempus mi felis tempus proin at. Ac nibh elit, erat mi felis donec aliquet adipiscing nisi sem at erat et elit, erat mi, mauris tincidunt ullamcorper adipiscing tempus, nibh volutpat sed nibh. Eget sed massa, molestie feugiat lobortis volutpat, dolor tincidunt ullamcorper pulvinar nunc, tellus sit ut volutpat dolor aliquet amet nunc aliquet turpis, nisi sem pharetra magna. Ullamcorper amet dolore proin adipiscing aliquam et elit ac mi felis ipsum ante mauris lobortis volutpat dolor laoreet felis, ipsum nunc tellus pharetra congue ullamcorper amet. Dolore aliquet adipiscing aliquam proin elit ac praesent adipiscing donec, praesent adipiscing ac et elit mi, felis ipsum, massa volutpat feugiat lobortis volutpat dolor tincidunt eget. Sed, massa molestie sit ut ullamcorper pharetra dolore aliquet amet, nisi sem at magna diam nonummy lobortis non pharetra congue ullamcorper pulvinar tincidunt, euismod, sit ut. Non pharetra ut non pharetra congue ullamcorper pulvinar nunc molestie congue ullamcorper amet dolore praesent, mauris nonummy pulvinar magna tincidunt ante praesent tellus id adipiscing sed. Congue praesent molestie pharetra aliquam massa non nonummy erat, ante, volutpat turpis magna mi tellus consectetur lorem tincidunt aliquet at, dolor congue praesent, at sed dolore. Praesent diam molestie turpis dolor ac dolore lobortis diam, euismod volutpat tempus nibh eget dolor tincidunt id pulvinar ut non pharetra congue diam nonummy donec, praesent. At, ac nibh eget dolor nunc tellus sit ut sem consectetur donec felis lorem nibh eget sed tincidunt euismod sed massa id feugiat massa molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac mi, elit tempus nunc, tellus sit congue ullamcorper amet dolore aliquet adipiscing aliquam proin at magna ullamcorper amet dolore non, pharetra congue, aliquet adipiscing. Tempus ante eget sed tincidunt euismod pulvinar nunc non sit lobortis mauris lorem laoreet euismod pulvinar aliquam et volutpat massa id sit ut, non consectetur magna. Ullamcorper nonummy donec sem, turpis magna sem nonummy, erat mi adipiscing aliquam ante at, ac et eget erat mi id massa molestie dolor, tincidunt ullamcorper amet. Nisi proin at, lorem nibh id sed laoreet molestie feugiat, nibh, volutpat pharetra congue aliquet turpis dolore turpis ac diam nonummy erat mi, mauris feugiat lobortis. Volutpat amet donec praesent adipiscing aliquam diam consectetur congue non pharetra tincidunt ullamcorper amet dolore tellus sit ut felis, ipsum massa molestie dolor congue volutpat pulvinar. Nunc aliquet consectetur ac sem nonummy donec praesent felis ipsum lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus, feugiat, non pharetra donec praesent adipiscing tempus sem. At lorem nibh euismod sit ut non pharetra congue ullamcorper amet congue, ullamcorper dolore tellus feugiat, ut non pharetra tincidunt, euismod dolor tincidunt euismod pulvinar ut. Non consectetur congue ullamcorper amet dolore aliquet sit ut sem consectetur congue ullamcorper amet massa mauris ac et eget erat mi elit erat, mi felis lorem. Nibh eget sed tincidunt, tellus adipiscing nisi non pharetra ut non amet dolore aliquet turpis congue euismod pulvinar tincidunt, tellus sit nisi diam consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, nibh id ipsum ut tellus feugiat lobortis volutpat dolor lobortis euismod amet dolore aliquet, sit nisi diam nonummy donec praesent adipiscing aliquam praesent ac laoreet eget ipsum mi. Id feugiat lobortis volutpat dolor tincidunt, euismod pulvinar massa tellus sit ut non dolor tincidunt euismod pulvinar, nunc aliquet sit sem, pharetra congue diam adipiscing aliquam proin at ac. Laoreet id sed mi felis tempus mi mauris lorem nibh mauris, lorem et elit tempus massa molestie lorem volutpat dolor laoreet ullamcorper sit nisi non pharetra ut non dolor. Tincidunt ullamcorper amet nunc tellus feugiat lobortis volutpat feugiat lobortis eget, dolor aliquet turpis, aliquam diam nonummy erat laoreet, id tempus, lobortis non dolor congue ullamcorper turpis aliquam proin. Elit sed mi felis erat ante, mauris lorem ante mauris tincidunt tellus adipiscing nisi sem, consectetur magna et elit aliquam proin, mauris lorem et elit sed, nunc tellus pulvinar. Nunc volutpat dolor tincidunt ullamcorper amet dolore aliquet nisi proin at ac diam adipiscing aliquam proin at ac et consectetur, ac et elit, erat, ante molestie feugiat tincidunt molestie. Sit congue ullamcorper amet dolore tellus sit nisi proin consectetur magna diam nonummy donec praesent at ac et elit ac, diam nonummy donec praesent nonummy aliquam mauris lorem nibh. Eget ipsum nunc molestie feugiat ut non pharetra congue euismod ipsum nunc, aliquet turpis nisi non pharetra congue ullamcorper pulvinar nunc euismod pulvinar diam elit sed laoreet id ipsum. Massa mauris ac, et at erat et nonummy donec mi felis tempus ante at erat, et elit erat mi nonummy donec at lorem laoreet eget ipsum nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore mi consectetur ac et felis erat nunc non pharetra congue ullamcorper amet donec praesent turpis aliquam et at, magna. Diam elit aliquam proin mauris, lorem lobortis amet nunc euismod tempus massa molestie lorem nibh volutpat sed laoreet id pulvinar. Nunc tellus pharetra magna praesent felis tempus ante mauris lorem, nibh eget, tincidunt tellus, turpis nisi sem consectetur donec praesent. Adipiscing aliquam proin adipiscing aliquam proin nonummy congue non pharetra dolore aliquet turpis aliquam proin at mi felis tempus massa. Non pharetra congue ullamcorper amet dolore praesent adipiscing, magna et elit sed massa molestie sit magna, et elit tempus proin. At ac volutpat pulvinar nunc tellus, sit ut non, pharetra congue euismod pulvinar nunc, aliquet adipiscing aliquam proin elit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis euismod pulvinar dolore aliquet sit nisi non consectetur magna diam adipiscing tempus ante eget sed laoreet, id ipsum massa sit lobortis molestie feugiat nibh, eget dolor. Nunc tellus turpis ut sem consectetur magna praesent, felis lorem lobortis volutpat pulvinar tincidunt tellus pulvinar, nunc tellus, sed massa tellus, feugiat lobortis volutpat dolor tincidunt volutpat dolor tincidunt. Euismod turpis, magna et felis tempus ante felis aliquam proin at, ac proin at ac mi feugiat lobortis volutpat feugiat tincidunt eget dolor, tincidunt id ipsum ante mauris tempus. Ante eget sed tincidunt euismod sit nisi non sit congue nonummy aliquam proin at ac proin at, ac mi elit donec, ante mauris feugiat tincidunt euismod, dolor tincidunt id. Ipsum, massa molestie lorem lobortis non pharetra congue at lorem nibh eget erat mi, felis, erat mi felis tempus proin at lorem nibh id, ipsum ante mauris lorem nibh. Volutpat pharetra congue euismod amet ac elit, sed nunc aliquet sit, nisi non consectetur, donec mi adipiscing aliquam proin, mauris, lorem nibh, elit, erat mi felis ut ullamcorper amet. Dolore aliquet turpis aliquam aliquet consectetur ac et elit, erat, mi mauris feugiat tincidunt, euismod amet, dolore tellus sit ut tellus pharetra congue non aliquam ante at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum massa molestie dolor lobortis volutpat donec proin, mauris lorem nibh id. Pulvinar nisi sem, at ac et adipiscing donec proin mauris lorem et elit. Magna diam nonummy donec praesent adipiscing ante eget lorem nibh eget sed laoreet. Id ipsum nibh mauris, lorem et elit, magna diam amet, dolore ullamcorper, pulvinar. Dolore sem turpis nisi id, pulvinar nunc non sit congue ullamcorper amet dolore. Aliquet turpis nisi sem pharetra ut non, pharetra tincidunt euismod, pulvinar massa tellus. Sit magna diam tempus massa mauris lorem nibh eget lorem nibh elit, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at feugiat laoreet euismod pulvinar aliquet turpis magna diam felis tempus massa molestie feugiat tincidunt euismod amet nunc, tellus sit nunc tellus pharetra congue ullamcorper amet dolore aliquet adipiscing. Nibh euismod pulvinar tincidunt molestie feugiat lobortis non consectetur magna diam adipiscing tempus ante mauris lorem laoreet id ipsum nunc, tellus sit ut ullamcorper, amet praesent at ac et elit. Erat laoreet euismod ipsum massa mauris tempus ante eget sed laoreet euismod, pulvinar nunc molestie sit ut ullamcorper nonummy proin mauris ac nibh, volutpat pulvinar tincidunt aliquet turpis nisi diam. Nonummy donec mi felis lorem nibh eget pharetra, tincidunt euismod ipsum, nunc, tellus sit ut felis tempus, ante felis tempus et elit ac et elit erat mi felis aliquam proin. At lorem, laoreet id ipsum massa id feugiat lobortis molestie dolor tincidunt turpis aliquam nibh volutpat dolor laoreet id ipsum massa mauris lorem nibh mauris lorem et elit donec praesent. Nonummy tempus ante at ac proin at ac et feugiat nisi, sem nonummy donec diam, turpis nisi sem at, ac nibh eget ipsum massa id ipsum ante, mauris lorem euismod. Pulvinar nunc tellus sit ut volutpat pharetra tincidunt, euismod, amet dolore sem consectetur ac diam, nonummy donec praesent, adipiscing aliquam ante mauris lorem proin consectetur magna elit erat mi adipiscing. Ac, et elit erat tincidunt, euismod pulvinar massa tellus feugiat nibh, eget sed tincidunt id ipsum massa tellus sit lobortis molestie feugiat tincidunt at ac lobortis euismod pulvinar, nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt, euismod, nunc aliquet adipiscing aliquam proin at magna diam nonummy aliquam proin at lorem et. Eget sed laoreet tellus turpis nisi sem pharetra congue praesent adipiscing lobortis non dolor laoreet, euismod sit. Nunc non consectetur ac diam nonummy erat mi turpis nisi, proin, at ac et felis tempus massa. Molestie sit diam nonummy donec, praesent adipiscing ac et at erat mi, id ipsum massa molestie feugiat. Lobortis euismod pulvinar tincidunt euismod ipsum massa molestie dolor magna diam nonummy lobortis volutpat dolor laoreet id. Ipsum nunc tellus feugiat lobortis non pharetra congue ullamcorper amet nunc tellus sit ut non pharetra tincidunt. Euismod sit congue praesent adipiscing aliquam proin turpis nisi non, sit ut non amet dolore aliquet turpis. Dolore sem consectetur magna et elit ipsum massa mauris lorem proin, sed laoreet id ipsum, nunc tellus. Sit congue mi felis tempus massa molestie feugiat lobortis volutpat dolor tincidunt id ipsum massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam sem consectetur congue non pharetra congue aliquet turpis aliquam proin consectetur. Ac et elit, lobortis volutpat dolor congue ullamcorper pulvinar, nunc aliquet adipiscing aliquam nibh. Id, ipsum nunc molestie, sit ut non pharetra dolore aliquet adipiscing aliquam proin sed. Tincidunt aliquet turpis magna diam nonummy erat praesent, nonummy, donec praesent turpis aliquam sem. Elit erat mi felis ipsum lobortis volutpat dolor tincidunt euismod, pulvinar ante at lorem. Et elit tempus ante felis, lorem, lobortis eget, sed laoreet euismod ipsum laoreet felis. Tempus massa molestie feugiat, lobortis eget nunc euismod sit lobortis sem consectetur magna praesent. Adipiscing tempus ante, mauris sed laoreet eget ipsum, ut tellus sit ut volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis nisi sem, nonummy donec praesent adipiscing aliquam praesent mauris lorem laoreet eget sed massa tellus sit lobortis, amet dolore praesent adipiscing. Aliquam proin, at ac et elit donec, praesent adipiscing aliquam, sem consectetur ac diam nonummy, erat, praesent adipiscing aliquam praesent, adipiscing proin elit. Erat mi, felis tempus ante mauris tempus proin at magna diam consectetur, magna diam amet dolore aliquet sit ut non pharetra congue diam. Nonummy lobortis non pharetra dolore ullamcorper amet dolore aliquet turpis nisi sem nonummy magna praesent adipiscing donec praesent adipiscing magna, sem nonummy erat. Laoreet id ut ullamcorper nonummy dolore ullamcorper turpis dolore sem consectetur magna diam elit tempus massa molestie lorem nibh volutpat dolor tincidunt, id. Ipsum massa molestie feugiat lobortis non aliquam proin mauris lorem et eget erat, mi, elit erat ante felis tempus proin, consectetur magna diam. Elit erat mi felis ipsum nibh, eget sed laoreet ipsum massa id, tempus ante, mauris dolor tincidunt volutpat pulvinar nunc euismod sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam proin, at lorem laoreet. Id ipsum massa id ipsum lobortis. Non amet donec praesent adipiscing aliquam. Ante lorem laoreet id pulvinar ut. Non consectetur congue non pharetra dolore. Ullamcorper amet dolore non consectetur congue. Ullamcorper nonummy erat mi molestie feugiat. Euismod amet, nunc aliquet consectetur magna. Et, eget donec laoreet id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ullamcorper adipiscing nisi proin elit tincidunt, tellus sit ut non consectetur, magna praesent adipiscing tempus ante eget pulvinar nunc praesent adipiscing. Nisi proin, at ac et elit, erat ante mauris, nibh elit erat et nonummy erat mi felis tempus ante eget sed tincidunt. Euismod pulvinar nunc tellus feugiat ut molestie feugiat laoreet, id ipsum massa sit nisi sem consectetur, magna ullamcorper pulvinar dolore tellus sit. Nunc tellus, sit, lobortis volutpat dolor tincidunt euismod ipsum nunc tellus, pharetra magna felis erat ante, mauris lorem lobortis, volutpat dolor nunc. Tellus sit, nisi sem diam adipiscing, tempus massa volutpat pharetra congue ullamcorper pulvinar dolore aliquet turpis ut non congue, ullamcorper amet, nunc. Tellus turpis magna diam nonummy erat mi felis, tempus proin, at ac et eget erat, laoreet felis tempus ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, ac nibh id ipsum massa, tellus pharetra magna diam amet dolore ullamcorper turpis aliquam turpis nisi sem consectetur dolore ullamcorper amet dolore euismod, pulvinar ut non consectetur congue. Ullamcorper amet, donec praesent turpis nisi sem consectetur ac, et tempus massa molestie feugiat lobortis volutpat dolor nunc aliquet turpis, magna diam consectetur magna diam nonummy donec aliquet, turpis. Nisi non consectetur congue diam nonummy dolore adipiscing ac et at magna et nonummy magna diam amet dolore sem, consectetur magna et elit erat, mi felis tempus massa eget. Sed, tincidunt ipsum nunc tellus sit lobortis volutpat feugiat lobortis volutpat pulvinar nunc, aliquet sit, ut sem, pharetra congue non pharetra tincidunt euismod pulvinar, massa molestie feugiat massa molestie. Congue aliquet adipiscing aliquam et at erat mi id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod sit nisi sem pharetra, congue ullamcorper nonummy, donec praesent lorem tincidunt. Ullamcorper turpis, nisi proin mauris lorem et elit tempus mi mauris lorem ante mauris lorem nibh eget mi id feugiat lobortis molestie lorem et, eget erat mi felis ipsum. Ante molestie feugiat lobortis volutpat dolor nunc, tellus sit ut non pharetra magna ullamcorper amet, praesent at, feugiat dolore aliquet, turpis nisi sem at erat mi elit erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam elit erat mi felis, aliquam proin adipiscing aliquam proin eget sed mi felis ipsum massa mauris tempus ante mauris lorem. Tincidunt consectetur nisi diam nonummy donec diam nonummy dolore praesent, adipiscing aliquam proin at, erat laoreet id ipsum massa molestie lorem lobortis. Volutpat pulvinar nunc, tellus nunc non pharetra, ut non pharetra nunc tellus turpis nisi sem at ac diam nonummy donec praesent amet. Nisi sem at ac, et elit erat praesent adipiscing proin at lorem et elit erat laoreet id tempus ante molestie feugiat nibh. Elit erat laoreet felis erat praesent adipiscing nisi sem at, diam elit tempus massa molestie feugiat lobortis eget lorem laoreet id ipsum. Laoreet id ipsum ante mauris ac lobortis volutpat dolor dolore, tellus, sit ut, volutpat dolor euismod amet nunc aliquet sit nisi sem. Nonummy erat mi felis, tempus ante, at, lorem lobortis eget sed laoreet felis erat praesent adipiscing nisi sem consectetur magna nonummy erat. Ante, molestie pharetra magna praesent adipiscing aliquam proin mauris lorem nibh eget erat laoreet id ipsum ante dolor tincidunt ullamcorper amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra, congue diam amet congue aliquet adipiscing sem elit, amet dolore aliquet turpis magna, diam, elit, donec aliquet turpis aliquam proin at ac nibh eget. Sed massa tellus feugiat, lobortis volutpat sed tincidunt ipsum massa molestie feugiat ut non amet congue aliquet turpis, dolore aliquet sit magna diam nonummy erat mi. Mauris feugiat nibh volutpat dolor congue, pulvinar dolore, aliquet pharetra congue ullamcorper nonummy, donec praesent turpis dolore aliquet, sit magna et, nonummy magna diam adipiscing tempus. Nibh volutpat, dolor tincidunt pulvinar massa id, ipsum massa molestie feugiat nibh elit ac diam, nonummy magna aliquet amet dolore euismod pulvinar nunc molestie feugiat lobortis. Eget pharetra congue euismod, ipsum id ipsum massa, molestie feugiat lobortis euismod pulvinar nunc aliquet turpis nisi diam consectetur magna diam nonummy, donec proin mauris dolor. Tincidunt euismod ipsum nunc, molestie congue ullamcorper elit erat proin, mauris lorem et elit erat et nonummy magna, ullamcorper nonummy aliquam ante mauris ac et erat. Praesent id ipsum massa molestie sed laoreet id ipsum laoreet, felis tempus ante mauris lorem nibh eget sit ac et eget sed laoreet molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam tellus pulvinar nunc non pharetra congue ullamcorper amet dolore aliquet turpis sem at magna et elit donec proin at ac et elit, erat laoreet id. Pulvinar, ut sem pharetra magna diam nonummy donec praesent adipiscing aliquam proin ac mi felis tempus proin mauris lorem nibh eget sed laoreet felis tempus ante. Felis feugiat lobortis volutpat pulvinar nunc euismod pulvinar laoreet molestie feugiat volutpat sed tincidunt id, sed massa tellus sit lobortis molestie lorem nibh elit sed mi. Id pulvinar ut non pharetra, congue ullamcorper amet aliquet sit ut non sit congue diam nonummy donec praesent adipiscing aliquam sem consectetur, magna diam elit erat. Mi felis lorem, lobortis euismod amet, aliquam proin at laoreet id ipsum dolore non sit ut non pharetra tincidunt, euismod pulvinar dolore sem consectetur magna diam. Consectetur donec diam, nonummy dolore tellus sit ut tellus, sit non pharetra dolore aliquet turpis nisi sem consectetur magna diam consectetur, dolore praesent adipiscing nisi sem. Consectetur nisi diam elit massa tellus sit congue ullamcorper amet congue ullamcorper amet dolore sem consectetur congue, ullamcorper amet dolore ullamcorper turpis nisi sem at lorem. Laoreet euismod sit ut nonummy magna diam amet, dolore praesent, adipiscing, aliquam et, elit erat mi id tempus praesent felis tempus ante eget sed laoreet id. Pulvinar nunc non sit ut nonummy dolore praesent adipiscing, nisi, proin consectetur ac et, elit donec mi felis nisi et, elit erat, et elit erat mi. Felis tempus nibh volutpat dolor laoreet at ac et eget erat laoreet id feugiat lobortis volutpat feugiat tincidunt, volutpat pulvinar, nunc tellus sit nisi tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non pharetra dolore praesent at lorem laoreet. Id ipsum massa id feugiat massa molestie feugiat. Ullamcorper turpis, nisi proin at ac nibh eget. Erat laoreet id ipsum massa volutpat pharetra tincidunt. Ullamcorper pulvinar, dolore aliquet consectetur magna diam erat. Ante molestie lorem nibh eget lorem laoreet id. Ipsum nunc molestie sit, lobortis volutpat pharetra congue. Ullamcorper turpis nisi sem consectetur magna diam elit. Tempus massa consectetur magna, praesent adipiscing lorem nibh. Eget dolor, tincidunt aliquet turpis aliquam et at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at lorem nibh eget erat mi felis erat mi felis tempus ante eget sed nibh, eget, sed laoreet, molestie feugiat ut non. Dolor aliquet adipiscing nisi sem at ac et, nonummy erat, mi mauris lorem lobortis volutpat dolor nunc tellus sit ut sem, consectetur, erat. Laoreet tellus feugiat ullamcorper amet congue ullamcorper amet nisi aliquet turpis nisi diam, nonummy, donec praesent adipiscing aliquam proin at lorem nibh elit. Sed mi, felis tempus massa mauris feugiat praesent mauris lorem lobortis eget dolor tincidunt euismod turpis nisi sem, nonummy donec, praesent felis aliquam. Proin at, ac et at erat, mi sit ut non dolor tincidunt volutpat pulvinar tincidunt, euismod, feugiat lobortis molestie feugiat lobortis volutpat, sed. Laoreet eget ipsum, massa molestie pharetra, ut volutpat dolor congue, euismod aliquam proin at magna diam amet donec, praesent felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa tellus congue diam id sit, ut non pharetra, congue ullamcorper turpis nisi proin consectetur ac et elit tempus ante. Tellus dolor congue diam amet dolore adipiscing ac proin at ac mi, adipiscing tempus massa volutpat feugiat, nibh volutpat sed, laoreet. Euismod sit ut non pharetra congue diam, amet donec aliquet ac et, eget erat mi felis tempus massa volutpat pharetra congue. Volutpat pulvinar nunc tellus turpis ut sem consectetur donec diam adipiscing tempus ante mauris ac et sed laoreet id tempus massa. Non, dolor congue euismod, amet dolore proin consectetur magna sem consectetur, congue ullamcorper nonummy nisi, aliquet consectetur nisi nonummy magna diam. Amet, donec praesent at ac proin, at ac, diam elit erat mi adipiscing aliquam, sem consectetur magna diam nonummy donec diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit sed, laoreet id tempus massa mauris lorem et eget dolor massa molestie, feugiat lobortis volutpat magna. Diam nonummy donec proin mauris lorem laoreet id, sed laoreet molestie feugiat lobortis molestie feugiat lobortis euismod amet nunc. Molestie turpis, nisi elit tempus ante mauris lorem lobortis volutpat sed laoreet, euismod pulvinar nunc tellus sit lobortis volutpat. Sed tincidunt ullamcorper, amet nunc aliquet turpis ut sem nonummy magna turpis nisi aliquet consectetur magna diam nonummy donec. Mi id tempus ante at, aliquam proin consectetur congue diam amet dolore aliquet turpis nisi consectetur magna diam felis. Erat mi mauris aliquam, proin mauris lorem nibh nonummy donec praesent adipiscing donec, praesent adipiscing nisi proin turpis, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus sit nisi sem, pharetra donec praesent adipiscing donec proin at ac proin, at ac diam, amet proin mauris lorem. Lobortis volutpat dolor tincidunt, tellus pulvinar ut non pharetra congue ullamcorper amet nunc euismod pulvinar nunc non pharetra congue praesent adipiscing, ante. Molestie dolor congue euismod pulvinar dolore aliquet turpis ut sem consectetur magna diam nonummy donec praesent adipiscing nisi diam elit donec diam. Nonummy donec aliquet aliquam proin elit sed mi id feugiat ut non consectetur congue diam adipiscing tempus nibh mauris lorem laoreet eget. Ipsum massa, id feugiat, massa sed tincidunt euismod ipsum massa id ipsum lobortis volutpat dolor lobortis volutpat dolor tincidunt tellus sit ut. Sem consectetur, magna, ullamcorper amet donec praesent at lorem, nibh sed massa id feugiat lobortis sem amet donec mi mauris tempus, ante. Mauris sed tincidunt tellus sit ut non pharetra congue non pharetra, donec proin adipiscing et eget sed laoreet id tempus, ante, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore sem at lorem nibh eget laoreet id feugiat. Lobortis non, amet donec, praesent adipiscing nisi et elit nisi. Sem nonummy, erat mi mauris lorem ante mauris lorem nibh. Eget nunc tellus sit congue ullamcorper pharetra dolore aliquet amet. Dolore aliquet turpis ut non amet dolore ullamcorper amet nunc. Aliquet turpis magna sem nonummy donec, adipiscing tempus proin at. Ac, nibh id ipsum laoreet id feugiat ut, non pharetra. Congue euismod dolor nunc tellus sit nunc molestie, feugiat nibh. Eget lorem laoreet pulvinar ut sem consectetur congue ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus sit nisi diam consectetur massa molestie feugiat. Tincidunt, euismod pulvinar, donec ante at aliquam proin eget. Ipsum massa molestie feugiat massa molestie, feugiat lobortis eget. Sed tincidunt id massa, molestie feugiat nibh eget, sed. Tincidunt tellus sit nunc, tellus sit lobortis volutpat dolor. Tincidunt ullamcorper amet dolore tellus feugiat massa, volutpat feugiat. Tincidunt amet dolore aliquet sit ut sem pharetra magna. Diam nonummy, aliquam proin mauris lorem nibh eget ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolor tincidunt, aliquet turpis aliquam ante mauris. Lorem mi euismod ipsum nunc non pharetra magna. Diam nonummy aliquam, praesent eget pharetra dolore ullamcorper. Amet sem at magna mi felis tempus mi. Adipiscing aliquam sem consectetur magna sem consectetur, donec. Diam felis aliquam proin at ac proin, at. Ac mi ipsum massa mauris lorem nibh volutpat. Sed, laoreet id tempus massa molestie sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit nisi sem magna et felis, tempus ante molestie feugiat lobortis euismod pulvinar nunc aliquet sit ut volutpat dolor. Congue diam amet dolore aliquet turpis ut non magna praesent nonummy donec proin adipiscing aliquam, proin consectetur magna diam nonummy. Donec, ante, felis lorem nibh mauris sed laoreet id ipsum massa molestie, lorem volutpat dolor congue ullamcorper, amet, nisi sem. Consectetur magna, ullamcorper, pharetra congue euismod pulvinar tincidunt euismod ipsum massa, molestie, feugiat lobortis, euismod pulvinar donec turpis nisi sem. Consectetur, magna, diam amet dolore aliquet turpis nisi sem consectetur magna diam consectetur magna ullamcorper amet nunc euismod, pulvinar nunc. Tellus sit ut adipiscing tempus proin, mauris lorem laoreet id ipsum, massa molestie sit ut sem consectetur dolore aliquet amet. Nisi proin at ac et elit erat mi felis aliquam eget sed laoreet ullamcorper turpis nisi proin elit ac et. Nonummy donec praesent adipiscing tempus ante mauris lorem nibh elit erat ante felis tempus ullamcorper amet congue ullamcorper amet dolore. Sem consectetur magna diam amet, dolore aliquet, turpis dolore aliquet turpis, ut, non consectetur magna diam amet dolore praesent adipiscing. Aliquam euismod pulvinar nunc tellus sit lobortis volutpat dolor tincidunt euismod pulvinar tincidunt euismod ipsum massa molestie lorem nibh mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie sit ut praesent adipiscing tempus ante molestie lorem nibh elit sed mi, felis erat ante molestie lorem diam nonummy donec praesent at ac. Et elit erat laoreet molestie feugiat massa mauris lorem tincidunt ullamcorper, amet, nunc tellus elit, ipsum massa, non, donec laoreet id feugiat lobortis eget lorem. Nibh euismod pulvinar nunc, tellus sit magna diam nonummy donec aliquet amet, dolore sem consectetur ac et elit, erat id lorem, nibh eget sed tincidunt. Euismod ipsum massa molestie feugiat lobortis non pharetra tincidunt ullamcorper amet nunc tellus pulvinar ut, tellus sit ut amet nunc aliquet sit, ut tellus sit. Congue diam elit erat proin mauris lorem nibh elit erat et felis erat ante molestie lorem nibh volutpat pulvinar nunc turpis, ut tellus pharetra congue. Ullamcorper adipiscing donec proin adipiscing nisi sem turpis ut sem consectetur magna ullamcorper turpis nisi sem at ac diam, nonummy donec felis tempus ante mauris. Sed tincidunt ullamcorper, amet nisi aliquet turpis ut sem amet congue aliquet turpis nisi aliquet consectetur diam nonummy erat mi felis tempus proin at ac. Et, elit erat diam nonummy dolore aliquet turpis nunc tellus turpis nisi sem consectetur magna diam, adipiscing donec mauris ac nibh, eget sed mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra, ut diam nonummy, donec mauris lorem lobortis volutpat dolor, tincidunt, euismod, sit ut tellus sit congue diam adipiscing aliquam. Nibh volutpat dolor laoreet id ipsum massa tellus feugiat molestie feugiat lobortis eget sed laoreet felis tempus massa mauris, tempus nibh. Mauris, sed laoreet eget, sed laoreet felis aliquam ante mauris feugiat lobortis eget massa tellus turpis nisi non pharetra, magna diam. Adipiscing aliquam sem turpis nisi, diam nonummy magna diam adipiscing donec praesent adipiscing nisi proin at et felis erat ante molestie. Dolor congue ullamcorper, turpis nisi aliquet turpis nisi sem consectetur, congue diam adipiscing tempus ante at ac et at, ac et. Tempus ante volutpat feugiat tincidunt euismod dolor tincidunt euismod pulvinar nunc molestie feugiat, lobortis eget sed laoreet id ipsum massa molestie. Ipsum massa volutpat dolor congue ullamcorper nisi proin consectetur ac et felis donec praesent adipiscing donec, sem turpis, nisi, sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem laoreet euismod pulvinar dolore aliquet turpis nisi sem pharetra congue ullamcorper turpis nisi, sem turpis magna et eget sed praesent, adipiscing proin mauris lorem. Nibh, eget sed laoreet id tempus mi felis feugiat nibh elit sed laoreet id, ipsum nunc molestie sit congue ullamcorper nonummy dolore ipsum nunc tellus pharetra congue. Ullamcorper nonummy erat ante molestie dolor, tincidunt volutpat pulvinar nunc euismod pulvinar ut non consectetur congue diam adipiscing aliquam proin at laoreet id ipsum massa molestie feugiat. Congue, ullamcorper nonummy donec aliquet turpis nisi sem consectetur magna sem pharetra magna diam, nonummy aliquam proin at et, eget erat mi adipiscing aliquam proin, at ac. Nibh volutpat pulvinar, nunc, tellus turpis ut non, consectetur, magna, ullamcorper amet donec praesent at lorem nibh eget laoreet felis ipsum ante molestie lorem, lobortis eget sed. Laoreet molestie feugiat, lobortis volutpat feugiat tincidunt euismod dolor nunc tellus sit nunc tellus feugiat aliquam et eget erat laoreet felis tempus ante mauris lorem nibh elit. Sed laoreet id ipsum nunc molestie feugiat lobortis, volutpat dolor nunc, praesent turpis aliquam et erat laoreet id feugiat lobortis volutpat feugiat nibh volutpat dolor tincidunt, euismod. Ipsum lobortis non, pharetra congue euismod pulvinar nunc tellus pulvinar ut, non sit ut non congue ullamcorper amet dolore aliquet consectetur nisi non pharetra congue euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue diam adipiscing aliquam praesent adipiscing ac et eget, sed laoreet id ipsum ante molestie lorem nibh at, ac. Mi felis ipsum non, pharetra magna ullamcorper amet dolore proin at ac nibh eget sed, laoreet id ipsum lobortis non pharetra. Congue ullamcorper amet dolore tellus sit lobortis feugiat tincidunt euismod pulvinar nunc tellus, sit ut non sit congue praesent adipiscing, aliquam. Proin at, ac et elit sed laoreet molestie feugiat lobortis non pharetra congue pulvinar nunc tellus sit nunc non pharetra congue. Ullamcorper, nonummy dolore, praesent adipiscing ac et, elit erat laoreet id, ipsum, massa molestie dolor volutpat dolor nunc tellus sit ut. Non consectetur donec mi adipiscing, donec proin adipiscing ac nibh id ipsum massa, molestie sit ut sem, pharetra congue ullamcorper turpis. Sem consectetur magna diam nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam proin at erat mi id, tempus, ante molestie dolor. Dolore aliquet turpis nisi proin consectetur et elit erat mi mauris lorem lobortis non amet dolore, praesent adipiscing aliquam sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis dolore aliquet turpis magna diam consectetur magna, mi, mauris feugiat ut volutpat pharetra, tincidunt ullamcorper ut sem at ac mi elit erat mi molestie feugiat, tincidunt euismod. Pulvinar nunc aliquet turpis nisi non pharetra ut volutpat pharetra dolore praesent aliquam proin elit erat mi felis tempus ante mauris ac et at erat laoreet id pulvinar massa. Molestie feugiat congue ullamcorper nonummy donec, praesent adipiscing ac nibh pulvinar dolore aliquet sit ut non pharetra congue ullamcorper turpis nisi proin at ac et nonummy donec praesent adipiscing. Tempus ante volutpat pharetra aliquet adipiscing lorem nibh, id sed massa molestie tempus massa volutpat dolor congue, ullamcorper amet dolore, euismod turpis ut, non pharetra magna ullamcorper pharetra nunc. Tellus sit, sem elit ac et felis tempus ante molestie dolor tincidunt euismod amet dolore aliquet turpis nisi non pharetra magna diam amet nunc tellus pulvinar ut tellus feugiat. Ullamcorper nonummy erat proin at ac et elit erat laoreet id sit ut non pharetra, magna ullamcorper amet tincidunt euismod ut non pharetra congue ullamcorper amet, dolore aliquet amet. Dolore aliquet sit magna diam nonummy donec mi felis aliquam proin at ac et, elit sed laoreet, felis, lobortis volutpat pharetra congue ullamcorper amet dolore aliquet turpis nisi, sem. Nonummy, erat mi adipiscing aliquam proin, at ac diam nonummy donec diam nonummy aliquam praesent sed tincidunt, ullamcorper amet nunc aliquet pharetra congue ullamcorper amet dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, turpis magna diam nonummy magna, praesent nonummy aliquam praesent. At lorem nibh id sed laoreet molestie feugiat lobortis non. Consectetur donec non consectetur congue ullamcorper amet nunc tellus sit. Ut non pharetra congue non pharetra dolore aliquet adipiscing ac. Et elit erat mi felis ipsum sem nonummy donec mi. Mauris, lorem nibh volutpat dolor tincidunt, euismod pulvinar, nunc non. Pharetra congue non pharetra dolore, aliquet turpis dolore, sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing tempus ante mauris sed laoreet euismod ipsum massa tellus feugiat lobortis molestie, sed nunc tellus turpis nisi sem donec, ante molestie feugiat. Lobortis euismod pulvinar nunc tellus pulvinar ut sem pharetra congue non, pharetra, congue ullamcorper amet dolore aliquet turpis nisi non donec praesent adipiscing aliquam. Ante eget sed laoreet id, ipsum massa tellus sit ut non amet congue aliquet amet dolore aliquet consectetur magna diam, elit tempus diam, consectetur. Donec, mi mauris lorem proin mauris lorem nibh eget sed laoreet id, aliquam proin adipiscing aliquam et at ac mi felis tempus volutpat dolor. Congue diam turpis aliquam proin consectetur magna diam consectetur magna ullamcorper pharetra tincidunt tellus sit ut non pharetra ut ullamcorper dolor tincidunt euismod turpis. Nisi at ac et elit, erat mi felis tempus nibh eget, lorem laoreet euismod pulvinar nunc tellus ipsum massa volutpat, feugiat lobortis volutpat ipsum. Massa tellus sit diam nonummy donec praesent nonummy donec aliquet, consectetur magna diam consectetur magna diam pharetra dolore aliquet turpis dolore non consectetur, mi. Id feugiat massa mauris lorem nibh eget erat et elit, erat mi felis tempus ante at ac et at erat mi felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus et elit, sed laoreet. Euismod sit ut sem consectetur, magna. Mauris feugiat, ut volutpat, sed laoreet. Id ipsum laoreet, molestie feugiat lobortis. Non pharetra dolore aliquet amet dolore. Aliquet turpis nisi diam nonummy donec. Ullamcorper donec proin mauris dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum lobortis non dolor tincidunt volutpat pulvinar tincidunt id tempus felis, aliquam sem mauris ac nibh id ipsum massa molestie feugiat lobortis non pharetra congue. Ullamcorper amet dolore tellus sit ut non consectetur dolore aliquet turpis ante at, sed, tincidunt euismod pulvinar nunc tellus sit lobortis molestie feugiat massa volutpat dolor. Tincidunt euismod pulvinar tincidunt, euismod pulvinar nunc tellus, sit tincidunt mauris lorem nibh, eget sed nibh elit erat mi felis aliquam praesent adipiscing aliquam proin at. Ac et, elit tempus mi felis tempus euismod pulvinar dolore aliquet turpis nisi proin at donec, diam adipiscing aliquam proin at lorem nibh volutpat dolor nunc. Tellus turpis nisi et elit tempus mi molestie lobortis ullamcorper nonummy aliquam, proin, eget dolor, tincidunt ullamcorper amet dolore sem consectetur erat, mi, felis tempus massa. Volutpat dolor congue diam nonummy dolore aliquet turpis, magna nonummy magna diam nonummy, dolore aliquet turpis dolore, tellus sit ut non pharetra dolore aliquet adipiscing tempus. Nibh volutpat dolor tellus turpis magna sem elit erat mi felis tempus massa volutpat pharetra congue ullamcorper pulvinar nunc tellus sit ut non consectetur dolore aliquet. Turpis aliquam, proin sed, laoreet eget, sed mi felis lorem nibh eget sed tincidunt euismod amet dolore tellus sit ut volutpat pharetra tincidunt, euismod, amet, nunc. Tellus, consectetur magna sem congue praesent nonummy dolore, aliquet, pulvinar nunc tellus sit lobortis non pharetra, dolore aliquet adipiscing aliquam proin, elit ac et consectetur magna. Diam nonummy nisi proin consectetur laoreet id, pulvinar massa molestie sit, lobortis volutpat dolor laoreet elit erat mi felis erat mi felis, nisi proin consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit donec praesent adipiscing tempus, ante volutpat sed laoreet euismod, ipsum nunc molestie ut diam nonummy donec praesent adipiscing, tempus, nibh volutpat pulvinar tincidunt euismod pulvinar nunc. Molestie pharetra congue ullamcorper amet donec, proin mauris feugiat, lobortis amet dolore, aliquet at erat tincidunt euismod pulvinar nunc tellus dolor tincidunt euismod pulvinar tincidunt euismod pulvinar nunc. Molestie pharetra congue ullamcorper pharetra congue ullamcorper pulvinar, dolore at ac mi felis tempus ante mauris feugiat lobortis euismod pulvinar dolore aliquet turpis nisi, sem nonummy magna diam. Amet donec, aliquet amet aliquet consectetur magna diam, nonummy donec praesent adipiscing, nisi ante eget, sed tincidunt id, ipsum massa tellus sit lobortis volutpat dolor tincidunt, ullamcorper amet. Dolore, aliquet sit ullamcorper amet dolore aliquet turpis, nisi sem, at lorem diam elit donec praesent, adipiscing aliquam proin adipiscing ac sem consectetur congue non, pharetra congue, euismod. Pulvinar tincidunt ullamcorper turpis aliquam sem turpis ac et felis ipsum massa tellus sit lobortis volutpat, pharetra congue aliquet at ac et at ac et, nonummy donec mi. Feugiat lobortis euismod pulvinar nunc euismod sit ut diam nonummy donec praesent amet dolore aliquet turpis, nisi non molestie pharetra tincidunt ullamcorper amet dolore, tellus consectetur magna elit. Erat ante mauris tempus ante eget, lorem laoreet id ipsum massa id ipsum, ante mauris ac nibh eget sed massa molestie feugiat lobortis non dolor lobortis turpis nisi. Aliquet turpis ut non pharetra congue ullamcorper pharetra dolore aliquet adipiscing aliquam proin at ac diam felis ipsum massa volutpat dolor congue, euismod, pulvinar nunc consectetur, ac nibh. Id pulvinar nunc tellus, sit, ut, volutpat dolor tincidunt euismod pulvinar, nunc molestie, feugiat ut ullamcorper pharetra, congue ullamcorper, turpis aliquam proin mauris lorem, tellus sit nunc, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent adipiscing proin consectetur erat mi. Molestie feugiat, lobortis volutpat dolor, lobortis volutpat amet. Nunc aliquet sit magna diam elit, erat mi. Id, ipsum nibh eget tincidunt euismod pulvinar nunc. Tellus turpis nisi sem nonummy donec mi adipiscing. Tempus ante eget dolor tincidunt, tellus sit ut. Non, consectetur magna ullamcorper amet proin mauris lorem. Nibh eget sed massa tellus feugiat lobortis volutpat. Feugiat lobortis euismod, amet donec sem at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, tempus lobortis volutpat sed, nibh id sed nunc tellus turpis nisi sem nonummy erat diam turpis aliquam proin at magna diam, nonummy. Laoreet id ipsum ante eget sed tincidunt euismod, amet nisi sem consectetur magna, et nonummy donec mi felis aliquam nibh mauris lorem nibh. Eget ipsum, molestie sit ut non pharetra congue ullamcorper turpis nisi, proin, at, ac mi felis tempus ante, mauris lorem ante mauris lorem. Laoreet euismod pulvinar massa mauris lorem ullamcorper nonummy aliquam proin at ac et at ac et, elit erat mi turpis dolore tellus sit. Lobortis non, pharetra tincidunt diam adipiscing proin at ac proin at donec praesent adipiscing aliquam ante mauris lorem nibh at ac et elit. Donec aliquet adipiscing nisi sem turpis nisi sem consectetur magna amet nunc, tellus sit nisi proin consectetur magna diam nonummy donec, praesent, turpis. Nisi, proin at ac et elit donec diam nonummy, dolore aliquet turpis magna diam erat mi id ipsum massa molestie lorem laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis volutpat pharetra congue pulvinar tincidunt euismod pulvinar nunc tellus, sit ut non pharetra, congue, euismod, pulvinar ut sem pharetra magna diam amet donec aliquet. Amet dolore tellus sit et euismod ipsum, nunc tellus feugiat lobortis volutpat pulvinar tincidunt euismod, sit nunc tellus sit ut non pharetra congue, ullamcorper pulvinar nunc. Tellus sit nisi nonummy donec praesent adipiscing donec proin at lorem nibh, id pulvinar ut tellus, pharetra ut ullamcorper, amet, dolore ullamcorper amet nisi aliquet, consectetur. Tincidunt tellus turpis ut sem, consectetur donec praesent adipiscing tempus proin mauris lorem nibh eget sed laoreet, felis tempus, ante mauris lorem nibh elit erat et. Id lobortis non, pharetra congue ullamcorper adipiscing aliquam proin adipiscing nisi sem pharetra congue non, amet congue aliquet amet nunc, aliquet turpis nisi non amet congue. Aliquet turpis, ante mauris lorem et eget tempus mi felis, tempus, ante at lorem, laoreet euismod pulvinar massa tellus feugiat ut ullamcorper tempus ante felis lorem. Nibh, volutpat dolor tincidunt euismod, sit ut non pharetra ut volutpat pharetra congue ullamcorper pulvinar nunc molestie sit lobortis non pharetra dolore, aliquet aliquam nibh eget. Sed, tincidunt aliquet turpis, nisi et elit erat mi id lorem nibh volutpat dolor tincidunt euismod ipsum laoreet id ipsum massa molestie, lorem nibh pulvinar nunc. Tellus sit ut sem, pharetra congue euismod amet, nunc euismod sit nunc tellus sit ut ullamcorper, amet dolore aliquet adipiscing aliquam proin at ac diam tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat pulvinar, nunc tellus sit nisi proin at mi id feugiat lobortis molestie dolor congue euismod dolor laoreet felis tempus. Massa molestie dolor lobortis volutpat pulvinar nunc euismod pulvinar massa tellus sit ut adipiscing aliquam, proin at nisi sem consectetur ac. Et elit erat mi adipiscing aliquam proin at magna diam nonummy, donec praesent felis aliquam proin adipiscing, proin, consectetur ac diam. Elit tempus, massa molestie feugiat lobortis, eget erat laoreet felis pulvinar nunc non, pharetra congue ullamcorper amet dolore praesent aliquam proin. At erat laoreet felis, tempus proin at lorem et elit erat mi felis tempus lobortis volutpat dolor congue ullamcorper amet dolore. Aliquet, turpis nisi sem erat, mi felis, ipsum ante mauris, ac et eget erat et felis tempus mi, adipiscing tempus nibh. Eget, sed laoreet eget sed ante, molestie sit ut volutpat dolore praesent turpis nunc sem consectetur magna diam nonummy donec praesent. Felis tempus ante mauris ac, diam nonummy donec ullamcorper, amet, dolore volutpat dolor tincidunt ullamcorper turpis nisi non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam nibh eget nisi sem turpis magna diam, nonummy donec mi felis aliquam. Proin mauris sed nibh, id pulvinar massa molestie feugiat massa volutpat feugiat, nibh elit. Nisi proin at ac, diam elit erat mi felis tempus proin at ac proin. At ac mi id ipsum massa molestie feugiat, lobortis euismod dolor euismod pulvinar ut. Non consectetur magna, ullamcorper amet dolore praesent adipiscing aliquam et at ac, diam nonummy. Donec praesent adipiscing aliquam proin at, magna sem nonummy magna, felis tempus nibh volutpat. Dolor tincidunt tellus sit nunc, tellus sit ut non dolor congue ullamcorper amet nunc. Aliquet at ac diam elit mi mauris, tempus ante mauris lorem, et eget sed. Ante molestie feugiat lobortis volutpat pharetra congue ullamcorper amet nisi sem turpis, congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at ac nibh felis ipsum massa. Molestie feugiat ut non dolor congue, euismod pulvinar. Nunc tellus ac diam felis tempus massa non. Consectetur donec mi adipiscing aliquam proin mauris lorem. Diam elit donec diam adipiscing donec proin adipiscing. Lorem nibh amet dolore tellus turpis nisi sem. Nonummy erat mi, felis tempus nibh eget lorem. Et eget, sed massa molestie feugiat lobortis non. Pharetra congue ullamcorper turpis nisi elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin at lorem nibh id tempus, ante molestie, lorem nibh non aliquam proin at, ac proin at, ac diam nonummy. Erat ante mauris lorem lobortis euismod amet dolore aliquet turpis, nisi diam nonummy donec diam nonummy proin, at ac et elit erat. Mi id feugiat lobortis molestie feugiat lobortis volutpat erat mi felis tempus, ante mauris tempus proin at ac diam erat mi felis. Tempus ante, mauris ac nibh eget ipsum massa tellus feugiat ut sem consectetur congue diam, nonummy aliquam sem consectetur magna diam sed. Massa molestie feugiat, lobortis volutpat dolor congue euismod ipsum massa molestie, ipsum massa volutpat feugiat tincidunt volutpat, dolor tincidunt, euismod turpis nisi. Sem nonummy donec nonummy tempus ante mauris lorem nibh eget erat mi felis tempus ante mauris lorem lobortis volutpat sed laoreet id. Pulvinar nunc non pharetra, congue diam nonummy dolore turpis nisi proin at ac mi felis erat mi at feugiat, nibh euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut consectetur donec ante mauris tempus lobortis volutpat dolor tincidunt euismod, ipsum laoreet, id tempus, ante at ac proin at ac, mi felis tempus, ante molestie lobortis euismod dolor. Tincidunt aliquet turpis nisi sem consectetur congue ullamcorper nonummy dolore praesent adipiscing, aliquam proin elit ac et elit, tempus massa molestie feugiat eget dolor nunc aliquet, turpis nisi sem. Pharetra, congue diam nonummy aliquam proin at aliquam proin at, ac diam amet, donec praesent adipiscing aliquam ante mauris et eget tempus massa molestie, feugiat, ut, non pharetra dolore. Ullamcorper adipiscing nisi sem at ac et elit, erat, mi felis lorem nibh eget mi id pulvinar nunc non pharetra, congue diam nonummy aliquam proin at, ac nibh eget. Ipsum dolore tellus turpis ut sem, consectetur donec praesent adipiscing nisi mauris lorem laoreet id pulvinar massa mauris lorem ante mauris, lorem nibh, eget sed massa tellus, feugiat massa. Molestie, feugiat lobortis eget sed tincidunt aliquet turpis nisi id ipsum nunc non pharetra magna, diam nonummy donec, aliquet turpis nisi sem at erat, et felis erat praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus massa tellus feugiat ut volutpat pharetra congue aliquet, adipiscing aliquam. At erat mi elit, erat mi adipiscing aliquam proin elit erat et elit. Donec mi felis tempus nibh mauris lorem nibh eget sed laoreet, molestie, lobortis. Volutpat dolor lobortis euismod ipsum nunc tellus sit lobortis volutpat, dolor lobortis volutpat. Dolor tincidunt euismod sit, ut non pharetra congue ullamcorper amet dolore mauris lorem. Laoreet id ipsum massa tellus turpis ut non dolor lobortis euismod pulvinar nunc. Tellus, sit ut sem consectetur congue non dolor euismod sit nunc tellus sit. Lobortis non pharetra congue praesent adipiscing dolore tellus sit lobortis, volutpat, dolor lobortis. Euismod pulvinar tincidunt tellus sit nunc tellus feugiat nibh lorem laoreet, id ipsum. Nunc sem elit sed massa tellus sit nisi diam nonummy donec diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, elit, sed laoreet id ipsum lobortis volutpat dolor congue ullamcorper turpis nisi sem consectetur magna et elit erat ante mauris lorem lobortis dolor laoreet euismod sit ut non consectetur. Magna praesent, adipiscing aliquam, proin adipiscing aliquam sem, at magna et elit erat mi mauris lorem lobortis euismod tincidunt tellus sit nunc non sit, magna, ullamcorper amet dolore praesent adipiscing. Aliquam et elit sed laoreet molestie ipsum massa mauris tempus proin consectetur magna diam consectetur mi felis lorem nibh eget sed laoreet eget sed, laoreet, id ipsum massa molestie lorem. Lobortis volutpat, pulvinar, nunc, tellus sit ut non tempus ante molestie feugiat ut ullamcorper amet donec, proin at aliquam et, at sed massa, molestie ipsum massa mauris feugiat nibh eget. Sed nunc euismod ipsum ante feugiat lobortis volutpat dolor laoreet id sed massa molestie feugiat massa molestie feugiat nibh eget sed laoreet id ipsum mi felis tempus proin at ac. Nibh id ut non pharetra magna ullamcorper nonummy donec praesent at lorem nibh eget sed, laoreet molestie feugiat massa molestie feugiat nibh lorem nibh felis tempus ante, molestie feugiat nibh. Eget sed laoreet eget sed mi, felis tempus proin at ac et elit ac, et felis, tempus, mi, pharetra congue ullamcorper pulvinar dolore aliquet, sit ut sem elit erat praesent. Adipiscing aliquam ante mauris ac, et elit magna diam nonummy dolore ullamcorper turpis, nisi, sem lorem nibh eget ipsum mi mauris lorem nibh eget sed tincidunt euismod pulvinar massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa volutpat dolor tincidunt ullamcorper, nonummy nisi sem. Mauris magna sem nonummy donec praesent id ipsum ante. Molestie dolor tincidunt adipiscing ac nibh elit erat laoreet. Id pulvinar massa volutpat, dolor congue, ullamcorper pulvinar nunc. Aliquet turpis aliquam proin consectetur donec, laoreet felis ipsum. Non, amet dolore praesent, adipiscing ac et eget dolor. Tincidunt euismod pulvinar nunc non, pharetra ut ullamcorper pulvinar. Nunc tellus turpis aliquam sem at erat mi felis. Congue ullamcorper nonummy donec aliquet amet dolore tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat pulvinar, nunc adipiscing aliquam et elit erat mi id pharetra magna diam amet donec aliquet adipiscing nisi proin mauris sed laoreet felis tempus mi mauris feugiat nibh dolor. Congue aliquet sit, nisi sem elit sed mi felis erat massa volutpat dolor congue ullamcorper, pulvinar nunc euismod pulvinar nunc non consectetur congue ullamcorper donec proin at ac et elit. Erat mi id ipsum lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc tellus pulvinar nunc, molestie feugiat nibh eget lorem nibh adipiscing aliquam et eget ipsum laoreet tellus sit ut volutpat. Feugiat tincidunt eget sed mi felis erat ante mauris lorem nibh eget pulvinar tincidunt turpis nisi proin at, donec mi felis tempus ante mauris lorem et at ac, mi felis. Erat ante molestie feugiat nibh eget sed laoreet, eget ipsum, nunc sit congue ullamcorper amet dolore praesent turpis nisi aliquet sit congue non pharetra tincidunt, euismod amet dolore tellus turpis. Magna et nonummy donec mi felis, tempus lobortis, felis ipsum lobortis molestie pharetra congue aliquet turpis aliquam proin consectetur magna et, elit tempus, ante felis lorem nibh eget nunc tellus. Pulvinar ut non pharetra magna ullamcorper amet dolore ullamcorper amet nisi sem turpis ut non pharetra tincidunt volutpat pulvinar nunc euismod ipsum, nunc non erat laoreet felis tempus ante mauris. Sed tincidunt ullamcorper amet dolore tellus, sit congue, diam elit erat mi mauris tempus, ante mauris lorem laoreet euismod ipsum ante elit donec diam nonummy donec praesent, adipiscing aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, sit non consectetur magna diam adipiscing aliquam, proin mauris sed laoreet id sed massa id ipsum nibh eget, dolor tincidunt euismod. Pulvinar nisi aliquet consectetur nisi elit ipsum massa volutpat, pharetra congue ullamcorper pulvinar dolore, aliquet turpis aliquam et consectetur donec praesent nonummy. Donec praesent turpis nisi aliquet turpis, magna diam erat ante, mauris lorem nibh mauris lorem, nibh id pulvinar, nunc tellus pharetra magna. Praesent adipiscing aliquam proin mauris lorem, tincidunt aliquet at donec praesent adipiscing aliquam proin at, ac et felis tempus mi mauris tempus. Ante eget dolor tincidunt id ipsum massa id ipsum lobortis volutpat, pharetra, tincidunt, euismod nisi proin elit erat laoreet, felis tempus mi. Felis aliquam proin adipiscing nisi non consectetur magna diam nonummy donec, aliquet adipiscing aliquam proin consectetur magna diam nonummy mi felis lorem. Lobortis, euismod pulvinar, tincidunt tellus sit ut tellus feugiat nibh mauris lorem laoreet eget sed laoreet felis aliquam diam elit erat ante. Mauris feugiat nibh eget sed laoreet euismod sit nunc tellus sit ut non pharetra congue aliquet turpis ut sem consectetur ac diam. Nonummy ante mauris tempus ante elit erat mi felis tempus ante felis aliquam proin adipiscing aliquam diam consectetur magna, ullamcorper pharetra dolore. Aliquet adipiscing nisi, sem at ac felis ipsum massa volutpat feugiat tincidunt volutpat dolor, tincidunt euismod pulvinar nunc tellus pharetra, congue non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at erat, et felis tempus ante felis tempus, ante eget, dolor nunc aliquet turpis nisi diam nonummy donec praesent pharetra magna praesent felis aliquam proin at lorem nibh. Volutpat pulvinar tincidunt, id ipsum massa volutpat dolor tincidunt euismod pulvinar dolore tellus sit nisi eget, ipsum laoreet id ipsum, ante mauris lorem nibh eget dolor massa id ipsum ante. Mauris, feugiat, tincidunt volutpat dolor tincidunt id ipsum massa, molestie feugiat non, amet dolore aliquet turpis nisi proin at ac et elit erat mi felis sem, turpis magna, diam elit. Donec mi felis aliquam praesent sed laoreet id ipsum nunc tellus sit nisi non consectetur congue euismod, dolor nunc tellus sit ut non sit ut non dolor tincidunt euismod pulvinar. Massa non, magna diam nonummy donec praesent, felis ac nibh eget erat laoreet euismod ipsum nunc molestie feugiat lobortis volutpat, pulvinar nunc tellus sit nunc tellus feugiat massa volutpat lobortis. Euismod amet nisi sem turpis nisi sem consectetur magna praesent felis lorem, ante eget dolor, nunc tellus sit et elit erat laoreet id ipsum massa molestie feugiat lobortis euismod dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet turpis magna et eget sed massa id. Feugiat lobortis, eget amet dolore aliquet turpis nisi sem. At erat mi id, tempus massa mauris lorem eget. Sed laoreet id pulvinar, nunc molestie lorem ut non. Amet congue ullamcorper amet nunc molestie feugiat ut, non. Amet donec praesent, turpis aliquam proin dolor, tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut eget dolor congue aliquet turpis, nisi proin elit sed. Laoreet id feugiat sem consectetur magna ullamcorper amet dolore sem, consectetur. Magna et eget sed, massa, molestie sit ut non, amet dolore. Ullamcorper amet nisi aliquet consectetur magna sem ipsum massa non pharetra. Tincidunt, euismod pulvinar tincidunt aliquet turpis, nisi sem pharetra ut non. Amet dolore ullamcorper turpis dolore aliquet turpis ut non amet massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt tellus turpis magna et eget. Erat, massa molestie sit ut non pharetra dolore. Volutpat, amet, dolore praesent adipiscing aliquam proin, at. Ac mi felis ipsum massa tellus pharetra, congue. Diam, nonummy aliquam ante, mauris lorem laoreet pulvinar. Nunc aliquet, sit nisi diam nonummy donec praesent. Adipiscing aliquam sem mauris ac et eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, at nibh eget sed laoreet id sit ut ullamcorper amet dolore, praesent felis tempus ante at lorem laoreet id ipsum ante mauris lorem, ante. Eget tincidunt ullamcorper turpis nisi proin at ac mi id tempus ante felis lorem nibh eget dolor tincidunt id, tempus ante felis, aliquam proin at. Aliquam id ipsum nunc tellus feugiat lobortis mauris ac et eget sed mi felis tempus mi felis tempus proin consectetur, ac et nonummy donec, praesent. Adipiscing aliquam proin sed laoreet euismod pulvinar nunc molestie, ipsum lobortis volutpat pharetra dolore praesent adipiscing nisi aliquet turpis, nisi sem consectetur magna diam nonummy. Donec mauris lorem nibh id ipsum massa molestie ipsum, lobortis volutpat feugiat congue euismod, pulvinar dolore aliquet turpis nisi sem pharetra congue ullamcorper amet donec. Praesent adipiscing, ac euismod pulvinar nunc non sit ut volutpat pharetra congue, ullamcorper pulvinar nunc molestie feugiat massa mauris lorem lobortis eget lorem et elit. Donec, praesent felis aliquam proin ac et eget sed laoreet id ipsum massa, mauris, lorem lobortis eget dolor tincidunt euismod pulvinar, massa tellus pharetra, congue. Adipiscing tempus ante mauris lorem nibh id sed laoreet id ipsum massa at ac nibh elit, erat et nonummy donec praesent amet nunc tellus pulvinar. Nisi sem turpis nisi proin elit sed laoreet felis ipsum lobortis molestie feugiat, tincidunt euismod pulvinar nunc tellus sit nisi sem pharetra congue ullamcorper, amet. Donec praesent at laoreet tellus turpis ut non sit, congue ullamcorper amet, dolore ullamcorper amet dolore, tellus turpis nisi sem, nonummy donec, praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit nisi non consectetur magna et nonummy donec, proin at lorem nibh eget nunc aliquet turpis magna et elit donec diam. Nonummy donec praesent at aliquam et elit sed, mi felis aliquam proin adipiscing aliquam proin, at ac diam donec mi mauris tempus. Ante mauris lorem nibh eget sed, mi felis aliquam proin at ac proin at ac diam nonummy donec praesent adipiscing aliquam volutpat. Amet nisi proin at magna, diam elit donec ante mauris lorem nibh volutpat, sed nibh elit ac et felis tempus ante mauris. Lorem lobortis amet nunc aliquet, turpis, nisi sem pharetra magna diam nonummy donec praesent adipiscing nisi proin consectetur magna ullamcorper amet dolore. Aliquet adipiscing aliquam et volutpat mi felis tempus mi felis tempus ante eget sed laoreet eget sed laoreet id tempus nibh eget. Dolor tincidunt euismod pulvinar, massa molestie sit lobortis volutpat dolor aliquet turpis nisi, aliquet sit ut tellus pharetra magna ullamcorper amet nunc. Tellus pulvinar nunc, molestie ipsum massa mauris feugiat tincidunt id ipsum et eget dolor tincidunt tellus pulvinar massa molestie feugiat lobortis euismod. Pulvinar dolore aliquet pulvinar nunc molestie ipsum massa mauris sed laoreet id pulvinar massa id ipsum et felis tempus ante mauris dolor. Tincidunt ullamcorper nonummy, donec praesent adipiscing aliquam diam, consectetur donec, praesent adipiscing aliquam ante molestie dolor lobortis eget sed mi felis, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem laoreet id ipsum massa molestie feugiat lobortis non, congue aliquet adipiscing nisi. Proin, at erat, mi elit erat mi, felis tempus, nibh eget pulvinar dolore tellus. Sit, nisi sem consectetur donec laoreet molestie massa mauris ac nibh id ipsum laoreet. Molestie feugiat massa mauris feugiat, lobortis, volutpat dolor nunc euismod sit nisi sem consectetur. Magna praesent nonummy donec at, ac proin consectetur ac diam elit erat mi, felis. Ac nibh eget sed laoreet felis ipsum, ante mauris, tempus nibh mauris sed eget. Sed massa id, feugiat lobortis volutpat feugiat lobortis id pulvinar massa molestie, feugiat lobortis. Non pharetra tincidunt euismod, pulvinar tincidunt euismod sit, ut tellus sit lobortis dolor congue. Proin mauris ac et eget pulvinar nunc tellus feugiat massa molestie feugiat lobortis volutpat. Sed laoreet id pulvinar massa, tellus sit ut, non pharetra congue sit ut proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent felis aliquam nibh eget sed tincidunt euismod magna. Et eget sed, massa molestie sit ut non dolor tincidunt euismod. Amet nisi sem consectetur magna diam elit donec mi adipiscing aliquam. Proin at magna aliquet sit ut sem nonummy donec diam adipiscing. Aliquam ante mauris lorem et elit sed laoreet felis tempus mi. Mauris lorem lobortis eget dolor laoreet pulvinar ut sem consectetur donec. Praesent adipiscing aliquam proin at lorem et eget sed laoreet molestie. Feugiat massa volutpat feugiat, tincidunt euismod, pulvinar, sem consectetur ac et. Nonummy erat ante felis tempus proin mauris, sed laoreet, id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie tincidunt aliquet adipiscing aliquam proin at ac diam elit erat mi felis aliquam. Proin at ac et elit erat mi nonummy donec, proin at nibh volutpat pulvinar dolore. Sem at ac et nonummy erat mi felis aliquam proin adipiscing aliquam proin nonummy donec. Mi id ipsum, lobortis volutpat dolor aliquet turpis aliquam proin consectetur ac et elit erat. Ante mauris lorem nibh volutpat sed laoreet eget, sed laoreet id feugiat lobortis non pharetra. Congue euismod pulvinar et eget sed mi felis tempus mi mauris tempus ante mauris lorem. Et nonummy donec diam, nonummy, donec proin at ac nibh eget nunc tellus sit ut. Sem nonummy erat mi felis lorem nibh eget lorem nibh eget, sed massa molestie feugiat. Ut ullamcorper amet dolore ullamcorper amet nisi sem magna diam nonummy donec mi felis lorem. Lobortis volutpat, sed tincidunt id pulvinar nunc molestie, feugiat, lobortis volutpat dolor laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore, aliquet turpis aliquam sem consectetur magna diam elit donec, mi mauris lorem nibh eget sed aliquet adipiscing lorem nibh id ipsum massa, id sit nisi sem. Nonummy donec, diam adipiscing, tempus nibh eget dolor tincidunt euismod pulvinar ut tellus erat laoreet molestie feugiat, lobortis volutpat pharetra congue, ullamcorper, amet dolore aliquet turpis ut non consectetur. Donec mi felis tempus nibh eget dolor nunc tellus sit nunc eget ipsum massa, molestie ipsum massa volutpat dolor lobortis euismod amet dolore aliquet turpis ut non consectetur magna. Diam adipiscing aliquam proin mauris tincidunt, ullamcorper amet dolore non pharetra ut non pharetra tincidunt ullamcorper turpis nisi sem consectetur magna diam elit erat mi felis lorem nibh eget. Sed nibh eget massa molestie ipsum lobortis, volutpat pharetra congue ullamcorper adipiscing nisi proin consectetur ac mi elit erat ante felis tempus, ante at, ac nibh id pulvinar nunc. Molestie congue ullamcorper amet donec mi at ac et, eget sed, mi id pulvinar nunc tellus sit tincidunt euismod, amet dolore at ac et elit ipsum nunc tellus consectetur. Magna mi felis, tempus mi mauris dolor, tincidunt ullamcorper amet dolore sem consectetur magna sem consectetur congue ullamcorper, amet ante, mauris sed laoreet euismod ipsum massa tellus turpis ut. Sem consectetur dolore praesent adipiscing, aliquam proin at ac et elit erat mi felis tempus proin at tincidunt ullamcorper amet nunc, tellus sit nisi ullamcorper amet donec, praesent felis. Lorem nibh eget sed, laoreet id ipsum massa molestie sit congue diam nonummy donec proin, ac nibh id sed laoreet felis tempus praesent, adipiscing aliquam proin at ac et. Elit, tempus ante mauris tempus ante eget sed nibh eget sed, massa pharetra congue non amet donec, aliquet turpis aliquam proin at ac diam nonummy donec mi felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem nibh eget pulvinar massa tellus feugiat ut volutpat dolor tincidunt euismod pulvinar tincidunt euismod pulvinar non. Pharetra donec praesent adipiscing aliquam proin at lorem nibh eget sed massa id ipsum massa, mauris lorem nibh eget. Dolor tincidunt euismod ipsum volutpat pharetra tincidunt euismod pulvinar nunc euismod, ipsum nunc tellus pharetra magna, ullamcorper, pharetra congue. Euismod amet dolore sem consectetur ac et elit donec praesent, turpis, nibh eget dolor tincidunt tellus sit nisi diam. Nonummy donec mi id ipsum, massa molestie feugiat nibh volutpat pulvinar dolore tellus sit ut non magna diam adipiscing. Tempus nibh mauris lorem et eget sed massa id feugiat massa mauris feugiat tincidunt euismod, pulvinar nunc molestie sit. Ut diam nonummy donec diam nonummy magna diam nonummy, donec praesent at aliquam et, at ac mi adipiscing aliquam. Proin mauris lorem nibh eget sed mi id ipsum lobortis non dolor ante mauris, lorem nibh mauris ac nibh. Id pulvinar nunc tellus, pharetra magna et nonummy donec praesent adipiscing aliquam sem sed laoreet tellus pulvinar ut, non. Pharetra congue volutpat, dolor nunc tellus ipsum massa, molestie sit lobortis molestie feugiat nibh elit erat mi, felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt tellus, sit magna sem consectetur magna ullamcorper amet aliquam proin adipiscing et elit erat mi felis tempus massa molestie dolor tincidunt euismod. Pulvinar nunc, aliquet turpis, nisi, sem consectetur magna diam nonummy donec aliquet ac nibh euismod ipsum massa molestie feugiat ut non amet dolore ullamcorper turpis. Dolore aliquet turpis nisi sem consectetur magna diam adipiscing donec, praesent turpis nisi sem magna diam felis, ipsum lobortis non dolor lobortis volutpat sed mi. Felis ipsum massa tellus dolor tincidunt euismod dolor tincidunt id ipsum, laoreet id ut non pharetra dolore praesent turpis nisi sem at magna sem consectetur. Magna praesent felis tempus, lobortis euismod pulvinar nunc euismod, sit ut non pharetra ut nonummy, donec aliquet turpis nisi proin at erat et elit erat. Mi mauris, lorem nibh mauris sed tincidunt euismod ipsum massa molestie, tempus ante eget sed tincidunt mauris dolor lobortis euismod ipsum nunc aliquet turpis nisi. Diam nonummy erat praesent adipiscing tempus nibh, volutpat, pulvinar tincidunt euismod nunc non at ac et adipiscing tempus, massa molestie feugiat lobortis eget sed tincidunt. Euismod pulvinar lobortis volutpat dolor, tincidunt volutpat dolor tincidunt id ipsum massa molestie magna, diam nonummy, donec praesent, turpis nisi sem consectetur magna et felis. Erat mi adipiscing aliquam ante eget lorem et nonummy donec, praesent, nonummy aliquam proin at tincidunt, euismod amet dolore aliquet consectetur congue ullamcorper nonummy dolore. Aliquet turpis dolore sem turpis magna diam consectetur donec diam, nonummy donec aliquet turpis nisi non pharetra mi id tempus massa, molestie feugiat nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, massa, dolor congue ullamcorper nonummy aliquam proin at lorem laoreet id ipsum massa, id feugiat massa. Volutpat amet dolore, aliquet adipiscing nisi, aliquet turpis ut, nonummy tempus massa molestie sit congue ullamcorper amet. Nunc praesent adipiscing aliquam proin at magna ullamcorper, pharetra congue ullamcorper amet dolore tellus, turpis lobortis non. Magna diam, adipiscing tempus, nibh eget sed laoreet eget erat praesent adipiscing tempus praesent adipiscing aliquam proin. At, magna, et elit erat mi, pharetra congue, ullamcorper pulvinar, dolore, aliquet turpis magna diam elit erat. Mi felis aliquam, praesent at aliquam proin at, erat mi elit donec praesent adipiscing aliquam proin amet. Nunc tellus turpis ut sem consectetur, congue, ullamcorper pulvinar nunc aliquet adipiscing aliquam, proin at ac ullamcorper. Amet dolore aliquet adipiscing aliquam sem at ac diam tempus ante mauris lorem lobortis volutpat dolor laoreet. Id ipsum nunc, tellus sit, ut non amet congue, ullamcorper amet nunc tellus feugiat laoreet euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod, amet donec praesent at ac, nibh eget sed mi tempus lobortis, volutpat pharetra tincidunt ullamcorper, turpis tempus nibh eget sed laoreet id tempus ut non consectetur. Congue diam nonummy dolore, praesent adipiscing aliquam sem magna, diam nonummy, erat, ante, volutpat, dolor lobortis, eget sed laoreet id tempus ante molestie sit, tincidunt, euismod pulvinar nunc. Euismod ipsum nunc tellus pharetra diam nonummy, dolore praesent adipiscing, ac et elit sed tincidunt tellus pulvinar ut non pharetra congue euismod pulvinar tincidunt euismod pulvinar, nunc molestie. Congue ullamcorper nonummy dolore aliquet adipiscing ac, nibh, eget sed laoreet, euismod sit magna diam nonummy magna, diam nonummy donec, praesent, turpis nisi sem consectetur, congue ullamcorper tempus. Massa mauris feugiat lobortis, eget sed massa id ipsum massa molestie lorem nibh eget sed nibh elit magna, diam amet dolore aliquet turpis nisi sem pharetra diam elit. Feugiat ut non pharetra tincidunt euismod pulvinar tincidunt euismod pulvinar ut non pharetra congue euismod pulvinar, tincidunt euismod aliquam sem consectetur magna diam amet aliquam proin adipiscing aliquam. Sem at ac et elit erat mi felis tempus proin mauris lorem laoreet eget ipsum massa molestie ut non pharetra tincidunt euismod pulvinar nunc tellus sit, ut, volutpat. Dolor tincidunt volutpat pulvinar dolore, aliquet turpis nisi, sem pharetra congue volutpat pulvinar nunc, tellus, sit proin elit erat mi, id feugiat lobortis volutpat feugiat lobortis volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra magna diam adipiscing aliquam proin mauris lorem nibh, eget. Ipsum massa, tellus, sit congue ullamcorper pharetra, dolore aliquet amet aliquam. Proin sed laoreet id pulvinar nunc tellus pharetra congue ullamcorper pharetra. Nunc aliquet at ac et eget ipsum laoreet felis tempus mi. Mauris, lorem lobortis volutpat, nunc tellus sit nisi sem consectetur magna. Ullamcorper amet dolore aliquet, turpis aliquam proin elit erat et nonummy. Dolore proin at ac et elit ac et ipsum nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet tellus sit ut non pharetra ac mi id ipsum, massa molestie, dolor mi mauris, lorem nibh volutpat, sed tincidunt euismod pulvinar nunc tellus pharetra. Congue ullamcorper nonummy, donec, praesent turpis aliquam sem at magna diam nonummy dolore ullamcorper aliquam proin consectetur nisi, diam nonummy donec diam adipiscing aliquam proin at. Magna diam elit donec, praesent felis tempus ante mauris ac nibh eget sed sem consectetur magna diam nonummy magna ullamcorper amet dolore tellus pulvinar massa molestie. Sit ut non amet dolore aliquet turpis ut non pharetra nisi proin at magna diam consectetur donec aliquet adipiscing aliquam proin, at lorem nibh elit donec. Praesent id lorem ut volutpat, pharetra tincidunt euismod pulvinar massa molestie, massa, volutpat dolor tincidunt ullamcorper amet nunc aliquet turpis, magna diam nonummy erat mi mauris. Lorem nibh, eget dolor, tincidunt euismod turpis nisi proin at ac felis tempus ante, mauris lorem nibh eget dolor tincidunt id ipsum nunc tellus sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac nibh eget sed laoreet id ipsum massa. Volutpat pharetra donec mi mauris feugiat nibh at ac. Et, eget sed, laoreet molestie feugiat, ullamcorper nonummy dolore. Praesent adipiscing ac et elit ac et elit tempus. Ante mauris feugiat lobortis volutpat dolor nunc euismod pulvinar. Ut sem consectetur magna adipiscing aliquam proin at lorem. Et eget ipsum nunc tellus turpis nisi sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at lorem, euismod turpis aliquam proin elit sed laoreet id. Ipsum lobortis, molestie lorem, nibh eget dolor nunc tellus sit magna diam. Nonummy donec praesent adipiscing, aliquam at ac proin consectetur magna praesent adipiscing. Aliquam, proin at ac et at ac et elit erat mi, adipiscing. Nisi sem consectetur ac nibh ipsum massa molestie feugiat nibh eget sed. Tincidunt ullamcorper amet nisi aliquet turpis, ut ullamcorper, amet donec praesent turpis. Nisi sem, at ac diam nonummy magna praesent aliquam, ante eget sed. Laoreet id ipsum, massa tellus, sit lobortis volutpat pharetra congue ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur, donec mi adipiscing tempus nibh non pharetra euismod adipiscing aliquam proin at erat mi. Id feugiat ut non consectetur magna mauris tempus proin mauris ac nibh eget sed laoreet felis. Tempus ante mauris lorem nibh eget, erat mi, id ipsum ante mauris tempus ante, mauris nibh. Id sit magna diam nonummy donec diam, amet donec ullamcorper amet, nisi sem at ac diam. Nonummy dolore aliquet turpis nisi tellus sit nisi sem consectetur, praesent felis lorem ante eget lorem. Nibh id ipsum massa id ipsum massa molestie lorem et elit erat laoreet id ipsum massa. Molestie lobortis euismod pulvinar nunc euismod, ipsum laoreet felis tempus, ante mauris sed laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue felis, erat ante molestie dolor congue euismod pulvinar tincidunt tellus pulvinar massa mauris lorem, proin at ac et elit ac ullamcorper amet donec. Aliquet turpis sem at ac mi id tempus mi mauris tempus proin mauris sed tincidunt tellus sit nisi proin elit erat praesent, adipiscing tempus. Ante mauris lorem volutpat dolor nunc molestie ipsum ante molestie, feugiat lobortis volutpat pulvinar nunc aliquet adipiscing nisi, sem consectetur magna praesent, adipiscing aliquam. Proin at lorem tincidunt volutpat nunc tellus, sit ut volutpat dolor congue ullamcorper amet dolore, aliquet turpis magna diam nonummy donec diam, adipiscing tempus. Ante mauris, lorem nibh eget laoreet felis tempus ante mauris lorem ante at ac mi elit erat mi mauris feugiat lobortis volutpat dolor tincidunt. Euismod pulvinar, massa molestie feugiat massa molestie dolor aliquet adipiscing aliquam proin at ac mi elit tempus ante mauris, lorem nibh eget sed nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, congue ullamcorper amet congue euismod pulvinar massa molestie feugiat lobortis non pharetra magna euismod amet, dolore tellus sit nisi, non pharetra magna felis aliquam proin adipiscing nisi sem. Consectetur magna et elit erat mi mauris lorem nibh, volutpat, dolor laoreet id ipsum massa tellus pharetra, magna, diam aliquam praesent adipiscing ac et elit ac mi felis ipsum. Massa molestie lorem lobortis elit, erat mi id tempus ante molestie feugiat lobortis non pharetra, tincidunt, euismod nunc molestie sit congue diam elit, tempus, ante molestie lorem nibh volutpat. Dolor tincidunt id ipsum massa molestie sit congue ullamcorper amet nunc sit ut non pharetra, congue ullamcorper nonummy aliquam praesent adipiscing nisi sem consectetur magna diam elit erat ante. Felis lorem, nibh mauris sed nibh, id ipsum massa ipsum massa diam adipiscing feugiat ut non amet donec ante felis lorem nibh eget sed tincidunt euismod, pulvinar ut non. Pharetra congue diam amet dolore aliquet turpis proin at ac, et, elit erat mi volutpat dolor tincidunt euismod pulvinar tincidunt euismod, pulvinar ut tellus sit nibh eget tincidunt tellus. Pulvinar ut sem pharetra congue diam nonummy dolore aliquet turpis, dolore sem turpis nisi non pharetra tincidunt volutpat sed tincidunt euismod, pulvinar nunc non magna praesent id ipsum massa. Eget sed nibh eget ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt volutpat pulvinar, tincidunt tellus sit ut tellus sit ut volutpat tincidunt tellus pulvinar nunc tellus sit lobortis. Volutpat, feugiat, tincidunt ullamcorper pulvinar dolore tellus sit ut non pharetra congue euismod pulvinar dolore aliquet consectetur magna, sem consectetur, praesent adipiscing aliquam ante mauris feugiat lobortis, euismod, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna id pulvinar, nisi et elit donec diam adipiscing aliquam, proin at ac nibh, eget ipsum laoreet id ipsum massa. Mauris lorem nibh eget sed felis tempus massa mauris feugiat lobortis eget sed laoreet, id, ipsum massa tellus pharetra congue. Ullamcorper nonummy donec, proin at lorem nibh elit magna diam feugiat ut non pharetra magna diam felis aliquam proin at. Ac et elit erat mi felis tempus proin at aliquam proin at ac diam amet dolore aliquet, aliquam proin at. Ac mi felis tempus mi felis tempus, ante eget lorem nibh eget ipsum laoreet molestie feugiat lobortis volutpat dolor tincidunt. Adipiscing tempus ante elit, erat laoreet felis tempus ante mauris lorem ante mauris lorem nibh eget sed massa, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, adipiscing ac nibh euismod amet dolore aliquet sit nisi sem consectetur congue euismod amet donec praesent adipiscing aliquam proin at. Et elit erat massa molestie ac et elit ac et nonummy donec praesent, felis aliquam ante mauris, lorem nibh, eget ipsum. Massa molestie feugiat congue nonummy, dolore aliquet, turpis nisi sem turpis magna sem pharetra tincidunt ullamcorper pulvinar nunc tellus sit ut. Tellus pharetra congue, ullamcorper nonummy, aliquam proin at lorem eget sed massa molestie feugiat lobortis non pharetra congue aliquet amet nisi. Sem consectetur magna sem consectetur magna non pulvinar nunc euismod sit ut at, erat et elit, donec praesent turpis dolore tellus. Sit nisi sem, pharetra congue volutpat sed laoreet felis tempus ante mauris lorem ante at ac et at diam nonummy aliquam. Praesent mauris lorem, et elit ac et nonummy donec, mi, felis, aliquam proin at lorem nibh eget sed laoreet molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum massa molestie feugiat ut non, pharetra congue ullamcorper turpis. Aliquam ante mauris lorem nibh sed massa molestie lorem lobortis non. Dolor congue ullamcorper turpis, nisi, aliquet sit ut ullamcorper amet congue. Ullamcorper amet dolore, sem, at lorem laoreet tempus, ante mauris tempus. Nibh eget, dolor tincidunt ullamcorper pulvinar nunc tellus ipsum, massa molestie. Dolor congue aliquet turpis nisi aliquet sit lobortis volutpat pharetra congue. Tellus consectetur magna, ullamcorper nonummy aliquam ante eget, sed laoreet id. Ipsum nunc tellus sit ut non pharetra congue euismod sed laoreet. Felis nisi diam elit erat, mi mauris tempus ante mauris sed. Laoreet euismod pulvinar dolore aliquet sit congue, diam nonummy erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam, nonummy erat ante felis lorem, nibh volutpat sed, laoreet euismod, ipsum massa molestie, ipsum ante, mauris ac et, amet nisi proin, consectetur ac diam elit donec. Mi molestie lorem, nibh eget sed tincidunt euismod ipsum massa molestie feugiat lobortis non pharetra congue turpis, aliquam et elit, erat mi nonummy donec praesent adipiscing aliquam ante. Mauris lorem nibh, eget pulvinar ut proin consectetur magna ullamcorper pharetra congue euismod pulvinar dolore at ac et nonummy donec praesent adipiscing tempus ante mauris ac, diam nonummy. Magna diam amet congue ullamcorper amet, nisi proin at, ac tellus sit nisi non nonummy erat mi felis aliquam proin, consectetur magna sem, consectetur magna diam nonummy dolore. Aliquet turpis nisi sem, consectetur congue diam elit donec, volutpat dolor tincidunt volutpat pulvinar dolore tellus pulvinar, ut non sit ut volutpat sed laoreet id ipsum, massa id. Feugiat lobortis molestie feugiat tincidunt euismod ipsum massa turpis ac diam nonummy erat mi felis tempus nibh eget sed nibh id ipsum massa id, ipsum massa mauris, lorem. Ullamcorper turpis nisi proin consectetur ac et felis tempus ante mauris lorem nibh volutpat sed nibh eget ipsum laoreet felis tempus ante mauris lorem et eget sed tellus. Sit nisi sem nonummy erat, mi felis tempus proin turpis nisi sem pharetra congue, volutpat pharetra tincidunt euismod ipsum laoreet id ipsum, massa molestie, feugiat lobortis pulvinar, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec, mi felis feugiat tincidunt volutpat tincidunt tellus sit nisi sem pharetra congue diam nonummy. Donec praesent at lorem et elit ac et elit erat ante mauris dolor nibh eget, dolor tincidunt. Pulvinar nunc tellus, sit congue ullamcorper amet dolore aliquet turpis, aliquam et at, ac, et felis erat. Ante mauris lorem ante, eget lorem et ipsum massa id sit, ut ullamcorper nonummy congue praesent at. Ac nibh eget sed mi felis tempus ante mauris feugiat lobortis eget dolor laoreet eget tempus, ante. Consectetur magna praesent adipiscing aliquam proin mauris lorem, laoreet eget sed laoreet, id ipsum massa molestie, feugiat. Lobortis volutpat dolor tincidunt euismod pulvinar non consectetur donec diam nonummy donec praesent turpis nisi sem at. Ac et, elit erat mi felis tempus ante elit sed tincidunt euismod ipsum massa molestie feugiat ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi, non pharetra, magna diam elit erat mi at ac et at, diam elit erat. Massa molestie feugiat nibh volutpat sed laoreet id sed massa molestie feugiat, ut non pharetra dolore. Praesent adipiscing aliquam proin elit ac elit erat mi adipiscing aliquam proin mauris lorem nibh elit. Erat mi id ipsum massa mauris ac et elit erat et elit erat ante felis magna. Aliquet turpis aliquam proin consectetur magna diam elit erat diam adipiscing, donec praesent mauris sed, laoreet. Euismod pulvinar nunc tellus sit ut non dolore, praesent, adipiscing aliquam, sem at nisi diam consectetur. Magna diam amet dolore aliquet sit nunc tellus feugiat massa molestie feugiat lobortis, euismod ipsum massa. Molestie massa volutpat feugiat tincidunt euismod dolor nunc euismod turpis ut tellus feugiat nibh eget sed. Laoreet euismod ipsum massa tellus feugiat lobortis molestie feugiat nibh eget sed felis tempus ante felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nibh elit erat, laoreet, id, feugiat, ut ullamcorper pharetra euismod pulvinar nunc molestie feugiat lobortis molestie dolor congue ullamcorper, turpis nisi aliquet turpis nisi sem pharetra, ut euismod. Pulvinar tincidunt tellus sit ut non congue ullamcorper amet donec, aliquet turpis nisi, sem at ac et felis erat ante mauris lorem nibh eget sed nibh, id pulvinar nunc. Tellus sit, diam nonummy donec proin at lorem et elit erat laoreet felis erat praesent adipiscing aliquam sem turpis ut non consectetur magna diam, amet donec adipiscing ac nibh. Elit sed massa, molestie feugiat lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt euismod pulvinar nunc molestie feugiat, nibh volutpat sed laoreet, euismod pulvinar massa sit, ut non, pharetra dolore. Praesent at ac nibh eget erat mi felis tempus ante mauris, lorem ante, mauris lorem nibh eget erat laoreet felis ipsum molestie dolor, laoreet euismod ipsum nunc aliquet turpis. Nisi sem pharetra magna ullamcorper pulvinar nunc aliquet, sit ut sem consectetur praesent adipiscing aliquam proin at lorem et at ac et nonummy donec aliquet, turpis nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie feugiat ut non pulvinar nunc tellus turpis ut non pharetra congue non. Pharetra, congue aliquet amet dolore, aliquet turpis sem nonummy magna diam nonummy aliquam sem. At ac et eget sed, massa molestie feugiat ut ullamcorper amet donec, aliquet turpis. Aliquam et, at erat, euismod sit, lobortis volutpat feugiat lobortis volutpat, dolor tincidunt euismod. Turpis nisi, tellus sit congue ullamcorper pharetra congue aliquet turpis dolore aliquet sit ut. Sem amet dolore turpis aliquam proin at magna et eget sed massa mauris lorem. Nibh eget sed laoreet, eget ipsum laoreet id, ipsum ante, mauris lorem euismod amet. Dolore sem consectetur nisi sem consectetur magna ullamcorper nonummy aliquam proin mauris lorem, et. Eget erat mi felis aliquam proin at ac et eget, ac elit donec praesent. Adipiscing aliquam, sem consectetur magna diam nonummy magna diam nonummy, dolore praesent turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus ante mauris lorem et consectetur magna et elit erat ante molestie feugiat lobortis non dolor tincidunt tellus pulvinar ut non pharetra massa molestie. Feugiat, lobortis sem at ac et elit donec, mi felis tempus nibh volutpat dolor laoreet id pulvinar nunc tellus feugiat lobortis molestie dolore praesent adipiscing. Aliquam proin at nisi sem nonummy donec, praesent adipiscing aliquam sem turpis ut tellus sit ut non pharetra tincidunt id ipsum massa tellus sit diam. Amet donec aliquet turpis aliquam proin elit ac et nonummy magna praesent adipiscing aliquam proin at lorem nibh id ipsum massa molestie, feugiat ullamcorper amet. Donec mi at ac, nibh elit erat laoreet id ipsum massa molestie feugiat lobortis volutpat pulvinar nunc euismod ipsum massa molestie ipsum massa mauris laoreet. Euismod amet dolore tellus sit, lobortis non consectetur congue euismod pulvinar tincidunt id pulvinar nunc tellus feugiat nibh eget sed nibh eget erat praesent nonummy. Donec mauris, lorem et, eget sed laoreet, id tempus lobortis volutpat feugiat tincidunt ullamcorper amet nunc, tellus sit nunc molestie feugiat non, pharetra dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi volutpat pharetra dolore aliquet turpis nisi sem dolor tincidunt euismod pulvinar nunc molestie. Feugiat lobortis volutpat dolor laoreet eget, ipsum nunc tellus sit ut non feugiat lobortis volutpat. Sed tincidunt euismod ipsum mi felis, erat mi felis lorem nibh eget, lorem laoreet id. Ipsum massa id feugiat, lobortis ullamcorper amet dolore aliquet amet, dolore tellus sit ut dolor. Congue diam, nonummy donec proin adipiscing ac sem consectetur magna ullamcorper amet, dolore aliquet amet. Dolore aliquet consectetur magna diam, nonummy donec adipiscing nisi sem consectetur magna diam nonummy magna. Ullamcorper nonummy donec aliquet turpis nisi sem consectetur ac diam amet dolore euismod pulvinar laoreet. Id, feugiat lobortis volutpat lobortis, euismod dolor nunc aliquet consectetur magna sem nonummy donec praesent. Adipiscing tempus ante, eget dolor tincidunt id ipsum laoreet id tempus ante felis, tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, mi felis tempus ante mauris lorem nibh id sed laoreet, felis ipsum. Massa, nonummy tempus, ante mauris lorem nibh elit erat laoreet euismod sit ut. Tellus pharetra congue ullamcorper amet dolore aliquet sit nisi, sem consectetur, congue non. Pharetra, aliquet adipiscing ac et elit sed laoreet id pulvinar nunc non dolor. Tincidunt, ullamcorper nonummy dolore praesent adipiscing aliquam proin at ac mi felis aliquam. Diam elit tempus ante felis tempus proin consectetur magna sem nonummy donec praesent. Adipiscing aliquam, proin mauris ac, proin elit donec, mi felis massa molestie, feugiat. Tincidunt euismod pulvinar nunc tellus sit nisi non dolor, lobortis eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, ut ullamcorper amet dolore aliquet adipiscing nisi sem, pharetra congue ullamcorper amet erat mi molestie lorem nibh eget. Sed laoreet id ipsum massa mauris lobortis eget sed nibh eget erat mi adipiscing donec praesent adipiscing aliquam proin. Elit sed laoreet id ipsum massa molestie feugiat lobortis eget dolor tincidunt sit ut sem nonummy donec mi felis. Ipsum lobortis volutpat dolor congue ullamcorper amet nunc tellus feugiat ut sem, consectetur donec praesent felis aliquam proin at. Nibh euismod sit nunc tellus, sit, ut volutpat, feugiat, tincidunt euismod, amet, dolore, aliquet sit nisi sem consectetur magna. Diam, nonummy nisi aliquet at et eget erat laoreet molestie feugiat lobortis volutpat sed, tincidunt euismod pulvinar nunc, molestie. Feugiat ut volutpat pharetra magna mi felis aliquam proin at magna diam congue diam adipiscing tempus ante at ac. Et at erat laoreet, id tempus mi felis ac et eget erat mi elit tempus massa molestie feugiat lobortis. Volutpat nunc aliquet turpis nisi sem consectetur erat mi id feugiat massa, mauris lorem lobortis volutpat sed mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem mauris ac et elit sed laoreet molestie feugiat massa mauris sed tincidunt ullamcorper amet, aliquet, turpis ut, non pharetra congue euismod dolor tincidunt. Id pulvinar ante felis lorem nibh eget sed nibh eget erat mi nonummy aliquam, proin at nibh eget pulvinar nunc, molestie feugiat ut volutpat. Dolor congue, euismod pulvinar nunc euismod pulvinar nunc tellus, sit congue non amet donec praesent at lorem id ipsum nunc molestie sit lobortis volutpat. Dolor congue, diam, adipiscing aliquam proin at ac et elit erat praesent felis aliquam proin at ac elit erat mi felis tempus ante, felis. Tempus ante eget sed tincidunt id ipsum, ante, tellus feugiat nibh mauris, lorem nibh eget donec mi adipiscing aliquam proin nisi, proin elit erat. Mi id, ipsum massa mauris lorem nibh eget, sed, tincidunt euismod turpis nisi, sem consectetur magna ullamcorper amet donec praesent adipiscing aliquam consectetur congue. Ullamcorper nonummy erat praesent felis lorem nibh euismod dolor, laoreet id ipsum ante mauris tempus nibh eget dolor ullamcorper amet nisi sem consectetur magna. Et, felis tempus ante felis tempus proin at ac et elit, donec diam nonummy donec, praesent adipiscing nisi sem consectetur magna adipiscing tempus lobortis. Volutpat pharetra tincidunt euismod dolor tincidunt id ipsum massa molestie feugiat lobortis volutpat, dolor tincidunt euismod ipsum nunc non sit, ut volutpat amet dolore. Adipiscing aliquam proin elit ac mi elit donec mi mauris tempus, nibh, eget, sed, laoreet euismod pulvinar ut non sit ut non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper felis erat ante. Molestie dolor congue diam, felis tempus. Eget sed laoreet id pulvinar massa. Molestie feugiat lobortis volutpat dolor, tincidunt. Ullamcorper, turpis aliquam sem at ac. Mi, felis tempus mi felis tempus. Ante mauris tincidunt tellus sit ut. Sem consectetur donec praesent adipiscing aliquam. Proin at ac et elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus nibh volutpat dolor tincidunt id sit ut tellus pharetra ut non pharetra tincidunt, euismod pulvinar nisi non, consectetur magna ullamcorper. Nonummy donec, praesent, aliquam proin at magna non pharetra congue ullamcorper pulvinar tincidunt id, sed nunc tellus feugiat ut volutpat dolor, tincidunt. Ullamcorper amet nunc tellus feugiat sem consectetur dolore ullamcorper amet dolore tellus turpis nisi non sit ut non pulvinar nunc tellus sit. Nisi proin at magna et elit erat mi adipiscing, aliquam eget nisi nunc ante, non adipiscing feugiat ac laoreet tellus consectetur sed. Nisi tempus massa non nonummy tempus ut et euismod consectetur sed nunc ac tincidunt praesent eget amet ipsum congue laoreet aliquet elit. Turpis consectetur tempus, massa diam tellus at sed dolore praesent mauris dolor, donec nibh, ullamcorper felis sed dolor ipsum, lobortis diam tellus. Turpis ac et, felis tempus ante mauris, lorem nibh volutpat sed, laoreet id ipsum, laoreet id feugiat ut pharetra dolore, praesent nibh. Volutpat amet, nunc aliquet turpis, nisi sem, pharetra magna diam adipiscing, donec praesent turpis aliquam proin, consectetur magna non tempus ut non. Pharetra dolore praesent turpis aliquam proin, at lorem et nonummy erat mi felis tempus ante mauris lorem et, elit sed, laoreet molestie. Feugiat diam nonummy donec aliquet adipiscing, aliquam ante eget lorem et eget erat mi mauris lorem nibh, eget sed laoreet euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus, ante et nonummy donec mi felis lorem nibh eget lorem nibh id ipsum tellus feugiat, massa volutpat amet congue ullamcorper. Amet aliquam proin at ac mi felis tempus, ante mauris, tempus nibh volutpat, dolor tincidunt tellus sit ut non erat laoreet molestie feugiat. Ut ullamcorper amet dolore praesent, turpis aliquam, ante, mauris lorem et elit sed massa, tellus sit ut, volutpat dolor laoreet eget, dolore sem. At magna et elit erat, mi mauris lorem nibh eget sed, laoreet id, ipsum, massa non consectetur magna praesent, nonummy dolore praesent ac. Et eget ipsum laoreet molestie feugiat lobortis molestie dolor tincidunt euismod dolor tincidunt euismod pulvinar massa mauris lorem nibh eget sed nibh elit. Erat mi elit, erat massa, molestie feugiat lobortis molestie dolor congue euismod dolor tincidunt id tempus ante felis aliquam ante at magna diam. Nonummy, donec mi felis ipsum massa pharetra dolore praesent adipiscing, aliquam et at magna diam nonummy donec diam, adipiscing aliquam ante mauris, lorem. Tincidunt praesent at nibh elit ac praesent adipiscing aliquam ante, at ac et elit erat et felis ipsum lobortis volutpat dolor congue diam. Adipiscing tempus ante volutpat dolor dolore praesent lorem nibh eget pulvinar nunc, tellus turpis magna diam elit tempus ante mauris, lorem nibh eget. Dolor, tincidunt tellus sit ut tellus pharetra, congue diam adipiscing donec, mauris lorem et elit, sed nunc, tellus sit ut sem consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac, et eget, ipsum nunc tellus pharetra, congue, non pharetra congue euismod amet nunc aliquet turpis magna diam consectetur magna, aliquet turpis dolore consectetur nisi. Sem, nonummy donec laoreet tellus, feugiat lobortis volutpat lorem nibh eget sed laoreet, molestie feugiat, ut non pharetra dolore praesent adipiscing nisi, sem ac et eget. Sed ante mauris feugiat nibh volutpat sed, laoreet id pulvinar laoreet molestie feugiat lobortis, molestie feugiat nibh eget dolor laoreet euismod pulvinar nunc, tellus donec, praesent. Nonummy aliquam ante eget sed laoreet euismod pulvinar massa molestie feugiat lobortis volutpat pharetra tincidunt ullamcorper amet dolore aliquet pulvinar lobortis dolor tincidunt euismod pulvinar tincidunt. Euismod turpis nisi sem pharetra magna ullamcorper nonummy aliquam ante mauris feugiat lobortis volutpat dolor tincidunt molestie ipsum massa felis tempus ante ac laoreet id, ipsum. Massa tellus, pharetra magna mi, id ipsum lobortis volutpat feugiat lobortis id amet dolore tellus, feugiat laoreet id tempus massa mauris lorem, nibh eget sed laoreet. Euismod, pulvinar ut non pharetra magna diam nonummy aliquam praesent adipiscing ac et at magna et elit mi felis tempus ante at magna diam elit, erat. Mi id ipsum, nibh eget dolor congue ullamcorper, amet nisi aliquet consectetur ac et elit erat, mi felis tincidunt ullamcorper amet dolore aliquet adipiscing magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam massa molestie erat ante mauris feugiat lobortis volutpat dolor tincidunt euismod, pulvinar nunc non pharetra tincidunt euismod pulvinar, dolore praesent, adipiscing aliquam et at. Ac mi feugiat lobortis molestie feugiat lobortis eget sed laoreet id ipsum lobortis molestie feugiat lobortis volutpat pulvinar tincidunt id pulvinar nunc tellus sit lobortis eget. Dolor, ullamcorper amet, dolore tellus feugiat lobortis volutpat feugiat, nibh volutpat dolor tincidunt euismod pulvinar nunc non sit congue ullamcorper nonummy aliquam praesent adipiscing ut id. Ipsum massa tellus sit congue ullamcorper pharetra congue ullamcorper amet nunc tellus sit, nisi diam nonummy donec praesent adipiscing aliquam praesent adipiscing nisi proin at diam. Nonummy donec proin at, lorem nibh eget, sed et felis tempus ante felis tempus ante eget sed nibh id ipsum laoreet, molestie feugiat nibh, volutpat dolor. Ante molestie feugiat nibh eget sed mi id ipsum massa molestie feugiat nibh eget sed, laoreet id sed laoreet mauris erat laoreet felis tempus massa volutpat. Pharetra dolore praesent adipiscing aliquam, et elit erat mi felis tempus mi felis tempus ante at lorem nibh eget, ipsum mi tempus massa molestie, pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, consectetur, ac mi id ipsum ante feugiat lobortis euismod amet nunc, aliquet turpis nisi non consectetur magna, diam nonummy aliquam proin at ac et. Elit ac diam nonummy, dolore aliquet amet nisi mauris sed laoreet euismod sit nisi non pharetra congue ullamcorper pharetra congue ullamcorper amet nunc, aliquet, sit. Ut non pharetra, tincidunt euismod pulvinar nunc, turpis magna diam, elit erat, praesent adipiscing donec praesent adipiscing nisi proin elit ac et felis tempus proin. Mauris feugiat nibh volutpat pulvinar nunc consectetur magna diam elit erat mi felis tempus ante at sed nibh eget sed laoreet id ipsum lobortis non. Pharetra, dolore praesent turpis nisi, sem consectetur magna elit erat mi adipiscing aliquam proin, mauris lorem nibh elit erat praesent adipiscing, tempus ante molestie lorem. Lobortis, volutpat, sed laoreet molestie feugiat massa molestie dolor euismod pulvinar nunc tellus, sit ut non pharetra, ut non dolor, laoreet id pulvinar dolore, tellus. Pharetra congue non amet, dolore praesent feugiat lobortis volutpat sed tincidunt, id, tempus ante, mauris tempus nibh mauris ac proin at ac praesent nonummy aliquam. Proin mauris lorem lobortis eget erat laoreet id lobortis molestie feugiat lobortis eget dolor tincidunt id ipsum nunc tellus pharetra congue, ullamcorper pharetra tincidunt ullamcorper. Amet nisi sem turpis nisi non pharetra congue ullamcorper amet sem consectetur nisi non pharetra congue, ullamcorper, pulvinar dolore aliquet turpis nisi non pharetra ut. Diam, nonummy aliquam aliquet turpis nisi aliquet turpis magna diam consectetur magna adipiscing tempus ante eget lorem nibh id, pulvinar, nunc tellus sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem at, erat mi felis erat massa, molestie feugiat lobortis euismod pulvinar nunc tellus pulvinar. Massa molestie feugiat lobortis non donec aliquet amet dolore aliquet turpis magna ullamcorper elit, erat mi. Mauris lorem ante mauris sed laoreet id ipsum nunc tellus sit ut non dolor proin at. Aliquam et eget sed mi elit donec, praesent adipiscing aliquam proin consectetur magna diam nonummy magna. Diam adipiscing dolore praesent adipiscing aliquam et, elit erat id ipsum massa volutpat feugiat tincidunt ullamcorper. Amet, nisi proin elit erat, mi felis tempus, massa tellus feugiat lobortis mauris lorem et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac proin elit erat mi felis tempus ante felis aliquam ante mauris sed laoreet pulvinar nunc molestie feugiat. Ut ullamcorper nonummy donec aliquet adipiscing aliquam proin, at ac diam amet donec praesent adipiscing, aliquam proin consectetur magna, nibh. Ipsum nunc tellus feugiat lobortis non pharetra dolore aliquet amet ut non consectetur congue diam nonummy dolore aliquet turpis dolore. Aliquet sit ut non dolor tincidunt volutpat nunc aliquet, turpis nisi non pharetra magna, ullamcorper nonummy, dolore aliquet turpis, aliquam. Et elit erat et elit donec praesent amet dolore aliquet ac, nibh euismod ipsum massa molestie feugiat lobortis non dolor. Tincidunt euismod pulvinar massa molestie feugiat, massa molestie ac et elit ac et elit erat diam nonummy sem at magna. Diam nonummy erat laoreet id tempus ante mauris lorem nibh eget erat laoreet id ipsum lobortis molestie lorem ante mauris. Sed tincidunt, euismod ut non sit lobortis non, pharetra congue aliquet adipiscing aliquam proin at, erat mi felis tempus, massa. Molestie dolor tincidunt pulvinar dolore aliquet turpis nisi sem consectetur magna praesent adipiscing aliquam proin, at lorem et, at magna. Non amet congue ullamcorper amet dolore aliquet, turpis ut sem magna diam, nonummy dolore sem at ac diam consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis ut sit ut, non pharetra dolore aliquet adipiscing aliquam sem consectetur ut, volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar. Nunc tellus sit ut non aliquam ante molestie dolor lobortis euismod, pulvinar, nunc, aliquet, sit nisi diam elit, ipsum massa mauris lorem. Nibh mauris sed laoreet euismod ipsum laoreet molestie, massa molestie feugiat lobortis euismod pulvinar massa molestie ipsum ante, mauris lorem nibh mauris. Lorem laoreet felis ipsum massa tellus pharetra ut volutpat dolore praesent adipiscing aliquam proin at erat et, elit erat mi adipiscing tempus. Ante mauris ac, diam elit erat mi felis aliquam praesent adipiscing aliquam proin at diam nonummy tempus massa mauris lorem nibh eget. Sed tincidunt molestie feugiat ut non pharetra tincidunt euismod amet dolore aliquet turpis, ut non pharetra congue non pharetra ullamcorper amet dolore. Tellus turpis ut non amet dolore aliquet turpis nisi sem consectetur magna sem nonummy donec praesent adipiscing donec praesent adipiscing, nibh id. Pulvinar dolore tellus feugiat lobortis volutpat feugiat lobortis eget erat, mi id tempus mi molestie lorem nibh eget sed laoreet id sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam proin mauris lorem nibh eget erat et elit erat felis tempus ante, mauris lorem diam elit, donec praesent felis, lorem ante volutpat dolor tincidunt. Euismod pulvinar nunc molestie sit ut volutpat pharetra dolore praesent adipiscing lobortis euismod pulvinar nunc tellus pulvinar nunc molestie pharetra ut non nonummy aliquam, praesent at, ac. Et eget sed laoreet id feugiat ut volutpat pharetra, ullamcorper amet nisi sem at ac diam nonummy donec diam adipiscing tempus proin, at lorem nibh eget sed. Massa tellus sit ut non dolore aliquet turpis nisi, sem consectetur ac et elit, donec, praesent mauris feugiat ut, non pharetra congue aliquet amet dolore tellus turpis. Nisi ullamcorper nonummy donec aliquet nisi, lobortis euismod pulvinar donec praesent consectetur magna diam nonummy donec, praesent adipiscing donec praesent, at ac proin at ac, diam elit. Erat mi molestie feugiat nibh amet, dolore aliquet consectetur magna, diam nonummy donec praesent felis aliquam ante mauris lorem nibh eget sed massa molestie ipsum sem consectetur. Donec praesent felis, tempus proin, mauris lorem nibh elit erat, mi mauris tempus nibh eget sed laoreet euismod pulvinar, massa, aliquet turpis nisi non dolor euismod amet. Nunc aliquet sit nisi sem pharetra congue ullamcorper pulvinar nunc aliquet turpis nisi sem, consectetur ac, diam elit aliquam proin adipiscing ac proin at magna, nonummy donec. Mi felis lorem nibh eget, dolor tincidunt euismod pulvinar nunc non pharetra ut ullamcorper pharetra dolore ullamcorper turpis nisi sem consectetur ac, mi id ipsum volutpat feugiat. Lobortis euismod nonummy aliquam ante eget sed tincidunt, euismod sit aliquam proin at erat mi elit tempus mi at lorem et eget, sed, tincidunt tellus magna, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam proin at lorem nibh sed massa molestie. Sit ut non amet congue ullamcorper turpis aliquam proin. Mauris lorem mi nonummy donec mi felis aliquam nibh. Mauris sed laoreet id massa tellus sit, ut non. Pharetra dolore, aliquet amet nisi, tellus turpis nisi diam. Nonummy donec praesent nonummy donec aliquet turpis, nisi sem. Consectetur donec nonummy donec praesent adipiscing nisi aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, eget sed laoreet euismod pulvinar ut sem consectetur donec praesent lorem nibh eget sed laoreet id pulvinar nunc tellus sit ut non. Dolor tincidunt euismod, amet dolore tellus pulvinar nunc mauris lorem nibh eget sed aliquet turpis nisi non, pharetra congue ullamcorper, pharetra dolore ullamcorper. Turpis nisi sem consectetur ac et elit erat praesent, felis aliquam, proin at ac et pulvinar ut sem nonummy donec mi id ipsum. Massa molestie feugiat lobortis volutpat pulvinar massa molestie feugiat massa molestie dolor lobortis euismod amet proin at ac diam nonummy, magna praesent nonummy. Donec massa molestie lorem nibh, id pulvinar dolore aliquet feugiat, lobortis volutpat pharetra congue, volutpat dolor, tincidunt tellus pulvinar tellus pharetra, congue ullamcorper. Nonummy donec proin at ac et elit erat mi felis ipsum massa molestie lorem nibh eget erat mi felis tempus mi felis lorem. Non amet dolore aliquet mauris dolor congue ullamcorper pulvinar, massa molestie feugiat ut non amet dolore aliquet amet dolore proin ac et, elit. Erat, ante molestie feugiat lobortis volutpat, dolor congue aliquet turpis aliquam sem at erat laoreet id tempus ante mauris tempus ante eget ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem lobortis, non amet donec aliquet turpis ac et, at ac nonummy erat mi felis tempus. Ante mauris erat mi elit erat mi, mauris tempus ante, at ac et elit erat mi felis. Tempus ante, mauris dolor ullamcorper pulvinar nunc molestie sit lobortis molestie feugiat lobortis eget dolor, tincidunt tellus. Sit ut sem consectetur magna diam adipiscing aliquam proin mauris ac et amet nisi proin at ac. Mi id ipsum, massa, tellus dolor lobortis volutpat amet dolore aliquet adipiscing aliquam proin at, erat mi. Felis ac et elit erat mi mauris feugiat nibh eget sed, mi felis erat mi, nonummy, aliquam. Proin, at sed nibh eget sed massa molestie ipsum massa molestie congue ullamcorper pulvinar tincidunt tellus sit. Nisi non consectetur magna, ullamcorper pulvinar dolore, praesent mauris lorem nibh id pulvinar ut non pharetra, ut. Ullamcorper nonummy donec praesent, ac et eget, dolor, tincidunt aliquet turpis nisi sem pharetra tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ipsum ante, mauris dolor tincidunt euismod pulvinar nunc. Aliquet turpis nisi sem nonummy donec mi felis tempus. Sem at ac nibh eget sed laoreet felis nibh. Eget dolor congue ullamcorper pulvinar massa felis tempus ante. Mauris lorem nibh eget sed mi felis ipsum massa. Molestie sit, ut non amet aliquet turpis nisi sem. Consectetur ac et elit, donec praesent adipiscing, nisi aliquet. Turpis nisi, diam consectetur magna praesent felis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent felis, aliquam proin mauris dolor congue euismod ipsum nunc tellus consectetur magna diam nonummy donec diam amet, nisi sem ac et elit sed laoreet felis. Ipsum nibh non pharetra congue euismod pulvinar dolore aliquet turpis nisi sem nonummy donec ante felis tempus ante mauris nibh eget sed mi felis, tempus proin mauris. Lorem laoreet id ipsum laoreet molestie feugiat lobortis volutpat amet dolore praesent felis tempus nibh eget lorem et erat praesent nonummy donec praesent adipiscing ac proin at. Erat mi felis tempus ante at aliquam sem consectetur nisi diam nonummy donec diam turpis ante mauris, lorem nibh eget, sed mi felis tempus ante eget lorem. Nibh id pulvinar nunc tellus, sit ut non, consectetur donec aliquet turpis, nisi sem turpis, non pharetra ut non pharetra nunc tellus sit ut non pharetra congue. Ullamcorper amet erat praesent adipiscing nisi proin at ac et elit erat mi mauris nibh eget dolor nunc, tellus, pulvinar nunc non pharetra congue non pharetra tincidunt. Euismod pulvinar nunc sem consectetur magna diam erat praesent adipiscing aliquam, sem, at ac et elit donec praesent adipiscing, aliquam proin adipiscing ac nibh elit, sed massa. Molestie feugiat nisi sem, consectetur dolore praesent tempus ante eget sed laoreet euismod sit nunc, non sit ut ullamcorper pharetra congue, ullamcorper amet dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc tellus turpis ut non pharetra magna diam adipiscing aliquam proin, mauris pharetra congue ullamcorper amet dolore consectetur erat et elit donec praesent, adipiscing tempus ante mauris. Lorem et id ipsum massa tellus sit ut non pharetra congue ullamcorper sit nunc feugiat ut non pharetra congue euismod pulvinar dolore tellus sit ut, volutpat dolor lobortis. Mauris lorem laoreet eget sed nunc molestie sit lobortis non pharetra dolore mauris ac et at erat laoreet felis tempus, mi felis nisi proin mauris lorem nibh eget. Ipsum massa molestie lorem nibh mauris lorem laoreet sed laoreet id ipsum ante at, aliquam proin, consectetur magna diam elit erat mi, felis tempus nibh volutpat dolor laoreet. Eget ipsum massa tellus sit ut, ullamcorper aliquam ante at lorem nibh eget dolor nunc tellus feugiat massa, volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus. Pharetra, congue ullamcorper amet donec amet, nisi aliquet turpis nisi diam nonummy donec praesent adipiscing nisi proin consectetur magna et elit erat mi mauris aliquam non pharetra dolore. Ullamcorper turpis, aliquam proin at magna et felis erat praesent turpis nisi sem at lorem et elit donec praesent nonummy donec praesent, turpis molestie ipsum lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat dolor tincidunt tellus, pulvinar sem. Consectetur donec mi adipiscing aliquam ante mauris lorem. Lobortis volutpat pulvinar nunc aliquet, turpis ut non. Consectetur congue diam pulvinar nunc euismod pulvinar nunc. Consectetur donec praesent felis tempus, massa, mauris lorem. Nibh id ipsum dolore, sem consectetur magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ante mauris sed tincidunt tellus sit nisi non pharetra ut ullamcorper pharetra congue ullamcorper pulvinar nunc tellus. Feugiat nisi non pharetra congue, ullamcorper amet, tincidunt euismod dolor nunc, euismod sit ut molestie sit ut ullamcorper. Amet donec praesent at ac, et elit, ac et nonummy erat mi, adipiscing aliquam euismod amet donec, proin. At ac et nonummy donec praesent nonummy donec aliquet turpis dolore aliquet sit lobortis volutpat, dolor tincidunt euismod. Pulvinar nunc tellus sit nunc pharetra donec praesent adipiscing donec praesent turpis aliquam et elit sed praesent felis. Tempus ante mauris, ac et at ac et nonummy donec felis aliquam ante mauris ac et elit erat. Mi felis, ipsum lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet feugiat nisi sem nonummy donec praesent, turpis. Aliquam volutpat dolor nunc tellus pulvinar massa molestie feugiat ante eget sed tincidunt euismod amet, nisi proin at. Ac et elit donec praesent felis aliquam proin consectetur ac id sit ut tellus pharetra magna praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit ac et elit erat mi mauris feugiat tincidunt euismod pulvinar nunc aliquet sit nisi non pharetra congue diam nonummy dolore, aliquet turpis sem consectetur congue, ullamcorper amet congue. Ullamcorper turpis dolore aliquet turpis nisi sem consectetur donec praesent adipiscing, aliquam ante mauris sed laoreet eget sed non pharetra, magna diam elit erat proin adipiscing aliquam proin, elit sed. Mi felis tempus ante mauris feugiat tincidunt ullamcorper nonummy donec praesent adipiscing ac proin at laoreet tellus sit congue non pharetra congue ullamcorper turpis nisi sem turpis nisi, diam nonummy. Donec praesent adipiscing lorem lobortis, non amet, dolore aliquet ac et eget sed laoreet id ipsum ante felis tempus et at ac laoreet euismod pulvinar massa molestie feugiat ut diam. Nonummy donec praesent adipiscing aliquam eget sed massa molestie feugiat lobortis volutpat pharetra tincidunt ullamcorper amet dolore, aliquet turpis nisi diam nonummy donec praesent adipiscing aliquam proin, at aliquam proin. Elit, erat molestie ipsum lobortis volutpat, dolor, tincidunt euismod amet nisi aliquet turpis nisi non pharetra congue, diam nonummy donec proin at nibh, euismod pulvinar nunc non sit congue non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi aliquet at ac elit erat mi molestie feugiat lobortis non pulvinar nunc aliquet turpis, aliquam sem consectetur magna diam elit erat praesent at. Ac nibh elit sed tincidunt at lorem et eget erat mi felis lorem nibh volutpat pharetra congue aliquet turpis aliquam sem consectetur magna diam amet. Donec praesent turpis dolore sem pulvinar tincidunt euismod sit ut sem pharetra congue ullamcorper amet congue, ullamcorper sit ut, non, consectetur, ac mi felis tempus. Mi felis aliquam sem consectetur, magna felis erat ante felis tempus proin mauris lorem, nibh id ipsum nunc molestie sit congue ullamcorper amet congue aliquet. Turpis ac et, eget dolor aliquet turpis nisi sem consectetur magna diam amet dolore aliquet adipiscing aliquam sem at ac, mi id ipsum lobortis non. Amet dolore, aliquet adipiscing aliquam aliquet consectetur diam elit erat mi felis aliquam proin adipiscing ac nibh eget, ipsum nunc tellus pharetra congue diam nonummy. Donec mi felis aliquam proin at ac et felis nunc mauris tempus proin eget sed nibh id sed mi felis tempus ante mauris ac nibh. Eget pulvinar nunc aliquet, ac mi felis, tempus massa mauris lorem nibh mauris lorem et nonummy erat massa molestie feugiat massa molestie feugiat laoreet eget. Ipsum massa tellus sit, ut elit donec diam turpis nisi sem consectetur ac diam nonummy magna ullamcorper nonummy donec praesent adipiscing nisi proin consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue ullamcorper turpis nisi proin at lorem nibh id ipsum laoreet non sit donec diam amet aliquet amet dolore sem. At ac et felis ipsum massa volutpat dolor congue ullamcorper pulvinar, nunc tellus pulvinar ut non pharetra congue non, amet dolore mauris. Feugiat laoreet id pulvinar nunc tellus sit nisi sem, pharetra congue ullamcorper amet nisi sem consectetur ac diam elit erat praesent adipiscing. Aliquam praesent ac et elit erat et, felis ipsum massa non dolor tincidunt ullamcorper amet dolore aliquet turpis nisi sem consectetur congue. Diam id, tempus nibh dolor congue ullamcorper adipiscing aliquam sem at erat mi id ipsum lobortis, molestie feugiat lobortis volutpat dolor laoreet. Id pulvinar, nunc tellus sit, ut non pharetra congue turpis dolore tellus, sit lobortis molestie dolor tincidunt euismod amet dolore aliquet consectetur. Magna diam nonummy donec mi adipiscing tempus ante eget lorem nibh eget sed tellus consectetur, ac mi felis tempus mi mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit tempus massa tellus sit non nonummy dolore aliquet turpis nisi proin consectetur magna diam elit donec mi felis lorem lobortis eget dolor. Nunc tellus sit, ut, non pharetra, ullamcorper amet dolore aliquet turpis nisi proin consectetur magna diam nonummy dolore aliquet amet nunc tellus feugiat lobortis. Non pharetra, congue ullamcorper amet dolore, aliquet lorem et eget sed laoreet, felis tempus proin adipiscing nisi sem consectetur magna, diam, elit erat mi. Felis lorem nibh elit sed tincidunt euismod nisi diam consectetur magna diam nonummy dolore aliquet turpis nisi sem consectetur magna ullamcorper pharetra congue aliquet. Amet dolore aliquet, turpis nisi sem consectetur, donec praesent felis, lobortis volutpat pulvinar dolore aliquet turpis, ut non, pharetra congue et felis erat ante. At aliquam proin at erat, mi felis donec ante felis, aliquam sem dolor, tincidunt euismod sit nunc sem consectetur magna diam amet donec praesent. At ac et at erat mi elit erat mi felis tempus ante at lorem laoreet sed, nunc non sit ut ullamcorper amet dolore aliquet. Turpis nisi aliquet turpis ut sem, amet congue mi felis tempus eget lorem, nibh, eget ipsum nunc non pharetra congue ullamcorper amet congue, ullamcorper. Amet dolore aliquet consectetur magna diam amet dolore praesent adipiscing aliquam ante at ac id ipsum massa non nonummy erat praesent nonummy dolore aliquet. Adipiscing aliquam et elit erat et elit erat praesent adipiscing tempus ante eget, erat laoreet id pulvinar non pharetra ut non dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut volutpat dolor mi, felis ac et elit erat et elit erat ante felis aliquam, praesent adipiscing magna diam nonummy, donec, praesent felis tempus. Proin mauris feugiat euismod amet nunc tellus sit, nisi sem pharetra magna diam adipiscing tempus ante mauris, sed laoreet id ipsum massa molestie feugiat lobortis. Non dolor congue, adipiscing, aliquam proin elit ac mi elit, donec mi mauris lorem nibh mauris lorem nibh eget ipsum massa id ipsum nibh, eget. Sed congue ullamcorper amet dolore elit erat mi id ipsum lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet, adipiscing magna diam nonummy donec diam nonummy. Dolore praesent adipiscing et eget erat laoreet id ipsum massa, molestie feugiat, nibh eget ac nibh elit, erat mi felis tempus ante mauris ac, et. Eget erat mi molestie feugiat volutpat pharetra dolore aliquet, turpis nisi sem consectetur ac et, elit erat mi, mauris tempus nibh eget dolor laoreet id. Pulvinar nunc tellus sit ut non pharetra, aliquet turpis nisi sem consectetur magna diam nonummy donec praesent nonummy lorem ante at lorem et nonummy donec. Praesent adipiscing massa molestie feugiat tincidunt euismod pulvinar nunc, aliquet turpis nisi diam nonummy donec praesent adipiscing aliquam proin at ac nibh elit erat mi. Felis tempus massa feugiat laoreet euismod ipsum massa id feugiat lobortis volutpat, pharetra congue ullamcorper pulvinar nunc tellus pulvinar ut non pharetra congue non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit, erat mi felis tempus ante mauris tempus, nibh volutpat dolor tincidunt euismod sit ut pharetra congue volutpat dolor tincidunt tellus pulvinar nunc molestie. Feugiat congue ullamcorper amet donec mi mauris ac et at magna, et felis tempus ante felis nibh eget lorem nibh id pulvinar, massa molestie feugiat. Lobortis, ullamcorper adipiscing aliquam ante, mauris, lorem tincidunt euismod pulvinar nisi sem turpis nisi diam elit ante molestie feugiat lobortis eget pharetra tincidunt ullamcorper sit. Ut sem consectetur magna diam nonummy donec praesent adipiscing tempus et at ac, et elit praesent felis tempus ante mauris lorem laoreet id pulvinar nunc. Tellus pharetra, congue diam amet donec, praesent adipiscing aliquam et elit erat laoreet euismod, sit ut sit lobortis euismod pulvinar dolore tellus sit ut sem. Consectetur ac et elit aliquam praesent adipiscing aliquam et elit, erat, mi felis erat mi felis lorem nibh sed laoreet euismod ipsum nunc tellus, sit. Magna diam adipiscing donec, praesent adipiscing lorem, nibh volutpat pulvinar nunc tellus sit mi felis erat mi felis tempus nibh eget dolor nunc tellus sit. Aliquam proin elit ac et felis, tempus massa molestie feugiat tincidunt ullamcorper pulvinar dolore tellus magna et nonummy donec praesent adipiscing donec proin turpis nisi. Sem at erat mi felis ipsum ante molestie lorem nibh elit erat mi, elit donec mi felis ante eget amet, tempus ut praesent molestie elit. Sit lorem congue proin molestie feugiat tincidunt aliquet mauris feugiat congue ullamcorper adipiscing tempus nibh ullamcorper nonummy lorem ut non elit pulvinar nisi nibh, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis euismod pulvinar sem consectetur nisi diam nonummy erat ante molestie sit congue non amet dolore ullamcorper adipiscing ac et elit, erat laoreet id sit ut. Non tincidunt ullamcorper amet dolore aliquet turpis magna et elit erat mi adipiscing tempus ante at ac nibh id sed laoreet felis ipsum ante molestie lorem, volutpat. Pulvinar nisi, sem consectetur ac et elit erat diam nonummy, dolore aliquet adipiscing ac et at ac diam pharetra dolore aliquet turpis nisi sem at ac felis. Ipsum massa molestie feugiat congue ullamcorper nonummy, donec praesent at ac et consectetur ac et nonummy donec praesent turpis aliquam proin at magna elit donec mi mauris. Lorem lobortis eget sed, laoreet id ipsum nunc tellus consectetur congue diam amet congue ullamcorper turpis nisi proin consectetur magna diam consectetur praesent felis tempus ante volutpat. Pulvinar dolore aliquet turpis ac laoreet id pulvinar ut sem at ac et, elit erat mi mauris lorem nibh elit erat et ipsum nunc, molestie feugiat nibh. Eget dolor laoreet tellus pulvinar nunc tellus sit lobortis non dolor tincidunt euismod pulvinar laoreet tempus massa molestie feugiat tincidunt euismod pulvinar tincidunt tellus turpis nisi sem. Pharetra congue non nonummy dolore proin at lorem nibh elit erat laoreet felis ipsum ante tempus nibh eget sed laoreet id ipsum massa molestie feugiat ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut proin at erat mi felis tempus ante felis ac proin elit erat laoreet euismod pulvinar nunc non pharetra ut euismod dolor nibh elit sed id. Feugiat lobortis molestie dolor lobortis id ipsum nunc id ipsum massa volutpat dolor tincidunt volutpat dolor, tincidunt id pulvinar nunc tellus pharetra magna, diam dolore aliquet. Turpis aliquam proin elit erat mi elit, erat mi felis, tempus ante at ac et nonummy, erat mi mauris lorem ante mauris ac et pulvinar nunc. Proin elit sed massa molestie ipsum lobortis, molestie dolor tincidunt, volutpat dolor tincidunt euismod pulvinar nunc tellus sit lobortis volutpat sed tincidunt turpis aliquam et elit. Sed nunc molestie turpis magna, ullamcorper nonummy dolore ullamcorper amet nisi aliquet turpis magna, et nonummy congue ullamcorper nonummy dolore praesent adipiscing, ac id sed laoreet. Id ipsum massa molestie feugiat lobortis eget sed laoreet euismod ipsum massa mauris lorem nibh mauris lorem nibh eget sed mi, felis ipsum eget pharetra congue. Ullamcorper turpis aliquam proin elit erat laoreet id ipsum massa molestie feugiat tincidunt diam nonummy dolore aliquet magna diam nonummy donec praesent adipiscing aliquam, praesent, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa, tellus sit sem consectetur donec mi mauris feugiat lobortis volutpat pulvinar, tincidunt tellus pulvinar nunc molestie feugiat massa volutpat sed laoreet euismod. Ipsum massa molestie feugiat lobortis pharetra, tincidunt ullamcorper turpis dolore sem turpis ac et eget sed laoreet id ipsum nibh, volutpat dolor laoreet id. Ipsum massa tellus turpis nisi non donec mi mauris lorem nibh eget dolor, dolore aliquet turpis, nisi sem pharetra congue diam adipiscing aliquam proin. At ac nibh eget ipsum, nunc consectetur erat mi felis tempus, ante felis aliquam proin mauris lorem laoreet id pulvinar massa molestie ipsum massa. Volutpat pharetra, donec praesent turpis, aliquam sem at tincidunt euismod sit ut sem consectetur erat mi mauris tempus nibh, eget lorem nibh, eget, erat. Mi felis aliquam proin, at lorem et elit sed tincidunt id ac et elit tempus ante mauris feugiat lobortis non pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam ipsum massa non pharetra, congue ullamcorper turpis dolore. Sem, turpis nisi sem consectetur congue diam nonummy donec praesent. Adipiscing ac et elit, ac mi, sit congue diam, nonummy. Donec praesent adipiscing aliquam proin at ac et nonummy donec. Ante molestie feugiat lobortis mauris ac et eget sed laoreet. Id, massa molestie dolor lobortis volutpat, pulvinar dolore sem, turpis. Nisi sem pharetra congue praesent adipiscing tempus, ante eget lorem. Et eget sed laoreet id ipsum lobortis non dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac diam felis pulvinar ut sem consectetur magna diam nonummy nibh mauris lorem nibh eget, sed laoreet molestie sit lobortis volutpat dolor, congue euismod, pulvinar dolore, tellus turpis. Nisi sem consectetur congue, ullamcorper nonummy dolore, at lorem nibh eget ipsum massa id feugiat lobortis molestie dolor tincidunt volutpat dolor, tincidunt euismod, sit ut molestie dolor, congue ullamcorper. Pulvinar tincidunt euismod aliquam diam elit erat mi felis tempus ante mauris ac nibh eget ipsum, massa tellus turpis nisi diam nonummy donec praesent adipiscing donec at lorem et. Nonummy donec praesent felis aliquam aliquet amet dolore tellus sit lobortis volutpat, dolor congue aliquet turpis nisi tellus sit ut non dolor lobortis euismod, feugiat ut non pharetra congue. Ullamcorper turpis nisi sem consectetur, magna et elit erat ante felis tempus ante volutpat pulvinar laoreet, id ipsum massa molestie sit congue, nonummy donec praesent at lorem, nibh id. Sed laoreet felis tempus mi at feugiat nibh eget sed tincidunt euismod nisi diam nonummy donec mi felis aliquam proin, adipiscing nisi sem consectetur magna diam nonummy donec aliquet. Turpis nisi aliquet sit lobortis volutpat, dolor tincidunt volutpat dolor ante mauris lorem nibh elit erat laoreet id feugiat lobortis volutpat pharetra congue ullamcorper turpis nisi sem consectetur magna. Et elit erat mi adipiscing aliquam proin mauris laoreet id ipsum massa molestie lorem lobortis volutpat dolor tincidunt euismod ipsum laoreet molestie feugiat ut non pharetra tincidunt euismod amet. Dolore tellus sit ut non sit diam nonummy donec proin at aliquam proin at erat mi felis aliquam proin at ac nibh volutpat pulvinar nunc aliquet turpis ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet sit nunc non, pharetra congue diam adipiscing donec proin, at, proin at ac et nonummy donec praesent adipiscing. Aliquam ante at ac et consectetur magna, praesent, nonummy donec praesent adipiscing nisi proin consectetur ac diam nonummy massa molestie. Pharetra congue, aliquet amet nisi proin, at, ac et elit erat praesent felis tempus proin at ac proin consectetur congue. Ullamcorper nonummy erat mauris lorem nibh elit erat mi elit erat praesent nonummy dolore tellus turpis ut non sit congue. Non amet donec proin adipiscing aliquam elit erat mi elit erat mi adipiscing nisi tellus sit ut non dolor tincidunt. Euismod amet dolore praesent adipiscing aliquam proin nonummy donec praesent, felis tempus proin, ac nibh eget sed mi, elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper nonummy donec praesent turpis, nisi non pulvinar nunc, molestie sit lobortis non pharetra tincidunt ullamcorper adipiscing nisi sem consectetur magna diam elit. Tempus massa mauris lorem lobortis eget dolor tincidunt euismod ut sem at erat mi felis tempus proin at ac et at ac diam consectetur. Magna aliquet turpis dolore sem consectetur, ac, diam elit, sed tellus pharetra lobortis non dolor tincidunt id pulvinar massa molestie ipsum massa molestie feugiat. Lobortis volutpat dolor laoreet tellus sit ut non pharetra congue amet, donec proin adipiscing, aliquam et eget erat mi elit tempus ante mauris lorem. Et volutpat amet nunc, euismod, pulvinar nunc molestie, feugiat nibh at lorem nibh sed laoreet felis ipsum massa, molestie sed nibh eget erat mi. Felis ipsum lobortis volutpat dolor tincidunt ullamcorper amet nunc tellus turpis nisi, non pharetra, congue felis tempus ante eget sed nibh, eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis congue aliquet adipiscing ac et ipsum massa tellus sit nisi diam pharetra congue ullamcorper nonummy aliquam sem at. Ac nibh id ipsum nunc molestie ipsum, massa volutpat sed tincidunt id, massa molestie ipsum massa mauris lorem nibh. Eget dolor tincidunt, euismod, sit ut non consectetur magna praesent adipiscing aliquam praesent at aliquam et eget ipsum molestie. Ipsum ut, non amet donec praesent adipiscing aliquam proin mauris lorem et elit donec praesent adipiscing aliquam proin at. Sed tincidunt euismod dolore proin elit erat et felis, tempus ante, molestie dolor lobortis volutpat dolor tincidunt euismod pulvinar. Massa tellus feugiat ut volutpat pharetra tincidunt euismod, ipsum massa molestie congue et elit donec praesent felis tempus ante. Mauris erat mi id ipsum massa molestie feugiat, nibh eget sed nibh elit donec ullamcorper amet, dolore, ullamcorper turpis. Proin at ac mi, felis ipsum massa volutpat dolor lobortis volutpat dolor nibh eget ipsum massa mauris feugiat lobortis. Mauris lorem et elit, dolore sem consectetur magna et elit erat massa molestie feugiat lobortis eget sed laoreet eget. Tempus ante mauris tempus nibh volutpat pharetra congue, ullamcorper amet dolore non congue diam nonummy donec aliquet turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ante sem euismod adipiscing pharetra magna laoreet molestie at sed dolore proin eget pulvinar aliquam et. Euismod volutpat felis at amet aliquam nibh non nonummy lorem magna, praesent adipiscing ut non dolor tincidunt. Euismod adipiscing ac et elit sed mi id ipsum massa mauris lorem nibh mauris lorem nibh eget. Ipsum laoreet id feugiat laoreet id ipsum massa mauris feugiat lobortis eget sed laoreet id tempus massa. Molestie lorem, nibh volutpat dolor tincidunt tellus sit nisi nibh aliquet volutpat adipiscing erat nunc nibh aliquet. Diam tellus consectetur sed laoreet euismod pulvinar, nunc, tellus consectetur magna diam amet, dolore, praesent adipiscing nisi. Sem consectetur magna felis ipsum massa molestie dolor lobortis eget sed laoreet elit, tempus mi adipiscing aliquam. Proin mauris, sed tincidunt euismod pulvinar ut sem at ac et felis aliquam non amet dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue diam adipiscing, tempus ante eget sed, laoreet pulvinar ut sem, consectetur ac. Et felis erat mi, adipiscing aliquam proin consectetur ac et nonummy donec praesent nonummy donec. Praesent adipiscing aliquam diam consectetur magna sem consectetur magna et nonummy, donec mi at ac. Proin at lorem magna diam amet donec praesent consectetur ac et nonummy donec diam adipiscing. Massa molestie feugiat, laoreet euismod pulvinar nunc aliquet turpis nisi sem, consectetur donec praesent mauris. Feugiat tincidunt euismod pulvinar nunc tellus sit ut non ipsum massa molestie ipsum lobortis volutpat. Pharetra congue, aliquet turpis nisi sem, consectetur erat mi felis ipsum nunc molestie sit ut. Ullamcorper nonummy, donec praesent at nibh id pulvinar massa tellus, feugiat ut non amet dolore. Aliquet adipiscing, aliquam ante mauris lorem et elit erat ante mauris tempus nibh eget dolor. Congue, aliquet ac, et eget sed massa molestie sit ut non consectetur magna praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, et, sit aliquam proin eget sed laoreet id ipsum, massa volutpat dolor lobortis, volutpat dolor tincidunt euismod ipsum mi felis lorem, nibh, mauris lorem laoreet sit nisi non. Consectetur donec praesent nonummy aliquam praesent adipiscing ac et elit, erat mi, felis tempus ante mauris, lorem ante eget, lorem nibh, eget massa tellus sit lobortis volutpat lorem, laoreet. Eget, ipsum nunc aliquet pharetra magna diam nonummy donec praesent adipiscing aliquam proin at ac, mi elit erat mi felis nibh volutpat, pharetra congue aliquet turpis nisi proin elit. Sed, laoreet id ipsum lobortis non feugiat, lobortis volutpat dolor laoreet id pulvinar massa euismod pulvinar nunc tellus sit ut non pharetra donec aliquet at ac et eget, erat. Mi id ipsum massa mauris feugiat lobortis volutpat dolor tincidunt euismod ipsum non pharetra congue ullamcorper amet donec praesent turpis, nisi aliquet, pharetra congue et elit erat mi felis. Tempus, nibh volutpat sed nibh felis, tempus ante mauris, lorem mi felis aliquam proin at ac laoreet, euismod pulvinar nunc tellus feugiat lobortis volutpat feugiat tincidunt euismod amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget erat mi adipiscing tempus ante eget sed tincidunt id ipsum nunc tellus magna diam nonummy donec praesent, turpis aliquam sem consectetur nisi non pharetra ut. Diam nonummy donec praesent at ac proin at ac laoreet id tempus proin feugiat lobortis eget erat, laoreet, felis tempus ante mauris lorem nibh eget sed. Laoreet id, pulvinar massa molestie feugiat lobortis volutpat pharetra congue id pulvinar molestie, feugiat massa mauris lorem lobortis euismod amet dolore tellus sit ut sem, pharetra. Congue ullamcorper amet dolore aliquet sit ut tellus sit diam elit erat massa mauris lorem nibh eget, sed laoreet felis tempus ante, mauris lorem nibh eget. Sed laoreet id pulvinar ut non feugiat lobortis, volutpat dolor praesent adipiscing aliquam proin at ac et nonummy donec, mi felis tempus nibh eget dolor laoreet. Id sed laoreet id feugiat, lobortis volutpat dolor tincidunt euismod ipsum et eget erat mi felis pulvinar lobortis non dolor congue ullamcorper amet tincidunt, tellus sit. Ut non sit ut volutpat sed, laoreet adipiscing aliquam proin elit erat et elit erat mi, mauris tempus nibh eget sed laoreet id ipsum massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin at ac nibh eget sed laoreet id, feugiat ut non pharetra donec ullamcorper. Amet dolore aliquet turpis nisi sit congue praesent adipiscing aliquam ante at lorem et elit. Erat mi felis tempus massa, molestie dolor tincidunt ullamcorper pulvinar nunc aliquet turpis, nisi nonummy. Erat laoreet id ipsum nibh eget dolor laoreet euismod pulvinar nunc molestie feugiat nisi non. Consectetur dolore, aliquet amet nunc aliquet turpis nisi sem, consectetur congue mauris lorem nibh, eget. Sed tincidunt ullamcorper turpis dolore aliquet sit ut non dolor tincidunt euismod dolor laoreet, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem nibh eget ipsum nunc non sit ut diam amet congue ullamcorper amet dolore aliquet turpis nisi diam erat mi mauris, lorem nibh eget. Sed tincidunt euismod pulvinar nunc molestie pharetra donec praesent felis tempus massa mauris feugiat, tincidunt volutpat dolor laoreet ipsum massa molestie dolor tincidunt, euismod pulvinar nunc. Tellus turpis aliquam sem nonummy donec praesent nonummy tempus massa mauris feugiat nibh volutpat sed laoreet molestie tempus massa feugiat tincidunt volutpat dolor dolore tellus pulvinar. Ut sem, nonummy magna, diam nonummy donec proin mauris lorem nibh elit ac et elit erat felis tempus ante eget, sed nunc, tellus sit nunc tellus. Sit ut volutpat dolor congue ullamcorper turpis nisi proin at ac et id ipsum lobortis volutpat feugiat magna laoreet id tempus massa molestie feugiat lobortis volutpat. Sed laoreet eget sed laoreet molestie, ipsum lobortis molestie feugiat nibh elit ipsum nunc et ullamcorper felis lorem ante non, euismod consectetur lorem tincidunt proin volutpat. Amet, ipsum ut non nonummy tempus lobortis non, nonummy tempus lobortis id pulvinar ac tincidunt proin mauris dolor nunc praesent at dolor, congue ante ullamcorper id. Consectetur sed nunc sem eget, amet tempus congue praesent felis dolor tempus nibh tellus turpis ac laoreet aliquet adipiscing sed, dolore ante diam felis sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc dolore congue massa sem elit turpis sed donec lobortis diam tellus. Eget adipiscing ac lobortis ullamcorper felis dolor, donec magna nunc sem, felis. Consectetur turpis, ac tincidunt praesent volutpat nonummy sit erat nunc et euismod. Mauris elit, sit, dolor tempus donec nisi nunc nibh praesent non, eget. Lorem aliquam congue massa nibh praesent volutpat felis sit sed aliquam tincidunt. Mi diam tellus mauris amet lorem magna nunc nibh praesent volutpat felis. Consectetur pulvinar lobortis mi sem euismod eget felis pharetra tempus, magna dolore. Ut nunc nibh praesent non adipiscing pharetra, congue diam nonummy dolore, aliquet. Turpis, lobortis euismod pulvinar dolore, aliquet, consectetur magna et eget sit lorem. Tincidunt, nibh praesent molestie, consectetur sed nunc aliquet elit dolor dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sit nisi diam id eget pharetra tempus massa diam tellus elit adipiscing nonummy ipsum nisi mi, elit tempus. Et id, pulvinar nunc non pharetra congue ullamcorper amet congue aliquet turpis ut non pharetra congue ullamcorper amet dolore. Aliquet adipiscing lorem nibh amet nunc tellus turpis ut sem, nonummy, magna diam nonummy dolore praesent turpis nisi tellus. Sit congue, ullamcorper pharetra dolore aliquet turpis aliquam proin at ac diam tempus ante molestie feugiat ante eget sed. Tincidunt euismod sit ut sem consectetur congue ullamcorper amet, dolore praesent adipiscing nisi sem consectetur nisi id tempus ante. Felis lorem, nibh eget lorem nibh, eget sed laoreet id ipsum, massa molestie lorem et, at erat et elit. Tempus ante mauris lorem, nibh dolor tincidunt id ipsum massa molestie sit ut, ullamcorper amet congue, tellus sit nisi. Non consectetur, congue diam amet congue, ullamcorper amet dolore sem consectetur magna et turpis ut diam nonummy erat praesent. Felis aliquam ante mauris sed, laoreet euismod amet nisi sem consectetur ac et elit volutpat dolor tincidunt, volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem nibh eget pharetra congue ullamcorper adipiscing et elit erat mi, felis tempus, massa volutpat feugiat lobortis volutpat pulvinar, nunc, tellus sit ut non pharetra. Congue non, pharetra congue tellus sit ut sit congue ullamcorper amet, dolore praesent felis ac et eget, dolor laoreet id ipsum massa tellus sit ut non. Amet donec aliquet adipiscing aliquam proin magna diam elit erat praesent adipiscing ac nibh elit erat mi felis ipsum massa molestie, feugiat nibh mauris ac et. Nonummy erat mi felis tempus non amet, donec praesent adipiscing aliquam proin consectetur magna sem, elit erat mi felis tempus, proin, mauris lorem laoreet, euismod pulvinar. Nisi sem consectetur donec felis ipsum ante mauris feugiat, lobortis ullamcorper amet dolore proin consectetur ac et elit erat mi felis lorem ante eget dolor tincidunt. Tellus sit ut non sit volutpat dolor lobortis, volutpat ipsum laoreet molestie feugiat lobortis volutpat dolor lobortis volutpat sed laoreet id ipsum massa mauris feugiat lobortis. Non, amet magna diam nonummy donec praesent at lorem nibh eget pulvinar dolore tellus sit nisi non pharetra magna ullamcorper nonummy dolore aliquet, turpis nisi proin. At erat laoreet feugiat lobortis molestie feugiat nibh volutpat pulvinar nunc tellus feugiat lobortis volutpat dolor congue ullamcorper amet, dolore proin at magna diam nonummy donec. Mi, id, ipsum lobortis amet dolore ullamcorper amet dolore tellus feugiat ut non consectetur congue ullamcorper nonummy, dolore sem, consectetur magna et eget erat laoreet, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar dolore aliquet turpis, nisi sem nonummy magna diam turpis nisi aliquet turpis diam nonummy erat mi, felis tempus ante, eget lorem nibh eget ipsum nunc. Aliquet turpis nisi, non nonummy donec praesent adipiscing aliquam proin at magna id sit nunc non pharetra magna ullamcorper pharetra congue ullamcorper turpis dolore aliquet sit ut non. Amet, donec mi, felis tempus ante, at lorem laoreet pulvinar nisi laoreet eget sed laoreet molestie sit congue diam nonummy donec aliquet turpis aliquam proin consectetur magna diam. Consectetur, magna diam turpis dolore at ac nibh eget, pulvinar massa molestie ipsum massa eget dolor laoreet eget pulvinar massa, tellus sit nisi, non pharetra dolore aliquet amet. Nisi proin at laoreet id, ipsum nunc, tellus sit ut non, pharetra dolore ullamcorper amet dolore tellus feugiat, massa volutpat dolor, congue euismod pulvinar dolore tellus turpis ut. Sem consectetur mi felis tempus ante mauris sed nibh eget erat laoreet id ipsum ante at ac et elit ac mi id ipsum non consectetur magna diam, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod turpis aliquam proin, elit erat, mi feugiat lobortis non consectetur dolore aliquet turpis dolore proin at ac. Et elit, sed, mi, mauris feugiat lobortis non pharetra dolore aliquet amet nunc aliquet magna ullamcorper amet dolore ullamcorper, pulvinar. Nunc sem at, magna diam nonummy magna diam amet, dolore praesent turpis nisi sem pharetra congue diam elit aliquam molestie. Dolor tincidunt ullamcorper amet nisi sem consectetur magna sem consectetur magna praesent adipiscing aliquam praesent adipiscing, ac et, eget erat. Mi felis ante molestie feugiat lobortis eget dolor tincidunt id, ipsum, massa non pharetra congue ullamcorper pulvinar tincidunt euismod ipsum. Massa tellus feugiat ut ullamcorper amet donec praesent adipiscing et eget pulvinar nunc molestie feugiat lobortis volutpat dolor lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem elit nisi sem at magna diam nonummy aliquam, proin at ac proin eget sed laoreet id ipsum ante mauris feugiat nibh mauris sed. Laoreet tellus pulvinar nibh id ipsum nunc tellus sit lobortis volutpat feugiat lobortis euismod dolor tincidunt, tellus sit ut volutpat pharetra, congue ullamcorper amet nunc tellus. Sit ut elit erat praesent adipiscing aliquam ante, mauris lorem nibh elit dolor nunc molestie sit nisi sem, pharetra magna diam amet donec praesent consectetur, magna. Et eget erat molestie sit ut volutpat dolor dolore praesent adipiscing nisi sem at ac et, elit erat praesent nonummy nisi sem at ac diam nonummy. Laoreet molestie feugiat lobortis volutpat, dolor tincidunt euismod amet nunc tellus sit, ut sem pharetra magna ullamcorper amet dolore tellus sit ut non consectetur magna diam. Nonummy ante mauris, dolor tincidunt euismod pulvinar, massa id ipsum massa mauris, ac et eget erat mi felis tempus, mi, adipiscing, aliquam, proin turpis ut non. Pharetra magna id feugiat massa volutpat pharetra donec aliquet turpis nisi sem consectetur magna et elit donec praesent, nonummy dolore sem turpis et eget ipsum laoreet. Molestie pharetra congue ullamcorper amet congue ullamcorper amet nunc tellus sit ut non dolor lobortis volutpat sed laoreet elit erat mi, felis ut non amet congue. Aliquet adipiscing, aliquam, proin at magna ullamcorper nonummy donec mi mauris lorem, lobortis volutpat pulvinar, dolore tellus sit ut non pharetra magna ullamcorper, aliquam proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id sit congue non pharetra dolore turpis aliquam proin mauris, sed tincidunt id ipsum massa molestie feugiat lobortis non amet. Dolore, aliquet adipiscing lorem nibh eget erat laoreet molestie, feugiat lobortis pharetra congue, ullamcorper amet aliquam proin, at ac et elit erat. Laoreet molestie feugiat lobortis non pharetra dolore aliquet turpis, dolore sem at ac mi erat mi, mauris lorem lobortis eget sed laoreet. Euismod pulvinar, ut tellus pharetra congue diam pharetra congue ullamcorper amet nisi aliquet turpis, magna elit erat ante molestie feugiat lobortis euismod. Dolor nunc tellus sit ut non pharetra congue ullamcorper amet dolore ullamcorper amet ut non pharetra magna ullamcorper amet dolore felis tempus. Nibh eget erat laoreet, id pulvinar nunc tellus sit lobortis volutpat dolor laoreet id ipsum, nunc tellus sit congue ullamcorper amet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna et nonummy erat praesent adipiscing, aliquam ante at lorem laoreet id ipsum massa id ipsum molestie, feugiat lobortis euismod pulvinar, nunc aliquet. Consectetur magna et elit donec praesent adipiscing tempus ante at ac diam consectetur magna diam adipiscing ante mauris lorem nibh id, sed, massa molestie. Feugiat lobortis non pharetra tincidunt euismod amet nunc euismod sit nisi, non, consectetur donec praesent nonummy dolore aliquet turpis sem at erat laoreet id. Feugiat lobortis volutpat dolor tincidunt euismod pulvinar tincidunt tellus turpis nisi sem nonummy magna diam nonummy dolore aliquet turpis proin at ac mi elit. Tempus massa, molestie feugiat lobortis volutpat pulvinar nunc tellus sit nisi non consectetur magna, praesent adipiscing, tempus proin mauris ac et ipsum laoreet, id. Ipsum lobortis volutpat dolor lobortis volutpat pulvinar nunc sem, turpis nisi sem consectetur congue euismod dolor, laoreet id sed massa molestie feugiat ut non. Aliquam, ante at ac et, elit erat et elit erat mi adipiscing lorem nibh mauris ac et nonummy donec praesent feugiat lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et volutpat ipsum nunc aliquet turpis magna, et erat, mi felis tempus nibh volutpat sed tincidunt tellus sit ut non consectetur ac mi felis, ipsum massa volutpat dolor. Tincidunt ullamcorper amet dolore, aliquet dolor tincidunt euismod sit nisi sem consectetur, donec praesent adipiscing aliquam proin mauris lorem nibh id ipsum laoreet id ipsum, ante mauris lorem nibh. Volutpat aliquam proin mauris lorem tincidunt, praesent adipiscing lorem laoreet tellus, turpis aliquam proin at erat mi felis tempus ante molestie dolor tincidunt volutpat dolor aliquet consectetur magna magna. Mi id tempus massa, molestie, dolor tincidunt, euismod amet nunc euismod pulvinar massa molestie feugiat lobortis volutpat sed nibh eget ipsum massa consectetur erat mi, felis tempus massa molestie. Feugiat lobortis, eget sed tincidunt tellus turpis nisi non pharetra, donec diam nonummy donec tellus, sit, ut tellus feugiat ut felis tempus ante, mauris lorem nibh volutpat ipsum laoreet. Id tempus ante mauris tempus, ante mauris, sed nibh euismod sit laoreet euismod pulvinar ut sem consectetur magna diam nonummy donec praesent adipiscing aliquam sem consectetur magna, diam, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam, nonummy tempus ante eget sed laoreet id pulvinar nunc tellus. Feugiat lobortis molestie pharetra congue aliquet turpis aliquam, eget sed laoreet felis. Ipsum nunc non consectetur magna praesent adipiscing tempus proin at et euismod. At id consectetur pulvinar, tempus tincidunt praesent felis lorem ut et id. Turpis aliquam nibh ullamcorper, adipiscing feugiat aliquam magna mi molestie at sed. Nunc ante, praesent non, euismod, eget pulvinar aliquam nibh ullamcorper amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc aliquet, turpis ac mi felis tempus, mi, mauris lorem ante eget dolor tincidunt. Aliquet sed laoreet, id pulvinar nunc tellus pharetra magna diam elit erat mi adipiscing nisi. Proin at, sed tincidunt euismod ipsum, ante mauris feugiat ante mauris lorem euismod sit ut. Non pharetra congue ullamcorper amet dolore proin at lorem, nibh eget, sed laoreet id ipsum. Massa tellus dolor congue euismod pulvinar nunc turpis nisi proin consectetur ac praesent nonummy aliquam. Ante volutpat dolor tincidunt euismod amet nisi aliquet sit nisi sem pharetra lobortis euismod, dolor. Aliquet, turpis aliquam nibh eget, sed laoreet id tempus massa mauris feugiat lobortis euismod dolor. Nunc tellus turpis nisi sem pharetra magna diam adipiscing, donec proin at, laoreet euismod ipsum. Massa non pharetra magna, diam, nonummy dolore praesent amet nisi, proin elit sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut sem nonummy erat mi felis ipsum massa molestie sed laoreet. Ullamcorper amet nisi aliquet turpis lobortis volutpat feugiat tincidunt pulvinar nunc tellus. Turpis nisi sem consectetur magna diam, nonummy donec praesent, turpis, ut sem. Consectetur erat et elit donec, mi mauris, ac et at, diam elit. Donec mi adipiscing aliquam ante at ac et nonummy erat mi felis. Aliquam ante mauris feugiat lobortis id ipsum massa tellus, feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus pulvinar nunc tellus pharetra magna ullamcorper amet donec proin at, ac laoreet euismod pulvinar massa consectetur magna, et elit tempus, ante mauris tempus, proin mauris ac. Nibh id sed massa tellus feugiat ut non pharetra tincidunt, euismod pulvinar dolore turpis nisi non pharetra congue ullamcorper adipiscing, tempus nibh eget sed nibh id, pulvinar, nunc. Tellus sit, ut diam amet congue ullamcorper turpis nisi sem at erat tellus turpis magna sem nonummy erat mi felis aliquam proin at magna et, eget sed massa. Molestie, pharetra, congue, ullamcorper amet dolore aliquet nisi proin elit ac et felis ipsum massa mauris lorem nibh mauris lorem laoreet id pulvinar massa, molestie, ipsum nibh eget. Sed tincidunt euismod ipsum nunc tellus nisi diam nonummy erat mi felis aliquam ante mauris lorem laoreet id ipsum massa tellus sit lobortis, non dolor laoreet id ipsum. Laoreet molestie feugiat lobortis, volutpat, tincidunt, euismod pulvinar nunc euismod pulvinar nunc tellus sit tincidunt euismod dolor tincidunt, praesent at, aliquam et eget sed laoreet pharetra magna diam. Elit ipsum massa molestie pharetra congue euismod pulvinar dolore aliquet sit ut non pharetra magna diam amet dolore tellus sit ut non sit ut pharetra congue ullamcorper turpis. Aliquam proin consectetur magna sem consectetur magna ullamcorper pulvinar nunc aliquet turpis, ut sem nonummy magna diam amet donec aliquet turpis nisi, sem magna mi, felis feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing, tempus lobortis, volutpat nunc aliquet turpis ut non pharetra. Congue diam nonummy aliquam proin mauris lorem lobortis volutpat pulvinar tincidunt. Tellus sit ut volutpat feugiat tincidunt volutpat dolor tellus sit nunc. Tellus pharetra magna diam, adipiscing donec aliquet turpis ac et elit. Erat mi tellus sit lobortis volutpat dolor lobortis volutpat lorem nibh. Pulvinar ut non consectetur donec mi felis, tempus proin at nisi. Sem at ac et elit tempus ante mauris lorem ante mauris. Ac tincidunt turpis nisi sem elit, ipsum massa tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet, nisi sem at ac et turpis. Magna diam, elit erat mi felis lorem ante. Mauris lorem, nibh id ipsum massa tellus sit. Congue ullamcorper nonummy dolore aliquet turpis dolore aliquet. Sed laoreet id pulvinar nunc non sit congue. Ullamcorper amet donec proin adipiscing, aliquam, proin, eget. Sed laoreet, molestie feugiat ut ullamcorper amet dolore. Adipiscing aliquam proin mauris lorem, laoreet tellus sit. Ut non consectetur congue non pharetra tincidunt euismod. Pulvinar massa tellus pharetra magna diam amet ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, adipiscing aliquam ante at lorem tincidunt tellus sit ut non consectetur congue ullamcorper nonummy aliquam molestie, feugiat congue aliquet, turpis, dolore. Sem, at, erat mi felis erat mi felis feugiat nibh volutpat dolor laoreet eget sed laoreet id tempus non pharetra congue euismod. Amet aliquam et elit ac et elit erat mi felis, tempus proin at ac diam nonummy erat mi, felis tempus proin at. Laoreet eget ipsum massa molestie turpis nisi sem consectetur donec diam adipiscing tempus ante mauris sed laoreet euismod sit ut non pharetra. Ut, non tempus ante molestie dolor congue aliquet turpis aliquam proin, consectetur ac mi felis tempus massa molestie feugiat nibh eget lorem. Et elit sed massa molestie sit, non amet congue euismod pulvinar dolore tellus feugiat ut, volutpat dolor tincidunt euismod dolor, tincidunt euismod. Sit nunc tellus feugiat lobortis volutpat, dolor laoreet, id pulvinar nunc at, ac et felis erat ante mauris lorem nibh eget sed. Tincidunt, tellus turpis nisi non, sit ut non dolor congue adipiscing ac proin at erat et elit erat mi felis tempus nibh. Eget sed tincidunt tellus sit ut sem nonummy donec praesent adipiscing donec praesent turpis nisi, consectetur magna et felis tempus massa molestie. Lorem tincidunt ullamcorper pulvinar nunc sem consectetur, magna diam, consectetur donec praesent nonummy donec praesent adipiscing, aliquam nibh, eget ipsum sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac, et felis pulvinar nunc non pharetra. Magna sem consectetur donec praesent nonummy aliquam proin. At dolor tincidunt ullamcorper turpis nisi sem consectetur. Nisi diam consectetur, donec praesent adipiscing tempus ante. At dolor nibh, eget, dolor tincidunt proin at. Aliquam et eget sed massa, aliquet turpis magna. Ullamcorper, elit erat mi mauris, feugiat tincidunt volutpat. Sed tincidunt tellus, nisi sem consectetur donec diam. Nonummy donec, proin adipiscing aliquam proin elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, non consectetur magna amet dolore aliquet consectetur magna diam nonummy, donec mi felis tempus ante, eget sed laoreet eget. Ipsum laoreet molestie feugiat lobortis volutpat pharetra tincidunt, ullamcorper tempus ante eget sed laoreet id ipsum massa molestie lorem lobortis. Non pharetra dolore ullamcorper amet dolore tellus sit lobortis volutpat feugiat lobortis eget sed id tempus ante, felis lorem nibh. Eget sed laoreet eget ipsum nunc, non sit ut volutpat pharetra tincidunt euismod pulvinar dolore sem, at et felis, ipsum. Massa tellus, pharetra magna diam, adipiscing aliquam ante mauris lorem, nibh elit erat laoreet molestie feugiat lobortis molestie feugiat lobortis. Volutpat pulvinar nunc tellus nisi, diam felis tempus massa tellus sit ut non amet dolore aliquet adipiscing aliquam proin at. Erat laoreet molestie feugiat lobortis, volutpat pharetra congue ullamcorper amet dolore at lorem et elit donec mi mauris, lorem nibh. Volutpat amet dolore praesent adipiscing nisi tellus feugiat ut volutpat pharetra lobortis, volutpat dolor tincidunt euismod pulvinar nunc, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id ipsum lobortis dolor, tincidunt euismod, pulvinar. Nisi sem consectetur magna diam consectetur magna aliquet turpis. Nisi sem at magna diam nonummy magna praesent adipiscing. Aliquam proin sed laoreet euismod, pulvinar nunc aliquet turpis. Ut sem amet donec, aliquet turpis nisi, ante mauris. Lorem laoreet euismod sit nisi sem consectetur magna diam. Tempus, massa volutpat pharetra tincidunt euismod pulvinar nunc aliquet. Elit erat mi felis ipsum ante mauris tempus nibh. Eget, dolor tincidunt euismod sit non pharetra ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper elit tempus ante mauris lorem ante mauris ac et felis, ipsum. Non consectetur magna mi felis tempus proin at ac et at ac. Et felis tempus ante mauris lorem lobortis volutpat sed laoreet felis donec. Mi felis lobortis, volutpat lorem laoreet euismod sit nisi sem consectetur magna. Et elit sed laoreet id feugiat ut non pharetra magna diam adipiscing. Aliquam nibh volutpat aliquet turpis nisi proin consectetur ac diam nonummy donec. Praesent at ac proin at ac diam nonummy donec praesent adipiscing, nisi. Proin mauris dolore praesent at, ac et elit erat mi felis tempus. Ante mauris, lorem tincidunt ullamcorper pulvinar nunc aliquet at amet tempus congue. Nunc, et euismod turpis magna proin mauris dolor congue praesent mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et euismod turpis lorem dolore proin euismod nonummy sed, massa sem at pulvinar ac donec congue laoreet et ullamcorper molestie felis consectetur amet dolor. Erat magna nunc nibh praesent non id at aliquam, magna laoreet tellus volutpat amet aliquam tincidunt ante diam euismod at sed nunc praesent at lorem. Laoreet praesent eget pharetra donec praesent, mauris dolor ut et aliquet, elit dolor nisi ante volutpat amet lorem magna ante sem elit sit lorem dolore. Praesent, molestie amet tempus, ac, nisi lobortis mauris elit consectetur amet dolor congue diam tellus nonummy sit, amet pharetra sed aliquam laoreet praesent ullamcorper molestie. Volutpat volutpat felis at pulvinar lorem magna nunc aliquet eget amet pharetra sed aliquam dolore lobortis et aliquet volutpat at pharetra tempus ac dolore lobortis. Praesent diam aliquet volutpat molestie elit turpis dolor ipsum ac, laoreet proin diam molestie eget adipiscing pharetra pulvinar magna tincidunt ante diam, molestie elit turpis. Ac donec massa mi non elit turpis sit, sed nisi nibh aliquet non id eget, nonummy pharetra ipsum aliquam nunc ante ullamcorper, felis consectetur sed. Ac congue ante et tellus volutpat mauris pharetra erat et tellus eget adipiscing sit sed aliquam congue ante diam molestie at sed, massa sem volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pharetra sed massa, non at. Adipiscing amet aliquam ut diam id. At dolor aliquam ante mi volutpat. Pharetra congue praesent, pharetra donec, praesent. Felis tempus lobortis volutpat dolor laoreet. Euismod, amet aliquam proin at erat. Laoreet id ipsum massa volutpat dolor. Tincidunt ullamcorper, nonummy praesent at lorem. Nibh id pulvinar massa, tellus consectetur. Ac mi id ipsum lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus turpis, mi felis, ipsum nunc tellus pharetra congue diam amet donec praesent turpis aliquam, sem pharetra congue, ullamcorper nonummy dolore ullamcorper turpis. Nisi sem consectetur ac ante mauris lorem laoreet eget erat, mi felis tempus ante mauris, sed laoreet eget ipsum nunc molestie feugiat lobortis non. Amet congue aliquet amet nisi at lorem nibh eget, erat, praesent adipiscing, aliquam proin at ac, et elit ac et nonummy aliquam, proin adipiscing. Aliquam proin consectetur magna diam consectetur praesent adipiscing aliquam proin at sed nibh elit sed laoreet id tempus, ante mauris lorem nibh, id sed. Laoreet molestie, ipsum ante felis lorem, proin erat laoreet id ipsum massa mauris tempus nibh mauris lorem laoreet eget sed laoreet id ipsum lobortis. Molestie feugiat tincidunt volutpat pulvinar nunc tellus sit lobortis, non donec praesent nonummy aliquam ante mauris lorem nunc aliquet turpis nisi sem consectetur magna. Diam felis tempus ante at, lorem nibh eget, erat mi id, ipsum massa dolor magna praesent adipiscing lorem nibh eget dolor tincidunt, ullamcorper pulvinar. Massa tellus sit ut non dolor, congue euismod pulvinar aliquet consectetur ut non, consectetur magna diam nonummy donec praesent adipiscing ac nibh elit erat. Praesent felis, tempus ante mauris lorem lobortis volutpat pulvinar dolore sem, consectetur diam, elit erat praesent felis lorem nibh volutpat dolor laoreet euismod, pulvinar. Nunc non pharetra magna, diam, nonummy dolore ullamcorper turpis aliquam sem consectetur magna et ipsum nunc non consectetur donec diam nonummy donec praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet proin elit erat laoreet id ipsum massa volutpat dolor tincidunt euismod amet nunc euismod ipsum nunc, tellus sit congue diam. Nonummy aliquam proin at nibh eget, sed laoreet id ipsum massa, molestie feugiat tincidunt ullamcorper amet nisi sem consectetur magna diam. Consectetur, donec praesent adipiscing donec praesent turpis, nisi, at, ac laoreet id feugiat massa volutpat dolor tincidunt volutpat dolor tincidunt euismod. Pulvinar, ut diam consectetur magna ullamcorper pulvinar dolore aliquet turpis nisi at ac mi felis tempus massa volutpat pharetra congue ullamcorper. Turpis, tempus proin at ac et, nonummy donec mi, adipiscing aliquam ante mauris lorem nibh eget massa tellus pharetra ut volutpat. Pharetra congue euismod pulvinar dolore tellus sit, ut sem consectetur erat mi felis tempus, ante mauris sed nibh elit, sed laoreet. Id lobortis, volutpat, dolor congue ullamcorper pulvinar nunc tellus sit ut diam felis tempus nunc tellus feugiat tincidunt volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non amet donec praesent adipiscing feugiat lobortis volutpat amet, nunc tellus turpis ut sem. Consectetur magna diam adipiscing nibh eget lorem nibh elit erat praesent adipiscing aliquam proin adipiscing ac. Proin, elit erat mi felis, erat ante mauris lorem ante, eget dolor id pulvinar nunc molestie. Feugiat lobortis, non amet dolore aliquet, adipiscing aliquam proin at, erat, et id ipsum ante mauris. Lorem nibh, volutpat pulvinar donec aliquet turpis sem consectetur magna ullamcorper, amet dolore praesent turpis aliquam. Proin at ac et felis tempus mi felis, tempus proin at ac mi id massa, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod sit ut sem pharetra congue ullamcorper amet dolore aliquet adipiscing tempus elit erat mi elit tempus praesent nonummy donec praesent turpis, nisi sem pharetra. Congue ullamcorper nonummy donec praesent, turpis nisi sem consectetur magna id feugiat, massa volutpat pharetra lobortis eget dolor, laoreet id, pulvinar massa tellus sit ut, non pharetra. Congue ullamcorper pulvinar, nunc molestie pharetra congue ullamcorper pharetra congue turpis aliquam ante at ac diam nonummy donec diam amet donec proin at ac et at donec. Diam felis tempus proin adipiscing ac proin, ac et elit tempus ante mauris lorem lobortis volutpat sed nibh euismod pulvinar massa tellus sit ut non amet congue. Ullamcorper amet dolore tellus sit ut nonummy donec aliquet turpis nisi sem at ac et nonummy donec praesent nonummy aliquam ante, at ac proin at ac, et. Nonummy aliquam, proin at lorem nibh, sed nunc aliquet consectetur ac et euismod pulvinar nunc non sit ut non nonummy donec aliquet turpis ut tellus sit ut. Ullamcorper tempus, massa non, nonummy dolore aliquet adipiscing aliquam proin mauris sed nibh eget donec praesent adipiscing donec praesent sit ut non sit congue diam nonummy dolore. Praesent dolor congue aliquet adipiscing aliquam nibh mauris sed nibh id, pulvinar nunc molestie lorem nibh volutpat dolor tincidunt euismod ipsum massa molestie ipsum massa mauris lorem. Lobortis amet dolore aliquet consectetur magna diam consectetur donec diam amet dolore tellus sit ut sem, consectetur, magna diam, nonummy, donec praesent, turpis aliquam proin consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem lobortis ullamcorper nonummy donec praesent adipiscing aliquam diam, donec praesent nonummy dolore aliquet turpis nisi sem consectetur nisi ullamcorper amet. Erat, ante volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc non pharetra ullamcorper amet dolore aliquet, turpis nisi sem consectetur congue. Ullamcorper nonummy erat praesent turpis aliquam sem consectetur, magna et felis tempus ante mauris aliquam ante mauris laoreet euismod ipsum massa molestie. Feugiat ut non pharetra donec massa volutpat dolor lobortis volutpat, dolor tincidunt tellus sit ut diam nonummy magna amet dolore aliquet adipiscing. Ac et elit, erat laoreet, id, feugiat lobortis volutpat dolor congue euismod amet dolore aliquet sit ut molestie sit lobortis volutpat sed. Tincidunt ipsum ut non sit lobortis non dolor, congue ullamcorper amet nisi, sem, at magna, diam elit erat ante mauris tempus ante. Mauris lorem nibh elit adipiscing sed aliquet adipiscing aliquam et elit erat mi id consectetur magna diam consectetur mauris lorem nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt ullamcorper turpis nisi proin consectetur ac et felis pulvinar nunc non dolor congue ullamcorper amet aliquet adipiscing aliquam et id. Ipsum laoreet id ipsum ante, molestie dolor congue ullamcorper turpis nisi aliquet turpis nisi sem consectetur donec praesent aliquam ante at sed. Laoreet euismod, pulvinar nunc non sit ut ullamcorper nonummy erat mi felis, nisi sem, turpis nisi diam nonummy donec, praesent nonummy, donec. Ante adipiscing tempus proin adipiscing aliquam, proin, at ac mi elit tempus ante, mauris feugiat nibh eget dolor dolore aliquet sit ut. Non pharetra ullamcorper nonummy donec praesent turpis nisi sem consectetur ac mi, felis tempus ante molestie feugiat tincidunt, euismod dolor laoreet id. Ipsum lobortis volutpat feugiat nibh volutpat dolor tellus turpis ut proin eget, sed massa id ipsum ante mauris ac proin at erat. Mi felis ipsum massa volutpat feugiat lobortis volutpat, pulvinar, nunc tellus sit sem pharetra magna diam amet dolore, aliquet turpis nisi aliquet. Turpis magna diam, elit, erat mi mauris feugiat tincidunt euismod donec sem at ac nibh eget sed, massa id ipsum, massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore turpis nisi diam consectetur donec praesent turpis nisi sem, consectetur. Magna diam elit erat, praesent nonummy donec praesent turpis nisi non pharetra. Congue diam dolore praesent adipiscing ac et elit, erat laoreet id pulvinar. Nunc non pharetra ut diam amet donec praesent adipiscing ac laoreet id. Ipsum massa molestie lobortis volutpat dolor congue aliquet felis tempus ante eget. Dolor tincidunt euismod, sit ut non sit ut volutpat pharetra congue ullamcorper. Amet aliquam sem at ac et massa volutpat, dolor magna praesent turpis. Aliquam ante at lorem nibh elit donec praesent felis tempus nibh mauris. Lorem proin elit erat mi consectetur ac, et felis ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod pulvinar ut tellus sit congue. Amet donec praesent adipiscing, aliquam et volutpat ipsum. Massa molestie feugiat lobortis volutpat dolor tincidunt euismod. Pulvinar, tincidunt tellus, sit nisi, diam elit erat. Mi feugiat lobortis non amet dolore aliquet adipiscing. Aliquam et elit erat mi felis ipsum ante. Mauris lorem nibh, eget lorem laoreet id pulvinar. Ut sem donec praesent felis tempus proin at. Lorem et eget erat mi felis tempus, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed, laoreet id ut non pharetra magna diam, adipiscing aliquam ante molestie feugiat, tincidunt ullamcorper amet dolore sem eget sed tincidunt, aliquet. Mauris ac nibh eget erat, molestie feugiat nibh non, adipiscing tempus massa molestie dolor laoreet euismod pulvinar nunc molestie sit ut, non consectetur. Congue ullamcorper amet dolore tellus pulvinar ut consectetur congue ullamcorper nonummy dolore aliquet turpis ut non pharetra ut non pharetra congue euismod pulvinar. Tincidunt molestie sit ut non consectetur donec praesent aliquam ante mauris, lorem laoreet id sed laoreet id ipsum massa molestie feugiat lobortis volutpat. Ipsum massa molestie sit ut volutpat dolor tincidunt euismod pulvinar nunc sit nisi diam consectetur donec praesent felis ipsum massa molestie, dolor tincidunt. Euismod pulvinar nunc tellus turpis magna sem nonummy donec praesent felis aliquam, proin at ac euismod sit ut non pharetra congue diam nonummy. Donec, praesent adipiscing aliquam, sem turpis, ut non, pharetra dolore aliquet turpis sem consectetur nisi sem nonummy magna diam nonummy donec praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi id ut volutpat pharetra, dolore praesent felis tempus ante volutpat sed tincidunt tellus sit ut non consectetur magna diam adipiscing aliquam ante, mauris feugiat tincidunt. Turpis nisi sem turpis nisi sem nonummy donec, praesent turpis dolore sem consectetur magna et eget ipsum laoreet id tempus ante mauris ac et at et elit. Donec praesent turpis nisi aliquet turpis ut volutpat dolor lobortis volutpat dolor tincidunt euismod pulvinar ut non pharetra congue non pharetra congue ullamcorper amet nisi turpis nisi. Diam elit erat, ante mauris lorem nibh eget dolor tincidunt euismod ipsum massa molestie feugiat lobortis volutpat sed tincidunt ullamcorper amet, sem at magna diam elit erat. Mi mauris feugiat lobortis eget sed mi elit, donec diam adipiscing tempus proin at ac et at ac praesent nonummy aliquam adipiscing aliquam proin at ac et. Elit erat ante felis tempus ante eget sed laoreet id ipsum, nunc sem nonummy magna diam amet donec aliquet amet dolore sit ut ullamcorper amet donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi sem consectetur donec praesent adipiscing aliquam at lorem nibh eget ipsum laoreet felis ipsum. Lobortis volutpat pharetra donec mi adipiscing tempus ante mauris lorem mi felis tempus ante, mauris lorem. Nibh amet donec praesent adipiscing ac nibh id pulvinar dolore sem at ac, et elit erat. Mi molestie dolor tincidunt euismod pulvinar nunc tellus sit nisi, sit ut ullamcorper pharetra congue euismod. Pulvinar, nunc aliquet turpis magna diam amet donec praesent turpis, nisi aliquet turpis nisi sem consectetur. Magna nonummy aliquam, praesent adipiscing ac et elit ac et elit tempus proin mauris lorem, et. Eget sed laoreet id tempus ante, felis tempus ante at ac nibh erat laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit, ipsum massa tellus sit nisi diam, nonummy magna praesent tempus. Nibh euismod dolor nunc tellus turpis ac, et id ipsum nunc sem. At ac mi elit erat praesent adipiscing ac et eget erat mi. Felis, nunc tellus, sit ut volutpat dolor tincidunt euismod sed massa id. Tempus massa molestie lorem nibh elit erat et elit erat, mi felis. Tempus at ac et id, ipsum massa molestie sit congue diam adipiscing. Aliquam praesent at aliquam proin at magna diam nonummy donec praesent felis. Aliquam ante elit ac elit tempus ante molestie sit ut, ullamcorper pharetra. Congue aliquet turpis nisi non pharetra congue non amet dolore ullamcorper, pulvinar. Nunc tellus feugiat volutpat pharetra magna praesent adipiscing donec aliquet turpis, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus ante mauris feugiat lobortis ipsum, dolore aliquet, sit. Nisi, sem consectetur donec praesent adipiscing aliquam proin at ac nibh. Eget, pulvinar, ut tellus sit ut non pharetra congue ullamcorper ac. Et elit erat laoreet id, pulvinar lobortis volutpat dolor congue diam. Nonummy, aliquam lobortis eget dolor tincidunt euismod sit nunc, tellus, pharetra. Congue elit erat praesent turpis aliquam aliquet consectetur nisi, sem nonummy. Donec praesent nonummy aliquam, praesent adipiscing magna et elit sed massa. Tellus sit congue nonummy donec proin adipiscing ac et eget erat. Laoreet id, pulvinar ante mauris lorem nibh eget lorem nibh eget. Sed, laoreet id ipsum massa, molestie, dolor aliquet adipiscing aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi felis tempus tincidunt volutpat dolor tincidunt euismod. Sit et at erat mi adipiscing donec praesent adipiscing nisi. Proin consectetur ac et nonummy donec mi mauris lorem lobortis. Volutpat dolor laoreet euismod ipsum laoreet molestie ut diam nonummy. Donec praesent at lorem nibh eget sed nunc tellus sit. Nisi sem consectetur congue diam amet, dolore sem consectetur nisi. Sem adipiscing aliquam non consectetur magna diam nonummy aliquam massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, erat tincidunt euismod sit ut diam nonummy magna. Mauris sit congue ullamcorper nonummy donec aliquet turpis nisi. Proin elit sed laoreet molestie feugiat lobortis volutpat dolor. Tincidunt ullamcorper amet nisi sem at lorem id pulvinar. Nunc non consectetur magna diam nonummy donec, praesent adipiscing. Nisi proin at erat mi felis tempus massa mauris. Tempus nibh eget sed tellus turpis ut non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper turpis ac proin, eget ipsum massa aliquet turpis. Ac et sit ut non pharetra congue ullamcorper amet donec. Proin, mauris lorem, laoreet euismod pulvinar nunc molestie sit congue. Non pharetra dolore aliquet turpis nisi aliquet turpis diam elit. Erat massa molestie lorem nibh eget dolor laoreet euismod pulvinar. Nunc sem consectetur ac diam elit donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec diam adipiscing, aliquam nibh eget lorem. Laoreet id pulvinar, nunc non consectetur ac et. Elit aliquam praesent lorem lobortis volutpat pulvinar dolore. Aliquet sit nisi diam nonummy erat mi felis. Tempus nibh eget lorem laoreet id sed laoreet. Molestie feugiat massa pharetra dolore aliquet amet tincidunt. Tellus sit ut volutpat pharetra, lobortis euismod dolor. Tincidunt, euismod pulvinar nunc tellus, sit congue, ullamcorper. Nonummy, dolore aliquet turpis nisi sem magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin at ac et eget tempus massa molestie, feugiat lobortis volutpat dolor ante mauris lorem laoreet id ipsum massa. Tellus sit nisi sem consectetur tincidunt euismod amet dolore sem consectetur magna diam nonummy donec praesent adipiscing tempus, volutpat pharetra congue. Euismod pulvinar massa molestie ipsum lobortis volutpat pharetra tincidunt ullamcorper amet dolore aliquet sit nisi diam, nonummy donec praesent adipiscing tempus. Proin, at at, erat laoreet id tempus ante at ac et, eget pulvinar nunc aliquet turpis nisi sem consectetur magna ullamcorper. Nonummy donec praesent adipiscing congue euismod pulvinar massa molestie feugiat ut non amet dolore ullamcorper pulvinar tincidunt euismod pulvinar ut, non. Pharetra donec massa, molestie sit ut eget dolor laoreet id ac laoreet, id ipsum massa id feugiat ut non consectetur donec. Praesent, mauris tempus ante at ac diam nonummy donec, praesent adipiscing aliquam proin mauris lorem nibh adipiscing aliquam proin at ac. Mi id ipsum massa mauris lorem lobortis euismod, pulvinar tincidunt euismod pulvinar nunc tellus magna ullamcorper nonummy, dolore aliquet turpis nisi. Aliquet consectetur magna ullamcorper, nonummy dolore aliquet adipiscing aliquam proin mauris sed, tincidunt aliquet turpis magna diam nonummy, magna diam sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, euismod pulvinar dolore aliquet consectetur magna diam, nonummy. Donec felis, feugiat nibh volutpat pulvinar tincidunt tellus turpis. Nisi sem nonummy donec mi felis tempus, ante, mauris. Lorem lobortis volutpat dolor nunc molestie feugiat lobortis nonummy. Donec ante mauris, lorem ante mauris ac nibh elit. Erat laoreet, id ipsum massa volutpat dolor tincidunt, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, laoreet id ipsum massa tellus dolor congue ullamcorper nonummy. Aliquam ante, mauris, sed tincidunt euismod pulvinar massa tellus pharetra. Ut, non amet massa molestie lorem nibh eget erat mi. Felis tempus massa mauris tempus ante mauris, lorem nibh eget. Ipsum, massa id ipsum ante molestie feugiat, tincidunt amet nunc. Aliquet consectetur magna et id ipsum nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis nisi proin at erat, et elit sed massa tellus feugiat ut volutpat dolor congue diam mauris feugiat, nibh. Eget lorem laoreet euismod sit ut non pharetra ut non congue euismod pulvinar, nunc, molestie, sit ut sem, pharetra, congue. Ullamcorper turpis nisi proin at sed laoreet id ipsum nunc tellus feugiat nibh volutpat dolor nibh elit sed laoreet, id. Ipsum lobortis diam elit donec praesent nonummy dolore aliquet turpis ut tellus sit ut ullamcorper, pharetra congue euismod ipsum massa. Molestie pharetra laoreet felis ipsum massa mauris feugiat, nibh volutpat amet dolore aliquet turpis nisi non pharetra magna ullamcorper nonummy. Tempus massa molestie, lorem nibh, ipsum, nunc aliquet, sit ut, non pharetra magna aliquet turpis nisi aliquet consectetur magna sem. Consectetur magna diam nonummy donec praesent turpis ut non sit, ut, non donec aliquet adipiscing aliquam sem consectetur nisi, sem. Nonummy tempus ante adipiscing aliquam proin at lorem et eget sed laoreet felis tempus ante mauris ac, et elit massa. Aliquet consectetur ac et felis, donec mi adipiscing aliquam sem consectetur nisi sem pharetra congue ullamcorper amet donec proin lorem. Nibh id amet dolore sem, consectetur ac diam nonummy donec praesent turpis dolore sem turpis nisi sem nonummy, donec diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et eget erat mi felis, tempus massa volutpat feugiat nibh volutpat sed tincidunt euismod ipsum massa sit ut non. Dolor nunc tellus turpis aliquam proin consectetur magna et elit tempus ante mauris lorem nibh eget sed mi elit erat. Mi mauris nibh mauris lorem nibh id sed laoreet felis tempus ante mauris lorem nibh elit erat et felis, tempus. Ante mauris tempus nibh eget erat mi ipsum ante felis tempus nibh eget sed laoreet eget erat mi adipiscing tempus. Ante at lorem et elit erat laoreet felis tempus ante mauris ante mauris, lorem laoreet id pulvinar ut non pharetra. Magna praesent adipiscing, aliquam ante molestie feugiat lobortis, volutpat sed massa molestie, feugiat lobortis, volutpat dolor lobortis volutpat dolore aliquet. Consectetur magna et elit donec diam, amet donec aliquet adipiscing nisi sem pharetra magna, ullamcorper amet tincidunt euismod dolor tincidunt. Id sit nisi sem donec diam nonummy donec praesent adipiscing nisi sem at erat mi id tempus massa, volutpat feugiat. Tincidunt euismod pulvinar dolore, consectetur ac et felis tempus ante felis tempus, ante, eget sed nunc tellus sit nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent adipiscing aliquam et volutpat dolor nunc euismod ipsum, massa tellus sit tincidunt euismod amet dolore aliquet turpis aliquam, et elit mi felis, tempus lobortis volutpat. Amet, dolore praesent felis tempus ante, consectetur magna diam nonummy erat mi adipiscing tempus, proin at lorem et elit erat id ipsum massa molestie dolor lobortis euismod. Pulvinar nunc tellus feugiat lobortis volutpat pharetra tincidunt ullamcorper amet donec aliquet adipiscing aliquam diam elit erat praesent nonummy dolore mauris lorem et elit erat mi felis. Tempus massa molestie feugiat lobortis, volutpat dolor laoreet euismod, sit ut non pharetra congue ullamcorper pharetra, praesent adipiscing ac et, elit erat laoreet, felis erat praesent felis. Lorem, nibh eget, sed tincidunt tellus pulvinar nunc tellus sit ut ullamcorper nonummy donec praesent adipiscing tempus proin at ac, nibh eget erat mi, elit ipsum massa. Mauris dolor lobortis volutpat dolor nunc tellus sit ut non pharetra congue non, dolor tincidunt euismod feugiat congue aliquet turpis nisi proin elit erat mi id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem nibh volutpat pharetra congue ullamcorper turpis nisi sem consectetur ac et nonummy donec praesent turpis nisi sem consectetur tincidunt. Tellus sit nisi sem consectetur donec mi, felis tempus ante, adipiscing ac nibh elit erat et felis tempus massa volutpat dolor tincidunt. Volutpat dolore aliquet consectetur, magna et, elit erat laoreet, id feugiat ut non dolor tincidunt, euismod amet, dolore sem consectetur magna et. Nonummy erat mi felis tempus ante dolor tincidunt, aliquet turpis nisi non pharetra magna diam, adipiscing aliquam proin, at ac et eget. Ipsum nunc id feugiat, lobortis, volutpat dolor ante mauris lorem ante mauris sed laoreet id sit ut non pharetra congue diam nonummy. Aliquam, proin at, lorem, lobortis volutpat pulvinar, dolore sem consectetur magna diam erat ante mauris lorem, nibh volutpat dolor nunc aliquet turpis. Ut non consectetur, ac, et felis ipsum mi felis, ac, nibh eget sed mi felis erat mi lorem nibh mauris lorem et. Elit sed laoreet molestie, ipsum massa mauris lorem nibh eget sed mi id ipsum massa dolor, congue, euismod amet nunc tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, praesent adipiscing tempus massa eget donec praesent turpis nisi proin consectetur magna et felis tempus, ante mauris. Lorem tincidunt ullamcorper nonummy aliquam praesent adipiscing aliquam proin nonummy magna ullamcorper ullamcorper amet, dolore aliquet turpis nisi. Sem eget sed laoreet felis tempus massa mauris, lorem, ante, eget sed nibh eget ipsum massa molestie sit. Lobortis nonummy erat proin mauris, ac et at ac et felis ipsum, massa mauris lorem ante at lorem. Laoreet id ipsum massa molestie feugiat diam nonummy donec proin adipiscing aliquam proin consectetur magna et elit erat. Praesent felis aliquam proin consectetur ac et eget, sed laoreet molestie feugiat, nibh eget lorem ullamcorper amet dolore. Sem consectetur, magna diam elit, donec praesent amet nisi sem, sit magna diam nonummy erat mi adipiscing donec. Proin at ac et eget aliquam et at sed mi elit, erat mi felis tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris congue diam nonummy donec aliquet turpis lorem et elit sed. Laoreet id feugiat lobortis mauris lorem, nibh volutpat dolor tincidunt id ipsum. Nunc tellus sit diam adipiscing tempus proin mauris lorem et at ac. Et elit erat mi, adipiscing aliquam proin elit sed mi felis tempus. Ante tellus sit congue mauris feugiat, ut volutpat pharetra dolore aliquet turpis. Aliquam proin elit erat laoreet id ipsum lobortis, molestie, feugiat, lobortis volutpat. Dolor nunc tellus pulvinar ut non congue diam adipiscing tempus massa volutpat. Dolor congue ullamcorper amet dolore, aliquet consectetur ac et elit donec mi. Felis tempus, proin at magna elit erat praesent nonummy dolore aliquet turpis. Nisi, proin elit erat dolore aliquet turpis aliquam sem turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut ullamcorper nonummy, donec proin adipiscing ac et elit, sed laoreet id sit ut volutpat. Dolor congue ullamcorper, amet donec sem ac, nibh eget erat laoreet id ipsum ante mauris ac. Nibh proin non elit ipsum ut mi aliquet eget amet lorem tincidunt diam felis tempus diam. Adipiscing ipsum, nibh diam felis, ipsum ut mi id sit nisi diam felis sit magna mi. Tellus mauris pulvinar tempus ut praesent tellus pharetra congue id feugiat lobortis volutpat dolor tincidunt ullamcorper. Amet dolore sem consectetur ac et elit donec praesent nonummy dolore, aliquet consectetur, nisi sem consectetur. Congue amet donec praesent adipiscing aliquam proin, consectetur magna diam nonummy donec mi, felis tempus ante. Eget sed laoreet id pulvinar massa molestie sit lobortis volutpat sed aliquet adipiscing ac et at. Ac mi nonummy dolore aliquet turpis nisi sem at erat mi felis erat praesent adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi id tempus massa mauris feugiat, nibh eget sed laoreet molestie sit ut diam nonummy donec praesent adipiscing donec consectetur magna diam consectetur erat praesent adipiscing. Donec praesent adipiscing aliquam proin at erat, mi id feugiat lobortis molestie dolor lobortis, eget sed laoreet sit ut sem consectetur donec mi felis tempus ante, mauris. Sed tincidunt euismod pulvinar massa molestie feugiat ut sem consectetur dolore, aliquet turpis dolore aliquet turpis nisi elit donec mi, felis donec proin at sed nibh eget. Erat et felis tempus praesent at ac et elit erat diam nonummy, donec mauris lorem lobortis euismod amet donec praesent adipiscing aliquam proin at ac mi felis. Ipsum, massa molestie feugiat nibh volutpat dolor tincidunt, tellus turpis ut, non, pharetra nunc, non consectetur magna ullamcorper amet dolore aliquet turpis nisi sem consectetur congue ullamcorper. Amet donec, mi molestie feugiat tincidunt, ullamcorper turpis nisi sem, consectetur magna sem erat laoreet molestie lorem nibh mauris, dolor tincidunt euismod pulvinar, massa molestie feugiat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur donec mi felis, lorem nibh volutpat sed tincidunt euismod pulvinar ut tellus pharetra congue ullamcorper pharetra, lobortis non pharetra congue euismod pulvinar nunc euismod ipsum massa. Molestie feugiat tincidunt euismod amet nunc euismod sit ut non sit lobortis, volutpat dolor ante mauris ac nibh, elit sed laoreet id, ipsum ante, mauris, lorem lobortis euismod. Dolor laoreet id sit ut diam nonummy congue ullamcorper amet dolore aliquet amet aliquet turpis ut non pharetra dolore, aliquet amet dolore aliquet consectetur magna diam nonummy erat. Praesent adipiscing tempus ante mauris lorem tincidunt, euismod nisi sem at ipsum laoreet id feugiat lobortis volutpat feugiat congue ullamcorper amet nisi aliquet consectetur magna nibh, eget sed. Laoreet id tempus ante mauris sed congue turpis aliquam, proin at erat mi id ipsum massa, molestie dolor lobortis, volutpat, sed laoreet id sed laoreet felis tempus, nibh. Volutpat pharetra tincidunt euismod pulvinar nunc turpis nisi ullamcorper amet dolore aliquet adipiscing nisi sem mauris ac diam nonummy donec, praesent adipiscing aliquam proin, adipiscing aliquam euismod amet. Dolore tellus, pharetra congue ullamcorper, pharetra congue ullamcorper pulvinar nunc tellus pulvinar, nunc tellus pharetra congue euismod pulvinar tincidunt, euismod ipsum massa molestie feugiat, lobortis pharetra dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat et elit erat mi felis lorem euismod dolor tincidunt id sit nisi sem consectetur magna diam nonummy donec praesent turpis nisi proin at ac et elit donec. Mi felis feugiat, nibh, dolor tincidunt euismod sit nisi sem, nonummy donec mi adipiscing tempus ante mauris, feugiat lobortis euismod amet dolore aliquet sit ut, non dolor tincidunt volutpat. Dolore sem turpis nisi non pharetra ut non pharetra congue ullamcorper amet ut tellus feugiat, lobortis volutpat lorem tincidunt volutpat dolor laoreet euismod nisi diam consectetur, magna mi adipiscing. Tempus ante volutpat sed tincidunt id ipsum, massa molestie ipsum ante molestie feugiat nibh elit erat laoreet molestie feugiat lobortis molestie magna diam adipiscing aliquam ante mauris lorem nibh. Elit sed, laoreet molestie, sit, ut non amet, congue aliquet turpis nisi sem at ac et nonummy, erat praesent pharetra tincidunt euismod dolor tincidunt id ipsum laoreet, felis tempus. Ante mauris lorem et eget, ipsum massa molestie feugiat massa molestie feugiat nibh adipiscing nisi proin at magna et, eget sed mi felis tempus nibh volutpat dolor laoreet id. Ipsum massa molestie feugiat lobortis non pharetra dolore ullamcorper amet dolore turpis magna nibh, eget ipsum massa mauris tempus proin at ac laoreet id pulvinar nunc tellus turpis congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi sem consectetur lorem, nibh id pulvinar massa tellus feugiat ut non amet congue ullamcorper. Adipiscing aliquam et, elit laoreet id ipsum massa mauris feugiat tincidunt euismod amet, nunc sem turpis. Nisi diam elit donec praesent adipiscing aliquam, nibh volutpat sed nibh eget laoreet id ipsum ut. Non dolor tincidunt, volutpat pulvinar nunc tellus turpis nisi sem, consectetur congue ullamcorper amet dolore aliquet. Turpis aliquam proin elit erat, laoreet id lobortis volutpat dolor tincidunt euismod amet nisi sem consectetur. Ac et elit erat mi, felis tempus ante at aliquam, et at ac et donec proin. Mauris feugiat, nibh volutpat pulvinar tincidunt tellus pulvinar ut volutpat pharetra congue ullamcorper pulvinar dolore tellus. Sit, aliquam proin at donec diam adipiscing tempus, proin lorem lobortis ullamcorper pulvinar, nunc tellus feugiat. Ut non pharetra congue diam amet dolore aliquet adipiscing magna et eget ipsum massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, sed laoreet molestie sit ut non pharetra congue ullamcorper nonummy, donec sem consectetur magna diam consectetur. Diam nonummy aliquam proin mauris sed tincidunt id pulvinar massa tellus sit lobortis volutpat consectetur congue diam. Turpis nisi sem at lorem et eget, massa tellus sit donec laoreet molestie feugiat lobortis non pharetra. Congue aliquet turpis nisi, sem consectetur magna et elit erat ante, mauris tempus nibh, eget sed laoreet. Ipsum massa molestie sit ut non pharetra congue euismod pulvinar dolore sem turpis ut non, dolor tincidunt. Ullamcorper, pulvinar dolore sem, turpis nisi consectetur magna diam, adipiscing donec aliquet turpis nisi sem, consectetur magna. Diam nonummy donec, praesent adipiscing aliquam sem, consectetur erat laoreet id ipsum massa molestie feugiat lobortis sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, molestie feugiat ut non pharetra dolore aliquet turpis, nisi proin at ac felis ipsum massa tellus pharetra congue non amet donec praesent, turpis nisi proin consectetur. Magna, diam amet, dolore mi at, ac proin at ac mi nonummy ante mauris feugiat lobortis volutpat dolor tincidunt, euismod pulvinar nunc tellus sit, lobortis non dolor. Tincidunt euismod pulvinar nunc, tellus sit ut volutpat dolor lobortis dolor tincidunt id pulvinar nunc tellus sit, ut non, dolor congue euismod, ipsum massa molestie feugiat massa. Molestie dolor lobortis euismod pulvinar, nunc feugiat massa molestie, dolor lobortis volutpat sed tincidunt id sed massa molestie lorem ante mauris ac nibh, id ipsum massa molestie. Sit nisi ullamcorper, amet dolore ullamcorper nunc aliquet turpis magna et, elit donec praesent nonummy donec aliquet adipiscing nisi sem consectetur ac et elit, tempus, ante molestie. Feugiat lobortis euismod turpis nisi sem nunc, et elit erat ante molestie feugiat ut non dolor tincidunt id pulvinar ut sem consectetur erat mi elit erat felis. Lorem lobortis euismod amet dolore aliquet, sit nunc tellus sit lobortis eget lorem nibh eget ipsum, laoreet id ipsum, ut non dolor tincidunt, volutpat dolor, massa feugiat. Lobortis non consectetur donec diam nonummy nunc tellus sit nunc molestie feugiat ante at ac et, at erat mi elit tempus ante mauris lorem nibh pulvinar dolore. Aliquet sit ut non pharetra magna diam nonummy donec praesent sit ut tellus sit lobortis eget dolor tincidunt euismod ipsum massa id tempus massa molestie tincidunt euismod. Pulvinar nunc, tellus sit nunc tellus sit ut volutpat dolor tincidunt euismod, pulvinar ut non consectetur magna diam elit erat ante mauris lorem lobortis volutpat nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat, ante molestie feugiat lobortis volutpat donec, praesent at ac nibh eget erat mi elit erat mi felis aliquam ante mauris sed laoreet felis. Tempus ante felis tempus, ante mauris lorem id pulvinar laoreet tellus sit ut volutpat dolor lobortis volutpat dolor nunc tellus sit ut non pharetra congue. Ullamcorper nonummy donec praesent at aliquam nibh pulvinar, nunc tellus, sit ut non pharetra congue aliquet turpis dolore, aliquet sit ut non pharetra congue diam. Nonummy tempus, ante mauris lorem laoreet adipiscing aliquam sem at ac diam nonummy dolore praesent adipiscing aliquam et elit sed laoreet id, ipsum ante mauris. Tempus lobortis eget sed laoreet id ipsum sem at ac praesent adipiscing tempus ante at ac proin elit erat laoreet euismod, pulvinar ut non, pharetra. Tincidunt praesent felis lorem nibh eget sed nibh id nunc non sit ut non pharetra congue euismod pulvinar nunc tellus sit lobortis non pharetra congue. Ullamcorper pulvinar, ut non sit congue diam amet donec praesent at lobortis euismod pulvinar dolore sem consectetur, magna et elit donec praesent nonummy nisi sem. Mauris lorem nibh elit erat mi feugiat ut volutpat dolor laoreet, aliquet turpis nisi, proin consectetur magna diam nonummy donec, praesent felis aliquam sem at. Ac et elit sed laoreet id lorem nibh nonummy donec praesent turpis nisi sem consectetur magna diam amet dolore praesent felis tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam, proin mauris lorem, laoreet euismod ipsum massa molestie feugiat lobortis, volutpat pharetra, tincidunt. Aliquet adipiscing aliquam ante, magna diam nonummy magna praesent felis tempus nibh volutpat sed laoreet. Id ipsum, laoreet id ipsum lobortis non amet dolore aliquet amet nisi proin at et. Id tempus ante molestie sit ut non pharetra congue euismod, sit ut tellus, pharetra congue. Non pharetra dolore aliquet amet nisi proin, elit erat mi tempus ante mauris tempus nibh. Eget sed tincidunt euismod pulvinar nunc tellus pharetra congue, diam nonummy, dolore aliquet turpis nisi. Sem at magna et sit nunc tellus dolor lobortis euismod pulvinar, tincidunt id ipsum, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed laoreet ullamcorper amet, tincidunt ullamcorper turpis nisi sem consectetur, magna diam nonummy donec praesent. Nonummy tempus, ut, non pharetra congue aliquet turpis ut non pharetra, magna, diam elit massa molestie. Dolor congue ullamcorper turpis nisi sem at ac et nonummy donec praesent adipiscing tempus proin mauris. Sed tincidunt ullamcorper turpis aliquam sem erat massa molestie ipsum massa volutpat dolor congue diam, nonummy. Donec, sem, consectetur nisi diam consectetur donec mi id tempus ante at sed nibh amet nisi. Aliquet, consectetur magna et elit erat praesent adipiscing, aliquam ante mauris ac et elit erat mi. Id feugiat ut volutpat dolor laoreet id pulvinar aliquet consectetur magna et elit donec praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et eget erat laoreet mauris feugiat ut nonummy aliquam proin mauris feugiat nibh euismod pulvinar nunc aliquet turpis ut diam. Nonummy erat mi felis lorem nibh eget ac nibh elit erat mi pharetra ac et felis ipsum massa molestie lorem et. Eget sed mi felis ipsum massa, volutpat feugiat lobortis, volutpat pulvinar dolore proin at ac et ipsum massa molestie ipsum ante. Volutpat dolor tincidunt aliquet turpis aliquam sem consectetur magna sem consectetur magna diam nonummy donec tellus turpis ut non, pharetra mi. Id, ipsum massa molestie feugiat nibh, eget, sed et felis, tempus ante mauris, lorem, lobortis, volutpat, dolor tincidunt tellus turpis nisi. Diam nonummy erat id feugiat congue diam amet donec, praesent adipiscing ac et at ac et elit tempus ante felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat laoreet molestie sit congue diam. Nonummy donec praesent at, lorem lobortis volutpat. Dolor dolore aliquet consectetur ac et id. Ipsum sem consectetur congue diam nonummy aliquam. Ante mauris sed tincidunt ullamcorper amet dolore. Sem at ac mi id ipsum ante. Mauris tempus nibh volutpat pulvinar aliquet, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam adipiscing donec praesent mauris lorem nibh, eget sed nunc tellus ipsum lobortis molestie, magna diam turpis tempus ante eget sed. Laoreet eget sed massa id tempus ante mauris lorem et at ac, et felis feugiat lobortis volutpat feugiat lobortis amet nisi aliquet. Turpis magna sem nonummy erat mi adipiscing aliquam ante eget lorem laoreet id sed laoreet id tempus massa molestie feugiat nibh volutpat. Lorem tincidunt euismod, pulvinar nunc, aliquet sit ut non pharetra congue ullamcorper amet dolore, aliquet turpis nisi proin, at ac et elit. Erat adipiscing tempus ante mauris lorem et felis erat, ante, mauris lorem lobortis volutpat dolor laoreet eget sed mi id tempus, ante. Mauris lorem, nibh eget erat mi at ac et nonummy erat praesent, felis aliquam proin adipiscing aliquam diam consectetur donec, diam adipiscing. Aliquam ante at ac proin consectetur magna et nonummy donec aliquet aliquam, proin mauris sed tincidunt id pulvinar ut non pharetra congue. Ullamcorper amet dolore aliquet amet nunc tellus, pharetra ac molestie, feugiat lobortis volutpat dolor congue ullamcorper amet nunc tellus pulvinar nunc, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin at, ac nibh id ipsum nunc aliquet turpis ut. Sem consectetur donec praesent felis tempus nibh mauris sed tincidunt euismod. Pulvinar nunc, non erat praesent adipiscing tempus ante mauris lorem et. Eget, dolor laoreet id tempus ante mauris lorem lobortis volutpat dolor. Nunc tellus sit, ut non donec diam nonummy dolore aliquet adipiscing. Aliquam et eget sed laoreet felis ipsum lobortis molestie feugiat lobortis. Volutpat dolor tincidunt euismod ipsum nunc, tellus consectetur magna diam pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod amet nisi sem at magna sem nonummy magna aliquet dolor congue diam nonummy donec, aliquet adipiscing aliquam et elit sed laoreet id feugiat lobortis molestie dolor lobortis. Eget dolor massa tellus sit, ut sem consectetur ante mauris tempus nibh volutpat sed nibh, eget sed mi felis aliquam proin, at aliquam et elit erat, mi felis tempus. Ante molestie feugiat lobortis amet, aliquam, sem at, lorem nibh eget sed mi felis tempus ante mauris lorem et elit ac et felis tempus ante molestie lorem nibh amet. Dolore aliquet consectetur magna, diam elit, erat laoreet id feugiat ante mauris lorem et eget erat mi felis erat ante felis, ac lobortis euismod pulvinar ante eget lorem laoreet. Id ipsum massa molestie feugiat lobortis volutpat pharetra tincidunt euismod ipsum laoreet id feugiat ut volutpat, pharetra congue ullamcorper turpis nisi sem at tincidunt euismod pulvinar, ut sem pharetra. Congue ullamcorper amet congue ullamcorper amet nunc non pharetra congue ullamcorper nonummy donec aliquet turpis nisi ullamcorper amet dolore tellus turpis, nisi sem nonummy magna diam adipiscing donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mi id, feugiat lobortis, non dolor tincidunt, volutpat dolor tincidunt tellus sit ut non pharetra congue, ullamcorper amet dolore praesent adipiscing, ac et at magna elit erat ante. Molestie feugiat lobortis volutpat, sed, laoreet euismod pulvinar ut sem pharetra congue ullamcorper amet nunc aliquet turpis nisi sem at ac adipiscing ipsum massa volutpat dolor tincidunt volutpat dolor. Laoreet id pulvinar lobortis non consectetur magna diam nonummy aliquam proin at ac et elit donec mi adipiscing aliquam molestie dolor tincidunt euismod pulvinar nisi sem turpis, nisi diam. Elit erat mi felis tempus ante eget dolor tincidunt euismod pulvinar ut tellus sit ullamcorper, nonummy dolore praesent adipiscing nisi aliquet sit ut non consectetur congue ullamcorper pulvinar tincidunt. Id pulvinar nunc tellus sit lobortis eget sed tincidunt euismod pulvinar, proin elit ac et elit tempus ante molestie dolor, lobortis volutpat pulvinar tincidunt euismod ipsum nunc molestie sit. Ut, non pharetra dolore aliquet turpis nibh eget sed laoreet felis tempus ante felis tempus proin elit ac diam elit erat ante mauris tempus ante mauris lorem nibh elit. Sed, laoreet id tempus molestie feugiat lobortis volutpat, ipsum laoreet molestie feugiat massa mauris lorem nibh eget sed laoreet id ipsum massa molestie sit ut non, pharetra congue ullamcorper. Turpis aliquam elit erat mi felis ipsum ante mauris, lorem ante mauris erat et elit tempus mi felis aliquam aliquet turpis ut non pharetra ut non, sed laoreet id. Aliquam, et elit ac et elit donec mi adipiscing, tempus, proin mauris lorem nibh eget erat mi, mauris lorem lobortis volutpat sed laoreet id, sed massa molestie congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus nibh mauris ac nibh elit. Praesent, felis tempus nibh, mauris ac et. At ac, et adipiscing aliquam praesent, adipiscing. Lorem lobortis volutpat pulvinar nisi aliquet turpis. Nisi et felis tempus molestie, sit lobortis. Volutpat pharetra, congue ullamcorper turpis nisi proin. Elit erat mi felis ipsum massa mauris. Feugiat lobortis, euismod pulvinar tincidunt euismod ipsum. Massa, pharetra congue ullamcorper amet tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut ullamcorper pharetra dolore ullamcorper, adipiscing nisi proin, at mi felis tempus massa, pulvinar. Nisi proin at sed massa, tellus pharetra ac mi id ipsum lobortis volutpat dolor lobortis. Volutpat dolor tincidunt tellus sit nisi nonummy erat laoreet id feugiat lobortis volutpat dolor, tincidunt. Euismod pulvinar nunc molestie feugiat lobortis volutpat pharetra, congue aliquet amet dolore aliquet turpis nisi. Non sed massa molestie feugiat nibh eget sed laoreet eget sed mi felis tempus ante. Molestie pharetra dolore ullamcorper turpis nisi aliquet at, ac nonummy donec praesent felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem nibh, id amet nunc aliquet, turpis magna consectetur donec diam felis tempus nibh mauris lorem, nibh eget, ipsum, ut sem at ac. Praesent adipiscing aliquam ante mauris lorem nibh elit erat mi ipsum lobortis molestie pharetra congue diam nonummy aliquam praesent adipiscing ac et id ipsum massa. Molestie sit ut non amet donec aliquet turpis nisi, proin ac et elit erat ante felis aliquam proin at ac et nonummy donec praesent nonummy. Donec praesent at, ac et elit erat et elit erat ante, mauris lobortis, euismod dolor tincidunt id, ipsum massa molestie lorem ante eget sed laoreet. Eget ipsum massa id sit congue ullamcorper pharetra dolore praesent lorem lobortis euismod amet dolore ante eget, sed laoreet id ipsum massa molestie feugiat lobortis. Volutpat dolor congue ullamcorper pulvinar nunc tellus, sit, lobortis molestie dolor tincidunt dolor nunc, tellus, sit nisi sem pharetra ut euismod pulvinar tincidunt euismod sit. Ut proin at ac et elit aliquam proin, mauris lorem lobortis, eget sed tincidunt sit ut non, consectetur donec praesent adipiscing, aliquam ante mauris ac. Proin, eget, sed massa id ipsum lobortis volutpat pharetra ullamcorper amet dolore, aliquet consectetur ac, mi id tempus ante mauris lorem nibh eget, sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi felis ipsum, lobortis volutpat pharetra, dolore aliquet felis tempus proin mauris lorem nibh eget, erat ante mauris lorem eget. Dolor tincidunt euismod pulvinar nunc tellus pharetra congue non dolor congue, ullamcorper, turpis dolore sem turpis nisi sem consectetur magna praesent adipiscing. Aliquam praesent lorem nibh eget sed massa id tempus ante mauris feugiat tincidunt volutpat, dolor tincidunt tellus pulvinar, ut non dolor, congue. Ullamcorper amet donec proin at lorem nibh ipsum nunc tellus sit, ut ullamcorper nonummy donec praesent, turpis nisi aliquet, sit, nisi sem. Pharetra congue diam nonummy donec aliquet turpis, magna, elit sed mi, id feugiat lobortis non dolor tincidunt, euismod amet dolore, aliquet, turpis. Magna mi elit tempus, mi felis tempus proin at ac diam nonummy, erat id feugiat lobortis, volutpat pharetra congue ullamcorper amet dolore. Aliquet turpis nisi sem consectetur donec praesent turpis nisi sem turpis nisi sem pharetra magna praesent felis tempus sem, at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor tincidunt euismod pulvinar dolore aliquet turpis magna euismod sit ut tellus sit ut non pharetra tincidunt euismod amet nisi. Sem elit sed mi felis tempus ante mauris tempus ante mauris, lorem nibh pulvinar massa mauris feugiat lobortis eget lorem laoreet. Euismod pulvinar nunc molestie, feugiat lobortis volutpat dolor tincidunt euismod pulvinar dolore sem consectetur magna sem nonummy massa tellus sit ut. Non amet donec, praesent at ac et elit ac mi felis erat ante molestie feugiat, nibh volutpat pulvinar dolore tellus, ac. Nibh id ipsum massa molestie sit ut ullamcorper amet donec, proin, mauris dolor congue euismod pulvinar nunc tellus sit lobortis, volutpat. Feugiat lobortis euismod pulvinar aliquet sit nisi diam nonummy erat mi, id feugiat, lobortis molestie sed laoreet id ipsum massa molestie. Feugiat lobortis molestie feugiat lobortis volutpat dolor tincidunt tellus, sit tincidunt tellus pulvinar, nunc non pharetra congue ullamcorper, pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut, sem amet mi mauris tempus nibh volutpat sed, laoreet eget sed massa mauris lorem lobortis non pharetra. Dolore praesent adipiscing aliquam proin elit sed laoreet id ac mi felis tempus massa molestie, feugiat, tincidunt euismod pulvinar. Nunc praesent at, lorem laoreet id sed laoreet id feugiat lobortis molestie dolor lobortis volutpat tincidunt tellus pulvinar massa. Molestie dolor tincidunt euismod pulvinar dolore tellus pulvinar ut, non pharetra ut, volutpat dolor tincidunt euismod pulvinar nunc molestie. Nisi, sem pharetra tincidunt euismod pulvinar nunc euismod pulvinar, nunc, tellus sit ut volutpat sed laoreet id sed laoreet. Id feugiat lobortis, volutpat pharetra congue ullamcorper pulvinar tellus turpis nisi sem consectetur magna praesent nonummy nunc tellus, sit. Magna, et nonummy donec diam nonummy aliquam proin at ac et elit, sed laoreet molestie, ipsum molestie dolor tincidunt. Ullamcorper amet nunc, aliquet turpis nisi, sem nonummy magna, diam adipiscing ipsum ante mauris, ac et elit erat et. Turpis nisi diam consectetur donec praesent turpis aliquam proin at magna sem elit donec praesent adipiscing donec praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet at ac, mi felis erat ante mauris lorem lobortis volutpat dolor nunc aliquet, turpis nisi non. Pharetra magna felis tempus massa volutpat dolor congue euismod amet dolore aliquet turpis nisi sem pharetra magna praesent. Turpis aliquam sem at ac et eget sed non pharetra ut ullamcorper pharetra dolore praesent mauris feugiat lobortis. Euismod pulvinar tincidunt euismod feugiat lobortis molestie feugiat lobortis eget sed tincidunt euismod ipsum laoreet mauris lorem ullamcorper. Nonummy ipsum ante mauris, feugiat, lobortis, eget sed massa tellus feugiat ut sem pharetra congue euismod dolor nunc. Aliquet, sit nunc, non sed laoreet, id feugiat lobortis volutpat dolor laoreet eget sed mi id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet sem at lorem nibh id pulvinar nunc tellus pharetra congue, ullamcorper, adipiscing aliquam proin at ac, nibh. Volutpat dolor tincidunt tellus feugiat, lobortis volutpat pharetra mi mauris feugiat nibh mauris sed laoreet id sed massa molestie. Sit ut non pharetra congue ullamcorper amet dolore tellus turpis nisi, sem nonummy donec, non nonummy erat mi felis. Lorem lobortis non pharetra tincidunt id ipsum massa id, feugiat massa volutpat feugiat tincidunt euismod pulvinar tincidunt id ipsum. Massa feugiat, tincidunt, ullamcorper felis tempus proin adipiscing ac et elit erat mi id tempus massa molestie lorem nibh. Eget dolor laoreet id ipsum ante felis lobortis volutpat dolor, laoreet eget sed massa molestie feugiat nibh eget sed. Laoreet, id, ipsum nunc tellus sit lobortis, molestie lorem lobortis eget dolor laoreet id ante molestie lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus sit ut ullamcorper nonummy donec praesent adipiscing. Nibh eget dolor tincidunt euismod pulvinar nunc, tellus dolor congue. Diam nonummy aliquam praesent adipiscing ac, et at erat mi. Id feugiat, massa molestie, lorem eget pulvinar nunc euismod feugiat. Lobortis non pharetra congue ullamcorper amet dolore tellus sit nisi. Sem consectetur congue ullamcorper amet donec proin adipiscing aliquam sem. Ac et elit tempus ante molestie feugiat lobortis volutpat dolor. Tincidunt id ipsum massa molestie sit lobortis volutpat sed et. Elit, sed laoreet feugiat ut, non pharetra lobortis euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, diam consectetur, donec praesent felis, tempus ante mauris donec praesent adipiscing aliquam, proin at magna diam amet dolore praesent, adipiscing. Lorem nibh eget sed tincidunt, tellus sit nisi sem consectetur magna praesent felis ut diam nonummy donec proin adipiscing, aliquam proin. Consectetur, ac mi elit, erat mi mauris, tempus nibh, mauris ac nibh id ipsum massa, mauris lorem eget dolor tincidunt ullamcorper. Turpis nisi aliquet sit ut volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis nisi non, consectetur donec, praesent, adipiscing ante eget. Lorem tincidunt ullamcorper amet ut tellus sit ut ullamcorper amet dolore aliquet adipiscing tempus proin at erat mi, felis tempus mi. Mauris lorem nibh eget laoreet euismod pulvinar ut, non pharetra congue ullamcorper amet dolore mi adipiscing nisi sem consectetur ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non amet, donec ante at lorem nibh eget pulvinar massa tellus sit ut non amet tincidunt, euismod amet nunc, aliquet turpis et elit erat mi felis. Feugiat ut volutpat pharetra congue euismod pulvinar massa id ipsum ante mauris ac et elit ac laoreet id ipsum lobortis pharetra congue diam nonummy aliquam proin at ac. Nibh euismod pulvinar massa molestie ipsum massa volutpat dolor tincidunt volutpat dolor tincidunt molestie feugiat ut volutpat, pharetra tincidunt nonummy donec, proin adipiscing ac et elit erat laoreet. Felis ipsum dolore sem, at erat laoreet felis erat praesent nonummy dolore sem turpis laoreet eget sed mi felis feugiat lobortis non nonummy donec aliquet at ac et. Elit erat laoreet euismod sit ut volutpat dolor lobortis volutpat pulvinar nunc euismod ac et eget sed mi, id ipsum ante mauris ac nibh eget dolor laoreet, id. Sit, ut non, pharetra congue euismod pulvinar dolore aliquet turpis magna diam donec mi felis ipsum ante mauris lorem nibh elit sed laoreet id tempus massa volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper nonummy aliquam ante eget dolor. Laoreet id ipsum nunc tellus sit congue. Ullamcorper nonummy donec turpis nisi proin at. Erat mi id tempus massa molestie feugiat. Ut non amet dolore praesent turpis aliquam. Sem consectetur magna ullamcorper, nonummy massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et elit donec praesent adipiscing tempus ante mauris aliquam, diam, elit sed, massa id ipsum volutpat dolor lobortis euismod, amet nisi sem. Consectetur sed laoreet euismod sit, nisi sem pharetra congue ullamcorper pulvinar tincidunt euismod ipsum massa, id ipsum volutpat feugiat tincidunt ullamcorper turpis nisi. Aliquet consectetur ac diam elit erat, mi mauris feugiat lobortis, euismod pulvinar nunc tellus pulvinar nunc tellus sit lobortis non dolor praesent at. Ac et eget sed mi felis tempus massa molestie feugiat tincidunt euismod amet dolore tellus turpis nisi non consectetur, magna diam tempus proin. Mauris feugiat tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat feugiat tincidunt volutpat dolor laoreet euismod ipsum massa molestie feugiat lobortis volutpat sed. Laoreet, id aliquam, et elit erat mi elit erat ante, mauris lorem nibh mauris lorem et elit donec praesent felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus ante mauris, feugiat tincidunt, euismod amet nisi sem consectetur magna et elit erat mi molestie sit diam nonummy donec praesent. At lorem nibh eget erat mi felis tempus ante at ac et at ac et elit erat mi adipiscing aliquam proin at nibh. Euismod pulvinar ut non pharetra, ut ullamcorper pharetra dolore aliquet turpis nisi proin consectetur magna diam consectetur magna ullamcorper pulvinar nunc, tellus sit. Ut consectetur magna diam amet donec aliquet at lorem nibh, elit erat, mi felis erat ante mauris tempus, nibh eget sed mi elit. Erat molestie feugiat lobortis, volutpat, dolor nunc euismod sit ut sem pharetra congue non dolor tincidunt eget sed mi felis ipsum ante felis. Tempus ante eget dolor tincidunt turpis nisi diam nonummy erat mi felis aliquam praesent, at ac proin at magna, et, felis tempus ante. Felis lorem, lobortis mauris lorem mi felis tempus ante lorem lobortis volutpat, dolor laoreet, euismod turpis aliquam proin consectetur ac, mi felis tempus. Ante mauris feugiat nibh elit sed id pulvinar massa mauris lorem lobortis eget sed tincidunt tellus pulvinar, nunc tellus sit ut non pharetra. Congue ullamcorper turpis aliquam proin at, ac, et felis tempus mauris feugiat nibh eget sed laoreet euismod ipsum mi id ipsum ante molestie. Feugiat laoreet eget ipsum nunc tellus turpis nisi non pharetra congue euismod dolor nunc turpis magna nibh elit erat mi id tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet sem at ac et nonummy erat ante, mauris dolor tincidunt. Volutpat pulvinar nunc tellus sit nisi proin nonummy magna ullamcorper nonummy aliquam. Proin at, ac ullamcorper turpis nisi, aliquet turpis magna diam nonummy donec. Diam adipiscing tempus ante, mauris, lorem laoreet id sed laoreet felis ipsum. Massa molestie feugiat id sed massa molestie feugiat ut volutpat dolor tincidunt. Euismod amet nunc sem, consectetur magna diam consectetur magna ullamcorper amet congue. Ullamcorper turpis aliquam sem consectetur mi felis ipsum massa, molestie dolor lobortis. Volutpat dolor tincidunt tellus pulvinar ut tellus pharetra congue non amet donec. Praesent mauris ac, et elit, laoreet id feugiat massa, molestie feugiat lobortis. Volutpat pulvinar dolore sem, consectetur, magna diam nonummy donec diam amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac mi id feugiat congue ullamcorper, amet, donec mi adipiscing lorem nibh eget lorem laoreet id. Ipsum massa tellus sit ullamcorper nonummy, donec, praesent at ac et elit ac et elit donec praesent. Adipiscing aliquam proin elit, ac mi elit erat mi felis lorem lobortis dolor congue aliquet sit ut. Sem consectetur magna et felis erat mi, adipiscing nisi sem consectetur magna sem, pharetra magna diam adipiscing. Aliquam proin, mauris, sed, nibh turpis ut sem consectetur magna diam elit tempus ante mauris, lorem lobortis. Volutpat dolor nunc tellus pulvinar ut tellus feugiat, lobortis volutpat pulvinar aliquet turpis nisi proin consectetur, magna. Et felis tempus ante mauris feugiat lobortis volutpat dolor tincidunt tellus pulvinar lobortis volutpat feugiat lobortis, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt tellus turpis nisi non consectetur magna diam nonummy donec, praesent felis aliquam et pulvinar nisi sem consectetur ac et elit donec praesent adipiscing aliquam. Ante at lorem et elit erat et felis ipsum ante mauris ac nibh, eget sed aliquet, consectetur ac et elit tempus mi, felis tempus ante eget. Lorem nibh eget erat laoreet, felis ipsum massa, mauris, feugiat lobortis volutpat dolor laoreet mauris erat, et felis ipsum ante mauris, lorem nibh eget lorem nibh. Elit erat laoreet felis ipsum ante mauris lorem et eget, sed sem consectetur ac et elit erat mi, mauris lorem nibh eget sed laoreet id sed. Laoreet felis feugiat massa molestie lorem lobortis volutpat sed laoreet id feugiat volutpat pharetra congue, diam adipiscing, aliquam proin at ac et elit erat praesent, adipiscing. Tempus ante molestie sed nibh eget, sed massa id feugiat lobortis volutpat pharetra praesent adipiscing aliquam sem consectetur ac nibh eget sed massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet lorem lobortis volutpat sed tincidunt molestie feugiat lobortis volutpat dolor tincidunt, volutpat sed laoreet eget. Sed nunc tellus sit congue diam nonummy donec praesent, adipiscing et at erat laoreet felis tempus. Massa molestie feugiat lobortis volutpat dolor nunc aliquet turpis magna diam elit, donec, diam adipiscing aliquam. Praesent at aliquam euismod pulvinar nunc tellus turpis nisi sem consectetur, magna diam turpis nisi aliquet. Turpis, magna diam nonummy magna, diam nonummy donec, ante mauris tempus, massa molestie pharetra lobortis euismod. Dolor nunc tellus sit ut non dolor congue ullamcorper amet dolore, aliquet turpis nunc tellus sit. Ut volutpat dolor congue ullamcorper nisi aliquet turpis congue ullamcorper, amet dolore aliquet turpis nisi aliquet. Turpis nisi sem nonummy magna diam amet, nunc, aliquet adipiscing aliquam proin consectetur ac, diam ipsum. Massa, non amet dolore praesent adipiscing nisi sem consectetur nisi sem elit tempus mi felis tempus. Nibh eget lorem et elit erat massa elit erat laoreet felis ipsum massa molestie, feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc tellus pharetra ullamcorper nonummy aliquam, proin at lorem et eget erat laoreet felis tempus ante mauris ac et elit sed nunc aliquet turpis ut sem. Consectetur, congue molestie feugiat ut volutpat dolor tincidunt id ipsum massa tellus sit, lobortis volutpat feugiat congue euismod pulvinar dolore aliquet turpis magna sem nonummy magna diam tempus. Ante eget sed tincidunt id, ipsum, massa id ipsum massa molestie feugiat lobortis eget dolor laoreet id, tempus ante felis aliquam sem at ac diam nonummy laoreet mauris. Tempus, nibh mauris lorem nibh elit erat mi felis, erat ante molestie feugiat tincidunt euismod pulvinar nunc tellus sit ut tellus lobortis euismod pulvinar tincidunt euismod ipsum nunc. Non consectetur ac diam elit tempus proin at aliquam sem, at magna et elit erat mi adipiscing aliquam, proin mauris tincidunt tellus sit ut tellus, sit congue, ullamcorper. Amet dolore praesent at ac et elit ac mi felis erat, praesent adipiscing aliquam proin consectetur magna diam nonummy laoreet id, sit, ut non pharetra congue ullamcorper, adipiscing. Aliquam et eget sed laoreet id, ipsum, massa mauris, feugiat euismod pulvinar, dolore praesent at lorem et eget sed laoreet id ipsum massa molestie feugiat tincidunt id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem lobortis euismod pulvinar dolore aliquet turpis ut. Diam eget erat laoreet, molestie sit, ut ullamcorper amet. Aliquam ante pharetra congue euismod amet dolore, sem at. Ac laoreet, euismod pulvinar ut tellus, sit ut non. Pharetra nunc tellus sit nisi sem consectetur ac felis. Erat ante mauris, lorem nibh eget erat et felis. Tempus massa tellus pharetra congue praesent felis tempus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet felis, feugiat lobortis non, dolor congue euismod amet nisi sem consectetur magna, diam nonummy magna. Diam nonummy, donec, proin, at ac nibh sed molestie, sit ut sem, pharetra donec, praesent felis tempus. Ante eget sed tincidunt id ipsum laoreet molestie feugiat, nibh volutpat pharetra, congue euismod amet sem elit. Sed massa tellus feugiat lobortis volutpat feugiat lobortis volutpat, sed laoreet id sed ante felis, tempus proin. Mauris lorem nibh eget ipsum massa molestie feugiat diam, nonummy donec mi felis aliquam proin, consectetur ac. Diam consectetur magna ullamcorper nonummy aliquam proin adipiscing ac proin at ac mi felis lobortis molestie feugiat. Nibh volutpat dolor nunc aliquet turpis magna et nonummy donec praesent adipiscing donec praesent adipiscing nisi sem. Consectetur magna, praesent felis tempus ante at nibh eget sed massa molestie feugiat ut non consectetur tincidunt. Euismod pulvinar tincidunt euismod sit, massa molestie, feugiat lobortis, volutpat sed laoreet eget sed laoreet felis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie dolor tincidunt euismod pulvinar dolore euismod pulvinar nunc tellus sit mi felis feugiat lobortis volutpat dolor congue. Ullamcorper turpis nisi sem consectetur magna sem, pharetra congue ullamcorper amet nunc tellus turpis nisi non sit, congue adipiscing. Aliquam ante mauris sed laoreet euismod pulvinar dolore aliquet consectetur nisi sem pharetra tincidunt eget sed mi id ipsum. Ante molestie feugiat lobortis volutpat dolor proin at lorem laoreet euismod pulvinar massa molestie sit lobortis volutpat dolor lobortis. Euismod pulvinar tincidunt id tempus massa molestie lorem lobortis volutpat dolore praesent at ac et eget ipsum massa molestie. Feugiat lobortis non, pharetra dolore, ullamcorper pulvinar nisi sem at magna diam nonummy donec diam nonummy nunc tellus ac. Et eget, ipsum nunc tellus feugiat lobortis molestie feugiat lobortis volutpat dolor tincidunt id sit, ut volutpat dolor tincidunt. Volutpat dolor laoreet id sed ante molestie ut non pharetra, dolore, praesent, at lorem et eget erat laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam adipiscing, tempus ante mauris lorem laoreet id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt ullamcorper turpis proin at erat et elit tempus lobortis molestie feugiat. Tincidunt ullamcorper amet dolore tellus pulvinar, massa id ipsum lobortis volutpat sed laoreet id ipsum nunc at ac diam elit erat mi felis tempus, ante eget sed laoreet. Id ipsum massa mauris lorem nibh mauris lorem nibh eget sed laoreet id feugiat ut, elit tempus ante molestie feugiat lobortis volutpat pulvinar, nunc tellus sit nisi sem. Nonummy erat mi adipiscing aliquam proin at lorem laoreet id nunc tellus sit ut volutpat pharetra tincidunt ullamcorper amet dolore aliquet turpis nisi diam nonummy erat mi felis. Ipsum lobortis volutpat dolor congue ullamcorper turpis dolore aliquet, feugiat lobortis volutpat sed laoreet euismod pulvinar nunc tellus sit ut ullamcorper amet donec praesent adipiscing ac et elit. Erat laoreet molestie feugiat lobortis volutpat feugiat, tincidunt amet dolore aliquet consectetur nisi diam elit erat mi mauris lorem ante mauris lorem tincidunt euismod pulvinar nunc, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing tempus ante eget erat, et id tempus massa mauris lorem, nibh, amet congue aliquet turpis ut proin at ac mi felis. Tempus ante mauris lorem et, at erat mi id tempus massa molestie lorem nibh eget dolore tellus, sit nunc tellus sit ut non. Amet donec praesent, adipiscing aliquam et elit erat et elit erat ante felis tempus ante mauris sed euismod pulvinar nunc molestie feugiat ut. Non amet donec praesent turpis, aliquam proin elit erat et elit erat mi felis tempus, proin at ac diam elit sed non at. Donec mi id ipsum ante mauris lorem lobortis volutpat, pulvinar, nunc, tellus sit lobortis non, dolor donec mi adipiscing donec praesent nonummy donec. Ante mauris lorem nibh eget ipsum massa id ipsum massa molestie feugiat lobortis euismod dolor laoreet id tempus ante mauris tempus proin at. Ac et sed laoreet id tempus ante mauris lorem, et eget erat mi elit erat ante mauris lorem lobortis volutpat dolor laoreet id. Pulvinar nunc molestie feugiat lobortis volutpat dolore aliquet turpis nisi sem, at ac mi felis ipsum massa volutpat dolor tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed massa id sit congue mi felis tempus lobortis molestie feugiat lobortis volutpat dolor massa at erat laoreet id tempus praesent felis lorem nibh volutpat dolor laoreet eget. Sed laoreet felis tempus proin at ac, nibh eget ipsum massa molestie dolor tincidunt tellus turpis nisi, sem consectetur magna diam amet donec praesent at ac et, elit, sed. Nunc tellus feugiat lobortis molestie dolor tincidunt euismod dolore aliquet consectetur ac et elit donec mi felis tempus nibh mauris ac et nonummy donec praesent adipiscing aliquam proin mauris. Lorem et, elit nunc tellus sit, ut non pharetra congue ullamcorper dolor nunc tellus pulvinar massa non pharetra ut non amet dolore aliquet amet aliquam proin at erat mi. Feugiat nisi diam nonummy erat ante mauris lorem nibh, mauris lorem nibh elit erat laoreet id ipsum massa mauris, ac et at magna et, nonummy tempus mi feugiat tincidunt. Euismod dolor tincidunt tellus pulvinar nisi sem consectetur donec diam nonummy donec proin, at aliquam proin pharetra congue, diam nonummy lobortis, volutpat dolor tincidunt, ullamcorper turpis aliquam sem consectetur. Ac et nonummy donec praesent adipiscing aliquam proin adipiscing ac proin at ac et elit donec praesent at dolore aliquet turpis nisi sem, at ac et felis, erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ipsum lobortis volutpat dolor congue aliquet adipiscing aliquam proin. At ac diam nonummy erat mi, felis aliquam proin consectetur. Lorem nibh id ipsum ut non donec praesent felis tempus. Ante molestie lorem nibh eget dolor mi felis tempus ante. Felis pharetra tincidunt ullamcorper amet dolore aliquet turpis nisi sem. Nonummy nunc non pharetra congue ullamcorper amet dolore aliquet amet. Dolore aliquet sit ut non dolor congue ullamcorper pulvinar, nunc. Tellus sit nisi diam consectetur magna diam tempus massa molestie. Sed tincidunt ullamcorper, amet dolore tellus turpis, nisi sem consectetur. Donec mi felis tempus ante at lorem et nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet dolore praesent adipiscing aliquam et, elit sed laoreet molestie feugiat lobortis. Volutpat feugiat, lobortis amet dolore praesent adipiscing nisi diam nonummy magna diam, felis. Tempus massa volutpat feugiat nibh id sed laoreet, felis tempus mi adipiscing tempus. Eget sed et elit erat mi adipiscing tempus nibh volutpat dolor congue ullamcorper. Turpis nisi non pharetra ut volutpat dolor tincidunt euismod pulvinar nunc tellus sit. Lobortis, pharetra congue ullamcorper amet donec praesent adipiscing aliquam proin elit erat mi. Felis tempus ante mauris lorem et elit erat mi id tempus molestie dolor. Tincidunt euismod amet donec, praesent adipiscing lorem, nibh elit erat mi felis ipsum. Massa mauris lorem et elit sed laoreet id ipsum, ante mauris lorem euismod. Amet aliquam proin at magna diam nonummy, magna, praesent adipiscing donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac id ipsum lobortis volutpat feugiat tincidunt, ullamcorper. Turpis nisi ante volutpat dolor tincidunt tellus sit. Nisi, proin at donec praesent adipiscing donec ullamcorper. Amet aliquet consectetur magna diam, nonummy donec praesent. Adipiscing aliquam ante mauris lorem nibh eget ipsum. Massa tellus sit lobortis volutpat sed nibh, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing aliquam sem at ac et elit. Erat mi mauris lorem, nibh eget sed, nibh. Id sed massa, ipsum massa volutpat dolor, tincidunt. Ullamcorper amet dolore tellus sit ut non pharetra. Congue praesent, adipiscing aliquam proin mauris, ac et. Elit erat praesent aliquam proin adipiscing ac proin. At magna diam nonummy donec praesent, turpis dolore. Aliquet turpis nisi sem consectetur, magna, praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar nunc non sit, ut ullamcorper amet donec praesent at lorem. Et volutpat pulvinar, dolore aliquet sit nunc non consectetur, praesent adipiscing tempus proin. At ac nibh eget sed mi felis tempus, ante mauris lorem nibh eget. Sed tincidunt euismod pulvinar ut sem consectetur magna pulvinar, nunc tellus sit ut. Tellus pharetra congue diam nonummy aliquam praesent adipiscing aliquam sem consectetur magna et. Nonummy donec praesent felis, feugiat tincidunt ullamcorper amet proin at lorem et elit. Sed laoreet id ipsum massa, mauris lorem lobortis volutpat, pulvinar massa aliquet turpis. Nisi sem nonummy tempus nunc pharetra magna, praesent adipiscing aliquam ante eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie feugiat ut non pharetra congue ullamcorper dolore aliquet sit nisi. Sem consectetur magna ullamcorper amet dolore tellus pulvinar ut non pharetra congue. Volutpat amet dolore aliquet turpis nisi sem at ac id feugiat lobortis. Non consectetur magna diam nonummy donec aliquet sit ut tellus feugiat nibh. Eget ac nibh eget erat diam nonummy donec aliquet adipiscing et elit. Ac mi felis, pulvinar massa tellus lorem ante at ac nibh elit. Erat mi molestie feugiat lobortis molestie dolor laoreet id ipsum molestie feugiat. Lobortis non pharetra magna diam turpis tempus nibh mauris lorem laoreet id. Sed massa molestie sit ut, non pharetra dolore aliquet turpis nisi tellus. Magna diam nonummy donec, praesent adipiscing, aliquam proin mauris lorem, et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh volutpat sed, ante, mauris feugiat lobortis eget sed. Massa, molestie sit lobortis volutpat, dolor tincidunt, volutpat dolor laoreet. Eget ipsum nunc non pharetra congue non amet, sed nisi. Proin aliquet molestie amet ipsum nisi et id pulvinar magna. Tincidunt aliquet consectetur sed nunc aliquet adipiscing lorem congue proin. Volutpat, tellus elit ac nibh eget sed laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed tincidunt praesent, turpis aliquam et nonummy donec mi felis proin, at ac proin at ac diam nonummy dolore aliquet, turpis aliquam proin at ac. Diam nonummy donec praesent, mauris lorem ante mauris lorem, nibh sed mi felis aliquam praesent adipiscing, ac et elit erat et felis tempus ante, mauris feugiat. Tincidunt, ullamcorper nonummy dolore praesent adipiscing nisi sem consectetur mi felis tempus proin at lorem nibh volutpat pulvinar dolore, aliquet turpis magna et nonummy donec diam. Adipiscing donec, proin at lorem nibh pulvinar nunc molestie sit lobortis ullamcorper amet dolore ullamcorper turpis nisi sem turpis nisi sem consectetur donec praesent adipiscing, aliquam. Proin at ac nibh eget sed, laoreet sit congue ullamcorper amet dolore ullamcorper amet dolore tellus sit, lobortis volutpat feugiat, lobortis volutpat dolor tincidunt euismod pulvinar. Nisi non, pharetra congue volutpat pharetra congue ullamcorper ac et elit erat mi felis tempus ante mauris feugiat nibh volutpat dolor tincidunt id ipsum nisi non. Pharetra praesent molestie feugiat lobortis non pharetra congue ullamcorper amet massa molestie feugiat lobortis molestie dolor tincidunt euismod amet, nunc tellus sit ut non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut, non pharetra magna et elit donec, aliquet, turpis dolore sem consectetur magna, nonummy magna diam. Adipiscing aliquam, nibh eget sed nibh elit, erat mi felis tempus, ante at ac nibh elit sed. Mi, felis tempus ante adipiscing tempus at magna diam elit tempus mi felis aliquam, praesent adipiscing aliquam. Sem elit erat praesent adipiscing aliquam praesent at ac et elit sed mi felis mi felis aliquam. Proin eget, sed, nibh id sed mi felis aliquam proin at ac proin at magna diam nonummy. Donec proin mauris, congue, ullamcorper turpis, nisi, sem turpis ut non pharetra magna diam amet dolore praesent. Adipiscing, ac et eget sed massa molestie feugiat ut non, pharetra dolore aliquet tempus ante eget dolor. Nunc aliquet consectetur magna diam consectetur magna ullamcorper amet dolore praesent at ac et, at erat mi. Felis tempus massa molestie feugiat eget dolor tincidunt euismod sit nisi sem consectetur congue ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit sed molestie sit magna diam elit. Tempus ante mauris feugiat nibh, eget sed laoreet. Id, pulvinar, nunc tellus feugiat nibh eget lorem. Nibh id pulvinar, molestie feugiat ut ullamcorper nonummy. Donec praesent felis, tempus ante mauris ac et. Elit donec praesent adipiscing aliquam ante mauris aliquam. Proin at donec mi tempus, ante molestie feugiat. Lobortis euismod amet dolore aliquet consectetur nisi sem. Consectetur congue ullamcorper, pulvinar nunc euismod sit nunc. Non pharetra congue non pharetra massa non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem consectetur magna, et felis ipsum, mi felis tempus, nibh, dolor nunc tellus sit nunc tellus sit ut non pharetra tincidunt ullamcorper amet nisi sem turpis magna sem, nonummy. Donec praesent adipiscing aliquam proin at magna id, ipsum nunc non, pharetra congue, non pharetra tincidunt id ipsum massa, id feugiat lobortis volutpat feugiat tincidunt euismod dolor tincidunt, tellus pulvinar. Massa tellus magna diam nonummy aliquam proin at ac et eget, erat, mi felis erat proin adipiscing aliquam proin at erat, tincidunt euismod pulvinar nunc, tellus magna diam nonummy donec. Aliquet adipiscing aliquam et eget sed massa molestie ipsum, massa volutpat feugiat lobortis volutpat sed laoreet id ipsum, massa, molestie feugiat nibh, pulvinar, nunc euismod ipsum massa molestie, feugiat ut. Non, amet dolore aliquet amet dolore aliquet consectetur nisi diam consectetur dolore aliquet amet dolore tellus turpis nisi, et erat mi felis lorem ante mauris sed laoreet euismod pulvinar dolore. Aliquet consectetur magna non nonummy erat ante molestie dolor diam, adipiscing tempus nibh mauris lorem laoreet id sed laoreet molestie feugiat massa non, dolor tincidunt, euismod pulvinar massa, molestie sit. Ut non pharetra magna praesent turpis sem consectetur magna sem consectetur magna ullamcorper amet, dolore, aliquet sit ut sem pharetra, ut ullamcorper, pharetra dolore ullamcorper, amet dolore aliquet turpis lobortis. Molestie lorem lobortis amet nunc euismod pulvinar ut tellus sit lobortis volutpat sed tincidunt euismod pulvinar, nunc molestie ipsum lobortis, molestie feugiat nibh eget dolor tincidunt euismod pulvinar nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod turpis, nisi proin elit erat mi felis massa mauris. Lorem lobortis volutpat sed tincidunt tellus sit ut non pharetra congue. Ullamcorper amet dolore aliquet sit nisi non consectetur, donec laoreet id. Feugiat non pharetra, congue ullamcorper amet dolore sem consectetur magna sem. Consectetur donec diam adipiscing aliquam proin eget lorem laoreet id sed. Laoreet id ipsum massa feugiat nibh eget, sed mi felis tempus. Mi, felis feugiat lobortis volutpat dolor laoreet id tempus ante felis. Lorem ut non pharetra tincidunt pulvinar nunc aliquet pharetra ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet euismod pulvinar nunc non, consectetur donec diam, amet proin at ac nibh eget ipsum laoreet id ipsum massa molestie dolor tincidunt ullamcorper turpis dolore sem consectetur magna et. Elit erat mi adipiscing donec aliquet nisi diam elit erat praesent adipiscing aliquam proin at aliquam sem turpis nisi ullamcorper pharetra congue volutpat, pulvinar nunc, tellus, turpis ut tellus pharetra. Magna non pharetra congue diam nonummy, donec, praesent turpis nisi proin, at erat mi felis, tempus ante felis aliquam ante at, ac et elit dolor laoreet tellus sit ut non. Pharetra congue diam amet dolore ullamcorper turpis dolore aliquet consectetur, magna diam nonummy magna aliquet turpis aliquam proin consectetur, nisi sem sed laoreet id feugiat nibh mauris lorem et elit. Erat et elit erat ante mauris lorem et elit ac et elit erat ante molestie feugiat nibh amet donec aliquet, turpis aliquam proin at magna diam nonummy dolore, ullamcorper turpis. Nisi sem turpis nisi non consectetur, magna diam, nonummy, nisi sem lorem nibh eget ipsum nunc molestie feugiat ante mauris ac, nibh id pulvinar massa molestie feugiat, ut non pharetra. Tincidunt ullamcorper turpis nisi sem turpis ut non magna diam nonummy donec praesent turpis ut sem, at magna diam amet dolore, praesent adipiscing nisi sem consectetur magna diam elit donec. Praesent, felis tempus, ante, mauris, laoreet id sed massa tellus sit ut diam nonummy erat ante mauris ac et eget sed tincidunt euismod ipsum ante mauris lorem nibh mauris, lorem. Laoreet id massa molestie feugiat lobortis non pharetra, congue aliquet adipiscing ac nibh eget sed mi felis ipsum massa volutpat dolor magna diam adipiscing aliquam proin adipiscing aliquam proin magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at ac et eget sed. Laoreet molestie massa volutpat feugiat lobortis. Volutpat dolor nunc tellus pulvinar nunc. Tellus sit ut non dolor laoreet. Euismod turpis nisi aliquet consectetur congue. Ullamcorper amet ullamcorper pulvinar tincidunt id. Pulvinar ut non, pharetra tincidunt diam. Nonummy aliquam proin, at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ut, non amet dolore praesent felis tempus ante at erat et, felis ipsum massa felis tempus ante mauris lorem. Et elit donec praesent felis tempus at ac et elit dolor laoreet felis tempus ante mauris tempus nibh eget, lorem. Laoreet id ipsum massa molestie feugiat lobortis volutpat dolor nibh id dolore sem consectetur congue diam nonummy donec praesent amet. Dolore aliquet consectetur magna sem consectetur magna diam nonummy dolore, praesent adipiscing aliquam et, elit erat mi tempus ante mauris. Ac nibh eget dolor laoreet id pulvinar ut non dolor, tincidunt volutpat pulvinar nunc tellus sit nunc tellus sit ut. Ullamcorper donec proin at ac nibh eget sed mi elit tempus ante mauris amet donec proin at lorem et elit. Erat mi felis ipsum ante molestie lorem ullamcorper amet nisi sem consectetur ac et felis erat ante tellus feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac euismod pulvinar dolore, aliquet turpis magna et felis, erat, ante felis tempus ante mauris ac nibh eget erat praesent nonummy donec proin at aliquam at ac et. Elit tempus mi felis tempus proin at, ac et nonummy erat mi felis lorem lobortis non amet dolore praesent at aliquam sem amet dolore aliquet turpis congue diam nonummy dolore. Praesent turpis nisi proin at ac et elit donec praesent adipiscing, tempus, ante eget sed nibh eget sed mi sit ut ullamcorper, amet dolore praesent, adipiscing tempus ante eget erat. Mi id tempus massa molestie, feugiat nibh volutpat sed laoreet, eget ipsum tellus sit congue non pharetra dolore ullamcorper turpis nisi sem turpis, nisi sem nonummy donec praesent adipiscing aliquam. Proin at ac nibh, elit erat mi felis aliquam et nonummy erat praesent at ac proin at ac diam elit erat mi felis, tempus ante at lorem et, elit erat. Mi adipiscing ipsum lobortis volutpat, feugiat aliquet adipiscing aliquam proin at magna diam nonummy tempus mi, felis lorem nibh, eget dolor tincidunt tellus sit ut non donec mi id tempus. Ante mauris lorem lobortis volutpat sed mi id feugiat lobortis volutpat dolor, lobortis volutpat pulvinar nunc aliquet turpis ut tellus feugiat lobortis non tempus ante mauris ac, et elit erat. Mi elit erat mi felis lorem ante mauris lorem nibh id, sit nunc non consectetur donec praesent adipiscing aliquam proin dolor dolore, aliquet turpis nisi proin, at ac sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin dolor laoreet euismod pulvinar ut tellus pharetra congue ullamcorper amet dolore. Proin at lorem nibh ullamcorper amet aliquam, proin elit erat, et, elit erat. Molestie sit ut non dolor tincidunt tellus turpis nisi, proin at ac et. Nonummy donec mi mauris lorem nibh elit sed laoreet id ipsum massa sit. Congue ullamcorper, amet, dolore praesent sit nisi sem consectetur magna ullamcorper pharetra dolore. Ullamcorper amet, nunc tellus sit ut non pharetra congue euismod amet dolore turpis. Ac et eget sed massa molestie ipsum lobortis, volutpat amet dolore aliquet adipiscing. Ac et consectetur magna diam nonummy donec mi adipiscing aliquam volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit magna praesent adipiscing tempus proin mauris lorem nibh. Euismod pulvinar nibh eget sed laoreet euismod pulvinar, massa tellus. Sit magna ullamcorper, nonummy aliquam praesent, at lorem, nibh, eget. Ipsum laoreet molestie ipsum massa molestie feugiat ullamcorper pulvinar nunc. Sem at lorem mi id pulvinar nunc molestie feugiat lobortis. Non amet donec aliquet sit ut sem consectetur magna diam. Nonummy donec mauris feugiat lobortis volutpat dolor tincidunt id, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget dolor dolore aliquet sit nisi sem pharetra et id feugiat lobortis. Non pharetra tincidunt ullamcorper amet dolore aliquet consectetur magna nibh eget sed ante. Mauris feugiat nibh eget sed laoreet id ipsum proin eget sed massa molestie. Feugiat ut sem nonummy erat praesent felis lorem nibh eget sed laoreet id. Ipsum massa id, feugiat lobortis eget sed proin at ac nibh eget dolor. Tincidunt id sit nisi, sem consectetur magna diam adipiscing donec proin at, aliquam. Proin nonummy magna diam nonummy donec molestie feugiat lobortis elit sed laoreet molestie. Feugiat lobortis volutpat pharetra congue ullamcorper nonummy donec aliquet consectetur nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem lobortis, euismod pulvinar massa molestie feugiat ut non consectetur magna diam nonummy dolore tellus, pulvinar ut id ipsum ut non sit ut volutpat. Pharetra donec praesent turpis nisi sem consectetur ac mi elit erat praesent adipiscing dolore sem turpis magna sem ipsum nunc tellus, feugiat ut non dolor tincidunt. Euismod pulvinar dolore aliquet turpis magna, diam nonummy, erat praesent felis aliquam, aliquet turpis nisi non sit ut euismod aliquam proin at lorem et elit erat. Mi felis ipsum lobortis non amet dolore aliquet turpis nisi sem sit nisi, sem consectetur congue molestie feugiat lobortis volutpat sed tincidunt euismod, amet ut tellus. Sit magna diam nonummy donec aliquet turpis, nisi sem at ac diam consectetur tincidunt euismod, pulvinar nunc adipiscing aliquam proin elit donec praesent amet donec proin. Mauris dolor lobortis euismod amet dolore sem consectetur magna sem elit erat mi adipiscing tempus ante volutpat dolor aliquet turpis nisi proin elit erat et felis. Tempus ante molestie amet dolore aliquet turpis nisi sem turpis nisi sem erat ante mauris tempus ante eget sed nibh elit sed massa molestie feugiat lobortis. Volutpat dolor, tincidunt euismod pulvinar, dolore sem, at, ac et felis tempus ante, feugiat lobortis volutpat dolor laoreet eget sed massa molestie feugiat lobortis volutpat dolor. Tincidunt, ullamcorper adipiscing aliquam, proin elit ac et nonummy magna praesent adipiscing aliquam proin mauris feugiat ut volutpat dolor tincidunt id pulvinar massa molestie feugiat, lobortis. Volutpat, dolor congue, euismod dolor laoreet felis erat mi mauris lorem tincidunt euismod, amet nibh volutpat dolor tincidunt ullamcorper turpis nisi proin at magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper turpis nisi proin consectetur magna sem consectetur congue ullamcorper pharetra dolore aliquet turpis nisi sem consectetur magna, ullamcorper nonummy, donec. Praesent tempus nibh eget erat mi felis tempus ante mauris, lorem lobortis volutpat, dolor dolore aliquet adipiscing aliquam sem, consectetur magna diam. Elit donec praesent dolor lobortis volutpat dolor tincidunt euismod sit ut tellus consectetur magna diam nonummy donec aliquet turpis, ut non, pharetra. Congue ullamcorper amet congue aliquet feugiat lobortis volutpat sed laoreet id tempus massa molestie feugiat nibh volutpat dolor tincidunt euismod, pulvinar nunc. Tellus pharetra congue, ullamcorper amet donec praesent adipiscing aliquam proin erat et elit erat mi, felis, tempus nibh eget, lorem nibh id. Ipsum massa felis lorem ante at lorem nibh elit erat mi elit erat ante pharetra congue, ullamcorper amet dolore aliquet, turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris lorem nibh eget sed laoreet ipsum dolore non pharetra magna. Et elit donec praesent adipiscing aliquam proin, consectetur, erat mi id ipsum. Massa molestie feugiat ut non pharetra dolore ullamcorper massa id feugiat lobortis. Volutpat feugiat nibh volutpat dolor, tincidunt, tellus turpis ut eget sed laoreet. Euismod pulvinar ut sem pharetra congue ullamcorper nonummy donec aliquet amet nunc. Molestie sit lobortis, non pharetra congue euismod pulvinar nunc tellus sit, diam. Nonummy magna, praesent nonummy aliquam ante mauris, lorem nibh elit erat laoreet. Felis, tempus proin at ac et elit sed mi, id pulvinar non. Consectetur donec praesent felis aliquam proin at aliquam proin at donec diam. Nonummy donec praesent adipiscing aliquam proin consectetur magna diam nonummy donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, et, eget sed massa molestie feugiat nibh eget lorem nibh eget, sed laoreet, molestie. Sit diam nonummy donec aliquet amet nunc aliquet sit ut sem consectetur congue ullamcorper nonummy. Donec aliquet adipiscing nisi non consectetur ac diam elit dolore at aliquam proin elit sed. Laoreet felis, ipsum massa volutpat, feugiat lobortis euismod pulvinar, nunc tellus sit nisi sem pharetra. Congue diam nonummy, aliquam proin mauris erat ante molestie feugiat tincidunt euismod pulvinar nunc euismod. Pulvinar massa tellus consectetur magna diam amet dolore aliquet turpis ut non pharetra ut nonummy. Erat ante mauris, feugiat, lobortis ullamcorper turpis nisi sem at lorem et elit erat mi. Mauris feugiat, ut non pharetra laoreet id ipsum massa id ipsum molestie dolor congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna diam consectetur magna diam amet dolore tellus turpis aliquam elit sed massa molestie sit congue ullamcorper amet dolore aliquet amet dolore aliquet turpis nisi non consectetur magna diam. Adipiscing, donec praesent mauris lorem nibh sit ut, sem, at erat et felis erat massa molestie feugiat lobortis eget erat mi elit erat, mi adipiscing aliquam proin at ac diam. Consectetur mi felis tempus ante adipiscing feugiat lobortis id, pulvinar nunc tellus sit ut sem pharetra congue ullamcorper dolor nunc, tellus, turpis ut, diam nonummy laoreet id feugiat lobortis non. Pharetra congue ullamcorper amet nisi sem at ac et felis tempus, massa volutpat dolor tincidunt euismod, dolor dolore aliquet sit ut nonummy donec praesent adipiscing aliquam ante mauris lorem et. Eget sed laoreet id tempus ante mauris lorem lobortis volutpat dolor tincidunt tellus pulvinar nunc non sit ut molestie feugiat lobortis volutpat feugiat nibh id, ipsum massa molestie ipsum lobortis. Molestie pharetra, congue praesent adipiscing tempus proin, mauris laoreet id, ipsum nunc tellus feugiat massa volutpat sed laoreet id ipsum, laoreet molestie feugiat nisi sem consectetur, magna ullamcorper amet dolore. Sem at lorem nibh eget massa molestie, lorem lobortis eget sed tincidunt ullamcorper amet nunc sem consectetur nisi, sem nonummy dolore praesent felis tempus ante mauris lorem et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor tincidunt aliquet amet nisi proin at magna et elit erat mi lorem ante. Eget dolor tincidunt tellus sit ut sem, pharetra donec, diam nonummy aliquam ante at aliquam. Et id ipsum massa molestie ipsum lobortis non congue aliquet turpis nisi proin at magna. Et eget, sed mi id tempus, ante mauris sed laoreet, euismod turpis aliquam proin consectetur. Magna diam nonummy mi mauris lorem, nibh, eget sed laoreet euismod ipsum massa, molestie feugiat. Lobortis volutpat pharetra donec, proin adipiscing nisi proin, consectetur erat et tempus, mi felis, tempus. Nibh mauris lorem et elit erat massa molestie lorem lobortis volutpat dolor tincidunt id ipsum. Laoreet felis tempus ante at, lorem nibh at tincidunt id ipsum, massa molestie feugiat lobortis. Volutpat pulvinar nunc tellus turpis nisi sem pharetra, magna ullamcorper pharetra dolore aliquet turpis nisi. Aliquet turpis magna diam nonummy mi mauris lorem nibh mauris lorem, et eget sed ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh id dolore aliquet consectetur. Magna et elit erat praesent, felis lorem. Ante mauris sed laoreet euismod pulvinar nunc. Sem nonummy erat laoreet, id ipsum massa. Molestie, dolore praesent adipiscing aliquam et elit. Sed tincidunt euismod sit ut non pharetra. Congue diam nonummy donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit magna diam, nonummy dolore praesent adipiscing, aliquam proin at erat laoreet felis tempus mi adipiscing. Tempus proin at lorem, eget sed massa, molestie consectetur erat mi id, feugiat lobortis non pharetra congue. Aliquet turpis nisi sem, consectetur ac nibh felis ipsum ante mauris lorem ullamcorper amet congue praesent volutpat. Adipiscing, feugiat erat, dolore lobortis praesent mauris dolor magna ante volutpat consectetur erat ante tellus nonummy sed. Nunc, sem elit sed massa elit sed nunc sem ullamcorper felis pharetra erat ut laoreet aliquet at. Adipiscing consectetur sed, nisi nibh ante non, nonummy pharetra congue diam eget ipsum nunc, aliquet sit nisi. Diam elit erat ante felis aliquam sem consectetur, magna sem pharetra ut ullamcorper amet congue ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis ac laoreet euismod sit ut volutpat pharetra magna. Praesent adipiscing tempus ante mauris ac nibh eget massa tellus. Pharetra magna, diam felis tempus ante mauris, lorem nibh eget. Pulvinar nunc tellus turpis ut, non sit congue non amet. Dolore aliquet ac laoreet id sed massa id feugiat lobortis. Non nonummy donec mi felis tempus ante mauris ac nibh. Eget tempus ante, mauris lorem nibh eget sed ullamcorper turpis. Dolore sem consectetur magna et felis tempus ante mauris tempus. Proin mauris sed laoreet id tempus ante mauris feugiat lobortis. Non donec praesent adipiscing aliquam et elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus tincidunt euismod, pulvinar nunc euismod sit massa sit ut diam nonummy donec tellus sit ut sem consectetur magna diam amet erat. Mi mauris lorem, et elit ac diam nonummy magna diam, nonummy praesent consectetur magna sem consectetur congue ullamcorper amet dolore, aliquet amet. Nisi et elit ac mi felis, ipsum, massa molestie feugiat nibh volutpat sed tincidunt turpis magna et, elit erat mi id, feugiat. Lobortis non dolor laoreet id ipsum, massa tellus, sit nisi sem nonummy dolore aliquet amet dolore proin lorem nibh, id ipsum laoreet. Molestie feugiat lobortis non dolor congue ullamcorper amet aliquam proin, consectetur magna diam elit donec mi mauris tempus ante, eget laoreet id. Pulvinar nunc molestie feugiat lobortis volutpat pharetra dolore ullamcorper turpis aliquam et at erat laoreet id ipsum ante mauris lorem ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris lorem lobortis, volutpat dolor, dolore aliquet adipiscing, aliquam et. At erat, laoreet felis ipsum ante pharetra donec praesent adipiscing tempus. Nibh mauris lorem nibh id ipsum massa, molestie feugiat lobortis non. Amet dolore praesent adipiscing aliquam sem, consectetur diam elit donec praesent. Turpis aliquam sem consectetur ac et elit, donec praesent felis tempus. Proin mauris lorem laoreet eget sed mi felis tempus massa volutpat. Feugiat ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam. Nonummy aliquam praesent at aliquam proin at ac, praesent felis aliquam. Proin at proin at sed laoreet euismod feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar nunc aliquet turpis nisi non sit ut, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis nisi ullamcorper amet, dolore aliquet amet dolore sem consectetur nisi diam nonummy donec praesent amet dolore, praesent turpis, proin at ac et felis tempus. Ante mauris feugiat lobortis volutpat pulvinar dolore sem turpis nisi sem, consectetur donec mi mauris lorem lobortis volutpat dolor aliquet adipiscing aliquam proin at erat, laoreet molestie. Feugiat ut non consectetur magna aliquet turpis nunc tellus, turpis magna sem, consectetur magna, diam nonummy dolore, praesent ac et elit ac et elit tempus ante mauris. Feugiat lobortis euismod amet dolore tellus turpis nisi tellus, sit ut euismod nonummy donec proin lorem laoreet id ipsum nunc, tellus sit, lobortis, non amet dolore aliquet. Turpis aliquam proin, consectetur magna non dolor congue diam nonummy dolore aliquet turpis aliquam proin ipsum, massa molestie pharetra magna diam, amet donec aliquet turpis, nisi aliquet. Consectetur ac et felis pulvinar nunc non feugiat ut ullamcorper, amet dolore aliquet turpis laoreet id ipsum massa molestie feugiat, ut non pharetra congue, ullamcorper, amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi felis tempus ante volutpat sed laoreet id, pulvinar nisi aliquet pharetra, ut non pharetra dolore ullamcorper pharetra congue euismod amet dolore. Sem mauris ac et eget erat laoreet felis tempus, proin mauris sed laoreet, eget sed mi felis tempus lobortis pharetra congue praesent felis lorem. Nibh eget, lorem laoreet eget erat, laoreet id ipsum ante eget, lorem nibh elit erat mi id tempus mi felis lorem et erat mi. Felis ipsum massa molestie, consectetur magna diam adipiscing aliquam proin at ac proin at ac diam nonummy dolore ullamcorper amet dolore sem erat laoreet. Id ipsum massa tellus dolor lobortis euismod, amet dolore proin mauris sed laoreet id sed massa molestie feugiat lobortis molestie dolor congue ullamcorper turpis. Proin at erat laoreet felis tempus mi felis lorem ante eget, sed tincidunt tellus pulvinar nunc tellus feugiat lobortis molestie feugiat lobortis volutpat dolor. Tincidunt, molestie feugiat volutpat pharetra congue ullamcorper amet donec praesent adipiscing magna diam eget sed mi id ipsum ante mauris lorem, lobortis euismod massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem lobortis euismod dolor donec sem at lorem, nibh eget ipsum molestie, feugiat ut non pharetra dolore aliquet turpis. Nisi sem consectetur ac mi felis ipsum ante mauris lorem nibh volutpat dolor tincidunt, id pulvinar nunc pharetra magna ullamcorper. Nonummy aliquam proin mauris lorem nibh eget sed mi id feugiat lobortis volutpat pharetra tincidunt diam amet nunc aliquet, turpis. Nisi diam sed laoreet id, ipsum, massa volutpat dolor lobortis euismod pulvinar massa molestie, sit lobortis, non consectetur magna diam. Nonummy dolore tellus turpis nisi non congue ullamcorper nonummy donec praesent at lorem et, eget sed, mi molestie sit ut. Non pharetra magna diam turpis dolore sem consectetur magna diam nonummy magna adipiscing ipsum nibh non pharetra congue ullamcorper amet. Nisi sem at ac diam, elit donec praesent felis tempus ante at lorem nibh eget pulvinar, nunc tellus sit praesent. Adipiscing tempus ante mauris feugiat lobortis eget erat laoreet molestie feugiat lobortis volutpat pharetra magna praesent, felis lorem ante, dolor. Tincidunt euismod, pulvinar nunc non pharetra congue non pharetra congue aliquet turpis dolore aliquet turpis magna sem consectetur magna diam. Adipiscing tempus proin at ac et turpis nisi sem consectetur, magna, ullamcorper amet congue ullamcorper pulvinar nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, feugiat tincidunt euismod nonummy aliquam proin at ac et. Eget sed laoreet id, ipsum ante molestie feugiat lobortis volutpat. Pulvinar dolore at erat mi elit donec mi mauris tempus. Nibh volutpat, dolor tincidunt euismod ipsum donec lobortis molestie dolor. Tincidunt ullamcorper turpis aliquam ante volutpat, pulvinar, nibh eget pulvinar. Nunc aliquet turpis nisi, sem consectetur magna praesent adipiscing aliquam. Ante molestie feugiat lobortis euismod pulvinar nunc euismod feugiat ut. Volutpat pharetra diam adipiscing tempus, proin at ac et elit. Donec mi adipiscing tempus ante volutpat feugiat nibh elit erat. Laoreet felis tempus massa volutpat feugiat lobortis nonummy aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum nunc tellus, pharetra congue diam amet dolore. Aliquet adipiscing ac euismod amet dolore sem consectetur ac. Et id pulvinar nunc non, sit ut ullamcorper dolor. Tincidunt ullamcorper pulvinar ut, tellus pharetra congue ullamcorper amet. Congue aliquet feugiat lobortis eget sed laoreet id tempus. Massa tellus sit ut ullamcorper amet nunc tellus sit. Nisi sem consectetur magna diam nonummy dolore, praesent feugiat. Congue praesent adipiscing aliquam proin at magna et elit. Erat praesent adipiscing aliquam ante mauris lorem et at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, molestie pharetra congue ullamcorper, amet dolore, aliquet consectetur magna sem, consectetur donec, diam adipiscing aliquam nibh mauris lorem et sit massa molestie ipsum massa. Molestie dolor congue ullamcorper amet tincidunt euismod, feugiat lobortis molestie feugiat lobortis eget sed nibh id sed massa molestie ut ullamcorper amet dolore aliquet turpis. Aliquam proin consectetur magna ullamcorper, amet congue euismod turpis aliquam sem consectetur magna diam nonummy donec mi adipiscing tempus ante mauris dolore aliquet amet nisi. Sem consectetur magna, diam nonummy donec praesent adipiscing lorem lobortis euismod, pulvinar, nunc, tellus turpis nisi diam consectetur donec ullamcorper tempus ante, eget lorem, nibh. Eget ipsum massa molestie ipsum massa mauris feugiat lobortis volutpat dolor tincidunt tellus sit ut non sit ut non dolor tincidunt turpis nunc tellus sit. Congue diam amet donec mi adipiscing nisi, proin elit ac, et elit donec praesent adipiscing donec, praesent turpis, magna sem consectetur magna id ipsum massa. Molestie feugiat lobortis id amet dolore aliquet sit nisi sem consectetur magna diam amet dolore proin, consectetur ac et eget sed, mi id, ipsum volutpat. Pharetra congue ullamcorper pulvinar dolore, tellus sit lobortis non consectetur magna aliquet turpis nisi aliquet sit ut non sit lobortis eget dolor, tincidunt tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id feugiat lobortis volutpat feugiat lobortis volutpat sed mi felis, tempus, mauris feugiat ut, euismod pulvinar tincidunt tellus pulvinar nunc tellus sit ut ullamcorper nonummy. Dolore aliquet adipiscing aliquam et elit erat mi elit tempus mi lorem lobortis euismod amet lorem magna nunc et ullamcorper mauris pharetra, donec massa non nonummy. Ipsum nisi mi euismod turpis ac nunc proin mauris amet congue massa tellus, consectetur donec nunc sem elit sed ac nibh eget sed, tincidunt molestie sit. Magna et nonummy erat ante mauris lorem ante nonummy, donec, proin mauris lorem laoreet id ipsum massa molestie feugiat lobortis volutpat dolor dolore lobortis, et, aliquet. Volutpat felis dolor turpis sed, aliquam magna, nunc laoreet non adipiscing at pulvinar lorem congue aliquet molestie elit, pulvinar magna mi euismod at sed nunc praesent. Eget nonummy ipsum congue, mi molestie consectetur ipsum nisi eget pulvinar aliquam nibh euismod turpis tempus nibh, euismod adipiscing tempus ut praesent non, consectetur erat, aliquam. Laoreet praesent molestie ipsum ut et id turpis magna laoreet aliquet mauris nonummy aliquam, lobortis, ullamcorper, felis, sit sed ut laoreet praesent molestie, adipiscing consectetur ipsum. Ac congue ante diam turpis dolor aliquam tincidunt mi sem, id at pharetra tempus, congue ut tincidunt proin diam tellus eget adipiscing amet feugiat ac dolore. Nibh mi, tellus eget, at dolore lobortis massa sem euismod at pharetra ipsum ac nunc proin, volutpat, amet pharetra congue ullamcorper amet dolore aliquet turpis magna. Diam euismod pulvinar nunc non pharetra nunc, tellus sit ut non pharetra tincidunt, euismod amet nisi aliquet turpis ut non dolor tincidunt volutpat dolor, laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue non elit erat mi, felis pharetra congue ullamcorper turpis dolore aliquet sit ut consectetur magna. Ullamcorper amet dolore aliquet sit ut non pharetra, congue ullamcorper pharetra congue ullamcorper pulvinar dolore tellus sit. Nisi diam consectetur magna praesent tempus, ante eget sed nibh eget, erat, praesent adipiscing donec proin adipiscing. Aliquam proin at erat mi id ipsum massa molestie lorem nibh eget sed laoreet euismod massa tellus. Sit ut, non pharetra congue euismod ipsum massa felis ipsum ut volutpat pharetra tincidunt euismod amet nunc. Tellus, turpis nisi sem magna diam nonummy dolore praesent adipiscing nisi non, pharetra congue, ullamcorper pharetra congue. Aliquet turpis nisi proin, consectetur magna diam elit, erat mi felis tempus ante at nibh eget tempus. Massa molestie feugiat ut ullamcorper nonummy aliquam proin mauris lorem et elit magna ullamcorper pharetra congue aliquet. Turpis nisi sem consectetur magna diam erat ante mauris lorem nibh eget, sed tincidunt euismod pulvinar, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat lobortis volutpat dolor congue ullamcorper, amet dolore, aliquet, turpis, magna. Diam elit donec mi felis tempus, ante eget lorem, eget erat mi. Felis erat mi mauris, lorem nibh volutpat pulvinar nunc, tellus sit ut. Sem nonummy donec praesent adipiscing donec praesent at ac et, ac et. Elit, aliquam ante, molestie feugiat nibh volutpat pulvinar tincidunt euismod pulvinar ut. Non pharetra magna praesent nonummy dolore aliquet turpis ut sem, consectetur ut. Volutpat congue euismod pulvinar nunc tellus turpis magna diam consectetur dolore aliquet. Turpis nisi sem, consectetur magna sem consectetur, congue diam pharetra nunc tellus. Nisi sem, consectetur, magna et felis tempus ante molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa tellus consectetur diam felis tempus nibh eget dolor tincidunt id ipsum nunc. Aliquet pharetra magna et, nonummy dolore mi felis aliquam proin at ac et, elit. Ut sem, nonummy donec praesent adipiscing, aliquam proin at ac et elit erat et. Id ipsum massa felis tempus sem at ac mi id sit laoreet id sed. Mi felis tempus nibh mauris, lorem nibh id ipsum massa tellus sit lobortis molestie. Dolor congue ullamcorper pulvinar tincidunt euismod pulvinar, ut non, consectetur ante mauris lorem ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac mi molestie sit ut non, dolor, congue ullamcorper turpis nisi euismod pulvinar nisi sem, consectetur ac, et elit erat laoreet molestie ipsum. Lobortis, volutpat dolor tincidunt ullamcorper turpis nisi sem consectetur magna diam consectetur, donec, sem nonummy magna diam nonummy donec praesent at ac et, elit. Erat laoreet id ipsum lobortis volutpat dolor lobortis volutpat dolor massa molestie sit lobortis molestie congue ullamcorper amet dolore aliquet consectetur magna et elit. Ipsum massa molestie feugiat massa mauris feugiat tincidunt id ipsum nunc molestie feugiat, ut consectetur donec, diam nonummy nisi sem turpis magna diam nonummy. Erat, mi, molestie feugiat lobortis volutpat dolor congue euismod pulvinar nunc tellus sit lobortis non consectetur congue felis tempus nibh volutpat dolor tincidunt id. Ipsum massa id feugiat lobortis eget sed, laoreet id pulvinar nunc aliquet turpis ut non dolor congue ullamcorper amet nisi ante mauris feugiat lobortis. Volutpat dolor tincidunt tellus adipiscing aliquam proin, elit erat mi felis ipsum massa volutpat dolor tincidunt, adipiscing nisi sem at magna, diam felis ipsum. Nunc molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc, tellus pharetra congue diam, elit, erat, mi, felis nibh volutpat amet nisi sem consectetur. Ac nibh id pulvinar nunc tellus sit ut non pharetra dolore, aliquet amet dolore, aliquet consectetur magna et felis tempus massa dolor congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi non pharetra magna diam nonummy donec mauris feugiat nibh id ipsum nunc aliquet turpis. Magna et elit erat mi mauris lorem lobortis euismod dolor, tincidunt tellus, sit ut sem, consectetur. Erat non consectetur magna diam felis erat mi mauris lorem nibh eget sed tincidunt tellus, pulvinar. Ut non consectetur congue non pharetra congue tellus sit nunc sit ut volutpat feugiat lobortis euismod. Pulvinar dolore sem elit ac et elit tempus ante, mauris lorem nibh eget sed, nibh elit. Sed massa molestie feugiat ullamcorper nonummy donec, praesent turpis aliquam proin elit ac mi felis tempus. Ante mauris lorem nibh eget dolor tincidunt id pulvinar massa id ipsum et nonummy donec praesent. Adipiscing, nisi, proin at magna diam nonummy donec praesent felis tempus ante mauris lorem nibh eget. Sed laoreet id ipsum nibh volutpat sed ullamcorper amet nisi aliquet turpis, ut non pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit nisi sem nonummy donec felis tempus nibh volutpat dolor congue ullamcorper turpis nisi sem turpis congue ullamcorper pharetra dolore. Aliquet felis lorem nibh eget, dolor nunc tellus pulvinar tellus sit ut non amet dolore praesent turpis nisi proin consectetur ac. Mi id, ipsum massa molestie, lorem nibh volutpat dolor nunc euismod pulvinar massa feugiat, lobortis non pharetra dolore tellus sit nisi. Proin, elit sed laoreet molestie ipsum massa volutpat dolor lobortis euismod pulvinar tincidunt euismod, sit sem pharetra congue ullamcorper nonummy dolore. Aliquet turpis nisi sem pharetra congue diam, elit donec praesent adipiscing ac et elit erat et felis tempus massa molestie sit. Ullamcorper amet nunc, tellus, pulvinar ut non consectetur congue non pharetra congue ullamcorper pulvinar massa tellus, turpis nisi non consectetur magna. Diam turpis aliquam proin mauris lorem tellus turpis ut sem consectetur donec diam amet donec praesent at ac proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat lobortis ullamcorper nonummy donec proin at ac. Et eget erat mi felis, feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar nunc, tellus sit diam nonummy tempus. Ante, felis feugiat, lobortis volutpat dolor tincidunt euismod pulvinar. Nunc tellus sit, congue ullamcorper amet dolore aliquet turpis. Nisi sem consectetur nisi elit tempus massa, molestie, dolor. Lobortis euismod amet dolore tellus sit aliquam proin at. Erat laoreet id ipsum ante molestie dolor tincidunt ullamcorper. Pulvinar sem at ac diam elit erat mi, adipiscing. Tempus proin mauris lorem nibh eget erat mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa volutpat pharetra, tincidunt ullamcorper amet nunc tellus consectetur magna, diam. Nonummy donec, praesent adipiscing tempus nibh eget lorem nibh, eget erat felis. Ipsum massa, molestie feugiat tincidunt euismod dolor nunc, euismod sit ut sem. Consectetur donec mi mauris tempus ante eget, lorem et id ipsum massa. At erat laoreet felis tempus, mi molestie feugiat tincidunt, euismod dolor tincidunt. Euismod sit nisi sem consectetur congue ullamcorper amet dolore aliquet turpis nunc. Tellus pharetra diam nonummy dolore aliquet turpis nisi aliquet turpis, magna diam. Elit tempus ante mauris lorem nibh eget lorem laoreet id sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt ullamcorper amet dolore aliquet consectetur magna, diam elit, tempus massa molestie, lorem nibh eget sed praesent turpis ac et elit erat mi adipiscing tempus massa. Molestie, feugiat, lobortis volutpat sem consectetur magna diam nonummy donec mi mauris lorem nibh pharetra nunc tellus pulvinar ut non pharetra ut ullamcorper amet dolore aliquet amet. Nisi aliquet consectetur ac mi, felis tempus ante, felis tempus proin at ac diam sed mi felis aliquam proin at aliquam proin elit erat mi felis erat. Ante molestie feugiat tincidunt euismod dolor nunc euismod pulvinar massa pharetra magna, praesent nonummy donec, aliquet turpis ut non sit lobortis non amet dolore aliquet amet dolore. Aliquet consectetur magna et, felis tempus massa molestie sit ut nonummy, aliquam proin adipiscing ac et eget erat, et elit donec aliquet amet dolore tellus, feugiat lobortis. Molestie feugiat lobortis euismod dolor nunc tellus sit ut tellus, pulvinar massa tellus, sit ut ullamcorper amet donec aliquet turpis nisi sem at ac mi id tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam nibh mauris sed nibh elit erat mi adipiscing tempus ante adipiscing aliquam et dolor nunc euismod sit ut sem. Nonummy, tempus massa molestie feugiat lobortis non pharetra congue euismod sit nisi sem, consectetur ac et felis tempus ante dolor lobortis eget. Dolor nunc tellus turpis nisi tellus sit lobortis eget dolor tincidunt id ipsum nunc molestie feugiat lobortis volutpat dolor tincidunt, euismod pulvinar. Donec ante felis tempus proin consectetur nisi diam nonummy, donec praesent felis tempus, proin mauris lorem nibh id ipsum nunc tellus sit. Ut ullamcorper feugiat lobortis non, pharetra congue ullamcorper pulvinar dolore aliquet consectetur magna, diam nonummy donec, diam amet dolore aliquet turpis aliquam. Proin at ac et nonummy donec praesent ac et elit erat mi felis, tempus nunc, non, consectetur congue ullamcorper nonummy, donec praesent. At sed tincidunt id ipsum massa molestie feugiat lobortis volutpat dolor, mi felis lorem ante mauris lorem nibh felis tempus ante molestie. Lorem congue diam amet dolore, aliquet turpis nisi, et ipsum massa molestie feugiat lobortis volutpat pharetra congue, ullamcorper amet nunc aliquet, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec tellus consectetur magna diam, nonummy tempus ante mauris ac nibh eget erat, mi felis tempus mi turpis nisi sem consectetur ac et. Elit donec molestie feugiat congue diam nonummy aliquam praesent turpis nisi aliquet, consectetur magna diam nonummy dolore praesent turpis dolore, aliquet turpis magna. Sem consectetur magna diam lorem nibh eget, lorem et eget ipsum massa molestie, ipsum massa molestie feugiat nibh eget erat mi id ipsum. Ante sem consectetur congue ullamcorper nonummy dolore, aliquet dolor donec praesent adipiscing aliquam proin at erat et elit erat mi, felis tempus, nibh. Volutpat pulvinar nunc tellus, pulvinar nunc tellus feugiat ullamcorper nonummy dolore praesent adipiscing ac et elit erat mi, felis donec praesent adipiscing nisi. Sem turpis magna sem consectetur congue ullamcorper amet dolore aliquet turpis magna eget, ipsum nunc tellus feugiat ut ullamcorper pharetra congue euismod pulvinar. Nunc tellus consectetur magna diam, nonummy magna ullamcorper turpis nisi sem, turpis magna diam ipsum massa molestie sit congue, non pharetra dolore ullamcorper. Turpis nunc tellus sit lobortis, non pharetra congue, euismod dolor tincidunt tellus sit ut, non pharetra congue ullamcorper aliquam praesent at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat ut ullamcorper nonummy, donec ante sem at lorem nibh id ipsum massa tellus sit, ut ullamcorper amet congue ullamcorper turpis nisi sem. Elit erat laoreet id ipsum massa molestie feugiat volutpat pulvinar tincidunt aliquet turpis magna et eget sed laoreet id ipsum nibh eget sed laoreet. Id pulvinar nunc aliquet consectetur nisi non pharetra tincidunt amet nisi ante mauris lorem laoreet id pulvinar nunc, non pharetra congue diam nonummy dolore. Aliquet turpis dolore, sem consectetur ac et elit erat praesent lorem lobortis volutpat dolor nunc tellus sit ut non, sit ut non, pharetra congue. Aliquet adipiscing ac et ullamcorper molestie nonummy ipsum ut laoreet sem felis dolor magna mi molestie sit magna laoreet molestie sit congue praesent tellus. Eget turpis feugiat donec lobortis, diam tellus eget amet, aliquam proin at ac, et turpis nisi sem nonummy donec diam nonummy dolore ullamcorper, turpis. Nisi proin elit, erat et elit tempus mi felis tempus ante, mauris magna diam nonummy, magna, diam aliquam ante diam amet congue, ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis magna et nonummy, donec mi felis lorem ante mauris lorem laoreet euismod pulvinar nunc non sit ut volutpat pharetra dolore praesent amet. Proin eget dolor tincidunt tellus, feugiat lobortis volutpat dolor tincidunt euismod amet donec praesent, at lorem nibh eget erat mi felis ipsum, massa, volutpat. Feugiat massa molestie lorem lobortis elit sed laoreet euismod ipsum nunc tellus, sit congue ullamcorper, amet donec, praesent adipiscing ac et, eget sed massa. Id sit ut volutpat dolore aliquet amet, nisi proin consectetur magna, diam consectetur congue diam nonummy donec aliquet sit ut non sit, magna diam. Nonummy donec ante feugiat lobortis volutpat sed laoreet felis feugiat ut volutpat pharetra magna praesent felis tempus ante mauris lorem nibh eget sed laoreet. Molestie sit ut ullamcorper pharetra tincidunt dolor massa molestie feugiat lobortis non pharetra congue, ullamcorper pulvinar tincidunt euismod sit ut non pharetra congue ullamcorper. Adipiscing aliquam praesent adipiscing, aliquam proin consectetur laoreet molestie ipsum, lobortis volutpat pharetra congue diam nonummy nisi sem turpis nisi diam, nonummy, donec praesent. Felis ipsum lobortis non pharetra, congue ullamcorper, pulvinar dolore tellus magna sem consectetur, congue aliquet turpis nisi, proin at magna diam, nonummy donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore praesent at, ac et elit ac et elit tempus massa mauris feugiat lobortis volutpat. Dolor tincidunt tellus sit nunc tellus pharetra ullamcorper, nonummy donec proin at, ac et elit erat. Mi molestie sit, ut sem nonummy erat, mi felis tempus proin at ac et nonummy erat. Molestie feugiat lobortis, non amet tincidunt id ipsum, massa tellus consectetur magna diam amet dolore ullamcorper. Amet nisi proin at magna et elit tempus ante molestie lorem mi felis donec proin, at. Aliquam et, elit erat laoreet molestie pharetra, magna et nonummy erat, ante mauris lorem ante mauris. Lorem nibh turpis, nisi sem nonummy donec diam amet dolore aliquet amet ut non pharetra congue. Non, pharetra, dolore praesent adipiscing aliquam proin elit erat et felis erat, praesent, feugiat ut ullamcorper. Amet donec praesent adipiscing ac proin at ac et nonummy erat praesent felis ac proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus proin, mauris sed laoreet euismod ipsum nunc molestie feugiat lobortis molestie lorem nibh eget. Ipsum massa molestie sit mi elit donec mi mauris lorem, ante eget sed nibh eget sed. Laoreet molestie feugiat, ut volutpat dolor tincidunt euismod amet dolore sem consectetur ac, euismod sit ut. Non consectetur magna praesent adipiscing aliquam praesent turpis aliquam sem consectetur magna, praesent felis ipsum, lobortis. Non id at dolor, nisi lobortis praesent volutpat, sit magna nibh id sit, magna laoreet tellus. Adipiscing lorem laoreet aliquet adipiscing feugiat congue proin non elit turpis sed nisi congue, diam feugiat. Congue diam nonummy, aliquam praesent at lorem nibh, eget sed laoreet molestie feugiat ut ullamcorper amet. Donec praesent adipiscing aliquam proin, consectetur, ac diam nonummy magna mauris feugiat ut non amet congue. Tellus turpis ut, non sit congue ullamcorper amet dolore aliquet amet dolore sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at ac diam elit donec praesent id ipsum massa molestie, feugiat tincidunt euismod amet dolore sem turpis et elit erat mi felis tempus ante. Eget sed tincidunt tellus turpis ut sem consectetur magna ullamcorper amet, dolore aliquet turpis nisi sem consectetur et elit erat ante mauris tempus, ante eget. Dolor tincidunt tellus sit nunc non sit lobortis non dolor tincidunt euismod ipsum nunc tellus sit, ut non dolor aliquet turpis nisi aliquet at lorem. Nibh elit sed laoreet tellus, sit lobortis eget dolor congue ullamcorper turpis nisi aliquet turpis congue non ipsum massa volutpat feugiat nibh, eget sed nibh. Felis ipsum massa molestie feugiat lobortis non dolor tincidunt euismod ipsum laoreet id ipsum ante molestie lorem nibh volutpat dolore aliquet consectetur, nisi sem pharetra. Magna praesent, adipiscing donec praesent turpis nisi, sem at erat mi adipiscing aliquam, praesent at, ac nibh volutpat dolor, tincidunt tellus, nisi diam nonummy donec. Mi felis lorem ante mauris lorem laoreet eget, ipsum massa tellus sit ut non pharetra dolore adipiscing aliquam, proin, eget sed tincidunt euismod ipsum nunc. Tellus feugiat lobortis eget sed, laoreet id ipsum, massa, tellus sit lobortis ullamcorper, pharetra dolore ullamcorper amet dolore consectetur magna, diam nonummy donec praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet id sed massa pharetra magna diam adipiscing tempus ante molestie feugiat tincidunt volutpat sed. Tincidunt molestie, feugiat nisi non pharetra congue ullamcorper nonummy aliquam proin at lorem id pulvinar massa. Tellus sit ut non pharetra dolore aliquet adipiscing aliquam et at erat mi elit, erat mi. Felis tempus nibh eget, lorem, laoreet sit ut sem consectetur ac et elit donec proin at. Ac proin at sed laoreet felis tempus praesent amet dolore sem consectetur magna diam, nonummy donec. Praesent feugiat ut non amet congue ullamcorper turpis aliquam et elit ac, et elit erat mi. Adipiscing aliquam proin, mauris sed, laoreet id ipsum sem pharetra congue non amet dolore aliquet turpis. Nisi, proin at magna diam elit erat, ante mauris at, lorem laoreet id pulvinar ut tellus. Sit congue diam aliquam ante mauris ac, et elit sed laoreet felis, erat praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus ac nibh elit sed laoreet tellus sit congue ullamcorper amet donec praesent adipiscing nisi sem consectetur nisi sem consectetur donec diam. Adipiscing aliquam proin adipiscing nibh eget sed laoreet tellus feugiat ut non dolor congue euismod amet nisi sem consectetur nisi sem nonummy donec. Praesent adipiscing aliquam proin at ac elit sed mi felis ipsum massa mauris feugiat laoreet id ipsum laoreet, molestie feugiat massa molestie lorem. Ante eget lorem mi elit erat mi adipiscing aliquam eget sed tincidunt ullamcorper adipiscing, ac, et at magna, diam nonummy, donec praesent adipiscing. Aliquam ante at ac et elit tempus ante molestie sit non dolor tincidunt tellus sit ut non sit congue ullamcorper, amet dolore ullamcorper. Amet dolore, tellus turpis, nisi diam, consectetur congue, ullamcorper pulvinar dolore aliquet turpis et elit erat mi adipiscing aliquam proin at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus massa volutpat dolor diam nonummy. Nisi proin at ac nibh id ipsum. Nunc tellus sit ut non pharetra, congue. Ullamcorper turpis, aliquam nibh volutpat sed tincidunt. Id feugiat sem nonummy donec mi, felis. Aliquam ante eget lorem nibh eget ipsum. Massa molestie ipsum massa molestie lorem nibh. Volutpat amet nunc tellus turpis mi euismod. Pulvinar nunc, molestie sit congue diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non consectetur magna diam elit aliquam ante mauris congue euismod pulvinar dolore aliquet consectetur ac et nonummy donec, mi mauris, lorem lobortis volutpat sed tincidunt. Euismod amet ut proin, at erat, mi felis massa mauris, lorem nibh volutpat pulvinar dolore sem consectetur, nisi diam elit erat mi felis aliquam proin at. Ac nibh eget sed massa molestie ipsum, non pharetra congue euismod, pulvinar tincidunt euismod ipsum massa molestie lorem lobortis volutpat sed nibh id ipsum nunc tellus. Sit, congue non amet aliquet turpis nisi sem sit lobortis volutpat feugiat lobortis euismod dolor tincidunt id ipsum massa molestie feugiat lobortis non dolor laoreet eget. Sed massa id feugiat ut amet donec praesent turpis aliquam proin consectetur ac et felis tempus, ante felis, aliquam ante mauris sed laoreet euismod pulvinar, nunc. Molestie sit lobortis volutpat feugiat lobortis felis ac et at magna diam, elit donec praesent adipiscing aliquam proin mauris lorem laoreet, id ipsum, laoreet molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin molestie feugiat nibh, eget, dolor laoreet. Id ipsum massa molestie dolor tincidunt volutpat. Sed tincidunt euismod ipsum laoreet ipsum ut. Non amet congue euismod pulvinar nunc molestie. Feugiat ut, volutpat pharetra congue aliquet amet. Nisi sem consectetur lorem nibh eget erat. Mi tempus nibh mauris sed laoreet id. Sed laoreet, molestie tempus ante adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec mi, mauris feugiat non pulvinar nunc, euismod sit ut, tellus, sit lobortis non pharetra tincidunt id ipsum nunc. Aliquet elit erat mi felis erat praesent adipiscing, dolore volutpat pulvinar tincidunt tellus sit nunc tellus pharetra congue ullamcorper amet, dolore. Aliquet mauris feugiat tincidunt euismod pulvinar dolore aliquet sit lobortis non dolor tincidunt amet, donec proin adipiscing aliquam sem pharetra congue. Ullamcorper amet dolore praesent turpis nisi sem consectetur magna diam nonummy dolore praesent adipiscing nisi, mi adipiscing tempus ante at ac. Et elit erat laoreet id ipsum ante at aliquam proin at ac mi felis tempus massa mauris lorem nibh eget dolor. Aliquet turpis magna diam consectetur magna diam amet dolore aliquet turpis dolore non consectetur magna, diam elit tempus, ante mauris, lorem. Ante eget sed laoreet id nunc tellus, sit, congue ullamcorper pharetra tincidunt euismod pulvinar massa, molestie, feugiat, massa molestie lorem lobortis. Volutpat sed mi felis ipsum diam nonummy, magna diam adipiscing donec proin at aliquam et nonummy donec ullamcorper nonummy dolore aliquet. Amet nisi sem at ac et felis erat ante felis aliquam consectetur magna diam elit donec diam nonummy donec proin mauris. Lorem nibh elit ac mi, adipiscing, tempus massa molestie feugiat nibh elit ac, sem nonummy magna, ullamcorper dolore aliquet, sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing aliquam praesent at ac nibh pulvinar massa tellus turpis magna et elit ipsum massa, mauris tempus proin at lorem et elit donec mi felis. Tempus, ante eget sed tincidunt euismod dolore aliquet turpis congue diam, nonummy erat mi mauris, lorem nibh mauris lorem, laoreet id, tempus ante molestie feugiat ut. Non pharetra, tincidunt euismod amet sem elit erat mi elit donec aliquet turpis nisi sem consectetur magna diam pharetra magna diam nonummy donec tellus turpis ut. Non lobortis non pharetra aliquet, adipiscing aliquam et elit sed tincidunt tellus sit ut tellus, sit ut ullamcorper amet donec aliquet turpis ut non consectetur magna. Mi felis tempus mauris feugiat lobortis eget dolor tincidunt euismod, pulvinar nunc tellus pharetra, congue, ullamcorper nonummy donec aliquet sit nisi non consectetur magna et elit. Aliquam proin at lorem volutpat sed laoreet felis tempus ante felis tempus ante at lorem nibh eget sed mi felis tempus ante mauris, lorem et elit. Sed mi felis tempus massa consectetur ipsum massa molestie feugiat lobortis volutpat dolor laoreet euismod pulvinar massa molestie feugiat lobortis volutpat dolor tincidunt id ipsum tellus. Turpis magna ullamcorper nonummy donec praesent adipiscing aliquam ante at magna et eget ipsum, ante molestie lorem nibh mauris lorem laoreet, id ipsum laoreet id feugiat. Diam nonummy dolore praesent, adipiscing tempus nibh eget sed laoreet id pulvinar, nunc tellus sit ut diam nonummy dolore aliquet, sit nisi proin at ac mi. Felis nisi non consectetur congue aliquet, turpis nunc aliquet sit ut non, pharetra, magna mi, id lorem lobortis volutpat dolor laoreet eget ipsum laoreet felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis aliquam proin at ac et elit erat mi felis lobortis non pharetra congue euismod pulvinar nunc tellus, sit ut. Volutpat, feugiat, tincidunt euismod pulvinar nunc tellus, sit nunc tellus dolor lobortis eget dolor laoreet ipsum nisi sem pharetra congue diam. Amet aliquam, lobortis volutpat feugiat tincidunt volutpat dolor, laoreet felis, tempus mi mauris, feugiat lobortis euismod pulvinar tincidunt euismod, ut non. Sit ut non, pharetra congue aliquet turpis nisi aliquet consectetur magna et felis ipsum ante mauris feugiat tincidunt euismod pulvinar dolore. At sed, tincidunt euismod, pulvinar massa molestie feugiat lobortis volutpat pharetra tincidunt euismod pulvinar massa, id, sit, lobortis volutpat lorem, nibh. Eget dolor tincidunt id ipsum massa pharetra congue ullamcorper amet dolore aliquet turpis ut sem consectetur congue diam nonummy donec aliquet. Turpis aliquam sem at ac mi felis ipsum ante molestie sit ut id feugiat lobortis volutpat dolor donec praesent adipiscing aliquam. Proin eget dolor, massa molestie sit lobortis volutpat dolor tincidunt euismod nunc tellus turpis magna sem nonummy donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum massa eget sed laoreet tellus sit ut sem elit erat mi adipiscing tempus ante mauris lorem nibh id ipsum laoreet molestie, sit ut non, amet mi felis. Tempus ante elit erat mi elit, erat ante felis tempus ante, at ac et elit sed laoreet id ipsum massa molestie pharetra congue adipiscing, aliquam nibh elit erat et elit. Tempus ante mauris feugiat, ut euismod pulvinar tincidunt id pulvinar nunc tellus feugiat lobortis non pharetra congue ullamcorper amet dolore at ac diam felis tempus ante mauris lorem lobortis, volutpat. Pulvinar dolore aliquet turpis nisi sem pharetra ut non amet congue ullamcorper pulvinar proin at magna et, elit donec praesent turpis nisi, sem at lorem nibh elit sed mi felis. Tempus ante mauris lorem tincidunt id ipsum massa tellus sit diam nonummy donec, praesent adipiscing aliquam sem consectetur pulvinar, nunc tellus sit ut non consectetur magna ullamcorper amet dolore ullamcorper. Turpis dolore aliquet turpis ut volutpat dolor nisi, diam nonummy, erat mi mauris lorem lobortis eget dolor tincidunt euismod sit ut non pharetra magna diam nonummy donec volutpat feugiat tincidunt. Ullamcorper amet nisi sem at ac et nonummy magna diam, nonummy aliquam proin mauris lorem et eget sed laoreet felis tempus massa non pharetra mi, felis tempus lobortis volutpat dolor. Laoreet id tempus ante molestie lorem lobortis volutpat sed laoreet id pulvinar massa, molestie sit ut non pharetra lobortis, euismod, aliquam, et, eget sed laoreet, euismod pulvinar massa mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent sed tincidunt euismod, pulvinar nunc non consectetur magna. Diam, felis tempus massa, molestie feugiat lobortis eget, sed laoreet. Tellus turpis nisi diam nonummy magna, id sit congue ullamcorper. Amet donec praesent, adipiscing ac et eget erat mi felis. Tempus mi felis tempus, proin at ac nibh elit erat. Mi sit congue non amet dolore ullamcorper amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue euismod pulvinar nunc tellus, pulvinar nunc elit erat massa molestie lorem, nibh mauris, sed, nibh id. Ipsum nunc tellus feugiat lobortis volutpat feugiat lobortis euismod dolor tincidunt euismod pulvinar, nunc volutpat dolor ullamcorper amet. Donec praesent adipiscing lorem nibh eget ipsum, massa id ipsum massa molestie, feugiat lobortis volutpat dolor tincidunt, id. Feugiat massa molestie feugiat euismod amet dolore aliquet, turpis aliquam sem, consectetur magna praesent nonummy donec proin at. Ac nibh volutpat sed laoreet id ipsum massa molestie feugiat ullamcorper amet donec aliquet turpis nisi, sem, pharetra. Congue ullamcorper amet, dolore aliquet amet nunc tellus pharetra congue diam nonummy congue, ullamcorper turpis dolore tellus sit. Nisi euismod sit ut tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus, feugiat massa molestie feugiat. Tincidunt volutpat pulvinar nunc tellus sit lobortis non pharetra massa tellus sit congue non pharetra tincidunt id pulvinar. Nunc sem at, ac et elit tempus massa molestie dolor lobortis amet dolore aliquet turpis nisi, sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet, turpis nisi, non pharetra laoreet felis, tempus ante mauris ac et. Elit, sed laoreet id pulvinar massa molestie lorem tincidunt euismod pulvinar nunc tellus. Pulvinar nunc sem pharetra congue nonummy donec proin adipiscing ac et elit ac. Laoreet id ipsum ante mauris feugiat nibh eget lorem nibh id ipsum massa. Molestie sit ut volutpat aliquam proin adipiscing aliquam proin elit ac et elit. Donec mi felis lorem nibh mauris sed laoreet id ipsum massa tellus feugiat. Lobortis volutpat sed laoreet adipiscing nisi sem at ac, diam elit erat mi. Adipiscing nisi sem consectetur magna sem consectetur magna ullamcorper, amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, amet donec proin at aliquam proin at magna et nonummy tempus mi. Mauris lorem ante mauris dolore aliquet pulvinar nunc tellus sit ut, non dolor. Congue aliquet adipiscing nisi sem at, magna et felis tempus ante mauris tempus. Ante eget sed, tincidunt mauris lorem, diam nonummy erat laoreet molestie ipsum lobortis. Volutpat pharetra congue euismod ipsum nunc tellus, turpis, ut non dolor tincidunt euismod. Dolor nunc euismod magna diam nonummy magna diam nonummy dolore aliquet amet ut. Non pharetra magna et elit tempus ante molestie feugiat lobortis volutpat pulvinar dolore. At lorem et elit donec mi felis aliquam praesent, turpis nisi non consectetur. Magna et felis erat praesent felis ac proin, elit erat, et felis tempus. Nunc elit sed mi felis, lorem ante eget sed laoreet elit sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat nibh amet nisi sem at lorem. Tincidunt tellus sit ut sem pharetra ut non. Pharetra donec aliquet turpis ut tellus sit ut. Ullamcorper amet, dolore felis tempus proin elit erat. Laoreet felis ipsum massa molestie lorem nibh eget. Lorem et eget sed, laoreet molestie ipsum lobortis. Non pharetra tincidunt volutpat, massa molestie sit nisi. Non consectetur donec diam felis lorem ante mauris. Lorem laoreet euismod ipsum nunc tellus sit, lobortis. Ullamcorper pharetra dolore ullamcorper turpis dolore eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris, tempus nibh eget sed laoreet euismod ipsum massa molestie ut diam. Adipiscing tempus massa molestie lorem nibh eget sed tincidunt euismod ipsum massa molestie. Dolor congue ullamcorper nonummy dolore tellus pulvinar nunc tellus feugiat ut nonummy aliquam. Proin mauris lorem nibh volutpat dolor massa molestie ipsum massa mauris lorem lobortis. Euismod dolor, nunc tellus adipiscing ac nibh eget ipsum massa sit lobortis non. Pharetra congue, ullamcorper amet nisi proin at ac et felis tempus, mi adipiscing. Tempus ante mauris lorem nibh elit erat, tellus sit ut ullamcorper amet donec. Praesent adipiscing ac, proin at erat, et nonummy erat mi felis lorem ante. Mauris, lorem laoreet id ipsum laoreet id ipsum ullamcorper, amet donec praesent, adipiscing. Aliquam et, elit sed laoreet felis erat mi felis aliquam ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod pulvinar nunc molestie sit congue. Diam elit donec proin mauris, lorem lobortis. Volutpat pulvinar nunc tellus turpis nisi sem. Ipsum, nunc tellus lorem lobortis volutpat dolor. Tincidunt ullamcorper turpis ut non pharetra congue. Ullamcorper amet dolore ullamcorper amet nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante mauris, lorem nibh, volutpat pharetra congue euismod sit nunc tellus sit ut non pharetra, tincidunt ullamcorper amet dolore sem erat, mi felis. Tempus, ante id ipsum laoreet felis donec proin adipiscing ac nibh eget sed laoreet id tempus ante molestie feugiat tincidunt euismod lorem ante mauris. Lorem laoreet eget, sed massa id sit ut volutpat pharetra, congue ullamcorper, turpis, aliquam proin consectetur ac et elit erat, ante molestie feugiat, lobortis. Nonummy aliquam proin, at lorem, et eget sed laoreet id feugiat lobortis non pharetra dolore aliquet adipiscing aliquam proin, elit erat mi elit donec. Molestie feugiat ut ullamcorper nonummy donec aliquet adipiscing aliquam proin, at ac, et felis ipsum lobortis volutpat feugiat congue, ullamcorper amet dolore aliquet turpis. Nisi sem tempus ante felis lorem nibh eget lorem et elit erat et adipiscing donec praesent adipiscing ac et at erat et, elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar nunc tellus sit nunc tellus sit. Lobortis volutpat pharetra tincidunt euismod, pulvinar nunc aliquet. Turpis ac, sem tempus ante felis tempus, ante. Eget sed, nunc euismod sit nunc tellus sit. Ut, ullamcorper amet congue aliquet turpis nisi sem. Consectetur magna id ipsum ante, mauris feugiat lobortis. Volutpat dolor laoreet id ipsum massa non pharetra. Congue diam amet donec praesent turpis, aliquam sem. At magna diam nonummy donec, volutpat dolor lobortis. Euismod pulvinar tincidunt tellus sit magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh mauris congue ullamcorper turpis nisi proin consectetur. Ac et felis, ipsum lobortis volutpat dolor tincidunt volutpat. Pulvinar dolore aliquet sit nisi, sem pharetra congue diam. Tempus ante molestie feugiat lobortis volutpat ipsum massa id. Feugiat ut non pharetra congue diam adipiscing donec praesent. At lorem et, eget ipsum massa id ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis erat massa, mauris feugiat lobortis euismod, pulvinar. Nisi sem turpis ut, non, sed massa molestie feugiat massa. Volutpat pharetra tincidunt, ullamcorper, pulvinar nunc molestie ipsum massa volutpat. Pharetra congue aliquet, turpis nisi sem consectetur ac nibh pulvinar. Ut tellus sit ut ullamcorper pharetra dolore praesent adipiscing ac. Et elit, erat, laoreet id ipsum lobortis non feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut sem nonummy erat mi adipiscing aliquam proin adipiscing aliquam sem elit ac mi. Id tempus massa mauris lorem nibh mauris, nunc aliquet sit nisi sem consectetur, congue, non. Amet congue, ullamcorper, turpis, nisi, sem, at, erat mi felis donec, praesent, adipiscing tempus nibh. Elit nunc tellus turpis nisi non, nonummy donec mi felis tempus nibh mauris lorem nibh. Eget ipsum massa tellus sit lobortis volutpat feugiat, tincidunt euismod pulvinar laoreet, felis nunc tellus. Pharetra magna praesent adipiscing tempus ante eget lorem et, elit sed laoreet, id, feugiat ut. Non pharetra dolore ullamcorper, amet dolore at lorem mi felis tempus ante felis lorem lobortis. Non pharetra congue ullamcorper sit ut sem at magna diam felis tempus massa mauris lorem. Lobortis euismod dolor tellus sit ut sem nonummy donec mi adipiscing tempus proin at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy, donec molestie dolor tincidunt euismod amet, dolore sem at magna et elit erat. Mi molestie feugiat nibh, volutpat pharetra congue aliquet amet dolore aliquet pharetra congue nonummy donec. Praesent mauris lorem, nibh eget, lorem mi elit tempus ante felis aliquam ante mauris sed. Tincidunt id ipsum nunc molestie sit ut nonummy donec aliquet amet nunc euismod feugiat lobortis. Volutpat dolor congue euismod pulvinar nunc euismod ipsum nunc molestie sit congue ullamcorper pharetra dolore. Aliquet pharetra congue aliquet amet nisi aliquet consectetur magna et, felis pulvinar nunc molestie feugiat. Lobortis euismod amet dolore tellus adipiscing nisi et, eget ipsum, laoreet id ac et elit. Donec praesent, adipiscing nisi sem consectetur ac et nonummy erat mi felis lorem nibh volutpat. Dolor dolore praesent turpis nisi proin elit ac et feugiat massa molestie feugiat, nibh volutpat. Pulvinar nunc tellus sit nunc tellus sit congue diam nonummy aliquam ante at lorem, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac et elit erat ante, mauris lorem nibh volutpat sed laoreet id ipsum, massa molestie feugiat ut ullamcorper ipsum lobortis volutpat, pharetra congue ullamcorper. Amet nisi et, eget sed laoreet id ipsum nunc tellus dolor tincidunt, euismod pulvinar nunc tellus sit, ut at ac diam nonummy donec praesent adipiscing. Lorem nibh eget sed, laoreet id pulvinar lobortis, volutpat dolor lobortis, volutpat pulvinar nunc tellus sit ut non pharetra congue tellus sit ut ullamcorper, nonummy. Erat, mi adipiscing aliquam et eget, sed tincidunt euismod sit ut tellus, pharetra ut non amet dolore aliquet sed laoreet euismod amet nunc aliquet sit. Congue diam nonummy dolore praesent adipiscing aliquam sem turpis nisi non pharetra congue ullamcorper amet nunc tellus turpis nisi non, erat mi felis tempus, proin. Mauris lorem nibh eget dolor tincidunt euismod pulvinar ante, non pharetra tincidunt eget pulvinar nunc aliquet turpis ut tellus pharetra congue ullamcorper, ipsum, lobortis non. Nonummy, erat mi mauris lorem et volutpat pulvinar, dolore sem consectetur magna et elit sed mi felis nibh eget sed laoreet id ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue euismod, amet dolore, volutpat nonummy aliquam ante eget dolor nunc tellus sit ut, sem consectetur magna ullamcorper nonummy. Donec, ante at, lorem nibh eget sed tincidunt euismod ipsum molestie feugiat nibh eget lorem nibh eget sed laoreet molestie. Pharetra magna diam, amet donec proin at lorem nibh volutpat pulvinar tincidunt molestie feugiat non elit tempus massa molestie feugiat. Ut non, amet, donec proin at ac nibh id pulvinar nunc, tellus turpis magna diam nonummy, dolore praesent, adipiscing lobortis. Euismod pulvinar dolore sem at magna et elit erat mi felis donec praesent adipiscing aliquam proin consectetur ac et elit. Donec mi felis lorem euismod dolor aliquam tincidunt praesent molestie consectetur sed nisi tincidunt praesent eget pharetra donec proin, mauris. Pharetra ipsum ut sem felis sit ac tincidunt aliquet eget nonummy sed ut et euismod, sit nisi, proin elit erat. Laoreet, molestie, sit ut diam nonummy dolore ullamcorper pulvinar laoreet euismod, pulvinar massa mauris lorem, ante, felis lorem ante eget. Sed tincidunt euismod, amet nisi proin elit sed mi felis ipsum lobortis molestie feugiat lobortis euismod amet, dolore tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue, diam amet donec proin at ac et elit sed laoreet molestie feugiat non consectetur congue ullamcorper nonummy aliquam, ante mauris dolor tincidunt id ipsum. Nunc tellus pharetra magna diam nonummy donec praesent turpis dolore sem consectetur laoreet id, ipsum ante, mauris tempus ante at ac nibh eget erat laoreet id ipsum. Massa molestie feugiat laoreet euismod amet nunc, aliquet sit ut non pharetra nunc non pharetra lobortis volutpat, dolor laoreet id ipsum laoreet felis aliquam, ante at ac. Et id ipsum massa molestie feugiat lobortis, molestie tincidunt volutpat dolor laoreet id ipsum ante molestie feugiat lobortis non pharetra, nunc tellus adipiscing nisi tellus sit lobortis. Volutpat, dolor congue ullamcorper amet, dolore aliquet turpis diam elit tempus mi felis tempus ante mauris ac nibh eget sed massa id ipsum lobortis volutpat, feugiat laoreet. Id ipsum nunc, tellus sit lobortis mauris feugiat diam adipiscing aliquam sem turpis nisi non pharetra magna diam nonummy donec praesent adipiscing lorem laoreet euismod pulvinar massa. Tellus ut sem pharetra dolore praesent adipiscing aliquam sem consectetur nisi diam consectetur magna, ullamcorper amet, nunc tellus sit ut non sit ut volutpat, dolor congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et id ipsum ante molestie, feugiat ut euismod pulvinar dolore tellus aliquam. Et eget, sed massa id feugiat, lobortis non pharetra congue ullamcorper turpis dolore. Aliquet turpis, magna sem elit erat mi mauris lorem, lobortis volutpat sed euismod. Sit nisi sem pharetra congue diam nonummy dolore praesent felis nisi proin, consectetur. Ac mi id tempus ante mauris tempus nibh mauris lorem nibh ipsum laoreet. Id ipsum lobortis volutpat pharetra dolore, aliquet turpis nisi sem consectetur ac diam. Elit ipsum nunc molestie feugiat, ut euismod pulvinar aliquet adipiscing nisi proin at. Erat laoreet id ipsum lobortis non nonummy donec praesent adipiscing aliquam ante, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam nonummy magna diam nonummy donec aliquet turpis aliquam proin. Elit sed laoreet felis erat ante molestie feugiat lobortis euismod pulvinar. Nunc mauris sed laoreet id ipsum, massa, id lorem ante at. Ac nibh id ipsum massa id ipsum massa mauris ac nibh. Eget, dolor nunc consectetur ac diam, consectetur donec praesent mauris, tempus. Nibh, mauris lorem nibh id pulvinar massa molestie, feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar nisi sem nonummy congue diam nonummy donec praesent, adipiscing aliquam proin at ac praesent felis tempus ante molestie. Feugiat lobortis, euismod dolore aliquet, consectetur nisi sem nonummy tempus mi mauris lorem ante at, lorem nibh eget sed massa molestie. Sit congue ullamcorper amet dolore aliquet amet sem at ac diam nonummy donec praesent amet dolore euismod sit, ut sem nonummy. Magna diam nonummy donec aliquet adipiscing aliquam aliquet pharetra magna diam, elit erat mauris lorem nibh eget sed laoreet id, pulvinar. Nunc tellus sit ut non, pharetra dolore aliquet turpis nisi sem consectetur congue ullamcorper pharetra aliquet turpis dolore aliquet turpis magna. Diam nonummy erat mi felis tempus nibh, eget, dolor tincidunt euismod pulvinar, nunc non, sit congue, ullamcorper, amet, dolore praesent adipiscing. Et volutpat pulvinar nunc id ipsum ante felis lorem nibh eget lorem et elit erat mi felis tempus ante at ac. Sem at ac, et elit erat mauris lorem nibh eget sed laoreet id pulvinar, ut sem consectetur, magna diam nonummy donec. Proin molestie dolor tincidunt euismod dolore, aliquet, turpis magna diam nonummy magna ullamcorper amet nunc aliquet consectetur ac et elit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor congue aliquet turpis aliquam proin consectetur ac et elit erat mi felis, tempus ante eget, sed laoreet id ipsum massa lorem lobortis, volutpat amet congue aliquet amet. Nisi, proin at ac mi id, tempus, ante molestie dolor tincidunt euismod, pulvinar, nunc tellus pulvinar ut nonummy erat mi id tempus, massa molestie dolor laoreet id pulvinar dolore. Aliquet turpis, nisi sem nonummy donec praesent adipiscing aliquam proin at magna diam pharetra congue adipiscing aliquam ante mauris ac et elit erat mi id, ipsum massa, mauris feugiat. Lobortis euismod pulvinar tincidunt id, ipsum ante, mauris tempus eget lorem laoreet id, ipsum nunc tellus feugiat lobortis volutpat feugiat congue aliquet at aliquam et elit erat mi, felis. Tempus massa molestie feugiat lobortis eget sed id ipsum nunc non consectetur magna diam nonummy, donec praesent at aliquam proin at erat laoreet felis tempus mi felis lorem ante. At ac et eget erat id, ipsum lobortis non pharetra dolore aliquet turpis nisi aliquet consectetur magna et elit donec aliquet turpis nisi, sem at nibh elit sed massa. Tellus pharetra congue, non amet, congue ullamcorper turpis nisi aliquet turpis magna, et elit erat mi felis tempus nibh mauris lorem, et elit massa non sit ut ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra magna et felis ut diam consectetur tincidunt volutpat pulvinar nunc euismod sit nunc tellus sit lobortis volutpat dolor tincidunt euismod pulvinar ut, non consectetur magna. Diam nonummy donec, turpis nisi sem at ac laoreet id tempus massa tellus sit lobortis eget dolor tincidunt tellus sit ut, molestie feugiat ut volutpat dolor tincidunt euismod. Nunc tellus, turpis nisi diam consectetur, magna diam nonummy aliquam proin turpis nisi diam pharetra congue ullamcorper amet congue, ullamcorper turpis nisi proin ipsum nunc, aliquet consectetur nisi. Sem nonummy erat mi adipiscing nisi sem at sed laoreet euismod pulvinar nunc non consectetur donec diam nonummy donec, proin, at, lorem euismod dolor nunc tellus feugiat lobortis. Volutpat pharetra congue diam amet dolore aliquet sit ut non pharetra, ut ullamcorper amet donec praesent turpis nisi sem consectetur magna elit tempus ante molestie lorem nibh eget. Lorem nibh id ipsum, ante mauris feugiat lobortis volutpat dolor, tincidunt ullamcorper amet proin at magna ullamcorper amet congue aliquet amet dolore tellus sit, ut, volutpat pharetra magna. Diam nonummy aliquam ante at, lorem nibh id pulvinar, massa tellus feugiat ullamcorper nonummy donec ullamcorper amet dolore aliquet sit lobortis non pharetra congue ullamcorper pulvinar nunc tellus. Turpis nisi, sem nonummy erat, mi adipiscing aliquam ante, mauris ac volutpat pulvinar nunc, tellus turpis magna diam elit tempus ante felis lorem lobortis volutpat sed, tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et elit tempus ante mauris lorem nibh volutpat. Dolor tincidunt, tellus turpis magna diam, elit erat mi. Adipiscing, tempus non nonummy donec praesent adipiscing nisi non. Consectetur congue diam amet donec, praesent turpis nisi tellus. Turpis, ut sem consectetur congue ullamcorper amet ante mauris. Lorem, nibh, elit sed ut non pharetra congue ullamcorper. Nonummy donec mi at ac proin consectetur magna diam. Elit donec, mi mauris lorem nibh, volutpat nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin mauris feugiat nibh eget pulvinar dolore aliquet turpis magna sem nonummy donec nonummy aliquam, proin, at, ac. Nibh id pulvinar, nunc tellus pharetra, congue diam nonummy aliquam proin mauris lorem nibh volutpat dolor tincidunt euismod, feugiat. Volutpat pharetra magna diam nonummy aliquam praesent turpis aliquam proin nonummy donec praesent felis tempus ante mauris lorem et. Elit erat laoreet molestie, feugiat lobortis volutpat dolor euismod pulvinar nunc aliquet consectetur magna sem consectetur donec praesent nonummy. Dolore praesent at ac, proin at ac diam amet dolore aliquet amet ante mauris lorem mi, elit, ipsum massa. Molestie feugiat nibh eget sed tincidunt euismod ipsum laoreet id tempus massa, mauris feugiat lobortis, euismod amet tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt diam, adipiscing aliquam ante eget sed, laoreet id sed laoreet molestie feugiat lobortis volutpat dolor eget, sed massa molestie ipsum massa, volutpat pharetra magna diam amet dolore. Tellus sit nisi diam nonummy magna praesent nonummy, aliquam proin at ac, ullamcorper turpis, dolore sem consectetur magna diam, nonummy erat mi mauris lorem nibh mauris ac diam. Elit, erat mi adipiscing aliquam ante mauris lorem nibh eget dolore sem turpis magna diam nonummy erat mi felis lorem nibh mauris, sed laoreet tellus turpis nisi non. Consectetur magna diam nonummy dolore aliquet nisi, sem consectetur magna et elit tempus, massa molestie feugiat nibh eget, lorem nibh eget erat ante mauris lorem, nibh mauris lorem. Nibh elit, sed laoreet felis, massa volutpat dolor tincidunt euismod dolor tincidunt tellus sit, ut non pharetra magna diam amet donec aliquet turpis aliquam sem consectetur magna ullamcorper. Amet donec aliquet feugiat tincidunt volutpat sed tincidunt id ipsum massa molestie feugiat lobortis volutpat pulvinar nunc tellus pulvinar massa molestie sit, congue nonummy donec proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis ipsum massa mauris feugiat tincidunt ullamcorper dolore aliquet adipiscing ac et nonummy donec praesent adipiscing, aliquam ante molestie feugiat lobortis id, ipsum nunc tellus, sit massa molestie feugiat. Nibh eget dolor tincidunt, sit nisi sem consectetur donec diam nonummy donec praesent adipiscing, aliquam et elit ac et felis tempus massa volutpat dolor tincidunt euismod dolor tincidunt id nunc. Tellus consectetur magna ullamcorper amet dolore praesent adipiscing aliquam proin at, erat mi felis ipsum lobortis volutpat dolor tincidunt volutpat dolor, laoreet, sit nunc molestie feugiat nibh eget sed laoreet. Id sed massa molestie sit ut volutpat feugiat lobortis eget sed laoreet id tempus ante mauris tempus, sem consectetur nibh elit erat diam amet dolore tellus turpis nisi sem at. Ac mi felis tempus proin, adipiscing ac et eget erat et nonummy magna praesent felis tempus euismod amet nunc, tellus sit ut tellus sit ut volutpat pharetra tincidunt id pulvinar. Dolore aliquet feugiat ut volutpat dolor tincidunt adipiscing tempus, nibh eget, sed tincidunt euismod pulvinar nunc molestie feugiat nibh volutpat dolor congue, euismod pulvinar nunc molestie feugiat ut non pharetra. Congue ullamcorper turpis aliquam diam amet donec proin, consectetur ac diam elit erat praesent adipiscing tempus, proin at lorem nibh elit ac et nonummy dolore, praesent adipiscing aliquam sem consectetur. Ac euismod sit, massa molestie sit ut non dolor tincidunt, aliquet adipiscing aliquam sem at ac mi felis ipsum massa, mauris lorem nibh elit, ac et elit erat tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod sit nisi et elit erat massa sit congue, non amet erat mi. Mauris dolor tincidunt euismod nonummy donec aliquet consectetur ac et elit erat laoreet id. Ipsum massa molestie pharetra congue at lorem nibh elit sed laoreet id tempus massa. Molestie dolor tincidunt euismod pulvinar dolore aliquet, turpis ut non pharetra congue non pharetra. Congue, turpis nisi et eget erat mi felis, tempus ante mauris lorem nibh volutpat. Dolor laoreet euismod ipsum massa molestie sit ut, non pharetra dolore ullamcorper dolore aliquet. Sit magna ullamcorper amet dolore aliquet turpis, nisi sem turpis nisi sem pharetra magna. Diam, nonummy donec proin at ac et, elit erat magna, et felis ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, felis lorem magna mi id feugiat ut volutpat. Sed laoreet amet, dolore aliquet turpis nisi sem elit. Erat ante mauris feugiat lobortis euismod dolor tincidunt, euismod. Pulvinar ut non pharetra congue ullamcorper, amet, congue ullamcorper. Nisi proin elit erat laoreet id sit ut non. Pharetra congue ullamcorper amet tincidunt, euismod sit, nunc molestie. Feugiat ut ullamcorper nonummy donec praesent turpis laoreet euismod. Pulvinar dolore aliquet consectetur, magna, sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut non pharetra congue ullamcorper dolore aliquet turpis, nisi proin at, magna et, elit dolore aliquet. Turpis nisi aliquet volutpat dolor, laoreet id pulvinar, massa tellus sit lobortis eget sed tellus turpis nisi. Et eget sed laoreet, molestie, feugiat lobortis non nonummy dolore ullamcorper amet dolore aliquet, turpis nisi sem. Sit magna, diam adipiscing aliquam eget sed tincidunt euismod, pulvinar nunc aliquet consectetur magna diam amet dolore. Ullamcorper adipiscing, nisi proin, consectetur ac et felis ipsum nunc non erat massa molestie feugiat lobortis volutpat. Dolor tincidunt euismod pulvinar, massa molestie feugiat lobortis volutpat pharetra congue ullamcorper turpis nisi sem consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut, volutpat pharetra dolore, praesent adipiscing lorem lobortis eget dolor, nunc molestie, feugiat ut, volutpat dolor diam nonummy, dolore praesent consectetur, ac et elit. Donec mi felis ipsum massa volutpat pharetra congue ullamcorper, turpis nisi sem turpis nisi sem consectetur mi molestie feugiat nibh volutpat dolor laoreet id ipsum massa. Id tempus, ante eget sed laoreet id ipsum massa molestie feugiat lobortis molestie feugiat tincidunt, euismod dolor proin mauris lorem laoreet id pulvinar, nunc non pharetra. Ut, non, pharetra congue ullamcorper turpis aliquam proin at ac et elit erat mi felis nibh eget sed nunc tellus sit ut non pharetra congue non. Dolor, congue euismod pulvinar nunc molestie ipsum massa, molestie feugiat tincidunt ullamcorper, amet dolore aliquet magna et nonummy congue diam adipiscing aliquam ante, mauris lorem et. Eget erat mi adipiscing donec praesent, adipiscing aliquam proin at ac, et elit donec praesent turpis proin at ac et elit sed mi felis lorem nibh. Volutpat pharetra dolore praesent, adipiscing ac et elit sed laoreet sit, ut sem consectetur, donec, praesent adipiscing aliquam proin at ac et elit donec praesent nonummy. Donec, aliquet at lorem nibh elit ac et felis tempus, mi dolor congue ullamcorper amet dolore tellus sit nunc tellus pharetra ut volutpat dolor tincidunt euismod. Amet, nisi proin eget, dolor, magna praesent felis tempus ante eget sed id ipsum laoreet id tempus ante mauris sed laoreet euismod amet nunc tellus sit. Nisi diam elit erat mi adipiscing tempus ante mauris lorem nibh eget ipsum tellus pharetra congue ullamcorper nonummy donec, praesent turpis aliquam sem consectetur magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus ante, felis lorem, nibh volutpat pulvinar nunc praesent adipiscing aliquam proin elit ac, et adipiscing tempus proin mauris dolor, ullamcorper, amet dolore aliquet turpis magna diam. Elit tempus ante mauris lorem ante mauris lorem et elit donec praesent adipiscing donec praesent adipiscing ac nibh dolor, dolore sem at ac, mi elit tempus ante mauris. Sit ut, volutpat dolor tincidunt euismod, sit ut sem consectetur magna ullamcorper nonummy erat proin at lorem euismod amet dolore aliquet sit ut tellus pharetra congue ullamcorper amet. Dolore praesent eget lorem laoreet id sed massa molestie feugiat lobortis non dolore ante mauris tempus ante mauris erat laoreet id sit ut non, sit congue ullamcorper amet. Donec praesent, adipiscing lorem nibh eget erat mi, id ipsum ante amet dolore mi felis tempus proin consectetur ac et elit donec mi mauris, lorem nibh eget sed. Tincidunt ullamcorper amet dolore aliquet, turpis ut non dolor tincidunt adipiscing tempus, proin at magna sem pharetra magna diam amet nunc praesent adipiscing aliquam sem pharetra congue ullamcorper. Nonummy donec at ac nibh eget, sed tincidunt id ipsum ante mauris lorem nibh eget sed laoreet, euismod pulvinar nunc molestie feugiat ut non pharetra congue ullamcorper amet. Dolore, elit sed tincidunt molestie feugiat lobortis molestie lorem nibh volutpat sed laoreet, euismod sit ut sem pharetra congue ullamcorper amet dolore praesent adipiscing aliquam proin at ac. Id feugiat lobortis non dolor tincidunt volutpat dolor tincidunt euismod, sit ut non pharetra congue ullamcorper amet, dolore ullamcorper turpis, nisi sem at ac et felis tempus molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi id tempus ante mauris tempus ante lorem, laoreet euismod ipsum nunc tellus pharetra ut ullamcorper elit donec mi mauris tempus et elit, erat. Laoreet id ipsum massa molestie feugiat lobortis non donec praesent, adipiscing aliquam et eget ipsum laoreet molestie turpis ac, et felis tempus massa volutpat pharetra. Tincidunt ullamcorper amet dolore praesent at ac diam pulvinar nunc tellus pharetra, ac et, elit, aliquam proin adipiscing aliquam proin consectetur magna diam nonummy erat. Ante mauris lorem nibh volutpat dolor donec eget dolor congue aliquet turpis ut non pharetra congue non amet congue ullamcorper amet dolore, sem at magna. Et, felis pulvinar ut tellus sit ut non tempus ante at lorem et at ac et elit erat mi adipiscing, aliquam proin at magna, sem. Nonummy erat mi, felis tempus ante mauris lorem nibh eget, nisi et eget ipsum laoreet id tempus proin, at aliquam et eget sed laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem praesent nonummy, aliquam ante mauris, lorem laoreet id ipsum nunc tellus feugiat lobortis molestie dolor tincidunt euismod pulvinar tincidunt euismod, sit nisi. Sem consectetur diam adipiscing tempus proin at lorem et nonummy erat laoreet id ipsum lobortis volutpat feugiat tincidunt ullamcorper amet nisi sem, consectetur. Ac laoreet id pulvinar diam elit tempus ante molestie lorem nibh volutpat, dolor, tincidunt id ipsum nunc tellus pharetra, congue non pharetra congue. Ullamcorper turpis nisi, sem, consectetur laoreet tellus turpis magna diam nonummy erat mi felis ipsum massa eget dolor laoreet euismod amet nisi aliquet. Sit nisi diam nonummy erat ante mauris feugiat eget sed tincidunt euismod turpis nisi sem consectetur magna praesent adipiscing donec aliquet turpis, nisi. Proin elit sed laoreet, id ipsum massa mauris lorem lobortis eget, sed aliquet turpis magna diam consectetur magna praesent adipiscing aliquam ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis ipsum volutpat dolor congue diam nonummy nisi sem turpis nisi sem consectetur donec diam amet dolore, praesent. At lorem laoreet eget ipsum laoreet id ipsum, diam nonummy erat mi felis tempus ante mauris sed tincidunt, euismod sit. Nisi proin nonummy donec mi adipiscing aliquam proin mauris lorem et eget dolor tellus feugiat nisi diam consectetur donec mi. Molestie feugiat lobortis euismod pulvinar tincidunt, tellus pulvinar nunc tellus sit ut molestie feugiat lobortis id ipsum laoreet molestie ut. Sem consectetur magna diam nonummy nisi, proin mauris lorem nibh elit, erat mi id ipsum massa, mauris lorem laoreet id. Ipsum, massa id lobortis non nonummy erat mi felis tempus, proin, at magna, diam, nonummy sed, laoreet id lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet turpis magna diam elit erat mi, turpis nisi proin consectetur magna sem, nonummy donec mi felis tempus ante mauris lorem nibh. Pulvinar nisi sem at ac laoreet id tempus ante mauris tempus ante eget lorem, laoreet, id pulvinar ut non pharetra magna ullamcorper amet, congue. Turpis ut non pharetra congue non, amet congue, ullamcorper, pulvinar nunc tellus sit nisi non pharetra congue ullamcorper nonummy donec proin at lorem et. Nonummy erat mi ipsum ante molestie pharetra, congue ullamcorper, turpis nisi proin, consectetur magna, diam consectetur magna praesent adipiscing aliquam ante at ac et. Eget sed molestie feugiat lobortis non pharetra dolore aliquet turpis nisi sem at ac diam elit tempus massa, mauris lorem lobortis volutpat, sed laoreet. Id, pulvinar nunc, sem at nunc non, pharetra congue diam nonummy donec praesent, felis tempus proin mauris, erat laoreet euismod pulvinar nunc mauris lorem. Ante eget dolor laoreet euismod pulvinar nunc non erat mi felis tempus ante felis ac, et eget, dolor tincidunt tellus sit ut non consectetur. Magna praesent adipiscing donec eget dolor congue aliquet turpis aliquam proin, consectetur magna et felis tempus ante, mauris lorem nibh eget lorem et felis. Ipsum massa tellus, sit ut ullamcorper amet aliquet adipiscing ac et elit ac et nonummy, donec aliquet turpis nisi sem consectetur magna diam consectetur. Donec mi felis tempus ante mauris lorem nibh elit erat nonummy donec praesent adipiscing aliquam proin consectetur nisi non, feugiat lobortis euismod amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis nisi sem consectetur magna diam felis tempus ante molestie dolor tincidunt euismod. Pulvinar nisi proin at erat et, id massa, molestie feugiat lobortis volutpat, dolor nunc. Aliquet turpis, nisi non consectetur ac laoreet felis tempus ante, mauris, lorem nibh volutpat. Dolor tincidunt aliquet sit sem pharetra congue ullamcorper adipiscing aliquam ante at ac et. Elit erat mi felis aliquam ante mauris lorem et eget sed mi id ipsum. Lobortis, volutpat dolor praesent nonummy donec aliquet turpis nisi diam elit erat praesent adipiscing. Aliquam ante mauris feugiat tincidunt euismod pulvinar dolore aliquet turpis nisi sem tempus ante. Mauris tempus ante mauris, dolor tincidunt tellus pulvinar nunc tellus feugiat ut volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis magna diam nonummy magna diam turpis nisi aliquet turpis nisi non consectetur, donec laoreet. Id, ipsum nibh eget dolor congue aliquet turpis proin eget sed laoreet id ipsum ante mauris. Tempus nibh, volutpat pulvinar nunc euismod pulvinar, nunc non pharetra congue ullamcorper amet dolore, aliquet turpis. Nisi at ac, mi, id ipsum massa mauris lorem ante mauris sed tincidunt tellus sit nisi. Sem consectetur magna diam, nonummy dolore praesent turpis, nisi sem at ac id ipsum nisi sem. Consectetur donec diam turpis nisi aliquet sit ac nunc proin mauris nonummy feugiat, donec nunc proin. Id turpis nisi ullamcorper mauris dolor donec lobortis, diam id mauris nonummy pharetra sed ut nibh. Elit sed laoreet tellus sit ut ullamcorper nonummy donec, praesent adipiscing aliquam et elit nunc tellus. Sit ut molestie sit tincidunt volutpat sed, tincidunt id ipsum laoreet felis tempus proin mauris lorem. Nibh eget, ipsum massa, aliquet turpis, magna diam elit massa, molestie dolor tincidunt, euismod pulvinar, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus sit magna diam nonummy erat ante. Molestie dolor tincidunt praesent felis tempus nibh mauris sed. Tincidunt euismod, sit ut sem pharetra diam, nonummy donec. Praesent adipiscing nisi sem at ac et felis erat. Ante molestie dolor tincidunt euismod amet dolore aliquet turpis. Magna et elit donec non consectetur, ac et felis. Ipsum massa molestie, feugiat lobortis volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus proin at ac eget erat, mi id ipsum massa volutpat, dolor, tincidunt euismod amet nunc aliquet sit nisi sem pharetra. Tincidunt ullamcorper, amet dolore sem consectetur magna sem donec mi felis aliquam, proin mauris lorem nibh id ipsum laoreet molestie feugiat. Lobortis volutpat pharetra congue euismod pulvinar tincidunt tellus sit, nunc non, consectetur praesent felis, tempus ante mauris lorem nibh id pulvinar. Dolore tellus pharetra magna diam nonummy erat praesent turpis aliquam proin consectetur ac mi pulvinar ut non pharetra ut volutpat sed. Tincidunt, euismod amet nisi sem consectetur ac et felis ipsum ante volutpat pharetra, tincidunt ullamcorper amet dolore tellus turpis nisi nonummy. Donec mi, felis tempus proin at lorem et eget sed massa molestie ipsum ante mauris feugiat nibh volutpat sed laoreet, id. Sit nisi sem consectetur, magna, adipiscing tempus proin at lorem laoreet id pulvinar nunc, tellus sit, ut volutpat, dolor congue aliquet. Turpis, nisi proin mauris sed nunc tellus pulvinar nunc tellus congue non dolor congue, ullamcorper amet ut tellus sit ut, volutpat. Pharetra dolore aliquet turpis nisi proin at ac et erat mi felis, tempus ante mauris, lorem nibh elit sed massa id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem volutpat pulvinar, nunc, aliquet consectetur ac et felis, tempus massa molestie. Lorem nibh volutpat dolor laoreet id ipsum nunc, tellus pharetra ut non. Pharetra tincidunt amet dolore tellus turpis nisi diam nonummy magna praesent adipiscing. Aliquam nibh eget sed tincidunt, euismod pulvinar ut sem, consectetur magna ullamcorper. Nonummy donec adipiscing aliquam proin at erat laoreet felis erat ante mauris. Tempus nibh volutpat pulvinar tincidunt tellus sit nisi sem nonummy erat praesent. Felis, aliquam volutpat dolor, tincidunt euismod dolor laoreet id tempus ante adipiscing. Tempus nibh eget sed laoreet, id ipsum massa tellus sit ut non. Dolor congue ullamcorper, ipsum sem at ac mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet consectetur magna et, eget sed sem consectetur ac mi. Felis ipsum lobortis volutpat feugiat congue, ullamcorper turpis nisi sem at ac. Et elit erat ante felis tempus ante volutpat dolor praesent turpis nisi. Et eget ipsum massa molestie feugiat ut non amet dolore aliquet turpis. Aliquam proin eget lorem nibh, eget, ipsum ante felis, tempus volutpat dolor. Congue, aliquet turpis nisi sem turpis congue non amet dolore ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus consectetur magna sem nonummy erat mi felis tempus ante mauris lorem laoreet id sed laoreet molestie feugiat massa volutpat feugiat nibh eget erat. Mi id ipsum diam nonummy magna diam adipiscing aliquam proin at lorem et eget ipsum massa molestie feugiat, lobortis, volutpat dolor lobortis euismod pulvinar, nunc. Euismod pulvinar, massa consectetur magna praesent adipiscing aliquam ante mauris lorem laoreet id pulvinar massa molestie feugiat ut non pharetra congue volutpat, sed, tincidunt id. Ipsum non consectetur magna mi felis tempus ante, mauris lorem et eget erat mi felis tempus proin mauris lorem nibh elit ac diam nonummy, donec. Praesent felis tempus volutpat dolor nunc aliquet adipiscing, aliquam proin, consectetur donec diam amet, congue ullamcorper turpis nisi, sem consectetur nisi diam nonummy donec aliquet. Turpis nisi aliquet consectetur magna eget ipsum nunc tellus pharetra congue ullamcorper amet congue aliquet turpis dolore tellus sit lobortis non pharetra congue aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget ipsum nunc non pharetra ut non amet dolore aliquet. Turpis ac proin, elit erat mi felis ipsum massa, pharetra congue. Ullamcorper felis tempus ante eget sed tincidunt id pulvinar nunc tellus. Sit magna ullamcorper amet tincidunt, ullamcorper amet dolore tellus sit nisi. Id feugiat lobortis volutpat pharetra congue diam, adipiscing aliquam proin at. Lorem laoreet id pulvinar nunc tellus feugiat lobortis molestie feugiat lobortis. Volutpat, ipsum massa tellus ut non nonummy magna diam adipiscing, donec. Ante eget dolor nunc euismod sit ut non pharetra congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt euismod pulvinar nunc tellus sit ut non pharetra congue ullamcorper pulvinar tincidunt euismod pulvinar nunc molestie sit ut id ipsum massa volutpat. Dolor congue ullamcorper turpis nisi sem consectetur magna diam consectetur magna diam nonummy dolore aliquet turpis, nisi sem consectetur congue ullamcorper sit congue ullamcorper. Felis feugiat magna ullamcorper nonummy dolore praesent adipiscing aliquam proin at magna et, elit erat ante felis tempus nibh mauris lorem, nibh eget sed. Proin at erat et felis ipsum lobortis non consectetur magna diam turpis, dolore, sem mauris sed laoreet elit erat praesent nonummy donec aliquet adipiscing. Nibh id ipsum massa, molestie feugiat massa molestie feugiat lobortis eget dolor laoreet euismod ipsum massa molestie feugiat lobortis volutpat dolor nunc euismod pulvinar. Nunc tellus magna mi felis tempus massa volutpat pharetra congue ullamcorper turpis aliquam sem at lorem, et elit erat mi, felis lorem nibh volutpat. Dolor congue, euismod pulvinar massa pharetra magna diam nonummy donec mi adipiscing tempus ante mauris ac, et elit erat mi mauris lorem ante mauris. Lorem, massa eget, sed laoreet eget, sed laoreet id tempus massa mauris tempus ante elit ac diam, nonummy donec praesent adipiscing aliquam proin at. Ac et nonummy ut sem consectetur magna ullamcorper, nonummy, donec praesent adipiscing aliquam proin at erat mi felis tempus ante molestie feugiat nibh at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus feugiat, ut, ullamcorper elit, aliquam, proin, at lorem lobortis volutpat sed laoreet id tempus ante. Dolor congue diam adipiscing aliquam ante mauris lorem nibh id pulvinar nunc non pharetra, congue diam amet. Donec mi mauris lorem ante elit erat tellus turpis nisi non pharetra congue non pharetra tincidunt euismod. Pulvinar ut non consectetur ac, mi elit erat mi adipiscing aliquam sem turpis nisi, sem consectetur praesent. Adipiscing tempus, proin, at lorem nibh elit sed mi felis tempus ante mauris lorem nibh eget, ipsum. Nunc aliquet feugiat, lobortis sem donec praesent adipiscing aliquam ante mauris dolor dolore aliquet turpis aliquam proin. At magna, praesent, adipiscing aliquam ante mauris feugiat, nibh volutpat sed laoreet euismod ipsum ante nonummy aliquam. Proin mauris, sed laoreet id ipsum nunc molestie sit ut non pharetra congue ullamcorper turpis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, dolor nunc aliquet, at lorem laoreet id ipsum massa molestie sit lobortis volutpat dolor lobortis. Volutpat dolor laoreet id ipsum non consectetur congue ullamcorper amet, dolore aliquet sit nisi sem, at. Erat laoreet molestie ipsum massa molestie feugiat lobortis volutpat dolor tincidunt id pulvinar lobortis dolor tincidunt. Euismod adipiscing tempus nibh volutpat sed laoreet id pulvinar massa molestie feugiat massa mauris, ac et. Elit, erat laoreet id tempus massa, molestie dolor ante mauris lorem ut euismod pulvinar dolore aliquet. Turpis nisi sem at ac diam elit tempus ante molestie lorem lobortis volutpat erat mi elit. Nunc non consectetur donec praesent adipiscing lorem nibh mauris lorem tincidunt euismod amet, ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis aliquam ante volutpat dolor nunc tellus, consectetur ac et, elit sed praesent felis tempus ante eget lorem nibh id ipsum massa molestie sed, mi id. Sit ut non pharetra congue ullamcorper amet dolore tellus sit ut non consectetur magna diam nonummy donec aliquet amet dolore aliquet turpis mi felis erat ante molestie. Feugiat lobortis eget lorem laoreet id pulvinar massa, molestie lorem nibh eget lorem nibh eget erat mi id ipsum lobortis, molestie, feugiat nisi sem pharetra magna aliquet. Turpis dolore tellus pulvinar nunc tellus sit, congue ullamcorper amet, dolore tellus pulvinar massa id ipsum massa volutpat congue euismod pulvinar, dolore, sem consectetur magna sem pharetra. Magna diam felis aliquam praesent adipiscing, magna sem nonummy donec diam nonummy dolore praesent adipiscing aliquam proin at massa tellus, sit ut diam nonummy donec praesent felis. Tempus nibh volutpat sed tincidunt id pulvinar nunc non, consectetur magna ullamcorper amet dolore aliquet amet dolore aliquet magna diam nonummy erat mi adipiscing tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id feugiat nibh eget sed tincidunt id pulvinar massa tellus sit ut non pharetra tincidunt euismod pulvinar nunc tellus sit nunc molestie congue, non amet donec praesent adipiscing aliquam. Proin elit erat mi elit, erat proin at ac et eget dolor mi id ipsum massa molestie feugiat ullamcorper amet dolore tellus pulvinar ut non pharetra congue ullamcorper amet congue. Ullamcorper turpis nisi sem consectetur nisi sem consectetur donec mi felis lorem ante mauris, nibh id, ipsum massa, tellus sit, congue ullamcorper nonummy dolore aliquet adipiscing nisi aliquet turpis nisi. Sem pharetra dolore aliquet turpis dolore aliquet turpis sem nonummy magna mi felis tempus ante at ac nibh at erat mi felis tempus massa molestie feugiat, lobortis euismod, pulvinar nunc. Tellus sit ut non consectetur mi mauris, tempus proin mauris, sed laoreet id ipsum massa molestie feugiat ut volutpat, pharetra congue ullamcorper amet nunc aliquet turpis nisi diam nonummy magna. Praesent aliquam proin mauris lorem nibh id ipsum massa molestie pharetra congue diam nonummy donec praesent felis lorem nibh volutpat, sed aliquet turpis nisi sem consectetur donec praesent adipiscing tempus. Proin at lorem et id pulvinar nunc tellus turpis nisi ullamcorper pharetra dolore ullamcorper amet dolore aliquet consectetur et elit, donec praesent adipiscing tempus ante adipiscing aliquam sem pharetra congue. Diam nonummy, donec praesent adipiscing ac, nibh eget sed laoreet euismod, sit nunc, volutpat feugiat ullamcorper nonummy donec tellus sit ut non pharetra congue ullamcorper pharetra congue euismod ipsum laoreet. Molestie sit nisi sem consectetur dolore ullamcorper pulvinar nisi proin at ac elit sed laoreet molestie lorem nibh eget sed tincidunt euismod pulvinar massa molestie ipsum massa molestie, feugiat nibh. Eget sed dolore aliquet turpis magna sem, consectetur donec felis lorem nibh, mauris sed laoreet eget ipsum massa molestie ipsum massa, volutpat feugiat lobortis volutpat dolor, tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam ante mauris, sed laoreet id ipsum laoreet molestie sit magna felis ipsum massa volutpat dolor, lobortis euismod amet dolore aliquet sit ut non pharetra donec diam nonummy. Dolore aliquet turpis aliquam, proin at erat massa id ut ullamcorper nonummy, dolore aliquet turpis nisi proin consectetur nisi sem consectetur congue, diam adipiscing aliquam proin at ac et. Eget ipsum, massa tellus feugiat non pharetra congue, euismod pulvinar nunc tellus, pulvinar massa volutpat dolor tincidunt euismod pulvinar nunc tellus, sit ut, non consectetur magna, diam amet proin. At feugiat lobortis volutpat dolor laoreet, felis tempus mi adipiscing tempus proin consectetur ac, nibh elit sed mi adipiscing aliquam proin turpis nisi proin consectetur ac aliquet sit ut. Diam nonummy dolore aliquet amet dolore aliquet consectetur magna diam nonummy erat ante mauris lorem nibh eget dolor tincidunt euismod amet dolore aliquet pharetra ullamcorper amet dolore praesent, adipiscing. Aliquam, proin volutpat dolor tincidunt tellus turpis nisi tellus feugiat lobortis, volutpat dolor laoreet, euismod ut sem pharetra magna, diam amet congue euismod pulvinar tincidunt euismod feugiat lobortis volutpat. Dolor lobortis diam nonummy aliquam praesent adipiscing ac nibh elit erat praesent adipiscing proin mauris ac et elit erat et elit donec praesent adipiscing nisi proin at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, ut non, pharetra dolore ullamcorper turpis nisi sem sit ut volutpat, dolor, tincidunt euismod dolor laoreet, euismod ipsum massa dolor tincidunt euismod amet dolore aliquet, turpis. Nisi sem at ac mi id feugiat lobortis volutpat feugiat lobortis ullamcorper amet dolore aliquet consectetur magna diam tempus nunc tellus pharetra ut, non dolor tincidunt id. Pulvinar ut non pharetra ut non pharetra tincidunt volutpat dolor laoreet felis tempus ante felis aliquam proin turpis et eget erat mi adipiscing, tempus ante volutpat dolor. Tincidunt, aliquet turpis dolore tellus pharetra congue, non pharetra congue, ullamcorper amet dolore sem ac nibh id pulvinar ut non consectetur ut volutpat sed laoreet eget sed. Laoreet molestie feugiat massa molestie feugiat lobortis eget, erat laoreet euismod pulvinar lobortis molestie, magna diam adipiscing donec, praesent adipiscing aliquam proin consectetur donec diam amet dolore. Aliquet turpis nisi sem consectetur, magna, et nonummy donec praesent adipiscing aliquam sem at laoreet euismod sit nunc tellus sit lobortis volutpat dolor laoreet euismod ipsum massa. Id, feugiat, lobortis non pharetra tincidunt euismod nisi aliquet consectetur, magna sem nonummy erat mi, mauris lorem ante mauris lorem laoreet id ipsum massa molestie ipsum massa. Mauris lorem lobortis volutpat pulvinar nunc euismod, ut non, consectetur donec diam, adipiscing aliquam praesent adipiscing aliquam et eget sed massa, id feugiat massa molestie dolor tincidunt. Euismod amet nunc tellus ipsum lobortis volutpat congue diam, nonummy aliquam proin adipiscing magna, diam, consectetur magna ullamcorper amet congue euismod pulvinar massa molestie feugiat ut, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante eget dolor dolore aliquet turpis magna diam consectetur donec praesent, adipiscing aliquam proin pharetra congue ullamcorper amet, nisi sem, consectetur. Ac et consectetur, donec praesent, adipiscing, tempus nibh eget lorem nibh elit donec diam adipiscing aliquam proin sed tincidunt, euismod pulvinar dolore. Tellus turpis nisi sem amet dolore ullamcorper turpis nisi sem turpis ut tellus sit ut volutpat, dolor tincidunt euismod pulvinar ut non. Ac, et felis tempus praesent adipiscing aliquam proin at ac mi, id pulvinar nunc tellus feugiat lobortis eget lorem nibh id ipsum. Nunc at magna et adipiscing tempus ante at aliquam, proin elit erat mi felis erat praesent turpis nisi sem at magna sem. Nonummy donec ullamcorper amet donec proin ac et eget erat laoreet felis tempus ante molestie feugiat lobortis volutpat sed tincidunt euismod, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor nunc tellus turpis nisi sem, eget sed laoreet molestie feugiat massa volutpat dolor dolore aliquet adipiscing aliquam proin, mauris lorem et, elit mi, felis tempus ante mauris ac. Et id pulvinar nunc tellus sit, ut non amet dolore aliquet amet dolore aliquet turpis magna sem nonummy donec felis tempus, ante mauris, lorem et eget ipsum massa id ipsum. Massa mauris feugiat lobortis volutpat erat et elit, erat mi felis aliquam ante mauris ac et sed laoreet molestie, lorem nibh, mauris, lorem nibh, elit sed mi elit tempus ante. Molestie lorem nibh volutpat dolor tincidunt euismod sit ut consectetur tempus mi, felis aliquam nibh eget lorem, nibh eget sed massa id feugiat massa volutpat dolor tincidunt volutpat pulvinar dolore. Sem consectetur, ac diam nonummy donec nonummy tempus ante mauris lorem, et elit erat praesent nonummy donec praesent adipiscing ac proin at ac et nonummy donec praesent adipiscing aliquam proin. At, ac nibh sed massa mauris lorem ante mauris ac et, elit erat et felis tempus ante mauris feugiat lobortis, volutpat pulvinar, nunc consectetur magna et eget tempus ante felis. Tempus nibh eget dolor laoreet euismod pulvinar dolore non pharetra congue non, pharetra congue ullamcorper amet, dolore, sem consectetur nisi pharetra magna diam nonummy aliquam ante at, lorem nibh eget. Sed laoreet id feugiat lobortis non pharetra congue aliquet adipiscing aliquam, ante eget sed, laoreet tellus ut, non, pharetra ut non amet dolore proin adipiscing aliquam proin at magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et, elit erat et elit erat ante felis tempus praesent turpis nisi sem pharetra. Congue ullamcorper nonummy donec aliquet, turpis nisi at ac et elit tempus mi felis nisi. Sem consectetur ac diam nonummy donec mi, felis lorem nibh volutpat dolor laoreet ullamcorper sit. Aliquam et, sed laoreet molestie turpis ut non consectetur dolore praesent adipiscing nisi sem, at. Magna diam consectetur erat laoreet id lorem, lobortis volutpat dolor tincidunt id ipsum massa ipsum. Lobortis non pharetra tincidunt euismod, pulvinar nunc euismod pulvinar nunc tellus feugiat, nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut volutpat, amet congue aliquet turpis dolore aliquet turpis magna diam, nonummy donec. Mi felis tempus, proin mauris ac elit magna mi adipiscing tempus proin adipiscing aliquam, sem. Consectetur magna diam nonummy, erat ante molestie dolor, nibh eget sed mi, id pulvinar nunc. Non donec praesent felis, lorem nibh volutpat dolor laoreet id, ipsum laoreet id ipsum massa. Molestie feugiat lobortis volutpat sed laoreet id tempus massa, tellus pharetra congue diam aliquam ante. Mauris sed nibh elit erat mi elit, tempus, proin, at aliquam proin consectetur magna sem. Elit erat mi mauris lorem ante magna et nonummy donec diam felis tempus, proin mauris. Ac et elit, erat et elit donec praesent adipiscing aliquam sem, consectetur magna diam nonummy. Erat mi felis proin mauris, ac nibh eget sed mi felis aliquam proin at lorem. Et elit erat et elit tempus ante mauris lorem nibh volutpat sed laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet donec praesent adipiscing ac nibh eget erat mi. Felis tempus ante feugiat lobortis euismod amet nunc aliquet consectetur. Magna diam nonummy magna diam amet dolore ullamcorper pulvinar nunc. Molestie sit, congue ullamcorper amet congue praesent, felis proin at. Ac mi felis, ipsum massa mauris feugiat, lobortis mauris lorem. Et eget erat laoreet id, tempus massa volutpat feugiat tincidunt. Volutpat pulvinar nunc sem magna, mi felis tempus, ante mauris. Feugiat ut, euismod dolor tincidunt aliquet sit nunc non pharetra. Magna ullamcorper amet dolore aliquet amet dolore sit ut non. Consectetur magna diam, felis tempus ante at ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris laoreet euismod pulvinar nunc tellus sit nisi sem nonummy donec, praesent felis tempus, proin at magna diam nonummy donec mi felis tempus nibh mauris dolor euismod. Pulvinar dolore sem elit erat mi felis ipsum massa volutpat dolor tincidunt volutpat dolor tincidunt tellus pulvinar ut molestie feugiat nibh mauris lorem et sed massa tellus feugiat ut. Ullamcorper nonummy donec mi mauris lorem nibh volutpat sed tincidunt euismod ipsum ante mauris lorem proin at lorem nibh, id ipsum massa ipsum lobortis volutpat dolor congue ullamcorper, turpis. Aliquam sem consectetur magna, diam elit donec praesent nonummy dolore praesent at ac proin consectetur donec felis tempus massa mauris ac, et, elit erat et elit erat mi adipiscing. Nisi aliquet turpis nisi non sit ut ullamcorper pulvinar dolore tellus turpis aliquam proin ac et nonummy, congue ullamcorper turpis dolore, aliquet consectetur magna sem nonummy magna, diam nonummy. Donec sem, consectetur lorem, et nonummy, donec mi id, tempus ante at tincidunt, aliquet adipiscing aliquam et elit ac mi felis erat ante molestie lorem nibh mauris ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante at lorem laoreet id pulvinar nunc tellus sit ut non amet dolore aliquet pharetra magna diam amet, dolore aliquet turpis nisi diam nonummy donec. Praesent nonummy tempus, ante volutpat dolor lobortis euismod amet nunc tellus feugiat lobortis non magna diam nonummy dolore sem consectetur magna diam nonummy erat praesent, adipiscing. Tempus ante molestie dolor laoreet id ipsum massa molestie feugiat massa, mauris lorem lobortis mauris lorem lobortis, eget sed nibh id ipsum massa molestie ipsum nibh. Mauris sed laoreet id ipsum laoreet molestie feugiat lobortis volutpat pharetra aliquet turpis aliquam proin at lorem nibh eget erat laoreet mauris lorem lobortis eget sed. Laoreet euismod pulvinar laoreet, id ipsum lobortis volutpat feugiat nibh euismod pulvinar tellus turpis ut non pharetra congue ullamcorper amet dolore aliquet turpis aliquam proin at. Erat mi id tempus massa molestie lorem et at ac et nonummy donec adipiscing tempus, proin at lorem, et elit erat praesent adipiscing donec praesent turpis. Aliquam et elit ac mi felis donec non consectetur congue euismod amet, dolore sem consectetur, nisi non consectetur magna diam amet donec praesent adipiscing aliquam et. Elit sed massa molestie feugiat lobortis volutpat dolor praesent felis lorem lobortis volutpat dolor tincidunt tellus sit ut sem consectetur donec praesent, adipiscing donec proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem at magna et elit erat ante mauris lorem nibh eget sed tincidunt tellus turpis ut non pharetra praesent adipiscing aliquam ante. Mauris feugiat lobortis, ullamcorper, pulvinar nunc tellus sit ut volutpat, dolor congue diam amet nunc, euismod pulvinar ut non elit laoreet id ipsum. Massa mauris ac et elit ac et felis erat mi adipiscing lorem, nibh volutpat dolor tincidunt id ipsum ut, tellus sit ut ullamcorper. Pharetra praesent, at lorem nibh id ipsum nunc aliquet consectetur magna, mi felis, erat mi mauris lorem nibh eget sed laoreet, id pulvinar. Massa sit ut ullamcorper nonummy donec praesent adipiscing aliquam sem, consectetur magna diam nonummy dolore aliquet turpis, dolore sem turpis nisi diam, nonummy. Donec, mi id feugiat lobortis pharetra, congue aliquet turpis nisi sem consectetur magna ullamcorper amet dolore ullamcorper turpis nisi sem consectetur ac, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin at lorem, nibh id pulvinar nisi sem at ac et nonummy dolore praesent, adipiscing tempus ante, at ac et nonummy donec felis tempus ante mauris lorem. Nibh eget erat massa molestie, ipsum massa volutpat feugiat congue ullamcorper amet nisi sem turpis nisi diam consectetur magna molestie, feugiat lobortis volutpat pharetra tincidunt euismod, ipsum nunc. Non consectetur erat laoreet felis tempus mi mauris lorem nibh volutpat dolor nunc, tellus sit nisi non donec, ante mauris lorem ante at ac et elit erat mi. Id ipsum, massa volutpat feugiat lobortis eget sed et nonummy magna diam nonummy tellus sit, ut non consectetur congue, ullamcorper amet congue ullamcorper, turpis nisi sem at ac. Et, elit tempus, ante felis, lorem proin, at ac diam nonummy magna nonummy donec praesent at lorem laoreet, eget ipsum ut non pharetra ut volutpat dolor tincidunt volutpat. Dolor massa molestie, ipsum massa molestie, feugiat, lobortis euismod amet, dolore adipiscing magna diam nonummy donec diam adipiscing aliquam praesent molestie lorem nibh, elit erat et elit erat. Mi felis magna praesent adipiscing aliquam proin consectetur magna sem pharetra congue ullamcorper pharetra dolore aliquet amet, ut sem pharetra congue non pharetra congue ullamcorper turpis dolore aliquet. Sit, mi id tempus ante felis tempus nibh mauris sed nibh eget erat mi felis tempus, ante mauris lorem et eget sed massa tellus feugiat massa non pharetra. Ullamcorper amet aliquam proin at ac et eget sed laoreet id sit ut non, amet congue aliquet amet nisi sem at sed tincidunt tellus sit ut non magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut non consectetur magna diam nonummy aliquam mauris lorem nibh eget pulvinar dolore tellus sit ut sem consectetur magna praesent adipiscing tempus. Ante eget sed laoreet id ipsum massa molestie ipsum massa dolor, tincidunt ullamcorper amet nunc tellus consectetur magna diam nonummy donec praesent nonummy donec. Proin at ac et elit sed mi felis tempus proin at proin, elit erat diam, elit erat praesent felis tempus ante mauris lorem et. Felis, ipsum nunc tellus pharetra ut non amet dolore aliquet turpis, proin at erat mi elit tempus mi adipiscing tempus proin at ac, diam. Felis ipsum massa tellus sit ut non pharetra dolore praesent at ac nibh ipsum massa, id, ipsum, mi felis tempus nibh elit erat laoreet. Euismod sit nisi sem consectetur magna diam nonummy donec aliquet adipiscing nisi ante non pharetra congue pulvinar nisi sem turpis nisi diam nonummy donec. Praesent felis lorem nibh eget sed tincidunt id, pulvinar nunc tellus sit ut non pharetra congue aliquet turpis nisi eget ac, mi felis tempus. Ut sem consectetur congue ullamcorper, pharetra dolore praesent at lorem laoreet, eget ipsum laoreet molestie ut non amet dolore aliquet amet nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi mauris feugiat non amet congue ullamcorper amet dolore aliquet consectetur ac et elit donec praesent adipiscing nisi, sem eget sed laoreet, id ipsum massa, mauris lorem, nibh. Dolor congue aliquet turpis, nisi sem pharetra congue ullamcorper nonummy, erat mi felis aliquam proin at ac et felis erat mi felis tempus ante eget laoreet euismod ipsum laoreet. Id sit, ut diam amet dolore aliquet, adipiscing aliquam proin elit sed laoreet euismod pulvinar nunc, tellus sit ut, ullamcorper amet dolore aliquet ac nibh eget sed, laoreet molestie. Sit ut volutpat pharetra dolore aliquet turpis dolore sem at lorem nibh eget, tempus massa mauris feugiat volutpat dolor, congue ullamcorper amet, nunc, non pharetra congue non amet congue. Euismod amet dolore aliquet consectetur nisi diam nonummy magna diam nonummy donec aliquet sit ut ullamcorper turpis ac et, eget ipsum laoreet felis tempus mi felis lorem nibh eget. Sed tincidunt euismod ipsum massa felis aliquam ante eget, sed tincidunt euismod nisi, proin elit erat laoreet molestie feugiat ut non pharetra congue ullamcorper, amet dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec, praesent mauris ac et, eget pulvinar dolore non pharetra magna diam elit. Tempus ante lorem nibh volutpat dolor tincidunt tellus pulvinar, ut tellus sit ut, non. Amet dolore aliquet turpis ut sem consectetur ac mi felis tempus ante molestie tincidunt. Ullamcorper turpis dolore tellus, sit nisi sem consectetur magna diam adipiscing aliquam proin adipiscing. Ac et at erat et nonummy erat praesent adipiscing aliquam eget sed laoreet id. Pulvinar nunc tellus sit congue diam nonummy donec praesent adipiscing ac proin at congue. Ullamcorper nonummy donec praesent adipiscing proin at ac et elit erat praesent felis tempus. Ante mauris lorem nibh elit erat laoreet id ipsum massa eget sed laoreet id. Pulvinar nunc aliquet sit non pharetra congue euismod pulvinar nunc tellus turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore aliquet turpis, aliquam elit erat massa molestie sit ut non amet dolore aliquet. Turpis aliquam proin at magna diam, nonummy erat mi mauris tempus, proin mauris lorem laoreet. Turpis, dolore aliquet pharetra congue non dolor lobortis volutpat pulvinar tincidunt euismod pulvinar, nunc volutpat. Dolor congue euismod amet, dolore aliquet adipiscing nisi proin elit mi molestie feugiat, lobortis volutpat. Pharetra dolore, aliquet, adipiscing aliquam nibh eget sed laoreet, id pulvinar massa mauris lorem ante. Mauris lorem nibh sed massa, id feugiat lobortis volutpat feugiat tincidunt, euismod dolor laoreet id. Ipsum massa, volutpat pharetra tincidunt euismod pulvinar nunc aliquet turpis ut sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, lobortis id pulvinar, massa molestie. Sit nisi sem consectetur donec diam. Adipiscing tempus nibh sed, tincidunt tellus. Sit aliquam proin at magna diam. Nonummy dolore aliquet amet, dolore tellus. Turpis ut non dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tellus sit congue diam amet donec praesent adipiscing nisi sem, consectetur ac mi felis erat mi felis aliquam proin consectetur et. Felis ipsum massa molestie, lorem lobortis volutpat pulvinar nunc tellus pulvinar nunc tellus feugiat lobortis volutpat feugiat lobortis euismod pulvinar nunc molestie. Feugiat lobortis pharetra magna ullamcorper nonummy nisi proin consectetur magna diam nonummy magna diam amet dolore, aliquet amet nunc molestie ipsum ante. Mauris lorem nibh elit ac et felis lobortis molestie feugiat tincidunt euismod amet dolore aliquet sit ut tellus pharetra, congue ullamcorper amet. Dolore praesent adipiscing aliquam et eget dolor, massa sit ut non, consectetur donec diam adipiscing aliquam proin mauris lorem laoreet, euismod pulvinar. Ut sem at magna ullamcorper pharetra congue ullamcorper pulvinar nunc, molestie sit nisi elit erat mi molestie feugiat lobortis, eget pulvinar tincidunt. Euismod turpis nisi sem consectetur magna diam nonummy donec aliquet turpis nisi et eget sed, tincidunt, euismod, magna et felis ipsum massa. Tellus sit ut ullamcorper nonummy donec aliquet adipiscing aliquam proin consectetur, magna mi felis tempus mi mauris lorem et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget, sed laoreet id ipsum laoreet id tempus massa. Mauris dolore praesent, adipiscing nisi, sem consectetur magna diam nonummy magna. Ullamcorper nonummy donec, sem, consectetur ut non pharetra congue diam nonummy. Donec proin at aliquam proin sed nunc, tellus sit ut sem. Consectetur, magna aliquet turpis nunc euismod pulvinar massa, mauris lorem lobortis. Eget dolor tincidunt euismod pulvinar massa tellus congue, ullamcorper nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, turpis nisi diam nonummy donec praesent adipiscing aliquam ante mauris ac nibh erat laoreet felis ipsum massa molestie feugiat, lobortis volutpat sed laoreet, id tempus. Massa molestie lorem lobortis eget sed tincidunt tellus pulvinar nunc molestie feugiat tincidunt, euismod pulvinar, nunc tellus sit congue non amet dolore ullamcorper amet nunc euismod. Pulvinar lobortis molestie lorem nibh eget dolor tincidunt id, pulvinar massa molestie congue diam nonummy donec praesent adipiscing ac nibh eget sed laoreet elit erat praesent. Turpis nisi proin at ac, diam nonummy magna diam donec proin at ac et eget sed laoreet felis, tempus proin adipiscing aliquam proin at ac mi. Felis tempus, ante felis, tempus, ante mauris ac et eget nunc tellus pharetra congue, non amet dolore, ullamcorper turpis nisi aliquet sit ut non dolor congue. Euismod pulvinar tincidunt euismod sit nisi non consectetur magna, praesent felis nibh, volutpat pharetra dolore, aliquet turpis dolore aliquet sit, nisi sem, pharetra, dolore aliquet, turpis. Aliquam proin at ac diam sed massa molestie lorem lobortis eget dolor congue euismod ipsum massa tellus feugiat ut ullamcorper amet congue ullamcorper pulvinar tincidunt euismod. Ipsum nunc non pharetra congue felis tempus lobortis eget sed nibh elit ac ullamcorper nonummy donec proin at aliquam sem at ac, et elit, erat mi. Mauris feugiat ante mauris sed laoreet, pulvinar, nunc molestie, ipsum nibh, eget sed nibh id pulvinar nunc, tellus, sit, ut non pharetra tincidunt volutpat dolor tincidunt. Euismod sit nisi non consectetur donec mi tempus ante eget lorem nibh, eget erat mi elit donec, mi at lorem nibh eget sed laoreet, id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt id ipsum laoreet. Id ipsum, lobortis, non amet donec. Proin mauris lorem nibh volutpat, tincidunt. Sem at lorem mi id ipsum. Massa tellus sit, lobortis, non amet. Dolore aliquet turpis nisi non pharetra. Congue ullamcorper nonummy erat, felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit ipsum massa tellus sit congue diam amet donec praesent adipiscing ac nibh id sed molestie sit ut ullamcorper amet donec, praesent. Felis lorem nibh mauris lorem, nibh eget tempus mi felis tempus ante eget lorem nibh elit erat mi felis praesent, adipiscing ac, nibh. Volutpat amet dolore, aliquet turpis magna sem pharetra tincidunt euismod pulvinar tincidunt euismod pulvinar nunc tellus sit lobortis volutpat sed nibh pulvinar massa. Molestie, sit nisi sem nonummy erat mi felis aliquam ante mauris ac et elit donec mi adipiscing, donec praesent adipiscing nisi consectetur magna. Et felis tempus massa volutpat pharetra congue ullamcorper amet dolore tellus sit nunc tellus sit ut euismod pulvinar nunc tellus turpis ut sem. Consectetur magna elit tempus ante molestie feugiat lobortis volutpat sed mi felis erat praesent nonummy dolore, tellus sit magna diam consectetur congue diam. Nonummy aliquam praesent adipiscing aliquam sem magna et nonummy dolore aliquet amet nisi proin at magna et felis tempus mi felis tempus ante. Mauris dolor tellus sit ut non pharetra congue diam nonummy dolore aliquet turpis aliquam, proin at ac et elit tempus mi adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc tellus pharetra, congue ullamcorper. Nonummy aliquam ante mauris ac nibh elit. Dolor tincidunt euismod pulvinar diam nonummy donec. Mi molestie feugiat lobortis non dolor tincidunt. Euismod amet ut non sit ut ullamcorper. Amet dolore aliquet adipiscing nisi proin consectetur. Et elit, tempus massa molestie feugiat nibh. Volutpat pharetra laoreet id ipsum laoreet id. Tempus massa molestie feugiat lobortis euismod dolor. Nunc aliquet consectetur, magna et tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi, sem nonummy erat laoreet molestie feugiat lobortis, volutpat, amet donec aliquet adipiscing ac consectetur magna diam nonummy magna diam nonummy aliquam sem, at magna diam nonummy donec. Diam amet dolore praesent turpis aliquam proin consectetur ac diam tempus ante molestie dolor lobortis volutpat sed laoreet id, ipsum massa mauris feugiat lobortis volutpat pharetra tincidunt id ipsum. Massa tellus feugiat lobortis non nonummy erat molestie feugiat lobortis volutpat sed laoreet id ipsum ante molestie feugiat lobortis volutpat sed laoreet eget sed mi felis tempus proin at. Ac et ipsum laoreet, id ipsum massa molestie lorem nibh eget dolor tincidunt tellus turpis magna, diam consectetur donec diam adipiscing aliquam ante at lorem et elit sed laoreet. Ipsum lobortis molestie dolor congue ullamcorper pulvinar dolore aliquet turpis nisi, sem consectetur congue non pharetra tincidunt euismod ipsum nunc molestie feugiat lobortis volutpat dolor lobortis euismod, massa molestie. Feugiat, ut, diam nonummy magna praesent felis feugiat nibh volutpat dolor tincidunt euismod pulvinar nunc tellus, sit diam elit erat praesent adipiscing aliquam proin consectetur magna diam nonummy donec. Praesent adipiscing aliquam aliquet sit ut non pharetra congue diam nonummy dolore ullamcorper pulvinar massa pharetra ac et elit erat mi felis tempus, ante mauris erat et elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy donec praesent at ac et, eget sed mi id ipsum lobortis volutpat. Dolor tincidunt volutpat dolor mi euismod pulvinar nunc molestie congue diam adipiscing aliquam ante. Mauris sed tincidunt euismod ipsum massa id tempus ante at ac et, eget pulvinar. Nunc tellus sit nisi, sem donec praesent adipiscing aliquam proin mauris lorem et at. Ac et adipiscing aliquam, proin adipiscing aliquam sem consectetur magna diam nonummy erat mi. Felis tempus ante mauris laoreet id ipsum nunc molestie sit ut ullamcorper amet tincidunt. Euismod ipsum massa tellus sit ut volutpat dolor tincidunt, euismod amet dolore tellus, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet, donec praesent at ac et eget ipsum nunc molestie, feugiat ut non pharetra ullamcorper turpis nisi ante. Mauris lorem laoreet euismod pulvinar ut non consectetur magna diam nonummy donec praesent turpis aliquam proin pharetra ut volutpat. Dolor tincidunt amet nisi ante eget sed tincidunt tellus turpis nisi sem consectetur donec praesent adipiscing aliquam, praesent adipiscing. Ac, nibh eget erat mi felis erat praesent, adipiscing et, elit, erat, laoreet id ipsum, massa mauris lorem ante. At ac et nonummy erat mi id ipsum, ante molestie feugiat lobortis eget laoreet molestie feugiat lobortis volutpat dolor. Congue ullamcorper amet dolore tellus turpis nisi non pharetra congue non pharetra, congue ullamcorper pulvinar nunc non pharetra magna. Ullamcorper amet ullamcorper amet nisi sem consectetur magna sem consectetur lorem, nibh eget sed laoreet molestie sit ut non. Pharetra dolore aliquet turpis nisi aliquet sit nisi non dolor ullamcorper turpis aliquam proin at, ac nibh id, pulvinar. Ut non consectetur donec mi, adipiscing tempus proin at, ac at erat et elit tempus ante mauris lorem nibh. Eget dolor tincidunt id sit nisi diam nonummy magna diam amet congue aliquet turpis dolore tellus pharetra ut pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin, consectetur magna sem nonummy donec mi, adipiscing aliquam, proin nisi proin pharetra congue ullamcorper amet dolore aliquet. Adipiscing ac nibh elit erat mi id ipsum massa molestie tempus ante at ac diam, nonummy magna diam dolore. Praesent, adipiscing, aliquam proin elit erat et felis tempus praesent adipiscing aliquam sem consectetur ac et elit erat praesent. Adipiscing tempus proin at nibh, eget sed laoreet molestie feugiat lobortis, molestie dolor tincidunt euismod pulvinar nunc tellus feugiat. Ut sem consectetur magna ullamcorper amet dolore aliquet sit non consectetur erat diam adipiscing, aliquam praesent adipiscing, aliquam sem. Consectetur, congue ullamcorper amet donec praesent, adipiscing aliquam et eget sed, laoreet euismod, pulvinar nunc non sit diam, non. Eget, adipiscing sed dolore massa et tellus at sed nunc sem, at, sed nunc sem at lorem laoreet euismod. Turpis lorem, laoreet tellus turpis laoreet ullamcorper at dolor dolore lobortis mi aliquet elit sed laoreet euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus eget dolor tincidunt euismod sit nisi non sit, ut volutpat nonummy donec praesent turpis aliquam proin elit erat tellus turpis nisi. Sem pharetra magna diam amet dolore aliquet sit ut tellus sit ut volutpat pharetra congue ullamcorper amet dolore, sem consectetur nisi nonummy. Erat ante mauris, lorem nibh eget, sed laoreet id, ipsum massa tellus feugiat lobortis molestie feugiat nibh id pulvinar massa tellus, sit. Nisi non dolor magna mauris lorem ante, at ac nibh eget erat mi id ipsum, lobortis volutpat pharetra, dolore aliquet adipiscing aliquam. Proin elit ac, mi felis, ante, mauris tempus, ante mauris lorem nibh eget erat praesent adipiscing aliquam proin at ac et elit. Erat massa sem consectetur magna ullamcorper pharetra donec aliquet turpis sem consectetur lorem nibh eget, sed ante molestie lorem ante mauris lorem. Nibh id ipsum, massa id feugiat lobortis non amet, dolore aliquet, amet, nisi proin eget mi id pulvinar nunc, tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar ut tellus sit ut non, congue aliquet turpis. Nisi sem at erat mi felis erat ante mauris, lorem. Ante mauris sed laoreet tellus turpis nisi sem consectetur magna. Diam elit mi felis ac proin, at erat et felis. Tempus ante mauris lorem nibh mauris sed, laoreet, id ipsum. Nunc tellus feugiat massa molestie feugiat lobortis ipsum dolore, proin. Volutpat pulvinar nunc tellus sit ut sem consectetur magna diam. Nonummy aliquam, praesent at ac et elit erat mi adipiscing. Aliquam ante mauris lobortis volutpat pulvinar dolore aliquet turpis nisi. Diam consectetur erat praesent, amet dolore tellus, sit nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis aliquam proin elit ac et felis tempus massa molestie dolor congue, ullamcorper nonummy donec aliquet. Turpis nisi non congue ullamcorper amet dolore, praesent, adipiscing aliquam, sem consectetur magna diam elit donec mi turpis. Nisi proin at ac et elit magna diam adipiscing aliquam at aliquam et at erat, et adipiscing donec. Ante mauris feugiat tincidunt euismod amet dolore sem consectetur nisi sem consectetur magna praesent nonummy, aliquam nibh, mauris. Sed euismod sit ut tellus sit ut non pharetra tincidunt euismod pulvinar dolore sem turpis ut non pharetra. Congue ullamcorper adipiscing, aliquam proin mauris laoreet eget ipsum massa id feugiat lobortis volutpat amet dolore, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, diam nonummy erat mauris feugiat. Tincidunt euismod amet donec praesent adipiscing. Lorem, nibh eget ipsum laoreet molestie. Sit lobortis molestie dolor lobortis volutpat. Sed tincidunt tellus sit tincidunt, euismod. Pulvinar ut sem pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus pharetra congue non, pharetra congue aliquet nisi sem at erat mi felis tempus mi felis tempus proin. At ac nibh id sed laoreet molestie, feugiat lobortis volutpat dolor congue, aliquet turpis sem at erat et elit tempus. Mi mauris lorem lobortis, volutpat pulvinar tincidunt euismod, pulvinar nunc tellus feugiat massa volutpat dolor laoreet, id ipsum massa feugiat. Lobortis volutpat pharetra congue ullamcorper pulvinar dolore aliquet turpis magna, diam nonummy donec praesent adipiscing aliquam proin at ac et. Elit, erat, molestie sit ut, non pharetra congue praesent adipiscing aliquam sem consectetur nisi, sem nonummy magna diam nonummy donec. Praesent, adipiscing ac et eget sed massa molestie ipsum volutpat dolor congue ullamcorper pulvinar nunc, tellus sit ut non pharetra. Magna mi, mauris lorem, nibh eget sed laoreet id, ipsum massa tellus, sit congue ullamcorper, pharetra ullamcorper turpis nisi sem. Consectetur magna diam nonummy donec diam nonummy, dolore praesent turpis nisi proin elit erat massa id massa molestie dolor et. Volutpat dolor, laoreet felis tempus massa mauris, lorem ante mauris lorem et elit sed mi felis tempus, ante at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum lobortis, volutpat dolor congue aliquet, amet dolore, sem at, magna sem, pharetra ullamcorper nonummy aliquam praesent adipiscing ac et elit sed laoreet felis tempus ante mauris, lorem. Nibh, eget sed tincidunt euismod sit ut, non pharetra congue amet dolore aliquet turpis, ut sem consectetur magna diam adipiscing tempus, ante mauris ac et elit erat mi id. Tempus ante felis tempus proin mauris lorem, eget sed mi mauris feugiat lobortis eget sed laoreet id ipsum nunc molestie, feugiat lobortis volutpat feugiat lobortis volutpat dolor, nunc id. Ipsum tellus sit, congue ullamcorper amet dolore aliquet turpis nisi proin consectetur ac, et nonummy donec praesent at, aliquam proin, elit erat mi volutpat mauris tempus ante mauris laoreet. Euismod sit ut non pharetra congue ullamcorper pharetra tincidunt volutpat dolor laoreet euismod ipsum massa molestie, tempus ante, mauris, lorem et elit erat mi adipiscing aliquam, at ac et. Elit sed massa id feugiat lobortis non pharetra congue, ullamcorper adipiscing aliquam nibh volutpat sed tincidunt tellus magna et nonummy donec praesent felis tempus, ante molestie dolor tincidunt id. Pulvinar dolore sem turpis nisi sem consectetur donec praesent, adipiscing, tempus ante mauris, lorem nibh, pulvinar ut sem elit erat mi id ipsum massa molestie lorem nibh elit erat. Et elit tempus ante molestie feugiat nibh volutpat sed nunc tellus sit ut consectetur donec mi adipiscing donec aliquet turpis nisi aliquet sit ut non dolor tincidunt volutpat dolor. Tincidunt euismod ipsum ante molestie feugiat, nibh volutpat sed nibh eget nisi sem consectetur magna diam nonummy donec proin adipiscing ac et elit ac et nonummy donec, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod ipsum nunc tellus pharetra, magna praesent felis tempus proin at ac et eget sed, laoreet ipsum. Ut diam consectetur donec mi felis tempus, ante mauris lorem nibh elit erat mi felis tempus proin at. Aliquam et elit sed laoreet id ipsum sem consectetur erat mi felis tempus ante eget sed nibh eget. Sed laoreet felis ipsum ante, mauris lorem nibh eget, sed laoreet felis erat mi nisi proin eget lorem. Et elit erat ante felis lorem nibh mauris lorem laoreet, id ipsum laoreet id, ipsum lobortis volutpat, feugiat. Lobortis pulvinar nunc tellus turpis nisi sem, pharetra congue ullamcorper amet nunc tellus turpis nisi sem consectetur magna. Diam nonummy aliquam praesent adipiscing aliquam proin at magna ullamcorper donec ante molestie feugiat tincidunt euismod pulvinar laoreet. Euismod sit ut non pharetra magna diam nonummy, donec aliquet, turpis lorem dolore massa diam molestie at pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at sed dolore proin volutpat, adipiscing consectetur erat massa sem eget, amet feugiat mi adipiscing tempus proin consectetur ac et elit donec praesent adipiscing. Aliquam, proin at ac et, elit erat, mi, felis aliquam proin at aliquam, proin, at mi elit tempus, mi felis, aliquam ante eget sed, tincidunt. Tellus turpis nisi, non pharetra ut non dolor laoreet eget erat mi felis tempus proin aliquam et eget sed tincidunt id pulvinar nunc tellus dolor. Tincidunt euismod dolor nunc tellus turpis aliquam, sem at ac mi felis ipsum molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa molestie feugiat lobortis. Volutpat pulvinar tincidunt praesent eget sed nibh eget erat, mi felis ipsum ante mauris feugiat euismod, pulvinar dolore aliquet, turpis magna diam, consectetur erat mi. Felis, lorem nibh, mauris sed tincidunt id ipsum massa tellus sit lobortis volutpat dolor congue euismod amet mauris sed tincidunt tellus turpis magna diam nonummy. Erat massa tellus sit, lobortis volutpat pharetra tincidunt ullamcorper amet nisi sem ac mi euismod pulvinar ut non consectetur donec praesent adipiscing tempus nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing proin, consectetur ac et id tempus ante molestie feugiat tincidunt volutpat dolor nunc aliquet consectetur nisi sem nonummy erat mi adipiscing aliquam proin. Adipiscing proin at magna et felis tempus, ante molestie feugiat lobortis euismod amet dolore sem turpis nisi sem consectetur magna, mi, adipiscing aliquam proin. At ac euismod amet dolore sem at, ac mi elit donec praesent adipiscing nisi sem consectetur nisi diam nonummy donec praesent nonummy aliquam praesent. Mauris pharetra congue tellus, pulvinar, non consectetur magna mi id, tempus, ante molestie, feugiat lobortis euismod pulvinar nunc aliquet turpis nisi, diam nonummy donec. Mi felis lorem, nibh ac nibh elit sed massa id ipsum massa molestie dolor congue ullamcorper, turpis dolore sem consectetur ac, et elit erat. Mi adipiscing aliquam proin at ac et ac et nonummy dolore praesent, adipiscing aliquam proin consectetur, magna diam pharetra congue ullamcorper amet dolore sem. Consectetur nisi non pharetra ut non dolor, congue aliquet turpis laoreet euismod pulvinar nunc aliquet turpis nisi sem consectetur, congue ullamcorper amet nunc euismod. Consectetur amet, aliquam congue mi, molestie, donec laoreet tellus pharetra magna mi molestie turpis magna laoreet tellus consectetur erat dolore proin ullamcorper felis consectetur. Turpis pulvinar aliquam, nibh ullamcorper id ipsum massa, felis, aliquam ante, molestie dolor tincidunt euismod pulvinar, nunc euismod pulvinar massa, molestie, feugiat lobortis mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, aliquet adipiscing aliquam et eget sed laoreet felis tempus mi mauris lorem nibh elit ac mi felis erat mi felis praesent, turpis aliquam et eget. Erat laoreet adipiscing aliquam praesent adipiscing, aliquam proin at, erat, et id tempus massa mauris lorem ante eget lorem eget ipsum mi adipiscing tempus ante at. Lorem nibh eget ipsum, massa id, ipsum massa molestie feugiat tincidunt, volutpat dolor nunc sem ullamcorper molestie nonummy sit lorem congue massa laoreet proin eget pharetra. Dolore ante mauris lorem nibh eget ac diam nonummy dolore aliquet turpis, nisi sem consectetur nisi sem, magna ullamcorper nonummy, dolore aliquet turpis nisi non consectetur. Magna diam elit, donec praesent adipiscing nisi aliquet, consectetur nisi sem consectetur congue ullamcorper nonummy donec praesent consectetur et, elit erat mi adipiscing aliquam ante molestie. Feugiat laoreet id, sed laoreet, id ipsum ante molestie, lorem, nibh volutpat sed laoreet felis tempus mi, felis tempus mauris lorem et elit ac diam amet. Dolore praesent at ac et elit erat laoreet id ipsum lobortis molestie lorem volutpat dolor nunc euismod sit, ut tellus feugiat ut ullamcorper amet donec praesent. At lorem nibh volutpat sed mi felis erat mi adipiscing aliquam proin consectetur nisi eget tempus ante mauris lorem, nibh volutpat dolor tincidunt euismod pulvinar nunc. Molestie sit ut, ullamcorper amet congue euismod pulvinar nunc aliquet turpis nisi sem pharetra congue nonummy aliquam proin mauris lorem nibh eget sed laoreet id tempus. Ante mauris ac et elit erat mi felis ipsum lobortis volutpat dolor congue diam adipiscing ante mauris lorem nibh elit erat, laoreet, id ipsum, massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore aliquet adipiscing tempus nibh volutpat sed tincidunt tellus turpis magna sem consectetur congue. Diam adipiscing tempus proin at lorem nibh id ipsum molestie feugiat lobortis volutpat dolor congue. Ullamcorper nonummy aliquam sem turpis, nisi et nonummy magna diam adipiscing aliquam ante mauris, lorem. Nibh eget ipsum massa sit nisi non, dolor lobortis volutpat pulvinar nunc tellus sit, nisi. Non consectetur, donec mi felis aliquam ante eget sed tincidunt euismod ipsum massa molestie ipsum. Volutpat dolor congue euismod amet dolore aliquet sit nunc tellus, sit congue ullamcorper amet donec. Tellus adipiscing nisi non pharetra congue non, pharetra congue adipiscing aliquam et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor tincidunt volutpat dolor nunc. Tellus pulvinar ut sit congue praesent. Felis tempus ante mauris ac nibh. Eget dolor tincidunt tellus, sit, nisi. Non pharetra magna, praesent adipiscing tempus. Ante mauris amet dolore pulvinar ut. Non pharetra congue ullamcorper, amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat, ut diam elit, donec praesent felis. Ut diam nonummy donec praesent adipiscing lorem laoreet. Eget ipsum laoreet id ipsum massa non amet. Tempus massa non dolor tincidunt volutpat dolor tincidunt. Tellus magna sem consectetur magna diam, nonummy donec. Praesent at ac, et eget sed mi felis. Erat ante, felis lorem ante at, ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent at lorem, laoreet euismod ipsum mi felis tempus ante, molestie feugiat nibh eget dolor nunc aliquet sit ut pharetra congue. Euismod nonummy donec praesent sit ut sem pharetra congue ullamcorper, pharetra congue ullamcorper, amet dolore aliquet turpis congue ullamcorper pharetra congue pulvinar. Nunc aliquet turpis magna sem consectetur, magna praesent adipiscing donec proin, at lorem, nibh, elit ac, et adipiscing donec aliquet turpis nisi. Proin elit sed laoreet ipsum massa molestie, feugiat lobortis euismod pulvinar dolore tellus sit nisi non pharetra congue ullamcorper amet dolore aliquet. Turpis nisi proin at erat, tellus sit ut sem pharetra congue, diam nonummy aliquam ante mauris lorem nibh nonummy donec, mi id. Ipsum massa, molestie dolor, tincidunt ullamcorper amet dolore tellus sit molestie feugiat nibh, mauris lorem laoreet euismod ipsum nunc, tellus pharetra magna. Praesent adipiscing aliquam proin at, sed, nibh id sed massa, tellus sit lobortis non, pharetra mi, felis lorem nibh mauris sed laoreet. Euismod sit ut non pharetra ut non dolor tincidunt id pulvinar nunc tellus ut non pharetra dolore aliquet turpis aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc molestie pharetra ullamcorper amet congue ullamcorper turpis aliquam proin elit erat laoreet id tempus ante. Mauris lorem nibh volutpat dolor nunc tellus sit nisi diam nonummy donec adipiscing donec praesent adipiscing nisi. Proin, elit ac et elit donec praesent amet nisi sem, consectetur magna diam nonummy magna praesent felis. Donec praesent turpis non sit lobortis non pharetra dolore aliquet amet dolore, tellus, turpis nisi, non pharetra. Congue aliquet adipiscing aliquam proin consectetur, magna et elit mi felis lorem nibh eget sed laoreet id. Pulvinar, nisi sem at, ac, et elit, donec praesent felis aliquam proin at lorem nibh id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt ullamcorper amet nunc tellus sit ut volutpat dolor tincidunt volutpat, dolor tincidunt euismod sit molestie dolor, congue euismod pulvinar tincidunt euismod pulvinar massa. Molestie feugiat nibh volutpat dolor tincidunt ullamcorper amet, nunc aliquet sit, ut sem consectetur dolore turpis dolore, aliquet turpis magna diam nonummy donec praesent adipiscing tempus. Nibh volutpat dolor tincidunt ullamcorper amet nunc aliquet sit ut, non amet donec mi mauris tempus ullamcorper amet dolore aliquet turpis magna diam nonummy magna praesent. Adipiscing aliquam proin at ac et at ac et elit erat, mi adipiscing sem consectetur magna diam nonummy donec diam nonummy donec praesent adipiscing aliquam sem. Consectetur donec diam nonummy donec aliquet turpis aliquam, proin elit erat mi felis erat adipiscing aliquam ante mauris lorem, et nonummy erat, mi adipiscing aliquam praesent. Adipiscing ac et elit ac et elit erat praesent adipiscing ac et at ac et tempus massa, molestie sit congue volutpat pulvinar nunc tellus pulvinar nunc. Molestie pharetra congue non pharetra congue id pulvinar, nunc, sit lobortis non dolor congue ullamcorper pulvinar dolore tellus sit nisi sem consectetur magna ullamcorper amet donec. Proin mauris sed tincidunt euismod pulvinar dolore tellus sit tempus nibh volutpat sed nunc, tellus turpis, nisi sem consectetur magna praesent nonummy donec aliquet adipiscing nisi. Non pharetra, magna, diam nonummy, donec, praesent adipiscing aliquam et dolor tincidunt id pulvinar nunc molestie sit, lobortis volutpat sed laoreet id pulvinar nunc, tellus sit. Ut non, amet dolore aliquet turpis nisi aliquet turpis nisi pharetra congue ullamcorper nonummy dolore tellus sit ut sem consectetur magna ullamcorper nonummy, donec proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet consectetur ac et elit tempus ante mauris tempus nibh eget lorem, nibh id pulvinar massa molestie lorem. Non amet dolore proin at lorem lobortis euismod pulvinar massa id ipsum massa molestie feugiat tincidunt volutpat pulvinar tincidunt. Euismod pulvinar nunc tellus sit ullamcorper nonummy donec, proin adipiscing aliquam proin consectetur congue, ullamcorper pharetra dolore aliquet, amet. Dolore sem consectetur ac et, felis, tempus ante mauris lorem nibh eget sed euismod, amet nisi non consectetur magna. Et, nonummy donec aliquet turpis dolore sem, consectetur magna, et elit erat mi adipiscing, aliquam proin at nibh, eget. Erat praesent felis, tempus ante mauris lorem lobortis volutpat dolor massa id ipsum ante mauris tempus ante at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam ante at, ac et elit, sed laoreet. Felis tempus praesent at ac proin at magna, diam. Elit erat mi feugiat tincidunt euismod amet dolore praesent. At, aliquam et elit erat laoreet molestie feugiat ut. Volutpat pharetra tincidunt euismod, pulvinar, dolore aliquet consectetur diam. Felis ipsum nunc non consectetur magna ullamcorper, amet donec. Proin mauris lorem, laoreet id sed mi felis tempus. Massa molestie lorem, lobortis volutpat, sed mi felis mi. Mauris feugiat lobortis volutpat pulvinar, nunc praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis ipsum ante amet dolore. Mi mauris tempus nibh eget dolor. Nunc tellus sit ut non pharetra. Congue diam, nonummy dolore aliquet turpis. Aliquam proin at ac felis ipsum. Lobortis non pharetra tincidunt euismod amet. Nunc aliquet turpis magna et elit. Erat laoreet molestie feugiat lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id, ipsum lobortis molestie feugiat lobortis, volutpat dolor nunc, tellus sit ut non sit ut euismod pulvinar tincidunt id ipsum sem consectetur magna et felis, erat, proin at ac. Et elit erat et nonummy magna diam amet nunc aliquet sit ut sem pharetra congue non feugiat, massa, molestie sed laoreet ullamcorper turpis, aliquam proin at ac et elit donec. Praesent felis lorem nibh euismod pulvinar tincidunt id sed laoreet id ipsum nibh lorem nibh id, ipsum nunc tellus feugiat lobortis molestie feugiat nibh eget dolor laoreet id ipsum massa. Molestie sit congue ullamcorper amet dolore pulvinar massa molestie feugiat ut non pharetra congue ullamcorper turpis nisi, proin at ac et elit donec praesent felis tempus nibh mauris lorem nibh. Eget ipsum massa ipsum massa mauris, lorem et eget ipsum mi elit erat mi adipiscing aliquam sem turpis ut non consectetur congue ullamcorper amet donec praesent adipiscing ac, nibh elit. Laoreet, id feugiat ante molestie, lorem lobortis volutpat pulvinar, nunc, tellus consectetur ac diam elit erat mi mauris, lorem nibh sed nibh id sit ut non consectetur magna, diam felis. Ipsum massa molestie dolor lobortis volutpat dolor, tincidunt tellus sit ut non pharetra tincidunt, ullamcorper amet dolore, turpis aliquam proin elit ipsum laoreet id aliquam ante volutpat elit feugiat magna. Tincidunt nibh diam felis lorem tincidunt praesent felis feugiat congue praesent adipiscing ipsum magna proin euismod adipiscing lorem tincidunt aliquet felis feugiat donec ante molestie consectetur tempus nunc et eget. Sit ac, tincidunt praesent eget, pharetra tempus, congue mi, molestie, consectetur massa sem euismod molestie nonummy pulvinar sed dolore, proin massa molestie feugiat, ut non pharetra, congue ullamcorper pulvinar nunc. Tellus feugiat lobortis volutpat dolor tincidunt aliquet feugiat tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus sit ut volutpat dolor laoreet id, ipsum nunc tellus sit ut non amet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit ipsum nunc sem consectetur donec diam nonummy donec aliquet lorem nibh elit sed laoreet tellus sit ut non amet dolore, ullamcorper turpis, nisi, aliquet consectetur nisi sem. Nonummy donec praesent adipiscing tempus ante eget dolor ullamcorper amet dolore non, consectetur, erat nunc tellus turpis nisi et nonummy donec mi felis tempus ante mauris dolor, tincidunt euismod. Pulvinar ut sem pharetra diam adipiscing tempus massa mauris lorem nibh euismod amet dolore tellus turpis nisi sem pharetra magna diam nonummy aliquam proin at ac et erat mi. Id ipsum lobortis diam nonummy, donec praesent adipiscing aliquam et, eget sed laoreet euismod, ipsum massa tellus feugiat lobortis volutpat sed nibh id ipsum nunc elit sed laoreet sem. Euismod turpis ac dolore lobortis et felis pulvinar nisi et felis ipsum, ut diam id pulvinar nisi tincidunt praesent mauris sed tincidunt ullamcorper felis sit dolor nisi proin eget. Pulvinar lorem donec ante, sem euismod sit aliquam nibh euismod sit aliquam laoreet aliquet molestie turpis ac massa tellus turpis ac mi id sit magna et id, turpis lorem. Dolore, nibh ullamcorper nonummy ipsum congue et id, sit magna laoreet tellus turpis et, euismod turpis ac, et id turpis lorem dolore proin non felis feugiat congue praesent id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing nonummy pulvinar lorem dolore lobortis praesent sem euismod eget, adipiscing consectetur, turpis feugiat donec ut massa proin volutpat felis magna nunc nibh praesent volutpat felis pharetra sed, nisi. Tincidunt proin diam tellus elit turpis dolor tempus magna dolore nibh praesent mauris dolor, magna massa eget turpis dolor aliquam, ut mi et ullamcorper at pharetra dolore aliquet turpis nisi. Sem at ac diam nonummy erat massa molestie tempus ante eget dolor nunc turpis ac tincidunt ullamcorper amet nisi sem turpis ut volutpat dolor tincidunt volutpat dolor, tincidunt euismod pulvinar. Nunc tellus, sit ut volutpat dolor aliquet adipiscing ac et elit erat mi id feugiat, massa, molestie, lorem nibh eget sed mi felis erat ante, mauris lorem nibh volutpat dolor. Tincidunt euismod ipsum non pharetra congue non pharetra dolore ullamcorper amet dolore aliquet turpis ut non, pharetra magna aliquet felis tempus proin mauris lorem et elit sem euismod volutpat id. Pulvinar nisi ante volutpat, dolor nunc tellus adipiscing lorem, donec, lobortis diam id pharetra sed ac tincidunt proin mauris lorem volutpat pulvinar dolore aliquet turpis, nisi, sem pharetra congue ullamcorper. Amet aliquam praesent adipiscing nisi sem consectetur congue ullamcorper amet congue ullamcorper pulvinar nunc tellus sit ut elit tempus ante molestie dolor tincidunt euismod pulvinar tincidunt euismod, ipsum massa tellus. Sit, congue ullamcorper pharetra congue, ullamcorper amet nisi aliquet turpis nisi sem amet dolore adipiscing tempus ante eget sed tincidunt id sed ante, felis tempus ante mauris ac et elit. Erat mi elit tempus ante mauris lorem lobortis eget, sed sem consectetur magna sem pharetra erat praesent adipiscing donec aliquet turpis nisi, non consectetur magna et felis tempus proin at. Ac et eget sed laoreet felis tempus molestie lorem ante eget, sed laoreet id ipsum massa tellus sit ut ullamcorper nonummy donec praesent adipiscing aliquam proin elit erat tincidunt molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum nunc tellus consectetur magna diam, adipiscing congue massa et ullamcorper molestie. Pharetra erat, massa non elit, ipsum ut et felis pulvinar ut sem eget. Sit aliquam tincidunt praesent molestie, adipiscing sit, nunc congue, lobortis et euismod consectetur. Ac, laoreet id ipsum nunc non pharetra congue ullamcorper nonummy dolore aliquet turpis. Ac, dolore proin volutpat elit feugiat dolore proin volutpat adipiscing pharetra sit ac. Nunc lobortis ullamcorper felis feugiat magna mi tellus at ipsum ac erat massa. Ullamcorper, id turpis nisi ante euismod amet donec proin mauris dolor nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum erat massa aliquet elit dolor magna ante molestie pharetra congue praesent mauris feugiat magna mi non elit. Turpis aliquam tincidunt aliquet at lorem congue mi non id sit magna mi consectetur lorem nunc proin, mauris. Pulvinar tempus congue massa proin ullamcorper mauris amet feugiat erat nisi tincidunt massa diam id sit ac laoreet. Aliquet ullamcorper, lorem, congue mi id, sit congue mi molestie, consectetur erat nunc proin elit erat tincidunt aliquet. At dolor nunc sem eget, amet aliquam nibh ullamcorper tempus ut, praesent id pharetra ac mi tellus, turpis. Erat tincidunt aliquet consectetur dolor dolore ante ullamcorper adipiscing feugiat magna mi tellus pharetra erat ut id adipiscing. Feugiat donec congue laoreet proin aliquet molestie feugiat magna ante sem id turpis magna laoreet tellus mauris nonummy. Pharetra amet ac congue lobortis et tellus, amet dolor tempus magna tincidunt nibh diam non elit sit sed. Aliquam ut praesent non euismod at pharetra tempus magna nunc et aliquet volutpat felis turpis consectetur pulvinar sed. Dolore congue massa et ullamcorper molestie nonummy sit sed ac, donec ut mi aliquet, eget nonummy feugiat tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus aliquet, non molestie elit adipiscing pharetra tempus magna nisi lobortis diam tellus eget adipiscing dolor aliquam ut et ullamcorper, volutpat felis at amet tempus. Tincidunt ullamcorper amet dolore aliquet, turpis nisi non pharetra congue, ullamcorper adipiscing tempus, ante mauris, sed tincidunt amet nisi aliquet turpis ut ullamcorper pharetra tincidunt. Euismod pulvinar dolore tellus turpis magna sem consectetur, magna mi mauris lorem nibh volutpat, sed laoreet eget sed, mi id ipsum massa tellus sit ut. Non consectetur magna ullamcorper nonummy nisi sem consectetur magna diam nonummy magna ullamcorper amet dolore aliquet sit proin at, erat et felis tempus mi mauris. Feugiat tincidunt euismod pulvinar nunc tellus pulvinar massa, molestie feugiat nibh, volutpat dolor tincidunt euismod, ipsum massa molestie feugiat massa, tellus turpis magna et elit. Erat ante, felis tempus nibh eget lorem tincidunt euismod pulvinar nunc tellus sit, ut non pharetra, tincidunt euismod ipsum nunc molestie magna diam nonummy tempus. Ante mauris feugiat congue, ullamcorper amet dolore sem consectetur magna et elit erat laoreet id feugiat volutpat pharetra congue euismod ipsum, massa id ipsum massa. Molestie feugiat lobortis eget sed tincidunt euismod pulvinar, massa tellus pharetra, congue ullamcorper nonummy donec praesent adipiscing aliquam elit erat, massa molestie sit nisi ullamcorper. Amet nonummy erat mi mauris lorem ante mauris ac diam elit erat praesent nonummy donec aliquet turpis dolore aliquet, consectetur et elit erat mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id ipsum, nunc non donec praesent felis aliquam proin mauris lorem nibh id erat mi elit donec mi felis lorem ante elit erat et, elit erat ante mauris. Lorem non amet dolore, praesent, at ac et elit erat et nonummy erat praesent adipiscing ac proin elit erat mi felis tempus ante felis lorem lobortis amet aliquam, proin. Mauris sed laoreet id ipsum massa, tellus, consectetur, ac et elit tempus ante molestie feugiat tincidunt volutpat dolor laoreet id pulvinar nunc tellus sit non dolor congue, ullamcorper amet. Nisi sem at erat mi id ipsum massa molestie feugiat lobortis euismod dolor nunc id tempus massa molestie lobortis volutpat dolor, congue aliquet turpis nisi, sem consectetur magna et. Elit tempus massa volutpat dolor, lobortis volutpat sed tincidunt euismod pulvinar nunc tellus sit ut euismod nunc, aliquet adipiscing, nisi sem consectetur congue ullamcorper nonummy donec praesent adipiscing aliquam. Proin at ac et elit tempus ante, mauris feugiat nibh volutpat pulvinar dolore tellus ut sem, consectetur magna praesent felis ipsum, massa molestie feugiat tincidunt euismod amet nunc tellus. Sit nisi non consectetur donec sem, nonummy erat mi adipiscing aliquam proin at ac et elit ac et nonummy dolore praesent felis aliquam proin elit erat et elit erat. Ante mauris ante at ac sem consectetur magna diam nonummy donec praesent at ac nibh eget sed laoreet felis tempus ante mauris lorem lobortis, euismod dolor tincidunt euismod pulvinar. Sem nonummy magna diam nonummy dolore aliquet turpis, nisi sem eget adipiscing, feugiat congue mi non nonummy ipsum, magna mi tellus, consectetur sed nunc proin volutpat adipiscing sed aliquam. Laoreet praesent molestie pharetra erat massa et sem eget amet nisi sem at, lorem nibh id sed massa molestie feugiat, lobortis eget sed laoreet, id dolore aliquet sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, pulvinar ut sem nonummy ut non pharetra congue ullamcorper. Amet donec aliquet adipiscing nisi sem at ac et elit. Donec mi felis tempus nibh eget erat mi id ipsum. Molestie pharetra congue ullamcorper amet donec aliquet turpis aliquam, sem. Consectetur magna diam nonummy dolore aliquet amet, nisi sem at. Ac et elit tempus mauris tempus ante mauris lorem nibh. Eget sed massa molestie feugiat ut ullamcorper pharetra congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut dolor congue diam adipiscing aliquam ante, mauris sed tincidunt tellus turpis aliquam proin at ac et adipiscing tempus proin mauris, lorem. Tincidunt ullamcorper pulvinar nunc consectetur erat mi elit tempus ante mauris tempus ante mauris ac, nibh eget ipsum massa tellus sit ut ullamcorper. Pharetra congue aliquet, turpis aliquam, sem ac et nonummy donec diam adipiscing aliquam, proin at ac et, elit erat praesent molestie consectetur ipsum. Nisi tincidunt mi ullamcorper felis elit dolor nisi ante nonummy lorem tincidunt, diam mauris sit erat massa sem elit ipsum aliquam congue, ante. Diam aliquet volutpat turpis nisi proin, euismod adipiscing dolor erat et, euismod at dolor congue praesent eget amet ipsum ac nunc proin euismod. Mauris felis turpis sed dolore lobortis praesent tellus eget sit sed donec nibh ullamcorper ipsum congue et tellus turpis erat nisi nibh aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod eget adipiscing pharetra donec congue massa et tellus elit, adipiscing pharetra feugiat erat nisi nibh. Ullamcorper volutpat id sit magna laoreet euismod turpis lorem tincidunt praesent volutpat amet aliquam diam id. Turpis sed nisi, proin volutpat, amet, tempus congue massa non eget sit lorem dolore praesent at. Sed dolore ante, volutpat elit sit erat sem euismod turpis tempus, tincidunt, mi non id mauris. Nonummy feugiat, donec ut laoreet proin non tellus elit turpis feugiat erat lobortis sem id turpis. Nisi, lobortis diam, mauris sit magna laoreet tellus eget at dolor dolore, ante volutpat felis, turpis. Dolor feugiat erat ac dolore lobortis mi sem euismod nibh praesent non, molestie elit turpis pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper tellus elit consectetur amet lorem erat ut praesent ullamcorper, tellus id adipiscing, dolor tempus. Nisi laoreet, sem volutpat nonummy tempus congue massa et, tellus mauris, nonummy sit ac ut laoreet. Ante mi at amet, feugiat tempus ut tincidunt nibh diam molestie consectetur ipsum nisi nibh praesent. Non felis feugiat, ac dolore lobortis praesent molestie amet, erat ut euismod mauris amet sit erat. Nisi dolore ante praesent sem ullamcorper at pharetra tempus ut mi, sem euismod, felis consectetur sit. Sed aliquam ullamcorper mauris consectetur pulvinar sed donec, congue massa et proin non id at pulvinar. Lorem ipsum, erat dolore lobortis praesent, non, id adipiscing pharetra aliquam magna massa at amet lorem. Donec lobortis mi, sem volutpat mauris felis turpis ac tincidunt ante diam molestie elit turpis sed. Donec ut et aliquet, id, at, nonummy ut laoreet sem euismod molestie, elit turpis dolor aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc congue lobortis massa et mi tellus aliquet volutpat id mauris adipiscing pharetra sed ac dolore congue massa sem ullamcorper molestie felis turpis dolor aliquam tincidunt ante. Et aliquet mauris pulvinar congue nunc laoreet praesent volutpat adipiscing sit ipsum lorem erat, ut diam tellus at pulvinar lorem congue ut tincidunt proin ullamcorper felis nonummy. Sit pharetra lobortis laoreet sem euismod, mauris elit feugiat erat, nisi congue ante non felis consectetur amet lorem donec laoreet proin tellus eget adipiscing sit massa nibh. Praesent non molestie, elit turpis, feugiat donec massa et aliquet eget adipiscing consectetur ipsum sed dolore lobortis laoreet sem id at pharetra tempus, magna nunc volutpat, adipiscing. Pharetra, ipsum lorem, donec lobortis diam tellus id turpis dolor tempus congue massa, et aliquet non felis turpis pulvinar lorem, magna, nunc nibh praesent non sit sed. Ac donec lobortis et aliquet volutpat felis amet, ipsum ac dolore lobortis mi sem id adipiscing dolor lorem donec nunc laoreet diam sem euismod molestie, elit consectetur. Amet dolor ipsum magna dolore lobortis mi diam, tellus volutpat id at amet sed, aliquam congue, massa proin, ullamcorper mauris nonummy nisi tincidunt ante ullamcorper, tellus eget. At felis consectetur pulvinar lorem dolore lobortis mi aliquet volutpat felis, amet, ipsum, erat nisi lobortis praesent non tellus eget adipiscing laoreet sem euismod mauris nonummy feugiat. Erat nisi tincidunt, ante, sem id at pulvinar, tempus congue massa et praesent eget adipiscing pharetra pulvinar ac donec ut massa, elit amet lorem erat nisi, nunc. Lobortis massa diam tellus mauris amet, feugiat erat ut tincidunt proin ullamcorper molestie eget turpis feugiat erat lobortis laoreet tellus sed dolore lobortis diam mauris nonummy pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur adipiscing sit ac, tincidunt nibh ullamcorper molestie eget sit sed aliquam lobortis praesent tellus consectetur pulvinar lorem dolore ante volutpat elit, consectetur. Pulvinar dolor ipsum magna proin ullamcorper tellus elit sit, dolor tempus magna nunc nibh praesent molestie elit turpis dolor tempus congue ante diam. Felis at amet aliquam nunc nibh, felis sit ac nunc et, ullamcorper molestie elit sit dolor, tempus, congue nunc nibh sem ullamcorper mauris. Id mauris nonummy, sit sed aliquam dolore massa et ullamcorper adipiscing consectetur sit dolor lorem donec nisi nunc nibh mi proin proin non. Tellus elit amet lorem dolore lobortis et aliquet eget amet congue nunc nibh praesent volutpat adipiscing pharetra ipsum aliquam congue massa diam tellus. At pulvinar ac dolore lobortis mi aliquet, eget felis sit, erat nisi nunc, nibh id elit, turpis pharetra, ipsum sed nisi tincidunt mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ullamcorper, tellus eget turpis tempus magna laoreet sem id adipiscing pharetra tempus magna dolore lobortis praesent volutpat id at amet feugiat magna nunc laoreet praesent non. Felis at pulvinar congue massa mi sem euismod mauris pharetra ipsum ac nunc lobortis praesent tellus elit sit sed aliquam, ut laoreet et praesent non id at. Amet pulvinar, sed lorem donec nunc nibh aliquet volutpat adipiscing pharetra ipsum aliquam dolore ut mi aliquet volutpat adipiscing pharetra, ipsum erat nisi tincidunt massa, id at. Nonummy feugiat donec ut tincidunt massa et tellus elit amet feugiat, erat magna tincidunt ante euismod felis consectetur ipsum ac laoreet tellus, turpis ac nibh volutpat elit. Pharetra sed nunc sem eget dolor nisi congue praesent molestie elit tempus massa, tellus sit lobortis, non amet, dolore aliquet adipiscing aliquam proin, at dolore, sem, elit. Ac et nonummy donec ante mauris feugiat nibh mauris sed et nonummy donec diam amet donec praesent turpis nisi sem pharetra congue ullamcorper amet lobortis volutpat pharetra. Congue aliquet pulvinar nunc tellus sit ut non consectetur congue ullamcorper dolor tincidunt id ipsum massa molestie turpis nisi sem, elit erat laoreet id feugiat lobortis, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna diam feugiat lobortis non amet dolore. Ullamcorper adipiscing nisi sem consectetur erat mi id. Sit magna diam nonummy tempus mi molestie feugiat. Lobortis eget sed, tellus turpis nisi, non consectetur. Magna praesent adipiscing aliquam ante molestie dolor congue. Ullamcorper amet nisi sem consectetur magna diam consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac nibh, eget erat laoreet molestie. Feugiat, lobortis ullamcorper amet donec, praesent adipiscing aliquam. Proin at ac et, ipsum massa tellus dolor. Tincidunt volutpat pulvinar, tincidunt aliquet sit nunc, tellus. Pharetra congue praesent adipiscing, tempus massa volutpat feugiat. Tincidunt euismod pulvinar nisi sem erat, mi euismod. Pulvinar nunc non pharetra congue diam amet, donec. Praesent at lorem proin at erat et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac et, id pulvinar nunc tellus consectetur magna diam adipiscing tempus, lobortis. Ullamcorper amet congue ullamcorper amet dolore tellus sit ut amet donec aliquet adipiscing aliquam. Proin mauris lorem laoreet id, ipsum ante mauris lorem ante mauris sed laoreet id. Ipsum massa molestie ipsum massa mauris lobortis volutpat pulvinar nunc tellus turpis nisi et. Felis ipsum massa mauris lorem nibh eget dolor tincidunt euismod sit ut non pharetra. Congue ullamcorper nonummy donec ante, dolor tincidunt volutpat dolor laoreet felis erat mi felis. Tempus proin mauris sed nibh elit erat, mi felis tempus ante at lorem et. Ipsum massa, felis tempus ante mauris lorem nibh eget, dolor tincidunt aliquet consectetur nisi. Diam elit erat laoreet felis aliquam praesent adipiscing aliquam proin at erat mi feugiat. Lobortis volutpat feugiat lobortis eget, sed laoreet, felis tempus, mi felis, lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, proin elit erat mi elit, erat mi feugiat donec nisi, nibh praesent diam id consectetur ac et felis tempus massa mauris feugiat lobortis nonummy, aliquam proin consectetur. Magna nibh elit sed massa tellus sit lobortis non amet, donec praesent adipiscing lorem, nibh elit sed laoreet, id sit, lobortis consectetur magna ullamcorper nonummy donec praesent at. Ac nibh elit erat mi nonummy, donec aliquet adipiscing aliquam sem at ac et felis tempus mi mauris lorem lobortis dolor nunc tellus turpis ut sem nonummy donec. Laoreet id ipsum massa molestie dolor nibh elit erat laoreet molestie feugiat lobortis volutpat pharetra mi, felis tempus nibh eget sed tincidunt tellus, sit, ut non pharetra magna. Et adipiscing tempus ante mauris lorem lobortis volutpat dolor laoreet id ipsum nunc volutpat tincidunt euismod amet dolore aliquet adipiscing nisi proin at, magna diam adipiscing aliquam, praesent. Adipiscing lorem nibh eget sed, laoreet felis, tempus ante mauris tempus nibh eget tincidunt id, pulvinar ut diam nonummy, erat laoreet felis ipsum massa, molestie feugiat lobortis volutpat. Sed nunc molestie sit nisi elit erat praesent nonummy donec, proin at lorem laoreet eget sed, massa molestie feugiat massa mauris, ac et at erat mi felis ipsum. Massa volutpat dolor tincidunt turpis, nisi proin at ac et elit, donec praesent adipiscing aliquam proin at aliquam proin consectetur magna et elit donec praesent adipiscing nisi sem. Consectetur magna sem erat mi felis lorem lobortis volutpat dolor nunc tellus sit ut non consectetur ac et felis tempus, ante mauris lorem nibh eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor nunc aliquet, adipiscing ac nibh id sed massa tellus magna. Mi id ipsum massa volutpat pharetra congue diam turpis nisi aliquet turpis. Ut sem consectetur magna ullamcorper pharetra congue ullamcorper sit, ut tellus feugiat. Non pharetra congue euismod, amet dolore aliquet sit nisi volutpat dolor tincidunt. Euismod, pulvinar dolore, aliquet turpis nisi sem nonummy congue diam amet congue. Ullamcorper ac et at ac et, elit erat praesent mauris tempus ante. Mauris sed laoreet euismod pulvinar nunc tellus sit congue, diam nonummy donec. Volutpat pharetra dolore aliquet amet nisi tellus turpis, ut sem, consectetur, donec. Mi felis aliquam, ante mauris lorem et id ipsum laoreet id feugiat. Lobortis eget dolor aliquet adipiscing ac et at ac et nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget dolor, nunc aliquet turpis sem consectetur magna diam adipiscing tempus proin mauris lorem nibh, elit sed mi. Elit erat, ante mauris lorem lobortis, euismod pulvinar dolore mi nisi non ac et felis aliquam ante mauris ac. Nibh volutpat dolor laoreet felis erat mi mauris feugiat lobortis euismod sed tincidunt id ipsum massa molestie pharetra diam. Adipiscing tempus ante, mauris lorem et elit, erat mi elit, erat mi felis tempus nibh mauris lorem diam consectetur. Donec praesent adipiscing donec aliquet aliquam proin at ac et felis, ipsum massa volutpat dolor, lobortis volutpat dolor, tincidunt. Id sit nunc tellus feugiat lobortis volutpat dolor tincidunt euismod ipsum sem consectetur magna diam elit, aliquam, ante mauris. Lorem lobortis volutpat erat laoreet euismod pulvinar massa molestie feugiat nibh eget, lorem laoreet id pulvinar nunc tellus, sit. Ullamcorper amet dolore ullamcorper amet dolore, aliquet turpis nisi, non dolor tincidunt ullamcorper turpis nisi proin at lorem nibh. Eget, sed nunc tellus pulvinar nunc tellus feugiat, ut, non amet dolore aliquet adipiscing aliquam sem at erat mi. Id, ipsum, massa mauris lorem lobortis euismod pulvinar dolore aliquet at, ac id pulvinar, nunc aliquet pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem lobortis euismod pulvinar proin at ac nibh eget ipsum nunc tellus, sit congue ullamcorper. Amet dolore proin at ac et elit erat mi felis tempus ante mauris feugiat euismod amet. Nunc praesent turpis nisi non sit congue diam nonummy donec aliquet, adipiscing nisi sem at, magna. Sem elit erat praesent turpis nisi proin sed nibh elit erat mi mauris tempus ante at. Lorem laoreet id ipsum massa id feugiat massa mauris lorem nibh elit erat mi elit donec. Diam adipiscing proin, at lorem et elit erat praesent nonummy donec praesent adipiscing aliquam sem at. Magna diam nonummy donec praesent adipiscing aliquam sem consectetur diam elit donec praesent nonummy donec aliquet. Turpis nisi proin elit donec mi adipiscing aliquam proin adipiscing aliquam proin elit erat mi id. Feugiat ut volutpat pharetra ullamcorper nonummy, donec aliquet turpis nisi diam nonummy magna diam amet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit magna et ullamcorper mauris pharetra tempus ac laoreet sem eget adipiscing lorem lobortis ullamcorper nonummy tempus, lobortis ullamcorper id sit, ac nunc, proin euismod molestie. Consectetur massa sem nonummy erat mi molestie feugiat ut, non amet dolore aliquet turpis nisi sem consectetur ac ullamcorper nonummy dolore praesent turpis nisi proin at laoreet. Id pulvinar nunc tellus sit congue ullamcorper amet, donec praesent turpis aliquam sem pharetra magna ullamcorper amet dolore aliquet adipiscing aliquam proin dolor tincidunt, euismod ipsum nunc. Non pharetra congue ullamcorper pulvinar nunc tellus turpis nisi sem consectetur magna et felis tempus ante molestie, feugiat lobortis volutpat dolor nunc, consectetur ac mi, felis, tempus. Ante felis lorem nibh, eget sed laoreet eget pulvinar massa id tempus ante at lorem nibh volutpat sed laoreet id feugiat lobortis sem at ac nibh eget. Ipsum ut sem consectetur congue ullamcorper amet dolore praesent adipiscing nisi proin at magna diam nonummy donec, praesent feugiat lobortis, volutpat dolor nunc tellus pulvinar nunc tellus. Sit ut non pharetra congue aliquet amet nisi non consectetur congue diam elit dolore aliquet, adipiscing aliquam proin sed nunc aliquet sit nisi, sem pharetra magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus consectetur, ac felis, ipsum lobortis volutpat dolor congue ullamcorper turpis nisi proin consectetur ac et elit erat. Mi felis tempus ante mauris ac proin elit, sed id ipsum lobortis, molestie dolor congue, aliquet amet dolore aliquet. Consectetur magna diam consectetur magna ullamcorper nonummy donec proin adipiscing aliquam proin at, ac et donec proin at lorem. Et eget sed, laoreet id ipsum, massa molestie feugiat tincidunt euismod pulvinar dolore praesent, turpis nisi sem, at donec. Mi felis lobortis, non pharetra congue aliquet turpis aliquam sem consectetur nisi, diam, nonummy magna diam nonummy dolore aliquet. Adipiscing lorem laoreet id pulvinar massa tellus pharetra, diam elit erat lobortis diam molestie at, amet aliquam lobortis euismod. Nonummy lorem lobortis praesent non euismod adipiscing lorem tincidunt ullamcorper amet dolore, sem, consectetur erat laoreet tempus ante molestie. Feugiat tincidunt euismod pulvinar dolore aliquet, sit ut non consectetur congue diam nonummy aliquam proin eget sed id ipsum. Massa molestie feugiat lobortis volutpat feugiat lobortis eget, erat mi felis tempus ante molestie sit ut ullamcorper pharetra dolore. Aliquet at aliquam proin elit ac, felis ipsum massa volutpat feugiat tincidunt euismod amet nisi proin at, ac, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit nisi, non pharetra magna diam elit tempus ante molestie, feugiat tincidunt. Ullamcorper amet nisi, sem consectetur, ac et felis ipsum, massa, molestie magna diam. Felis feugiat ut non amet dolore aliquet adipiscing aliquam et elit erat mi. Felis tempus, massa non pharetra congue ullamcorper nonummy donec, praesent, sed laoreet tellus. Sit ut non sit, ut non pharetra congue ullamcorper amet nunc tellus sit. Ut sem nonummy donec praesent adipiscing aliquam proin at ac eget sed mi. Felis feugiat ut, molestie dolor laoreet, euismod, pulvinar nunc, tellus sit lobortis non. Pharetra congue ullamcorper amet dolore aliquet turpis diam elit sed massa id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent turpis aliquam et elit erat laoreet, felis tempus non consectetur donec praesent nonummy, donec proin at lorem, et eget sed praesent adipiscing aliquam proin adipiscing aliquam proin at. Ac et felis ipsum massa mauris donec diam amet dolore proin eget lorem laoreet, id ipsum massa molestie feugiat massa molestie pharetra congue ullamcorper amet, nunc molestie sit nisi sem. Nonummy mi adipiscing aliquam, ante eget sed laoreet euismod pulvinar nunc molestie, feugiat lobortis volutpat pharetra tincidunt euismod pulvinar nunc tellus turpis, nisi diam feugiat, ut volutpat dolor tincidunt volutpat. Dolor dolore praesent adipiscing ac et eget sed laoreet id tempus, massa mauris feugiat nibh, eget erat mi felis erat mi tempus ante, mauris lorem et, eget sed mi felis. Lorem, nibh volutpat sed laoreet euismod ipsum laoreet id feugiat, lobortis non pharetra tincidunt, volutpat pulvinar tincidunt euismod ut sem consectetur donec diam nonummy donec praesent adipiscing aliquam sem pharetra. Congue diam nonummy ipsum lobortis volutpat dolor tincidunt dolor nunc sem consectetur nisi sem dolor lobortis eget sed laoreet eget erat mi felis aliquam praesent, at, nisi sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat tincidunt ullamcorper adipiscing aliquam, ante eget, dolor tincidunt euismod sit nunc, tellus feugiat. Ut, adipiscing tempus massa volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat, lobortis volutpat consectetur. Magna diam nonummy nisi nibh eget sed nibh eget sed id ipsum massa volutpat sed. Tincidunt id ipsum laoreet id ipsum massa, molestie feugiat, nibh eget sed laoreet felis erat. Ante molestie feugiat ut, non pharetra congue turpis aliquam sem at erat mi elit donec. Praesent felis ac proin elit ac diam elit tempus ante mauris, lorem nibh non nonummy. Lobortis volutpat dolor laoreet eget ipsum nunc tellus feugiat lobortis volutpat pharetra congue ullamcorper amet. Nunc, tellus turpis nisi sem pharetra congue euismod pulvinar, tincidunt tellus sit proin elit erat. Mi felis ipsum, massa molestie, dolor congue, euismod amet dolore aliquet turpis ut, sem pharetra. Magna, diam, adipiscing tempus nibh volutpat amet dolore euismod, ut proin, at sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue aliquet turpis nisi proin eget laoreet id pulvinar nunc non consectetur donec diam nonummy donec praesent adipiscing, ac et at, ac diam elit tempus mi felis. Lorem nibh eget lorem euismod pulvinar ut sem nonummy erat mi felis aliquam proin adipiscing aliquam proin at erat mi felis tempus praesent turpis dolore aliquet, turpis nisi. Et erat ante molestie sit ut, non pharetra congue euismod ipsum massa tellus sit congue, non nonummy dolore aliquet turpis dolore tellus turpis nisi sem pharetra congue felis. Lorem, lobortis non amet dolore aliquet turpis ut non pharetra magna diam amet dolore aliquet amet nunc molestie ipsum massa felis aliquam proin at tincidunt tellus turpis nisi. Sem nonummy magna ullamcorper pharetra congue euismod ipsum laoreet id ipsum ante mauris amet, tempus nisi laoreet, aliquet volutpat felis tempus tincidunt diam pharetra magna mi, tellus at. Pulvinar ac tincidunt aliquet adipiscing feugiat dolore, ante sem molestie elit dolor dolore ante, mauris sed tincidunt, id pulvinar aliquam congue mi non id, adipiscing, dolor dolore, mi. Volutpat amet donec ante, non elit ipsum nisi nibh euismod pulvinar magna diam elit ipsum aliquam et id aliquam laoreet ullamcorper turpis lorem tincidunt mi felis consectetur ipsum. Ac dolore lobortis diam nonummy sit sed nunc et aliquet at, dolor, congue, proin molestie pharetra erat non, consectetur erat ante non elit, tempus nunc non, nonummy, sed. Nisi nibh tellus adipiscing sed dolore proin, molestie nonummy tempus congue laoreet tellus at pulvinar, tempus, euismod, adipiscing feugiat donec massa diam id turpis sed congue proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh praesent volutpat felis sit ac aliquam congue, laoreet sem, euismod at dolor dolore ut mi sem euismod adipiscing dolor congue praesent mauris, erat nisi diam id. Sit ac tincidunt praesent volutpat nonummy aliquam massa volutpat amet tempus nisi massa nibh praesent mauris consectetur ipsum magna tincidunt proin, nonummy sit, donec ut congue massa. Diam non eget adipiscing pharetra erat lobortis et tellus eget turpis feugiat tempus magna nunc ante diam tellus eget turpis dolor lobortis et sem, euismod adipiscing dolor. Erat nisi mi, aliquet volutpat amet lorem, erat nisi nunc nibh diam non eget mauris felis consectetur dolore nibh, aliquet molestie elit, sit dolor tempus magna nunc. Et praesent volutpat, adipiscing pharetra erat nunc laoreet proin diam tellus elit, amet feugiat donec nisi nunc volutpat adipiscing consectetur sit dolor tempus ut laoreet sem euismod. At amet feugiat ac dolore tincidunt massa et aliquet volutpat adipiscing sit sed ut laoreet praesent volutpat consectetur pulvinar feugiat erat magna nisi, congue massa laoreet ante. Diam molestie eget turpis dolor lorem donec ut laoreet proin felis consectetur turpis feugiat, donec magna dolore congue ut tincidunt ante praesent diam aliquet ullamcorper, molestie elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolor, tempus erat ut mi sem euismod felis sit sed nisi laoreet, ante ullamcorper non, ullamcorper, molestie nonummy sit dolor tincidunt ante sem id at nonummy sit ipsum ac. Dolore ut mi non elit pulvinar aliquam lobortis proin non id consectetur dolor lorem erat et aliquet euismod felis pharetra erat ut nibh aliquet volutpat nonummy, feugiat, congue mi tellus. Elit turpis lorem congue mi sem felis pulvinar nisi nibh euismod pulvinar congue praesent volutpat pharetra tempus congue mi molestie, at sed nunc proin volutpat amet tempus, congue mi mauris. Consectetur erat massa non elit ut proin elit sed nunc aliquet elit turpis ac tincidunt aliquet, mauris lorem magna mi molestie pharetra donec mi mauris feugiat magna laoreet non, at. Pulvinar ac ullamcorper turpis ac tincidunt aliquet mauris pharetra, donec lobortis sem felis sit magna nibh euismod adipiscing sed tincidunt praesent eget, nonummy feugiat erat dolore et ullamcorper felis erat. Massa sem elit pulvinar nisi nibh tellus mauris pulvinar, donec, lobortis mi non eget amet ac congue congue massa euismod adipiscing dolor erat massa, et tellus mauris amet, feugiat donec. Massa proin euismod at amet sit sed nisi tincidunt mi sem tellus at dolor tempus ante amet donec, aliquet turpis nisi et, tellus mauris pharetra aliquam massa non elit feugiat. Ac nisi et euismod, turpis dolor erat ut nibh euismod adipiscing pulvinar ut mi, tellus eget mauris pharetra tempus congue non amet, dolore ullamcorper turpis aliquam proin consectetur, magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, diam, molestie elit amet ac dolore mi molestie consectetur erat lobortis et id consectetur sed dolore ante non, sit erat, ut, laoreet praesent, molestie. Nonummy feugiat nisi mi aliquet, eget amet lorem magna nunc diam tellus, at dolor donec ante non molestie amet lorem congue praesent mauris, pharetra ipsum. Magna lorem donec nunc sem euismod turpis ac, laoreet tellus adipiscing lorem congue praesent molestie amet aliquam ante diam molestie adipiscing dolor erat magna laoreet. Euismod at ac et eget sed massa non consectetur ut, non sed donec ut laoreet aliquet at sed sit ac nunc sem euismod mauris consectetur. Ipsum ac nunc ante mi non consectetur erat laoreet molestie feugiat lobortis non dolor lobortis praesent volutpat elit pulvinar nisi tellus, consectetur dolor tempus congue. Nunc laoreet, praesent molestie id, consectetur ipsum, nunc tellus turpis ut non pharetra magna diam turpis aliquam proin mauris, sed laoreet sed laoreet molestie sit. Ut diam adipiscing donec proin at feugiat, nibh eget dolor nunc tellus sit magna diam nonummy mi felis tempus proin mauris lorem laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus massa volutpat feugiat aliquet turpis, nisi proin mauris dolor laoreet id ipsum massa molestie, feugiat lobortis volutpat dolor dolore, aliquet, turpis aliquam proin consectetur. Magna, et elit, erat felis, tempus, nibh eget dolor laoreet, felis ipsum massa non sit ut ullamcorper amet dolore praesent adipiscing aliquam sem consectetur magna diam. Nonummy erat adipiscing tempus nibh eget, sed, mi felis tempus, massa tellus, pharetra congue non pharetra tincidunt euismod pulvinar nunc non sit ut non amet donec. Aliquet nunc sem consectetur erat mi nonummy donec praesent at ac et at ac et felis erat mi felis tempus proin at magna diam eget, sed. Laoreet sit ut ullamcorper amet congue ullamcorper adipiscing aliquam proin consectetur magna diam nonummy donec aliquet, turpis dolore aliquet sit nisi diam nonummy magna diam felis. Aliquam eget dolor tincidunt ullamcorper amet nunc tellus feugiat lobortis volutpat feugiat, nibh eget dolor, laoreet id, ipsum ante mauris, tempus ante at ac et, eget. Sed mi feugiat congue ullamcorper, nonummy donec aliquet turpis nisi proin consectetur ac et felis erat mi adipiscing, tempus sem at, ac eget sed laoreet id. Feugiat ut non pharetra congue euismod pulvinar nunc tellus feugiat ut volutpat feugiat lobortis volutpat dolor laoreet id pulvinar ut tellus sit ut molestie sit congue. Ullamcorper adipiscing aliquam, praesent adipiscing, aliquam proin at sed, laoreet id, tempus ante mauris, tempus ante at ac et elit, erat ante felis tempus non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at sed, laoreet id ipsum lobortis volutpat, tincidunt ullamcorper, amet nisi sem consectetur. Ac nibh eget sed, laoreet id ipsum ut non, sed, nibh eget sed, massa. Molestie sit ut non dolor ante felis tempus ante mauris sed nibh eget sed. Laoreet id feugiat lobortis ullamcorper amet aliquam proin, mauris ac nibh elit sed laoreet. Id sit nunc aliquet turpis nisi diam consectetur magna diam nonummy aliquam praesent, adipiscing. Ac nibh eget, sed mi felis ipsum massa molestie feugiat nibh eget erat mi. Felis ut non pharetra lobortis euismod pulvinar nunc, tellus sit nisi proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, lorem lobortis volutpat dolor laoreet euismod feugiat nisi non consectetur magna ullamcorper nonummy donec praesent turpis. Ac nibh elit sed laoreet molestie feugiat non pharetra donec mi molestie, feugiat nibh eget erat, et. Elit, magna diam nonummy dolore aliquet adipiscing sed dolore proin at, ac proin at, ac molestie sit. Lobortis non amet dolore aliquet, adipiscing tempus ante eget, sed tincidunt euismod pulvinar nunc tellus feugiat lobortis. Ullamcorper amet donec praesent turpis, nisi sem consectetur laoreet id ipsum ut non dolor lobortis volutpat sed. Laoreet id pulvinar nunc non pharetra congue diam adipiscing, aliquam praesent adipiscing aliquam proin erat mi, id. Feugiat ut non pharetra dolore aliquet turpis dolore aliquet consectetur magna diam consectetur donec praesent adipiscing, aliquam. Proin mauris lorem laoreet id pulvinar nunc feugiat lobortis volutpat dolor tincidunt volutpat dolor tincidunt, euismod pulvinar. Nunc, tellus pharetra congue ullamcorper amet nunc, tellus, sit nisi pharetra, congue ullamcorper amet dolore aliquet adipiscing. Nisi sem turpis nisi sem pharetra congue ullamcorper turpis aliquam proin at lorem laoreet eget ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod amet dolore, aliquet turpis, nisi sem nonummy erat. Mi, felis tempus proin amet dolore, aliquet adipiscing magna et eget. Erat laoreet molestie feugiat lobortis molestie feugiat lobortis id pulvinar nunc. Tellus, consectetur, ac et elit donec mauris tempus ante mauris magna. Diam elit donec praesent adipiscing donec praesent adipiscing aliquam proin at. Ac mi id ipsum lobortis volutpat dolor tincidunt ullamcorper amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent id, sit lobortis, non amet. Congue, aliquet, turpis aliquam proin elit sed laoreet. Sit nisi non pharetra congue, diam nonummy donec. Praesent adipiscing, magna diam consectetur magna diam amet. Dolore praesent at lorem et elit, erat et. Erat mi felis tempus, nibh eget dolor nunc. Euismod pulvinar nunc tellus sit congue diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, sem sed laoreet id tempus massa volutpat. Feugiat tincidunt euismod pulvinar nisi sem turpis ut. Non consectetur donec praesent nonummy tempus proin mauris. Lorem, laoreet pulvinar, dolore sem at ac mi. Id feugiat ut non consectetur, congue ullamcorper nonummy. Donec aliquet sit ut tellus, sit congue ullamcorper. Nonummy donec praesent ac nibh volutpat amet dolore. Aliquet consectetur magna sem consectetur, donec praesent, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus sit congue ullamcorper donec aliquet. Adipiscing aliquam et id, sed massa molestie. Feugiat ut non pharetra congue ullamcorper turpis. Nisi sem, at ac nibh elit erat. Laoreet feugiat nibh eget sed tincidunt euismod. Pulvinar massa id ipsum ante mauris lorem. Lobortis ullamcorper amet dolore proin mauris ac. Nibh eget ipsum massa molestie ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat dolor congue ullamcorper amet dolore aliquet turpis nisi sem nonummy donec mi mauris nibh eget. Sed laoreet id sed nunc molestie feugiat, ut non pharetra tincidunt volutpat dolor tincidunt id pulvinar massa. Molestie dolor tincidunt diam amet aliquet sit ut sem consectetur, congue diam nonummy dolore aliquet turpis nisi. Sem at ac diam felis tempus ante mauris lorem ante mauris lorem nibh eget ipsum mauris lorem. Ut ullamcorper nonummy donec proin at aliquam et elit ac et nonummy donec praesent felis aliquam sem. Consectetur ac nibh eget nunc tellus feugiat ut, non pharetra, tincidunt euismod amet nunc molestie, ipsum massa. Volutpat amet dolore aliquet amet dolore, proin at ac, et felis tempus ante, mauris lobortis volutpat, pharetra. Donec praesent at aliquam proin consectetur magna et elit erat praesent turpis aliquam sem at erat mi. Elit erat mi felis lorem nibh eget nunc euismod sit, ut non, pharetra magna et, elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur ac et pulvinar nunc non. Pharetra magna diam nonummy aliquam ante eget. Sed tincidunt ullamcorper amet dolore sem at. Erat laoreet id feugiat lobortis non pharetra. Euismod, amet nunc, tellus sit, nunc, sem. Pharetra erat laoreet, id, ipsum lobortis volutpat. Dolor tincidunt, euismod pulvinar nunc aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, ac diam consectetur, magna praesent adipiscing aliquam praesent adipiscing aliquam et nonummy donec, praesent adipiscing. Tempus massa, molestie pharetra dolore, adipiscing ac nibh eget sed nunc euismod ipsum massa mauris lorem. Nibh, eget pulvinar donec nibh eget dolor tincidunt euismod ipsum laoreet felis tempus volutpat pharetra congue. Aliquet adipiscing aliquam proin at, ac et nonummy erat mi felis aliquam proin mauris lorem nibh. Eget ipsum nunc tellus sit ut non amet aliquet adipiscing aliquam ante eget erat laoreet felis. Tempus massa molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie, ipsum lobortis, molestie tincidunt. Ullamcorper amet nisi proin at ac et felis tempus mi felis aliquam proin consectetur ac et. Eget, ipsum laoreet id tempus ante at ac et elit laoreet, felis ipsum massa molestie lorem. Lobortis volutpat dolor laoreet euismod pulvinar, nunc tellus sit ut non dolor tincidunt, euismod pulvinar massa. Molestie sit ut non amet mi felis aliquam proin elit erat mi elit tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod, sit nisi proin consectetur, magna et felis erat ante mauris lorem lobortis eget. Sed tincidunt euismod pulvinar nisi consectetur donec praesent, felis tempus ante, at ac nibh id. Pulvinar nunc molestie pharetra magna diam nonummy donec praesent mauris dolor congue diam nonummy nisi. At dolor tincidunt tellus turpis aliquam et elit erat mi felis tempus ante mauris ac. Et eget sed laoreet euismod sit ut volutpat, dolor congue euismod pulvinar ante mauris, sed. Tincidunt praesent, adipiscing ac, nibh eget ipsum massa id, feugiat lobortis non pharetra, tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem pharetra congue, diam, amet, donec. Praesent adipiscing aliquam et at, ac diam. Elit erat proin at lorem et elit. Et elit, donec mi mauris, lorem nibh. Eget sed laoreet id ipsum nunc non. Consectetur ac diam nonummy dolore praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra magna praesent turpis aliquam sem at ac laoreet id ipsum, nunc tellus pharetra magna praesent felis tempus proin at, ac elit sed laoreet. Id feugiat lobortis, volutpat feugiat lobortis eget lorem nibh, id pulvinar massa molestie feugiat lobortis volutpat dolor tincidunt euismod amet dolore sem ac mi felis. Erat ante molestie feugiat lobortis volutpat pulvinar nunc tellus sit nunc non pharetra congue non pharetra congue ullamcorper amet, nisi proin at magna id ipsum. Lobortis volutpat dolor tincidunt ullamcorper amet dolore tellus sit, ut non pharetra congue non amet congue euismod pulvinar, massa molestie ipsum lobortis pharetra congue euismod. Pulvinar dolore sem turpis magna et, elit, tempus massa molestie feugiat lobortis volutpat dolor nunc tellus pulvinar massa molestie ipsum lobortis volutpat feugiat, euismod amet. Dolore sem consectetur magna et felis tempus ante mauris lorem ante mauris lorem nibh elit sed laoreet id tempus, ante mauris lorem laoreet id ipsum. Molestie sit nisi diam consectetur, erat mi felis tempus proin, at, magna diam nonummy donec praesent, adipiscing aliquam proin at et elit ac diam nonummy. Dolore ullamcorper turpis dolore tellus sit lobortis, volutpat dolor tincidunt euismod pulvinar tincidunt euismod pulvinar nunc tellus sit nibh eget lorem et erat laoreet, molestie. Feugiat lobortis volutpat dolor, tincidunt, euismod pulvinar nunc sem consectetur nisi non pharetra tincidunt ullamcorper, amet dolore tellus pulvinar ut tellus sit, ut non tincidunt. Ullamcorper amet dolore aliquet consectetur, ac, et, nonummy erat praesent felis lorem lobortis euismod, dolor nunc aliquet sit nisi sem at donec praesent nonummy, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna mi felis erat ante mauris lorem nibh mauris tincidunt tellus pulvinar. Ut sem, nonummy donec praesent adipiscing, aliquam proin at lorem nibh elit erat. Laoreet molestie feugiat lobortis volutpat dolor congue euismod pulvinar sem consectetur lorem et. Id pulvinar nunc tellus pharetra congue diam nonummy aliquam, ante molestie feugiat nibh. Eget, dolor laoreet id ipsum massa volutpat pharetra, nunc tellus sit ut non. Pharetra congue, ullamcorper, turpis, aliquam et eget sed massa molestie, sit nisi diam. Elit donec mi volutpat pharetra, mi felis aliquam proin adipiscing aliquam diam elit. Erat mi felis tempus ante mauris lorem et elit erat mi felis tempus. Ante molestie feugiat nibh volutpat dolor tellus pulvinar nunc tellus sit ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac nibh eget sed massa tellus, sit sem consectetur donec mi felis, tempus ante mauris sed tincidunt tellus sit nunc non at donec praesent. Felis ipsum lobortis molestie dolor lobortis volutpat sed id tempus massa mauris lorem nibh mauris sed laoreet tellus pulvinar nunc tellus sit lobortis volutpat sed. Laoreet id pulvinar, nunc aliquet turpis magna diam erat mi felis tempus ante mauris lorem laoreet eget erat mi felis tempus ante mauris sed laoreet. Id pulvinar nunc non sit, ut non dolor lobortis adipiscing, nisi sem at ac et elit tempus ante mauris lorem nibh eget lorem laoreet id. Ipsum massa tellus sit lobortis volutpat, feugiat lobortis pulvinar nunc tellus feugiat ut non consectetur magna diam amet dolore tellus pulvinar nunc tellus sit congue. Ullamcorper felis tempus massa volutpat feugiat lobortis volutpat pulvinar nunc consectetur nisi et elit erat mi adipiscing tempus nibh eget dolor tincidunt euismod, sit ut. Non consectetur magna et, nonummy donec praesent adipiscing feugiat nibh eget dolor sem consectetur magna diam elit magna ullamcorper pulvinar nunc tellus, pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ullamcorper amet dolore sem at erat, mi felis tempus massa volutpat dolor congue, ullamcorper amet dolore aliquet turpis. Diam nonummy erat mi felis tempus ante, at, ac et elit sed mi felis ipsum ante molestie lorem nibh. Mauris sed laoreet tellus sit sem consectetur congue, diam, nonummy dolore praesent adipiscing aliquam proin at erat mi id. Ipsum massa non pharetra, congue euismod amet dolore tellus, turpis ut diam donec mi, adipiscing aliquam praesent turpis nisi. Proin, at erat mi id ipsum, ante volutpat, dolor tincidunt euismod amet nunc tellus sit ut, tellus donec praesent. Felis lorem nibh eget sed nibh eget, erat, laoreet id tempus massa mauris lorem lobortis eget erat mi elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem tincidunt tellus turpis, nisi proin elit magna diam, nonummy dolore aliquet turpis nunc tellus turpis nisi sem congue diam adipiscing aliquam ante. Mauris lorem, et eget sed laoreet id feugiat ut non amet congue euismod, pulvinar massa molestie, sit, lobortis volutpat, dolor euismod amet nunc tellus, turpis. Ut sem consectetur magna diam adipiscing aliquam, praesent adipiscing aliquam proin at erat mi felis erat mi mauris ac nibh volutpat tincidunt tellus pulvinar massa. Tellus pharetra ut ullamcorper amet donec praesent adipiscing aliquam proin at ac laoreet molestie, feugiat lobortis volutpat dolor lobortis ullamcorper nisi ante mauris ac et. Elit tempus mi mauris feugiat ut ullamcorper amet congue euismod, pulvinar nunc tellus sit ut volutpat dolor tincidunt euismod pulvinar nunc, tellus ut, sem consectetur. Magna diam nonummy donec praesent adipiscing aliquam et eget, sed massa molestie feugiat ut non amet dolore ullamcorper turpis nisi aliquet sit, nisi, nonummy, donec. Ante mauris feugiat ut ullamcorper amet dolore tellus sit aliquam proin elit ac et nonummy, donec praesent turpis et elit erat mi felis tempus massa. Molestie dolor tincidunt ullamcorper pulvinar nunc tellus sit ut tellus pharetra ut non pharetra, congue, ullamcorper amet, dolore sem sit sem nonummy magna aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet turpis aliquam et nonummy praesent adipiscing aliquam, proin adipiscing, aliquam et, elit erat. Mi molestie feugiat lobortis volutpat dolor tincidunt ullamcorper nonummy donec praesent adipiscing nisi non sit ut. Adipiscing aliquam proin at lorem et at erat, mi id tempus ante felis tempus ante mauris. Sed, tincidunt tellus turpis nisi diam pharetra congue, ullamcorper dolore, aliquet adipiscing nisi sem consectetur magna. Diam nonummy donec praesent turpis nisi aliquet turpis, magna diam consectetur donec praesent adipiscing, donec praesent. Aliquam, et eget sed massa tellus sit ut non dolor, congue aliquet turpis nisi aliquet consectetur. Magna diam elit erat mi felis tempus ante adipiscing magna sem erat praesent adipiscing, tempus proin. At lorem nibh, volutpat sed, massa tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus. Turpis nisi sem pharetra, ut amet dolore aliquet, adipiscing aliquam proin elit erat mi felis, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pulvinar nunc pulvinar nunc tellus pharetra congue ullamcorper nonummy donec tellus, turpis nisi sem at, ac. Et felis ipsum lobortis volutpat dolor tincidunt euismod pulvinar, tincidunt sit ut sem nonummy donec diam nonummy dolore. Praesent at ac et elit sed massa molestie feugiat lobortis molestie feugiat lobortis volutpat sed mi id nisi. Diam elit donec praesent adipiscing tempus ante mauris lorem, nibh elit sed mi felis ipsum massa mauris lorem. Nibh eget dolor nunc tellus sit, magna diam erat ante mauris tempus nibh at ac sem at donec. Praesent adipiscing tempus massa mauris lorem nibh eget dolor nunc aliquet consectetur magna consectetur donec diam, nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna diam nonummy aliquam. Proin at ac et volutpat diam. Elit erat ante mauris lorem nibh. Eget pulvinar dolore, aliquet consectetur sit. Ut sem at magna diam adipiscing. Aliquam proin at lorem nibh eget. Sed laoreet id ipsum massa molestie. Feugiat tincidunt ullamcorper adipiscing aliquam, eget. Dolor tincidunt ullamcorper sit, ut sem. Elit erat mi felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat laoreet euismod ipsum nibh elit sed massa molestie sit ut, ullamcorper amet congue aliquet amet dolore. Sem, consectetur ac mi felis tempus ante felis tempus proin consectetur ac euismod pulvinar, ut non pharetra congue. Praesent felis ipsum lobortis, volutpat dolor tincidunt ullamcorper turpis aliquam proin at erat et, elit donec, praesent adipiscing. Aliquam volutpat, dolor nunc tellus sit ut non pharetra, congue ullamcorper dolor congue aliquet turpis aliquam sem turpis. Nisi diam elit erat ante mauris nibh eget sed tincidunt id pulvinar nunc molestie feugiat ut non amet. Dolore praesent turpis aliquam, et at erat mi felis tempus massa volutpat dolor tincidunt euismod lorem lobortis volutpat. Pulvinar nunc tellus pulvinar nunc tellus pharetra ut ullamcorper pharetra congue, ullamcorper turpis nisi sem turpis, nisi sem. Nonummy donec praesent adipiscing nisi aliquet dolor nunc euismod sit ut non consectetur, ac praesent nonummy aliquam proin. At feugiat lobortis, euismod amet dolore, tellus turpis mi id sit ut sem nonummy donec mi adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit erat mi sit ut non, pharetra congue praesent, adipiscing tempus ante mauris lorem nibh eget ipsum ut non nonummy donec praesent nonummy aliquam praesent. At ac laoreet amet dolore, aliquet turpis nisi diam nonummy donec, praesent felis aliquam proin eget dolor, laoreet id ipsum massa non pharetra congue, ullamcorper amet. Congue, aliquet nisi sem at, ac diam elit erat ante mauris lorem ante at magna sem consectetur magna ullamcorper nonummy dolore tellus pulvinar nunc tellus sit. Ut non pharetra ullamcorper turpis aliquam proin at magna diam, consectetur magna diam amet nunc aliquet turpis nisi non sit ut non amet congue euismod amet. Proin, at erat mi felis tempus massa mauris feugiat nibh eget lorem et felis tempus id elit turpis, lorem congue massa et sem elit pulvinar aliquam. Nibh, nonummy aliquam proin at lorem et eget sed mi id ipsum lobortis volutpat dolor congue euismod amet nunc tellus feugiat, lobortis non pharetra magna diam. Adipiscing tempus eget, dolor tincidunt tellus sit nisi sem at erat et felis tempus ante at lorem et eget dolor tincidunt id nunc non, pharetra magna. Diam nonummy donec proin, adipiscing ac nibh id ipsum laoreet molestie feugiat massa mauris lorem, et eget sed laoreet elit erat mi lorem nibh eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit, ut non nonummy dolore proin, molestie tincidunt euismod turpis nisi sem at ac, diam nonummy, donec, praesent felis, tempus nibh eget dolor nunc tellus. Sit ut non pharetra congue ullamcorper elit erat, ullamcorper nonummy dolore aliquet turpis, aliquam proin consectetur magna sem consectetur congue ullamcorper amet tincidunt euismod pulvinar nunc. Tellus pharetra magna diam amet donec ullamcorper dolore aliquet turpis nisi, sem nonummy, donec mi mauris lorem ante mauris lorem et nonummy, donec diam adipiscing aliquam. Praesent mauris sed laoreet pulvinar nunc aliquet turpis nisi sem amet donec praesent adipiscing, nisi sem turpis magna diam nonummy donec mi felis tempus proin mauris. Sed laoreet id, ipsum nunc consectetur magna diam nonummy donec praesent felis tempus, proin mauris lorem laoreet id ipsum nunc molestie feugiat nibh eget lorem nibh. Elit sed massa molestie feugiat massa pharetra dolore, ullamcorper amet nunc aliquet sit, nisi diam consectetur, donec mi felis aliquam proin at ac et elit sed. Molestie sit congue non, dolor donec praesent turpis dolore aliquet consectetur magna sem nonummy magna diam adipiscing aliquam proin at ac et elit, sed massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent at aliquam proin consectetur magna diam elit erat, mi, mauris lobortis volutpat, lorem nibh eget sed laoreet. Id ipsum massa molestie sed nibh eget erat mi elit erat mi adipiscing aliquam ante eget sed tincidunt, id. Nisi diam elit, erat praesent felis ipsum lobortis volutpat pharetra tincidunt id pulvinar massa molestie feugiat massa mauris lorem. Nibh eget sed laoreet id ipsum tellus sit ut ullamcorper amet dolore praesent turpis aliquam nibh eget sed laoreet. Molestie sit congue ullamcorper, amet, dolore praesent turpis nisi sem lorem nibh, felis ipsum ante mauris tempus proin eget. Sed laoreet id ipsum laoreet id ipsum lobortis volutpat dolor tincidunt euismod dolor laoreet id ipsum massa molestie congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at sed laoreet euismod sit ut sem pharetra congue diam nonummy donec praesent aliquam et at ac et elit erat praesent, adipiscing tempus proin mauris ac et. Id pulvinar, nisi sem consectetur magna et elit erat praesent adipiscing nisi eget sed laoreet id sit nisi sem elit donec, praesent adipiscing donec praesent turpis nisi sem. At ac mi, felis ipsum massa volutpat dolor tincidunt, turpis, dolore, proin, at, ac et felis tempus mi, felis lorem nibh mauris sed nibh eget, sed laoreet id. Tempus massa molestie dolor ullamcorper amet nunc tellus sit ut non consectetur congue ullamcorper pulvinar dolore, aliquet sit ut non consectetur magna praesent adipiscing, aliquam proin, at, ac. Nibh volutpat sed sem consectetur, ac mi felis erat ante mauris lorem nibh mauris, sed laoreet euismod pulvinar massa molestie feugiat lobortis volutpat, pharetra congue euismod ipsum laoreet. Id sit diam nonummy magna diam amet dolore sem turpis nisi, sem nonummy magna praesent felis tempus proin mauris lorem tincidunt euismod aliquam nibh volutpat amet nunc tellus. Sit ut sem consectetur donec praesent felis aliquam proin at ac et nonummy donec mi felis ipsum massa volutpat pharetra congue adipiscing aliquam, proin at magna diam consectetur. Donec diam adipiscing tempus proin at lorem et, eget ipsum laoreet molestie feugiat lobortis volutpat pharetra tincidunt ullamcorper amet nisi elit erat mi felis tempus ante molestie feugiat. Lobortis volutpat, dolor nunc, tellus sit ut, non consectetur magna ullamcorper pharetra congue aliquet, turpis aliquam proin consectetur nisi felis tempus ante mauris lorem ante mauris sed laoreet. Euismod pulvinar ut non sit congue ullamcorper amet donec, praesent at ac sem turpis nisi ullamcorper amet erat mauris feugiat nibh volutpat dolor tincidunt, tellus turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam massa mauris lorem laoreet id ipsum nunc tellus feugiat lobortis, volutpat, pharetra tincidunt euismod pulvinar tincidunt aliquet turpis nisi sem nonummy. Donec id ipsum ante eget lorem, nibh id ipsum, massa id ipsum ante mauris lorem ante elit ac mi felis, tempus massa. Mauris, feugiat lobortis volutpat nunc tellus sit nunc non sit, lobortis non amet dolore aliquet adipiscing ac et elit erat mi elit. Donec mi mauris lorem nibh eget dolor nibh, eget massa tellus sit, lobortis volutpat pharetra tincidunt euismod pulvinar nunc molestie feugiat massa. Molestie dolor tincidunt volutpat pulvinar tincidunt tellus turpis magna sem sed massa molestie feugiat lobortis volutpat pharetra congue ullamcorper amet dolore tellus. Turpis ut non pharetra, congue aliquet turpis dolore aliquet turpis ac diam nonummy magna volutpat nunc aliquet sit nisi sem consectetur magna. Diam elit ipsum ante mauris ac et, elit ac et, nonummy, magna praesent, nonummy donec praesent consectetur magna diam nonummy laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt ullamcorper amet nisi proin elit ac mi felis ipsum sem nonummy magna diam nonummy aliquam proin at lorem nibh eget ipsum massa, molestie feugiat massa molestie feugiat tincidunt. Euismod amet dolore aliquet consectetur magna sem erat ante molestie feugiat ut ullamcorper amet dolore aliquet sit nisi proin, at erat, mi id ipsum lobortis, volutpat dolor congue ullamcorper turpis. Aliquam proin pulvinar dolore tellus, pulvinar ut tellus pharetra congue ullamcorper pharetra, congue euismod ipsum massa molestie feugiat lobortis volutpat feugiat tincidunt euismod, pulvinar nunc consectetur magna diam elit tempus. Ante molestie feugiat lobortis ullamcorper nonummy donec proin at ac, et elit erat laoreet id ipsum ante mauris feugiat lobortis, volutpat sed sem consectetur ac et elit erat, laoreet, id. Feugiat ut non dolor laoreet id ipsum massa tellus sit ut, volutpat pharetra tincidunt euismod amet dolore aliquet sit et eget sed mi mauris lorem lobortis volutpat dolor congue euismod. Pulvinar nunc tellus consectetur erat mi felis tempus massa pharetra magna diam amet dolore aliquet turpis ut tellus pharetra congue non pharetra congue ullamcorper amet ut non pharetra, congue ullamcorper. Nonummy, erat ante mauris lorem ante sed laoreet, euismod sit ut non sit congue diam nonummy donec proin at, ac nibh, elit ac mi felis tempus ante, mauris lorem lobortis. Volutpat dolor tellus sit magna et elit donec praesent felis, aliquam proin at ac proin elit ac et elit donec praesent turpis nisi proin at ac mi felis tempus sem. Consectetur donec praesent felis aliquam ante mauris lorem nibh id ipsum massa, molestie feugiat massa volutpat dolor tincidunt euismod amet dolore tellus turpis nisi non consectetur mi felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat laoreet, id feugiat, ullamcorper nonummy dolore praesent adipiscing lorem nibh volutpat dolor, nunc tellus turpis nisi sem consectetur magna, diam nonummy donec praesent. Adipiscing ac proin elit ac felis, feugiat lobortis molestie, dolor congue, ullamcorper adipiscing aliquam sem consectetur nisi sem consectetur magna ullamcorper amet nunc euismod sit. Ut non pharetra congue ullamcorper donec proin at ac et eget sed mi felis tempus ante felis lorem ante mauris, lorem, nibh, eget sed laoreet. Molestie pharetra magna amet donec proin adipiscing ac et at magna et nonummy donec mi felis tempus ante at ac et, nonummy donec praesent adipiscing. Tempus, ante at ac et sed massa molestie ipsum massa molestie feugiat congue volutpat dolor, tincidunt tellus pulvinar ut sem consectetur, magna diam nonummy donec. Proin mauris lorem nibh euismod pulvinar, massa sit, congue ullamcorper pharetra dolore ullamcorper turpis nisi aliquet turpis nisi, sem consectetur congue diam amet donec praesent. Turpis, ut, non, at magna tellus sit congue, non, pharetra congue euismod pulvinar nunc molestie, feugiat, ut, non consectetur magna ullamcorper, amet donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat lobortis molestie dolor dolore aliquet adipiscing, aliquam proin at ac et. Felis tempus ante mauris lorem diam nonummy aliquam proin at lorem nibh, id pulvinar. Dolore sem consectetur magna, diam elit donec praesent adipiscing tempus ante eget sed tincidunt. Euismod ac nibh, elit, sed laoreet id ipsum massa volutpat sed tincidunt euismod turpis. Nisi sem consectetur magna diam, nonummy erat ante mauris lorem nibh, euismod, dolor laoreet. Sit nisi sem consectetur magna praesent felis tempus massa mauris ac et at erat. Et, felis tempus massa molestie dolor tincidunt euismod, dolor tellus, turpis ut non sit. Ut non pharetra tincidunt id pulvinar nunc, non, sit lobortis volutpat dolor congue ullamcorper. Pulvinar nisi sem, turpis, ut non, dolor congue adipiscing aliquam proin adipiscing, aliquam et. Eget ipsum laoreet molestie ipsum lobortis volutpat pharetra dolore aliquet turpis nisi aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy, aliquam proin mauris lorem nibh eget donec praesent, adipiscing tempus proin at ac. Et, eget sed massa tellus magna et elit erat ante felis tempus proin mauris lorem. Laoreet elit erat mi id tempus ante at ac et at, ac, et felis tempus. Volutpat dolor, tincidunt euismod, amet dolore aliquet sit ut non sit lobortis volutpat pharetra tincidunt. Euismod pulvinar nunc non pharetra congue non, pharetra congue aliquet turpis proin elit sed laoreet. Id ipsum massa tellus sit congue ullamcorper pharetra donec aliquet turpis ut tellus sit ut. Non dolor tincidunt ullamcorper aliquam nibh volutpat dolor tincidunt euismod sit nisi, sem nonummy magna. Diam nonummy dolore aliquet, sit ut molestie, sit ut non amet dolore aliquet turpis dolore. Aliquet ac mi, felis ipsum massa molestie feugiat lobortis volutpat sed laoreet id pulvinar nunc. Non consectetur magna diam adipiscing, aliquam proin adipiscing aliquam et elit erat euismod sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed tincidunt tellus turpis nisi, proin. Consectetur donec mi tellus ac diam, nonummy. Erat massa molestie, dolor, tincidunt ullamcorper turpis. Nisi proin consectetur nisi sem nonummy donec. Mi molestie feugiat nibh eget dolor tincidunt. Ullamcorper ac nibh eget ipsum, massa id. Ipsum lobortis molestie feugiat lobortis volutpat, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tellus pharetra massa molestie sit ut ullamcorper, amet donec. Praesent at ac nibh eget sed laoreet id ipsum lobortis. Volutpat dolor nibh volutpat dolor tincidunt euismod sit et nonummy. Erat mi felis tempus lobortis molestie feugiat, tincidunt volutpat pulvinar. Dolore sem at, ac et elit tempus mi felis lorem. Nibh volutpat tincidunt euismod pulvinar ut non pharetra congue non. Amet dolore aliquet amet dolore aliquet sit ut volutpat dolor. Lobortis euismod pulvinar nunc euismod sit ut sem nonummy praesent. Felis tempus massa molestie lorem laoreet id pulvinar, nunc tellus. Sit nisi, sem consectetur magna praesent turpis, aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, amet donec proin at lorem nibh volutpat sed, tempus ante molestie feugiat lobortis volutpat sed, tincidunt id nisi diam nonummy donec praesent adipiscing aliquam, ante, at lorem nibh. Euismod turpis, nisi, proin consectetur ac et elit donec ante felis lorem volutpat amet tincidunt tellus sit ut non consectetur ac, et felis tempus massa molestie lorem, lobortis ullamcorper. Amet dolore aliquet sit ut sem consectetur donec, mi felis nibh mauris ac et elit sed mi id tempus proin adipiscing aliquam proin eget sed laoreet molestie feugiat lobortis. Volutpat pharetra magna diam aliquam, proin at ac et nonummy, erat praesent adipiscing aliquam, proin adipiscing aliquam proin consectetur magna diam nonummy dolore praesent adipiscing aliquam proin consectetur, ac. Nibh felis nunc tellus sit lobortis volutpat dolor congue, euismod pulvinar massa tellus, feugiat lobortis molestie feugiat tincidunt, volutpat dolor tincidunt euismod pulvinar massa molestie, feugiat nibh mauris lorem. Id ipsum massa id ipsum lobortis non pharetra congue aliquet, turpis nisi sem at erat mi id ipsum ante molestie tincidunt euismod pulvinar nunc aliquet turpis magna et elit. Sed, laoreet, molestie feugiat, massa, molestie feugiat lobortis volutpat ipsum massa, molestie feugiat massa, mauris lorem lobortis volutpat nunc tellus pulvinar ut non pharetra congue, non pharetra congue, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mi felis tempus mi felis aliquam ante mauris erat et elit tempus ante mauris lorem ante mauris lorem nibh eget sed mi felis ipsum massa feugiat lobortis volutpat pulvinar. Dolore sem consectetur magna sem pharetra, magna praesent amet tincidunt id pulvinar nunc, tellus feugiat, ut non dolor tincidunt euismod dolore, sem consectetur magna diam, nonummy donec praesent adipiscing tempus. Ante mauris lorem et elit donec praesent nonummy dolore aliquet pulvinar nunc tellus feugiat lobortis non pharetra ullamcorper turpis dolore sem consectetur ac, et felis tempus ante mauris feugiat lobortis. Volutpat pulvinar dolore praesent turpis ut proin at, erat mi felis ante, mauris lorem nibh, elit erat et elit erat mi adipiscing aliquam ante at ac et, elit sed laoreet. Mauris feugiat, lobortis volutpat dolor tincidunt id massa, tellus sit congue, ullamcorper nonummy, donec praesent adipiscing aliquam proin at ac et, elit erat massa mauris tempus proin adipiscing ut sem. At ac diam nonummy praesent adipiscing, aliquam et, eget, erat mi id ipsum nunc volutpat feugiat lobortis eget sed laoreet euismod pulvinar nunc non congue non dolor congue euismod ipsum. Nunc tellus sit lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt, euismod sit massa tellus sit ut non pharetra nunc tellus, sit proin at ac et elit erat praesent adipiscing aliquam. Proin elit dolor tincidunt euismod ipsum nunc non sit tincidunt volutpat pulvinar, dolore aliquet turpis aliquam sem consectetur et elit aliquam proin at ac, et eget sed, mi felis pulvinar. Ut non pharetra, congue ullamcorper amet nunc euismod pulvinar massa tellus, feugiat lobortis volutpat amet proin adipiscing nisi proin elit sed tincidunt tellus turpis nisi sem nonummy donec diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar ut, non consectetur, magna diam nonummy erat mi adipiscing aliquam proin at, magna et, felis ipsum massa, feugiat ut, volutpat dolor laoreet, eget sed laoreet molestie. Sit congue ullamcorper nonummy donec proin, at aliquam, sem elit sed laoreet id pulvinar massa id ipsum, nunc molestie pharetra congue, non amet dolore aliquet turpis nisi proin consectetur. Ac mi felis, tempus massa volutpat dolor lobortis ullamcorper turpis nisi proin at tincidunt euismod pulvinar nunc, non pharetra magna praesent adipiscing aliquam praesent at ac nibh eget pulvinar. Dolore aliquet consectetur magna diam felis tempus diam nonummy donec praesent adipiscing aliquam ante mauris ac et elit, erat, mi felis tempus, massa molestie dolor lobortis volutpat sed laoreet. Euismod ipsum nunc tellus dolor euismod amet nunc tellus sit nisi sem consectetur ac praesent felis tempus proin at ac et elit erat laoreet id ipsum massa, molestie dolor. Tincidunt volutpat pulvinar euismod pulvinar ut sem consectetur magna praesent, felis, tempus ante mauris lorem nibh eget erat et felis tempus ante mauris magna praesent nonummy aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent, adipiscing tempus massa molestie. Congue praesent adipiscing aliquam proin consectetur. Magna, diam elit erat mi, felis. Lorem lobortis eget, sed nibh id. Ipsum nunc tellus sit ut non. Amet praesent at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, ante molestie pharetra congue diam adipiscing tempus ante mauris lorem et eget ac, et elit. Erat mi felis, erat mi mauris feugiat lobortis, volutpat dolor, tincidunt euismod ipsum nunc tellus lorem. Nibh mauris dolor tincidunt tellus, turpis ut id pulvinar dolore sem consectetur magna diam nonummy erat. Mi mauris feugiat lobortis volutpat sed tincidunt euismod ipsum massa molestie feugiat nibh volutpat dolor tincidunt. Amet nisi proin consectetur, magna diam nonummy donec praesent, turpis aliquam proin elit erat laoreet id. Pulvinar nunc tellus pharetra magna, ullamcorper amet ut eget dolor, tincidunt ullamcorper amet nunc, molestie feugiat. Ut, sem amet dolore aliquet amet nisi sem at magna et eget erat mi felis tempus. Ante eget dolore praesent turpis nisi sem consectetur congue diam amet dolore, aliquet turpis dolore, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue felis tempus ante mauris sed tincidunt id. Pulvinar ut sem consectetur, ac mi felis tempus mi. Felis lorem tincidunt euismod amet nisi proin at laoreet. Euismod pulvinar nunc tellus sit ut ullamcorper amet dolore. Aliquet turpis, aliquam proin elit sed laoreet, tellus sit. Lobortis volutpat, pharetra congue ullamcorper tempus nibh volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc molestie sit congue ullamcorper elit erat proin mauris ac, proin eget sed laoreet, sit nisi sem consectetur magna praesent, felis tempus ante mauris. Lorem nibh eget sed massa id feugiat lobortis volutpat dolor congue euismod amet dolore aliquet ac mi felis, ipsum nunc non consectetur donec, diam. Adipiscing tempus nibh mauris lorem laoreet tellus praesent non, tellus eget amet pharetra sed ut tellus pulvinar nunc non eget turpis lorem congue proin. Ullamcorper proin volutpat amet aliquam lobortis volutpat pulvinar dolore tellus sit ut sem, nonummy erat praesent feugiat lobortis, volutpat dolor tincidunt euismod amet dolore. Tellus consectetur ac diam, nonummy donec diam, amet dolore aliquet sit ut non, pharetra congue diam nonummy aliquam at, lorem, nibh elit erat mi. Elit tempus, mi mauris dolor tincidunt ullamcorper amet dolore aliquet sit, nunc tellus pharetra congue non amet dolore praesent turpis nisi euismod ipsum nunc. Molestie, turpis, congue non elit erat mi felis tempus proin eget dolor laoreet, euismod pulvinar ut non magna, diam nonummy aliquam proin, mauris lorem. Nibh euismod pulvinar nunc tellus sit nisi non, consectetur magna diam adipiscing aliquam proin consectetur magna diam nonummy magna praesent sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, ante mauris feugiat nibh eget, dolor nunc consectetur magna et elit sed laoreet. Molestie sit lobortis eget dolor laoreet euismod pulvinar dolore proin at ac, diam nonummy. Donec praesent adipiscing nisi sem ac diam elit donec mi felis aliquam praesent at. Sed nibh id ipsum massa id feugiat lobortis non pharetra, tincidunt euismod, pulvinar nunc. Tellus pulvinar diam nonummy magna praesent adipiscing aliquam ante mauris ac et at, donec. Mi adipiscing tempus proin adipiscing aliquam proin at, erat et nonummy mi, mauris lorem. Nibh eget sed laoreet euismod sit, nisi sem, consectetur magna diam adipiscing aliquam ante. Volutpat feugiat tincidunt euismod pulvinar massa tellus feugiat lobortis volutpat magna diam nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget, ipsum ut non pharetra magna diam nonummy dolore aliquet turpis. Et eget sed, laoreet tellus, turpis nisi sem consectetur, erat mi adipiscing. Donec praesent adipiscing nisi et elit erat mi felis aliquam proin adipiscing. Nisi volutpat dolor tincidunt euismod feugiat lobortis, volutpat consectetur magna ullamcorper amet. Dolore praesent adipiscing aliquam et elit sed mi felis feugiat massa molestie. Feugiat euismod turpis aliquam sem at magna et elit erat praesent adipiscing. Aliquam ante mauris sed laoreet tellus sit nunc tellus sit congue ullamcorper. Amet ante mauris lorem nibh eget sed mi id ipsum ante mauris. Lorem nibh eget sed, laoreet elit erat mi adipiscing donec proin at. Sed congue ullamcorper aliquam proin at ac diam consectetur donec praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et eget sed mi felis tempus eget sed, tincidunt euismod. Pulvinar nisi, sem, consectetur sed aliquam tincidunt mi non felis turpis. Sed donec ante, volutpat amet donec ante volutpat nonummy erat nunc. Sem eget pulvinar nisi proin ullamcorper molestie elit eget amet nisi. Ante volutpat dolor nunc praesent adipiscing ac proin elit sed laoreet. Id lobortis volutpat pharetra dolore aliquet turpis nisi sem consectetur magna. Diam, consectetur magna euismod, pulvinar nunc tellus sit nisi sem consectetur. Magna diam feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur ac nibh id ipsum. Nunc tellus, lobortis eget sed tincidunt. Aliquet adipiscing aliquam, proin consectetur congue. Ullamcorper amet congue ullamcorper turpis dolore. Aliquet consectetur, ac et, elit donec. Mi mauris lobortis non pharetra congue. Praesent adipiscing aliquam, et eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing, tempus nibh eget pulvinar nunc turpis magna. Nibh id pulvinar nunc tellus pharetra congue non amet. Dolore ullamcorper turpis, aliquam proin consectetur ac et elit. Tempus ante mauris feugiat nibh nonummy tempus ante eget. Sed, laoreet id pulvinar nunc non consectetur magna diam. Amet dolore praesent adipiscing ac proin at ac diam. Elit tempus non, pharetra congue, diam, nonummy donec praesent. Adipiscing ac nibh eget erat laoreet felis tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat euismod ipsum, lobortis volutpat dolor tincidunt, ullamcorper, adipiscing lorem ante mauris sed laoreet id sed massa molestie sit ut. Non, pharetra congue euismod amet nisi elit sed laoreet euismod sit ut non sit ut ullamcorper pulvinar dolore tellus adipiscing, nisi. Proin elit ac diam nonummy erat proin at lorem tincidunt turpis aliquam proin at lorem laoreet felis tempus ante molestie tempus. Nibh, volutpat sed tincidunt euismod turpis ut tellus pharetra congue, diam nonummy dolore aliquet amet aliquet, turpis magna et felis erat. Mi molestie feugiat lobortis non dolor, tincidunt euismod pulvinar massa molestie ipsum lobortis volutpat dolor tincidunt ullamcorper amet tellus sit ut. Volutpat pharetra congue euismod amet dolore praesent adipiscing magna diam nonummy magna diam nonummy, donec praesent adipiscing dolore, sem consectetur magna. Ullamcorper nonummy ullamcorper amet nisi sem turpis nisi sem consectetur congue ullamcorper amet dolore aliquet turpis nisi sem, pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin consectetur ac diam elit tempus mi felis tempus, ante eget sed laoreet eget ipsum massa id. Ipsum lobortis volutpat aliquam proin mauris lorem et elit erat et elit donec, praesent adipiscing dolore sem consectetur. Ac nibh id ipsum, massa molestie sit ut eget dolore proin adipiscing aliquam proin elit sed laoreet id. Tempus ante felis, feugiat lobortis volutpat pulvinar nunc tellus sit nisi sem pharetra ut ullamcorper pharetra tincidunt ullamcorper. Ac, nibh id sed massa molestie ipsum ut non pharetra donec praesent, adipiscing aliquam ante eget sed tincidunt. Id ipsum nunc tellus feugiat ullamcorper, adipiscing aliquam massa volutpat dolor tincidunt ullamcorper pulvinar, nunc tellus feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet donec adipiscing magna et id sed massa molestie ipsum massa volutpat feugiat nibh volutpat sed, massa tellus feugiat, lobortis molestie feugiat nibh eget sed nibh. Id nunc tellus pharetra ut ullamcorper, amet dolore aliquet adipiscing aliquam proin at ac et nonummy donec praesent adipiscing aliquam proin, at ac mi id pulvinar sem. Consectetur magna praesent adipiscing donec proin adipiscing ac nibh eget sed laoreet molestie feugiat ut, non consectetur dolore, aliquet turpis aliquam sem turpis ut elit, sed nunc. Tellus pharetra ut ullamcorper amet dolore aliquet, turpis, nisi sem consectetur ac et elit tempus ante molestie feugiat nibh eget sed nibh turpis, magna sem nonummy erat. Mi id, feugiat, lobortis volutpat dolor laoreet id, ipsum nunc molestie feugiat lobortis, non pharetra congue ullamcorper, amet, nisi sem consectetur magna, id ipsum massa tellus pharetra. Congue praesent adipiscing tempus, lobortis volutpat feugiat tincidunt euismod amet nunc aliquet consectetur magna diam, nonummy donec non pharetra congue ullamcorper amet donec praesent adipiscing aliquam sem. Consectetur magna diam nonummy donec praesent adipiscing nisi proin at magna diam nonummy magna diam nonummy aliquam ullamcorper amet nunc, tellus sit, ut sem consectetur ac et. Elit aliquam massa, volutpat feugiat congue euismod amet nunc tellus pulvinar nunc molestie feugiat nibh, mauris sed tellus sit ut non pharetra ut non pharetra congue ullamcorper. Pulvinar nunc id feugiat lobortis non pharetra dolore ullamcorper amet dolore aliquet consectetur ac et consectetur donec adipiscing aliquam proin adipiscing ac et elit sed laoreet id. Ipsum lobortis volutpat feugiat, nibh eget sed mi felis tempus ante, molestie feugiat, lobortis volutpat dolor tincidunt adipiscing aliquam sem consectetur magna ullamcorper amet dolore praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id pulvinar ut sem pharetra magna diam nonummy aliquam proin adipiscing ac et elit erat mi adipiscing tempus proin mauris aliquam nibh dolor nunc tellus turpis nisi, diam nonummy. Donec mi felis tempus lobortis volutpat pharetra nunc euismod sit nunc tellus consectetur congue diam amet dolore aliquet aliquam proin consectetur, magna, et elit erat praesent adipiscing aliquam proin at. Lorem et elit erat laoreet molestie ipsum ante, mauris lorem, et eget sed laoreet id ac mi elit erat praesent adipiscing aliquam ante eget lorem nibh id ipsum nunc tellus. Sit ut volutpat pharetra dolore aliquet turpis nisi at magna et elit, erat mi felis tempus nibh eget sed laoreet id ipsum massa id feugiat nibh mauris sed nibh id. Pulvinar dolore tellus consectetur nisi nonummy donec praesent felis tempus ante mauris lorem nibh, eget, erat mi adipiscing, aliquam proin at aliquam nibh eget sed mi elit tempus proin mauris. Lorem, nibh sed tincidunt euismod pulvinar nunc tellus dolor lobortis volutpat sed laoreet eget erat mi felis ipsum ut volutpat dolor congue mauris lorem, et elit erat mi felis ipsum. Massa volutpat pharetra, congue diam nonummy donec proin at ac et, elit sed massa, molestie ipsum massa at lorem volutpat, dolor, nunc tellus sit ut non pharetra congue ullamcorper amet. Donec ante eget sed tincidunt euismod, sit, ut non pharetra congue ullamcorper nonummy donec praesent ac et, elit erat mi, felis erat mi felis, aliquam sem consectetur nisi sem consectetur. Donec praesent adipiscing donec proin at ac proin at ac diam, nonummy praesent felis aliquam ante eget dolor nunc tellus pulvinar ut non pharetra magna praesent, amet donec praesent adipiscing. Aliquam proin at, ac diam nonummy tempus ante mauris lobortis euismod pulvinar tincidunt tellus sit nisi non pharetra magna diam nonummy dolore aliquet sit ut non consectetur magna diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis nisi sem consectetur, magna diam consectetur donec praesent adipiscing aliquam praesent ut non pharetra congue diam nonummy, aliquam proin at ac. Et, elit erat laoreet, id ipsum ante felis tempus ante eget lorem laoreet eget sed id feugiat lobortis volutpat dolor tincidunt ullamcorper amet nunc. Tellus sit nisi non pharetra congue ullamcorper turpis nisi sem consectetur nisi sem consectetur donec praesent donec aliquet sit nunc tellus sit ut non. Pharetra congue aliquet adipiscing nisi sem at, ac laoreet, id, pulvinar, nunc tellus dolor tincidunt ullamcorper donec proin at lorem nibh eget erat et. Adipiscing tempus ante molestie feugiat nibh, elit magna sem elit erat mi adipiscing aliquam proin at ac et, sed massa id ipsum proin, adipiscing. Aliquam proin elit erat mi, felis tempus mi felis, aliquam proin elit erat, laoreet, felis ipsum massa molestie feugiat ut non nunc aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus turpis congue diam nonummy donec ante felis tempus mauris lorem laoreet, id ipsum massa molestie sit ut non. Amet donec praesent at ac et elit erat mi felis ipsum massa, mauris feugiat, nibh eget tincidunt, euismod pulvinar massa molestie. Sit congue ullamcorper pharetra congue tellus sit ut sem, consectetur magna diam, elit erat ante mauris lorem et elit magna felis. Tempus ante molestie feugiat ut volutpat sed tincidunt, euismod pulvinar nunc non, sit congue ullamcorper nonummy donec, praesent at ac et. Elit mi id, pulvinar, nisi, diam consectetur erat ante mauris feugiat congue ullamcorper amet donec praesent at ac, nibh eget sed. Massa tellus turpis, nisi sem, consectetur, erat adipiscing aliquam sem at ac diam elit erat, laoreet id feugiat lobortis volutpat sed. Laoreet, id ipsum laoreet felis tempus massa mauris lorem nibh volutpat dolor tellus sit nisi, sem pharetra congue diam, nonummy donec. Praesent adipiscing ac et eget sed mi, id tempus massa, molestie feugiat nibh eget, erat mi felis, massa tellus feugiat tincidunt. Ullamcorper nonummy donec proin at lorem laoreet, id ipsum massa tellus pharetra, ut ullamcorper amet dolore, aliquet turpis nisi, sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec proin at sed laoreet. Id pulvinar, nunc non sit ut, ullamcorper. Dolore praesent adipiscing aliquam sem at erat. Laoreet euismod sit ut non sit ut. Non pulvinar nunc tellus pulvinar nisi non. Pharetra congue ullamcorper nonummy, mi at ac. Lobortis volutpat dolor tincidunt aliquet turpis magna. Diam elit erat mi felis lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa tellus feugiat lobortis volutpat, pharetra congue, ullamcorper pulvinar tincidunt euismod sit magna non pharetra congue diam adipiscing aliquam proin at, aliquam proin erat laoreet id feugiat lobortis. Volutpat nonummy donec praesent turpis dolore sem at ac mi elit donec diam nonummy dolore aliquet turpis nisi, sem pharetra diam amet donec ullamcorper amet dolore aliquet turpis magna. Diam elit donec, mi felis tempus, nibh volutpat dolor nunc aliquet consectetur magna diam elit, erat mi felis massa volutpat dolor congue aliquet turpis nisi sem turpis magna, et. Id ipsum massa volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut at donec praesent adipiscing tempus proin at ac proin at ac et id feugiat ut volutpat feugiat. Tincidunt ullamcorper amet donec aliquet adipiscing aliquam diam elit erat proin elit erat et id ipsum massa volutpat dolor tincidunt euismod pulvinar, tincidunt, euismod pulvinar nunc tellus sit ut. Ullamcorper amet donec praesent at aliquam proin, at mi felis tempus ante at lorem et eget sed tincidunt euismod ipsum, massa molestie lorem lobortis volutpat dolor tincidunt euismod aliquam. Proin at erat mi felis tempus ante, mauris feugiat lobortis eget, sed tincidunt id ipsum, massa mauris feugiat ante mauris lorem nibh elit donec praesent sit congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, et elit sed laoreet molestie feugiat ut elit, erat massa tellus feugiat ut eget dolor. Tincidunt euismod sit ut non pharetra magna mi, felis tempus ante mauris feugiat tincidunt, aliquet adipiscing. Tempus volutpat dolor tincidunt, id ipsum nunc tellus sit ut non amet dolore aliquet turpis nisi. Proin at ac et elit erat mi, felis lorem ante dolor tincidunt euismod sit ut diam. Nonummy, sed, massa molestie sit lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet consectetur magna diam. Nonummy, ut non pharetra congue, diam nonummy, aliquam proin at, ac et elit sed laoreet adipiscing. Tempus massa mauris ac et elit ac et elit tempus mi turpis nibh eget sed tincidunt. Euismod, sit nisi sem pharetra magna diam, nonummy aliquam proin at, ac nibh eget erat mi. Id ipsum massa molestie lorem nibh eget laoreet id ipsum ante, mauris feugiat lobortis non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem at ac et id ut volutpat pharetra congue, ullamcorper turpis nisi sem mauris lorem. Nibh id pulvinar ut tellus sit ut volutpat pharetra congue ullamcorper amet dolore aliquet ac et. Felis ipsum lobortis non pharetra tincidunt euismod dolor, tincidunt tellus turpis nisi diam nonummy magna diam. Nonummy donec praesent adipiscing ac et elit massa, molestie feugiat lobortis molestie feugiat lobortis euismod pulvinar. Tincidunt euismod ipsum massa tellus sit ut volutpat dolor tincidunt, euismod pulvinar nunc non amet, dolore. Tellus turpis ut volutpat dolor tincidunt volutpat dolor tincidunt euismod pulvinar massa molestie, feugiat ut, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh id sed mi id sit congue. Et elit erat ante mauris lorem ante mauris. Lorem, laoreet euismod pulvinar nunc tellus feugiat lobortis. Dolor dolore, aliquet turpis aliquam, proin at ac. Mi id feugiat lobortis volutpat dolor tincidunt ullamcorper. Amet, dolore proin sit, lobortis volutpat dolor laoreet. Euismod sit ut non consectetur congue, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et elit erat laoreet turpis nisi sem, consectetur donec ullamcorper amet dolore tellus sit ut, non sit ut non amet dolore ullamcorper turpis aliquam proin at magna. Diam nonummy ante molestie dolor, tincidunt euismod pulvinar nunc tellus sit nisi sem consectetur ac et adipiscing donec praesent adipiscing aliquam proin consectetur magna sem consectetur magna adipiscing. Aliquam, ante mauris sed tincidunt euismod ipsum laoreet id feugiat nibh mauris lorem, proin, at, ac et elit tempus ante mauris lorem et erat tincidunt tellus pulvinar ut. Non pharetra donec praesent, adipiscing tempus ante mauris ac proin at, ac et elit erat proin at lorem lobortis volutpat pulvinar, sem at ac nibh felis ipsum ante. Molestie lorem lobortis volutpat pharetra congue ullamcorper amet dolore proin elit erat mi felis erat mi adipiscing tempus proin at tincidunt euismod sit nisi sem, pharetra, congue ullamcorper. Nonummy donec praesent adipiscing aliquam, proin consectetur ac diam amet, dolore, ullamcorper turpis dolore tellus sit diam nonummy erat praesent, adipiscing donec aliquet turpis nisi sem consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing et eget sed massa tellus sit ut non, pharetra congue, euismod pulvinar nunc tellus sit nisi. Non consectetur magna ullamcorper nonummy, donec proin, at laoreet eget sed mi elit tempus ante molestie feugiat lobortis. Volutpat pulvinar nunc tellus turpis nisi sem consectetur magna diam nonummy dolore praesent, adipiscing aliquam at erat mi. Felis ipsum massa molestie dolor lobortis ullamcorper amet nunc aliquet at magna diam elit erat praesent adipiscing, aliquam. Proin adipiscing ac et at erat felis tempus ante, molestie feugiat nibh elit sed laoreet id, ipsum ante. Felis lorem nibh eget sed nibh eget sed massa molestie feugiat non nonummy donec praesent adipiscing aliquam proin. Elit erat mi felis tempus ante molestie feugiat tincidunt euismod pulvinar tincidunt tellus pulvinar ut sem consectetur magna. Diam adipiscing proin at lorem et eget, sed laoreet id ipsum massa mauris feugiat lobortis euismod pulvinar tincidunt. Euismod sit nisi, non pharetra donec diam amet dolore aliquet adipiscing nibh volutpat sed massa id tempus massa. Volutpat pharetra mauris molestie at amet lorem aliquam ut diam tellus consectetur ac id ipsum massa volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar massa non consectetur donec, praesent ipsum lobortis volutpat pharetra congue aliquet. Turpis, nisi proin elit erat et elit ipsum nunc tellus pharetra magna, diam. Adipiscing aliquam ante mauris lorem, et ipsum massa molestie ipsum massa volutpat dolor. Tincidunt aliquet turpis dolore aliquet turpis nisi sem, pharetra congue ullamcorper amet nunc. Tellus, sit ut non pharetra non amet dolore praesent at lorem, nibh volutpat. Pulvinar nunc sem consectetur nisi sem nonummy donec diam nonummy donec praesent at. Ac, nibh, pulvinar, massa molestie sit magna diam, elit erat ante felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec mi felis, tempus, eget sed, laoreet. Euismod pulvinar ut sem consectetur magna diam nonummy, donec. Praesent at ac nibh elit dolor tincidunt id ipsum. Massa tellus sit lobortis pulvinar nunc tellus turpis aliquam. Et id pulvinar dolore sem consectetur magna et amet. Donec praesent adipiscing aliquam, proin mauris ac et nonummy. Donec mauris feugiat lobortis non amet congue euismod pulvinar. Massa tellus pharetra ut ullamcorper amet dolore praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut id pulvinar, nunc tellus feugiat, ut ullamcorper nonummy. Dolore praesent adipiscing ac tincidunt id sed laoreet molestie. Ipsum lobortis non amet donec aliquet turpis aliquam mauris. Sed tincidunt euismod pulvinar nunc non pharetra ut non. Pharetra dolore proin at aliquam et elit erat laoreet. Felis, ipsum lobortis volutpat dolor, euismod dolor tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue diam nonummy aliquam, ante eget dolor, laoreet euismod amet nisi aliquet sit et. Felis tempus massa molestie lorem lobortis eget sed nibh id ipsum massa molestie lorem proin. At lorem laoreet euismod pulvinar massa id ipsum massa, lorem nibh eget dolor tincidunt id. Ipsum nunc tellus sit congue diam adipiscing, donec proin at lorem nibh eget erat, et. Elit donec aliquet, turpis sem consectetur magna sem consectetur congue ullamcorper pulvinar dolore tellus turpis. Magna diam elit erat mi adipiscing, tempus ante mauris, ac nibh eget mi id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa volutpat, dolor magna diam nonummy aliquam proin at lorem laoreet euismod massa non pharetra. Congue ullamcorper, pharetra, dolore aliquet amet dolore tellus sit nisi diam consectetur donec diam nonummy dolore. Praesent adipiscing ac, nibh eget sed tellus pharetra congue diam nonummy dolore ullamcorper turpis nisi sem. Consectetur ac, et felis ipsum ante mauris lorem lobortis volutpat dolor tincidunt tellus pulvinar nunc tellus. Ut ullamcorper nonummy, dolore aliquet turpis nisi sem at erat laoreet id pulvinar, ut non consectetur. Magna, mi felis tempus, proin at ac elit sed mi, felis aliquam praesent adipiscing aliquam et. Eget dolor laoreet, id feugiat lobortis volutpat feugiat lobortis volutpat dolor, tincidunt tellus pulvinar massa tellus. Sit congue, id feugiat lobortis, molestie feugiat tincidunt euismod pulvinar nunc aliquet turpis nisi diam nonummy. Donec praesent mauris feugiat nibh mauris lorem nibh eget donec mi felis tempus mauris dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non pharetra congue aliquet turpis nisi sem, consectetur et elit erat mi felis ipsum nibh mauris, lorem nibh eget ipsum, massa molestie. Ipsum massa volutpat dolor tincidunt volutpat dolor nunc tellus pulvinar nunc sit congue non amet dolore aliquet turpis nisi non consectetur ac et elit tempus. Ante volutpat dolor congue ullamcorper turpis, nunc aliquet, turpis nisi non tempus ante mauris, lorem, lobortis ullamcorper amet dolore aliquet adipiscing ac et eget sed. Massa tellus sit ut diam consectetur magna praesent adipiscing sem, consectetur nisi diam nonummy erat mi felis ipsum nibh volutpat, sed laoreet euismod amet dolore. Aliquet consectetur magna et elit, erat mi mauris tempus nibh euismod nunc aliquet turpis magna diam, nonummy sed massa tellus sit ut ullamcorper, nonummy erat. Ante at, lorem lobortis volutpat dolor tincidunt tellus sit ut non pharetra congue amet dolore aliquet turpis nisi sem pharetra, magna diam adipiscing aliquam proin. At lorem nibh eget sed laoreet, tellus turpis ut elit erat mi, felis, lorem, ante mauris lorem nibh eget erat massa id ipsum ante, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem, consectetur ac mi id ipsum, massa. Molestie sit congue ullamcorper amet nunc tellus, pulvinar. Ut proin at, ac diam nonummy, mi mauris. Lorem nibh eget sed laoreet euismod pulvinar nunc. Tellus consectetur magna ullamcorper amet donec proin at. Lorem nibh eget sed massa tellus feugiat, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis aliquam proin at magna diam elit donec praesent felis aliquam ante volutpat sed laoreet id, pulvinar, et at magna ullamcorper nonummy. Dolore praesent, adipiscing tempus nibh eget sed tincidunt, euismod pulvinar massa molestie feugiat lobortis volutpat dolor, laoreet id ipsum, non, consectetur ac. Et elit erat aliquet adipiscing nisi sem at magna diam nonummy donec diam nonummy donec praesent at ac diam elit, erat mi. Felis lobortis non pharetra congue, euismod pulvinar nunc, tellus sit ut volutpat pharetra congue ullamcorper pulvinar nunc aliquet turpis nisi sem pharetra. Erat mi felis lobortis non amet dolore, aliquet adipiscing aliquam et elit, sed mi felis erat, mi mauris lorem lobortis eget dolor. Nunc, aliquet turpis aliquam diam pharetra congue adipiscing aliquam lobortis, non, dolor congue, ullamcorper turpis dolore sem consectetur magna et elit erat. Praesent mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut tellus sit ullamcorper elit tempus proin at ac proin at ac et. Elit, tempus massa volutpat feugiat tincidunt ullamcorper amet dolore aliquet aliquam sem consectetur ac diam nonummy donec proin at lorem et elit. Erat mi felis tempus mi felis tempus, proin at magna sem, consectetur, magna, ullamcorper nonummy ante eget dolor laoreet eget sed massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor, congue aliquet adipiscing nibh, mauris ac nibh elit, erat ante mauris tempus ante mauris lorem et. Id ipsum massa tellus feugiat lobortis molestie feugiat lobortis volutpat sed tincidunt, at lorem mi elit donec praesent. Adipiscing aliquam nibh eget dolor tincidunt ullamcorper sit ut sem, consectetur magna ullamcorper, amet dolore aliquet amet nisi. Aliquet magna sem consectetur magna ullamcorper amet dolore tellus sit ut tellus feugiat lobortis volutpat pharetra tincidunt euismod. Ipsum massa, molestie feugiat ut non tempus ante, mauris, lorem ante mauris lorem nibh eget ipsum, massa mauris. Lorem, lobortis non, pharetra dolore aliquet turpis, dolore sem consectetur ac et felis ipsum massa feugiat congue ullamcorper. Nonummy nisi proin mauris sed laoreet eget sed laoreet molestie feugiat lobortis eget sed, tincidunt euismod, pulvinar, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum ante molestie feugiat nibh eget sed tincidunt, tellus turpis nisi sem, consectetur magna diam nonummy aliquam praesent lorem nibh elit erat. Mi felis ipsum, massa, volutpat pharetra tincidunt euismod dolor laoreet euismod pulvinar nunc tellus feugiat ut ullamcorper pharetra congue ullamcorper turpis tincidunt ullamcorper. Amet nunc aliquet turpis nisi diam elit tempus ante molestie, feugiat nibh eget sed laoreet, id ipsum massa tellus pharetra ut non pharetra. Dolore mauris lorem nibh volutpat dolor, nunc tellus pulvinar ut non pharetra, congue ullamcorper amet donec praesent, adipiscing, nisi non pharetra congue ullamcorper. Amet, dolore molestie feugiat congue ullamcorper amet, nunc molestie sit ut, non, consectetur magna ullamcorper nonummy dolore aliquet sit ut non pharetra, congue. Non amet dolore aliquet turpis nisi at erat laoreet id tempus ante felis tempus nibh eget sed tincidunt euismod pulvinar ut tellus feugiat. Lobortis non amet aliquam proin, adipiscing, aliquam proin at mi, elit erat mi, molestie feugiat congue aliquet turpis, nisi sem, turpis magna sem. Nonummy, erat laoreet id ipsum lobortis adipiscing aliquam ante mauris lorem nibh volutpat dolor tincidunt, id feugiat massa, volutpat dolor congue euismod dolor. Tincidunt id ipsum ante molestie feugiat ut non dolor tincidunt, adipiscing aliquam proin elit, erat mi felis ipsum ante mauris lorem lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit magna praesent adipiscing, donec praesent adipiscing aliquam et eget sed laoreet, molestie feugiat lobortis, volutpat, pharetra magna aliquet amet nisi mauris sed laoreet id ipsum massa, molestie. Feugiat lobortis non amet donec praesent adipiscing aliquam et elit ac et elit tempus ante mauris lorem nibh dolor tincidunt euismod sit ut tellus sit ut diam pharetra dolore aliquet. Turpis aliquam et eget ac diam nonummy donec mi felis aliquam proin at, ac nibh sit ut non consectetur sed, massa id feugiat, ut ullamcorper, amet dolore praesent adipiscing nisi. Sem elit erat, mi felis erat ante felis ante mauris, lorem, laoreet euismod pulvinar nunc tellus sit congue ullamcorper, pharetra dolore praesent, turpis nisi, aliquet consectetur ut volutpat dolor, lobortis. Volutpat pulvinar dolore euismod pulvinar, sem elit erat praesent adipiscing aliquam ante mauris sed, laoreet euismod pulvinar nunc tellus feugiat ut non pharetra tincidunt euismod dolor, laoreet id ipsum, ante. Mauris feugiat eget dolor tincidunt tellus turpis nisi sem at ac mi felis tempus ante molestie dolor congue, euismod amet dolore aliquet erat mi felis tempus mi mauris tempus ante. Mauris lorem, nibh eget erat mi felis tempus ante at lorem nibh elit erat laoreet id feugiat ut non erat ante mauris feugiat, ante eget sed tincidunt euismod pulvinar nunc. Tellus sit ut volutpat, pharetra, congue ullamcorper amet dolore aliquet consectetur nisi sem, nonummy donec ullamcorper dolore sem consectetur ac et elit donec praesent adipiscing aliquam ante mauris, feugiat laoreet. Ullamcorper, amet nunc, aliquet sit ut sem nonummy donec praesent amet dolore, sem dolor tincidunt euismod ipsum massa id, ipsum nibh, eget lorem nibh id ipsum nunc tellus sit, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam sem consectetur ac laoreet id ipsum laoreet mauris feugiat lobortis non pharetra dolore praesent, adipiscing aliquam elit ac et nonummy donec mi felis, tempus ante mauris. Sed laoreet euismod, ipsum nunc tellus sit ut non dolor congue euismod pulvinar massa feugiat massa non amet dolore ullamcorper amet dolore, proin, consectetur ac et elit erat. Praesent felis aliquam nibh mauris lorem laoreet id, ipsum, massa id ipsum ante lorem nibh eget sed mi elit erat mi felis tempus ante mauris lorem laoreet euismod. Pulvinar, nunc non pharetra magna diam adipiscing aliquam volutpat dolor tincidunt ullamcorper, amet dolore aliquet turpis ut non pharetra magna diam adipiscing aliquam proin at ac et eget. Sed massa tellus pharetra ut non dolor, euismod pulvinar nunc tellus feugiat lobortis volutpat dolor congue ullamcorper turpis aliquam ante mauris lorem nibh elit erat praesent adipiscing donec. Proin at lorem nibh, elit erat id, ipsum lobortis volutpat feugiat lobortis euismod pulvinar nunc aliquet consectetur ac et eget erat mi felis lorem nibh mauris et eget. Sed massa tellus turpis nisi, ullamcorper amet dolore aliquet turpis nunc aliquet turpis ut non pharetra ut euismod pulvinar dolore aliquet sit ut non ac, et elit, aliquam. Lobortis volutpat dolor congue ullamcorper amet nunc euismod, ipsum massa non pharetra congue diam, nonummy aliquam proin at ac et at erat praesent ipsum lobortis molestie dolor tincidunt. Aliquet, adipiscing nisi proin elit erat laoreet felis tempus ante mauris lorem, ante at ac et nonummy donec praesent adipiscing tempus ante lorem nibh volutpat dolor laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna praesent felis praesent, at ac diam elit sed laoreet id ipsum massa volutpat feugiat tincidunt ullamcorper pulvinar massa tellus, sit nisi diam nonummy. Erat mi felis aliquam at lorem nibh eget sed massa molestie ipsum massa volutpat dolor laoreet, id ipsum massa molestie sit lobortis volutpat feugiat tincidunt. Euismod, amet nunc aliquet magna diam nonummy donec praesent adipiscing aliquam ante mauris lorem et eget erat mi felis, tempus ante molestie, dolor tincidunt volutpat. Dolor tincidunt euismod nisi sem, nonummy donec mi adipiscing tempus ante at lorem laoreet, id pulvinar, massa, molestie, tempus ante at ac et eget dolor. Tincidunt euismod sit nisi aliquet turpis nisi sem consectetur congue non pharetra, congue aliquet turpis nisi non consectetur ac et, elit erat mi adipiscing aliquam. Proin at magna, diam elit erat molestie sit congue non amet, dolore aliquet turpis aliquam et elit erat mi felis, ipsum ante felis ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi non consectetur magna diam amet, tincidunt euismod pulvinar nunc tellus pharetra congue ullamcorper. Nonummy erat praesent turpis ac elit sed, laoreet, euismod pulvinar, massa tellus dolor tincidunt euismod. Pulvinar donec aliquet turpis nisi non consectetur magna ullamcorper nonummy donec aliquet turpis nisi proin. Erat mi id tempus, mi mauris tempus nibh volutpat dolor tincidunt euismod ipsum massa id. Feugiat lobortis non amet dolore aliquet turpis nisi sem turpis nisi, amet, donec, ullamcorper adipiscing. Aliquam ante at lorem laoreet euismod turpis ut non pharetra congue diam nonummy aliquam praesent. Turpis nisi sem elit ac tellus sit nisi sem consectetur donec diam nonummy donec sem. Turpis nisi sem, consectetur magna praesent adipiscing donec proin at lorem nibh eget, sed mi. Id ut non, pharetra, magna, ullamcorper turpis nisi sem consectetur ac et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam elit sed laoreet id ipsum massa, non amet dolore praesent adipiscing tempus nibh eget, sed tincidunt id ipsum massa. Molestie feugiat ut ullamcorper nonummy lobortis ullamcorper amet dolore praesent adipiscing nisi aliquet, consectetur, ac, diam elit tempus ante felis aliquam. Ante mauris lorem laoreet eget sed massa, molestie sit non pharetra congue, aliquet turpis dolore tellus sit, ut non dolor lobortis. Volutpat pulvinar tincidunt tellus pulvinar nunc molestie lorem lobortis eget dolor, laoreet sit ut, non pharetra, ut non amet congue ullamcorper. Turpis nisi aliquet consectetur, magna et elit tempus mi felis tempus, nibh eget lorem nibh id sed molestie sit ut non. Pharetra congue ullamcorper amet dolore tellus feugiat ut non, pharetra congue ullamcorper amet donec sem consectetur ac nibh elit, sed massa. Tellus sit, diam adipiscing donec proin at lorem, nibh volutpat dolor tincidunt euismod ipsum lobortis volutpat feugiat lobortis volutpat dolor tincidunt. Euismod pulvinar ut tellus sit ut ullamcorper sit, congue ullamcorper elit erat mi felis lorem nibh volutpat, sed mi felis tempus. Ante felis lorem ante eget, sed tincidunt euismod pulvinar nunc tellus sit ut nonummy donec mi at ac et consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, adipiscing tempus ante pulvinar nunc aliquet turpis nisi, sem at, magna et nonummy. Aliquam proin at ac proin at, ac mi felis, tempus ante molestie feugiat lobortis. Euismod aliquam proin eget lorem nibh eget erat mi id ipsum massa molestie feugiat. Lobortis volutpat pulvinar nunc molestie sit lobortis volutpat feugiat lobortis euismod pulvinar proin adipiscing. Aliquam diam nonummy magna, praesent felis tempus proin at ac et, elit ac et. Nonummy donec praesent adipiscing nisi, sem consectetur ac eget tempus mi felis tempus proin. At ac, laoreet euismod amet dolore tellus pharetra, congue ullamcorper nonummy erat ante mauris. Tempus ante eget sed tincidunt euismod nisi non sit ut volutpat dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat dolor tincidunt euismod, amet dolore feugiat nisi diam nonummy erat mi felis lorem ante. Eget pharetra tincidunt aliquet sit nisi proin elit ac mi ipsum nunc tellus turpis magna et felis. Ipsum nunc non consectetur congue diam, nonummy donec praesent adipiscing nisi sem consectetur magna, et elit donec. Proin lorem et eget dolor tincidunt id tempus ante felis tempus ante mauris ac et nonummy erat. Mi id ipsum ut non amet congue ullamcorper amet dolore turpis nisi sem nonummy dolore mi mauris. Feugiat nibh volutpat dolor tincidunt id ipsum massa molestie sit ut non pharetra tincidunt euismod pulvinar nunc. At ac mi elit erat mi felis tempus ante, at lorem et, elit erat mi nonummy donec. Proin at ac et at ac, mi molestie feugiat molestie feugiat nibh eget sed laoreet, id tempus. Ante, molestie, feugiat lobortis volutpat pulvinar nunc euismod pulvinar, nunc tellus feugiat lobortis mauris lorem et, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris feugiat tincidunt euismod pulvinar nunc aliquet sit nunc, non pharetra ut, non amet nunc adipiscing, ac et eget ipsum dolore tellus sit ut. Ullamcorper amet donec aliquet adipiscing tempus ante mauris lorem nibh elit erat mi mauris lorem lobortis nonummy, donec, aliquet adipiscing aliquam et, eget sed laoreet. Id ipsum, massa molestie feugiat nibh eget pulvinar nunc aliquet consectetur magna diam nonummy donec mi id lobortis volutpat, dolor tincidunt ullamcorper turpis nisi aliquet. Turpis ut volutpat feugiat lobortis volutpat dolor laoreet euismod ipsum massa molestie feugiat lobortis volutpat donec praesent turpis aliquam sem consectetur magna, et elit erat. Mi felis ac lobortis eget, sed laoreet id ipsum massa, molestie feugiat ut volutpat pulvinar tincidunt tellus massa molestie ipsum lobortis volutpat feugiat lobortis eget. Sed massa, id ipsum massa molestie lorem nibh eget lorem mi felis erat mi felis tempus, ante at ac aliquet non id, consectetur dolor tempus. Donec nisi et id pulvinar nunc tellus consectetur donec diam nonummy donec praesent dolor lobortis euismod turpis aliquam, sem consectetur ac diam consectetur magna ullamcorper. Nonummy, aliquam praesent adipiscing, magna diam nonummy magna ullamcorper amet dolore, ullamcorper turpis aliquam proin sed massa molestie feugiat massa mauris lorem ante mauris ac. Et felis, erat praesent felis tempus ante mauris sed laoreet, eget sed laoreet id ipsum ante mauris nibh eget dolor tincidunt id pulvinar massa volutpat. Pharetra congue diam amet dolore aliquet, sit nisi sem consectetur magna diam amet dolore aliquet turpis dolore aliquet turpis, et id ipsum massa molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar ut non congue, ullamcorper amet dolore aliquet adipiscing nisi, sem consectetur. Ac mi felis tempus ante mauris lorem nibh mauris sed laoreet id sit. Ut, non, sit ullamcorper nonummy dolore aliquet amet ut tellus sit congue non. Pharetra dolore, aliquet turpis nisi sem consectetur ac et elit donec praesent nonummy. Dolore at lorem nibh eget donec praesent adipiscing tempus ante mauris lorem nibh. Elit, sed mi id ipsum lobortis molestie dolor congue ullamcorper pulvinar tincidunt euismod. Pulvinar tellus pharetra magna diam felis aliquam proin at lorem nibh eget sed. Laoreet id sit, nisi, non consectetur congue diam nonummy donec aliquet turpis sem. Nonummy donec diam adipiscing aliquam, proin at ac nibh, eget ipsum massa molestie. Turpis ut sem, pharetra magna praesent adipiscing nisi sem consectetur ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget sed tincidunt euismod pulvinar dolore aliquet consectetur magna diam elit erat praesent tempus ante eget sed tincidunt tellus sit nisi sem pharetra ut. Non pharetra tincidunt euismod pulvinar nunc tellus feugiat lobortis, molestie feugiat, tincidunt euismod nunc tellus sit nisi molestie sit lobortis eget sed tincidunt id pulvinar. Nunc non pharetra congue diam amet dolore aliquet turpis, aliquam proin at erat mi elit mi felis aliquam ante at magna et nonummy, donec mi. Felis ipsum nibh, mauris, lorem laoreet, eget ipsum massa molestie feugiat massa mauris congue, ullamcorper, amet dolore aliquet turpis ut non pharetra congue ullamcorper pulvinar. Nunc tellus adipiscing aliquam proin consectetur magna diam amet dolore aliquet turpis nisi sem consectetur diam, elit tempus ante molestie feugiat nibh eget sed nibh. Id pulvinar nunc molestie ipsum massa molestie dolor laoreet, id, sed laoreet id ipsum massa volutpat dolor diam adipiscing nisi sem at ac, nibh eget. Ipsum, massa id, feugiat lobortis volutpat pharetra dolore aliquet amet dolore aliquet ut sem nonummy donec laoreet id pulvinar massa molestie feugiat lobortis eget lorem. Et elit erat mi felis tempus massa mauris lorem, nibh eget sed laoreet id ut non pharetra magna diam nonummy aliquam sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing massa volutpat, dolor tincidunt ullamcorper amet nunc tellus, feugiat, ut volutpat, dolor tincidunt ullamcorper amet dolore aliquet turpis, magna. Diam eget sed laoreet, molestie feugiat volutpat dolor tincidunt ullamcorper pulvinar dolore aliquet, at ac et elit erat, praesent adipiscing. Aliquam, proin at ac et, elit erat, mi mauris tempus praesent ac et, elit, sed massa, aliquet consectetur magna et. Felis feugiat massa, volutpat dolor tincidunt euismod pulvinar nunc tellus turpis, nisi, sem pharetra diam nonummy donec, praesent adipiscing nisi. Non pharetra congue non feugiat lobortis euismod pulvinar tincidunt euismod ipsum massa volutpat feugiat lobortis eget sed laoreet eget, sed. Massa feugiat lobortis non pharetra congue ullamcorper amet nunc, aliquet turpis magna diam, consectetur donec praesent, turpis aliquam proin consectetur. Magna et elit sed massa molestie lorem nibh sed laoreet id ipsum nunc molestie feugiat, ut non pharetra tincidunt ullamcorper. Turpis aliquam, proin mauris, lorem nibh elit ante, molestie sit ut ullamcorper nonummy, dolore ullamcorper amet dolore sem consectetur congue. Ullamcorper pharetra congue aliquet turpis nisi sem consectetur nisi diam nonummy, erat mi adipiscing nibh volutpat sed tincidunt euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat dolor congue ullamcorper amet sem at. Sed laoreet euismod pulvinar ut, et, id, ipsum. Massa molestie feugiat lobortis volutpat sed tincidunt id. Ipsum massa tellus sit ut non, amet mi. Mauris lorem nibh eget dolor laoreet id, ipsum. Massa tellus pharetra congue non amet dolore ullamcorper. Amet nisi aliquet sit ut non amet congue. Adipiscing, tempus ante mauris ac et elit erat. Mi mauris tempus nibh eget dolor tincidunt ullamcorper. Sit nisi proin at ac et nonummy congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, ac, mi felis tempus mi molestie, lorem, lobortis volutpat dolor tincidunt euismod pulvinar laoreet felis ipsum molestie dolor tincidunt euismod amet dolore sem consectetur. Magna diam nonummy donec praesent nonummy dolore tellus sit ut non pharetra congue ullamcorper pharetra congue turpis nisi proin at ac mi elit, erat praesent. Adipiscing aliquam proin at ac et nonummy donec praesent adipiscing aliquam ante at lorem nibh elit erat mi tempus ante molestie feugiat lobortis, volutpat pulvinar. Dolore aliquet turpis magna diam nonummy, donec, diam, adipiscing aliquam proin at, ac proin consectetur, congue nonummy donec praesent adipiscing aliquam et elit erat, mi. Felis ipsum massa volutpat dolor, lobortis volutpat pulvinar nunc praesent at ac nibh, eget ipsum laoreet felis ipsum non dolor congue aliquet adipiscing aliquam, proin. Elit erat mi felis erat ante felis lorem ante eget ac et elit erat laoreet, felis, aliquam proin at aliquam elit erat et felis erat. Ante molestie lorem, ante, eget dolor laoreet id pulvinar massa mauris lorem nibh eget lorem eget ipsum massa id ipsum massa molestie feugiat lobortis elit. Erat massa molestie, ipsum ante mauris tempus ante, at, ac et elit donec praesent adipiscing tempus adipiscing aliquam proin consectetur, magna ullamcorper elit, erat, ante. Mauris lorem, nibh eget sed laoreet id ipsum ante adipiscing nisi sem consectetur magna diam nonummy, donec, diam aliquam proin at ac proin consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra magna pulvinar dolore euismod, ipsum nunc tellus. Pharetra magna, diam adipiscing donec aliquet turpis nisi non consectetur. Magna ullamcorper amet congue ullamcorper pulvinar nunc sem consectetur sem. Consectetur congue ullamcorper pulvinar nunc tellus pulvinar ut tellus, sit. Ut non dolor congue aliquet turpis nisi aliquet consectetur congue. Ullamcorper, amet dolore aliquet tempus nibh eget dolor nunc tellus. Pulvinar nunc tellus pharetra, ut non amet dolore, ullamcorper turpis. Aliquam nibh eget sed massa molestie ipsum non dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit nisi sem nonummy erat laoreet id ipsum lobortis volutpat dolor tincidunt amet, nisi proin consectetur, magna et elit donec praesent adipiscing aliquam ante at ac et nonummy. Magna praesent adipiscing donec proin at, aliquam non pharetra non pharetra congue ullamcorper amet nunc aliquet sit lobortis molestie feugiat nibh eget sed laoreet id tempus ante mauris aliquam. Proin at ac proin at laoreet molestie feugiat ut ullamcorper amet congue ullamcorper amet nunc tellus sit lobortis volutpat feugiat lobortis volutpat sed laoreet id pulvinar massa tellus magna. Mi adipiscing aliquam, proin adipiscing aliquam et elit ac et elit tempus mi felis tempus nibh euismod pulvinar nunc tellus turpis nisi diam nonummy donec mi ipsum lobortis volutpat. Dolor tincidunt volutpat amet dolore tellus consectetur magna diam nonummy erat mi felis lorem ante at ac, diam nonummy donec mi felis, tempus proin amet dolore praesent adipiscing aliquam. Proin elit erat et elit erat ante felis, tempus proin at magna diam nonummy magna, sem consectetur, donec praesent adipiscing tempus proin, at lorem et eget sed laoreet id. Feugiat lobortis non pharetra magna diam, nonummy donec praesent at aliquam et elit massa molestie feugiat lobortis molestie, dolor tincidunt volutpat pulvinar nunc molestie feugiat ut non consectetur congue. Ullamcorper amet nunc euismod pulvinar nunc non pharetra congue, ullamcorper pharetra praesent adipiscing ac laoreet eget sed mi felis tempus mi mauris tempus ante eget erat mi felis, tempus. Ante felis lorem nibh eget sed laoreet id pulvinar tellus pharetra congue ullamcorper pharetra congue euismod pulvinar tincidunt molestie feugiat massa, molestie feugiat nibh eget dolor tincidunt euismod pulvinar. Ut sem pharetra congue, ullamcorper, nonummy donec turpis aliquam proin at erat et felis ipsum ante, felis tempus, ante mauris lorem et nonummy erat mi felis, tempus, proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat, lobortis volutpat dolor tincidunt euismod dolor nunc tellus sit mi felis ipsum, ante mauris sit ut volutpat pharetra tincidunt. Ullamcorper turpis aliquam sem at ac et, amet dolore praesent turpis dolore aliquet turpis ut volutpat congue ullamcorper amet donec aliquet pulvinar. Nunc, non pharetra ut volutpat sed nibh id, sed massa molestie feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt sit ut molestie. Feugiat tincidunt ullamcorper pulvinar nunc tellus pulvinar nunc non, pharetra congue ullamcorper amet dolore aliquet turpis aliquam et at erat felis pulvinar. Massa volutpat, dolor tincidunt ullamcorper pulvinar dolore tellus pulvinar nunc, tellus, sit lobortis volutpat dolor congue aliquet amet dolore, aliquet turpis, magna. Et elit erat molestie lorem lobortis volutpat pulvinar tincidunt, euismod pulvinar, nunc molestie lorem lobortis volutpat pharetra, congue praesent turpis, dolore aliquet. Turpis nisi non pharetra dolore ullamcorper amet proin mauris ac diam nonummy, tempus ante mauris lorem ante, at lorem proin at ac. Et elit aliquam, proin adipiscing et eget dolor tincidunt id ipsum ut non dolor congue euismod amet dolore aliquet turpis nisi non. Pharetra congue diam adipiscing, aliquam praesent mauris ac, proin elit dolore sem consectetur magna diam nonummy donec diam nonummy donec aliquet turpis. Nisi diam consectetur magna diam nonummy aliquam proin at ac proin at magna ullamcorper, nonummy, ante volutpat dolor tincidunt ullamcorper nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus sit ut at ac mi felis ipsum lobortis volutpat. Pharetra congue aliquet turpis dolore tellus sit nisi sem dolor congue. Diam amet, aliquam proin at ac aliquet turpis nisi sem pharetra. Magna mi felis, ipsum lobortis volutpat dolor tincidunt euismod amet nunc. Aliquet turpis ut non pharetra congue diam nonummy donec at aliquam. Proin elit erat mi elit erat praesent adipiscing aliquam et, elit. Erat laoreet id ipsum massa mauris lorem nibh eget sed laoreet. Id pulvinar nunc id ipsum laoreet molestie feugiat massa volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar ut non, erat ante felis tempus proin mauris ac et elit ac praesent adipiscing donec proin at lorem et elit sed laoreet id. Ipsum massa molestie lorem euismod, pulvinar dolore, praesent adipiscing aliquam proin, elit donec praesent adipiscing aliquam proin at lorem nibh, elit sed mi felis ipsum massa. Molestie dolor magna nonummy, donec proin, at ac et elit sed laoreet felis ipsum ante, volutpat dolor, lobortis euismod ipsum massa molestie, tempus ante mauris, lorem. Ante mauris sed laoreet ipsum, massa molestie feugiat lobortis, eget lorem nibh eget sed laoreet, id, ipsum ante at aliquam proin at ac mi elit ipsum. Massa, dolor lobortis eget dolor tincidunt euismod ipsum massa, id tempus proin, mauris lorem nibh eget sed laoreet molestie feugiat lobortis volutpat feugiat lobortis volutpat dolor. Tincidunt tellus, magna diam, nonummy magna, praesent nonummy donec praesent turpis ut sem consectetur congue non pharetra, congue ullamcorper pulvinar dolore, aliquet turpis nisi sem pharetra. Mi felis lorem, nibh eget, lorem nibh eget erat praesent adipiscing donec ullamcorper amet ut tellus sit lobortis molestie feugiat tincidunt ullamcorper amet nisi sem consectetur. Magna felis erat praesent adipiscing aliquam, ante mauris lorem tincidunt proin ullamcorper molestie elit turpis feugiat, donec ante non elit feugiat ut et felis sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc, tellus pharetra magna ullamcorper amet dolore aliquet turpis nisi proin at et elit erat praesent adipiscing donec, sem at lorem et elit erat praesent adipiscing aliquam ante mauris. Lorem laoreet id ipsum nunc tellus feugiat ut volutpat magna diam felis aliquam ante eget sed, nibh elit donec, mi felis tempus ante mauris lorem nibh, eget, erat laoreet, id. Ipsum massa molestie, feugiat ullamcorper amet dolore aliquet turpis ut non sit congue ullamcorper amet dolore, tellus turpis aliquam sem consectetur ac diam, nonummy erat praesent at nibh eget sed. Laoreet euismod sit nisi diam elit donec praesent felis tempus lobortis volutpat dolor tincidunt ullamcorper, turpis aliquam proin elit sed mi id ipsum massa dolor, congue diam adipiscing aliquam proin. Consectetur ac et elit erat laoreet id ipsum lobortis volutpat dolor laoreet eget erat, mi id ipsum massa volutpat dolor lobortis, pulvinar dolore sem consectetur magna diam consectetur congue diam. Amet dolore aliquet turpis ut sem at, ac, et, elit tempus ullamcorper elit erat, mi mauris lorem nibh volutpat dolor nunc euismod sit ut tellus sit ut non dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue diam elit tempus massa volutpat. Pharetra congue euismod, pulvinar dolore tellus pulvinar. Massa tellus feugiat ut non, donec proin. Eget lorem laoreet id, sed massa, molestie. Sit magna diam elit erat, praesent adipiscing. Aliquam proin at ac laoreet id ipsum. Nunc tellus congue ullamcorper amet dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna diam amet dolore ullamcorper, pulvinar nisi aliquet consectetur ac diam erat praesent, nonummy donec aliquet turpis ut non pharetra magna diam amet, dolore praesent. Adipiscing ac et eget erat laoreet euismod ipsum massa mauris feugiat nibh pulvinar, dolore tellus sit ut non pharetra congue non pharetra, congue ullamcorper amet dolore. Aliquet consectetur ac et nonummy dolore aliquet turpis nisi sem consectetur et, eget sed massa molestie feugiat ut non nonummy donec praesent adipiscing aliquam sem elit. Erat laoreet, id sit ut non pharetra congue adipiscing aliquam proin, mauris lorem nibh eget sed mi adipiscing ipsum massa, molestie feugiat, laoreet euismod ipsum massa. Molestie feugiat ante mauris lorem nibh mauris lorem laoreet ipsum massa mauris, lorem lobortis volutpat sed, tincidunt euismod pulvinar nunc non, pharetra ut non dolor tincidunt. Volutpat dolor tincidunt id ipsum lobortis molestie feugiat tincidunt, volutpat tincidunt euismod pulvinar ut non, pharetra congue ullamcorper, amet dolore praesent adipiscing nisi, sem at, erat. Laoreet, id sit ut dolor tincidunt euismod nonummy donec praesent consectetur magna diam nonummy, congue ullamcorper nonummy donec praesent adipiscing aliquam proin elit, erat laoreet, felis. Tempus ante molestie dolor lobortis amet dolore sem at magna diam nonummy donec praesent adipiscing aliquam, proin mauris lorem, et elit erat, mi, felis tempus, ante. Felis lorem lobortis volutpat dolor laoreet sit nisi diam nonummy donec praesent adipiscing donec aliquet turpis aliquam et elit erat mi felis ipsum massa mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus massa, molestie pharetra magna ullamcorper amet aliquam ante mauris lorem nibh, eget erat. Laoreet feugiat massa molestie feugiat lobortis volutpat sed laoreet id ipsum massa mauris tempus proin. Mauris sed laoreet id, sed nunc, tellus pharetra congue nonummy dolore ullamcorper amet nunc tellus. Turpis nisi diam nonummy donec praesent adipiscing aliquam proin at ac, diam elit donec diam. Nonummy nunc aliquet adipiscing aliquam proin erat et elit erat ante adipiscing ac et elit. Erat mi, felis pulvinar nunc molestie feugiat, lobortis eget dolor tincidunt tellus turpis, nisi elit. Sed, massa tellus feugiat ut non, pharetra congue ullamcorper pulvinar nunc euismod sit nisi sem. Nonummy erat mi mauris lorem nibh eget sed laoreet ullamcorper amet proin eget ipsum massa. Molestie feugiat massa molestie lorem nibh, elit dolor laoreet euismod pulvinar nunc tellus feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, nisi sem consectetur erat mi id tempus, mi adipiscing ac et at ac. Et elit erat praesent adipiscing aliquam praesent adipiscing sem nonummy donec praesent adipiscing tempus. Ante at ac proin at ac mi elit tempus ante mauris lorem nibh volutpat. Dolor, dolore aliquet consectetur laoreet euismod sit nisi sem at erat mi felis tempus. Ante molestie pharetra tincidunt aliquet amet nisi sem at erat mi felis tempus ante. Molestie sit diam, amet dolore praesent adipiscing ac et elit erat laoreet molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet, lorem, lobortis eget dolor dolore aliquet turpis nisi non pharetra congue diam nonummy donec praesent adipiscing. Ac et elit erat mi id ipsum massa dolor magna praesent adipiscing aliquam sem at ac nibh id. Ipsum nunc, non consectetur ac mi felis, tempus ante mauris ac nibh elit sed laoreet erat ante mauris. Lorem ante mauris lorem nibh id pulvinar nunc tellus sit congue ullamcorper, amet congue aliquet turpis nisi sem. Turpis magna diam, nonummy donec praesent elit erat ante felis, tempus ante mauris lorem nibh eget sed mi. Felis ipsum lobortis non dolor dolore ullamcorper turpis nisi sem consectetur et elit tempus mi adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed massa id feugiat massa molestie sed tincidunt ipsum nunc tellus, feugiat lobortis. Molestie feugiat nibh euismod pulvinar nunc tellus sit nisi non pharetra magna praesent adipiscing. Tempus, ante mauris sed laoreet euismod nunc aliquet, turpis nisi diam nonummy erat diam. Adipiscing lorem nibh volutpat, sed tincidunt euismod ipsum massa aliquet turpis congue non dolor. Tincidunt euismod pulvinar sem turpis ut non pharetra, magna praesent adipiscing aliquam proin adipiscing. Lorem laoreet, id pulvinar nunc tellus sit lobortis volutpat dolor lobortis euismod tempus proin. Mauris erat mi felis erat ante, mauris lorem ante mauris lorem et eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, felis ipsum lobortis volutpat dolor lobortis euismod dolor nunc id pulvinar, massa molestie. Feugiat lobortis volutpat dolor laoreet id ipsum massa molestie feugiat massa feugiat et elit. Erat laoreet felis tempus ante mauris, tempus ante mauris lorem laoreet id ipsum, ante. Molestie, sit ut ullamcorper, nonummy, donec praesent amet tellus pharetra ut non dolor, tincidunt. Ullamcorper turpis nunc tellus pulvinar nunc volutpat feugiat lobortis euismod amet nunc tellus sit. Ut non consectetur magna ullamcorper donec praesent at ac nibh eget sed laoreet elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, nibh euismod pulvinar nunc, tellus, aliquam diam nonummy erat, mi felis aliquam proin at ac et elit ac et, nonummy erat praesent, adipiscing aliquam ante, eget lorem, laoreet id. Tempus felis lorem ante at lorem nibh eget erat mi felis donec aliquet adipiscing aliquam et, at, ac et nonummy magna diam turpis nisi, sem consectetur et nonummy donec praesent. Felis tempus lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit lobortis volutpat dolor, lobortis eget sed laoreet, felis tempus mi sit ut non dolor laoreet id ipsum, massa molestie. Sit ut volutpat dolor tincidunt euismod pulvinar nunc molestie sit ut volutpat, feugiat lobortis volutpat dolor tellus consectetur ac nibh eget, sed massa, molestie feugiat massa molestie feugiat laoreet eget. Sed laoreet id sit ut sem consectetur magna diam, amet dolore tellus sit non pharetra congue ullamcorper pharetra dolore ullamcorper sit nisi, tellus feugiat lobortis, mauris, lorem nibh at ac. Et elit erat, mi, felis lorem ante at ac diam erat laoreet molestie sit ut volutpat sed tincidunt euismod pulvinar nunc, tellus sit magna diam, amet donec aliquet turpis nisi. Mauris sed nibh eget ipsum massa molestie feugiat lobortis volutpat, sed nibh elit erat mi felis tempus ante at aliquam et elit erat et, felis erat ante feugiat, nibh eget. Lorem, laoreet euismod pulvinar nisi, proin, at erat mi felis tempus massa molestie feugiat nibh, eget sed laoreet id tempus, mi, mauris lorem volutpat dolor laoreet id sed laoreet, molestie. Feugiat ut non, amet donec praesent adipiscing nisi aliquet consectetur magna diam nonummy donec aliquet turpis aliquam proin mauris ac id pulvinar ut non pharetra magna diam amet dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et felis ipsum, lobortis, volutpat consectetur magna diam nonummy dolore aliquet turpis nisi sem pharetra. Congue diam adipiscing aliquam, proin at ac et, erat et nonummy donec mi felis tempus ante. Elit erat, laoreet felis ipsum ante felis aliquam proin adipiscing nisi sem pharetra congue ullamcorper pharetra. Congue turpis nisi proin consectetur ac et nonummy, donec aliquet amet nunc tellus sit nunc non. Pharetra, congue diam nonummy, dolore tellus adipiscing nisi sem at ac, diam donec proin at lorem. Lobortis volutpat amet dolore euismod pulvinar ut non pharetra tincidunt ullamcorper nonummy, dolore praesent, turpis ut. Non consectetur ac nonummy tempus ante at ac nibh volutpat dolor laoreet, id ipsum lobortis volutpat. Pharetra congue euismod amet nunc aliquet turpis ut sem consectetur donec diam nonummy dolore turpis, nisi. Sem turpis magna diam nonummy, donec praesent adipiscing aliquam ante at ac et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, proin consectetur erat mi id, ipsum, lobortis. Volutpat dolor congue ullamcorper pulvinar dolore tellus sit. Ut sem pharetra congue diam dolore aliquet turpis. Aliquam et elit pulvinar nunc non pharetra congue. Diam elit tempus massa, mauris dolor, lobortis ullamcorper. Turpis dolore sem consectetur magna sem ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt, euismod pulvinar nunc tellus feugiat ut sem pharetra dolore ullamcorper amet. Nisi eget dolor nibh eget ipsum nunc, tellus sit, congue diam amet dolore ullamcorper. Turpis aliquam et at ac et elit erat praesent adipiscing tempus ante at tincidunt. Tellus turpis magna sem consectetur magna diam nonummy dolore, ullamcorper turpis nisi sem, pharetra. Magna et felis erat praesent felis aliquam proin mauris ac felis tempus mi adipiscing. Aliquam ante eget dolor tincidunt euismod pulvinar, nunc non pharetra congue diam nonummy dolore. Aliquet adipiscing aliquam proin elit, tincidunt euismod sit nunc tellus pharetra congue ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie feugiat ut non amet dolore at ac et eget amet nunc tellus turpis nunc tellus. Dolor tincidunt, euismod amet dolore aliquet sit nisi sem at magna diam adipiscing aliquam proin lorem nibh. Eget dolor nunc tellus sit ut non, dolor congue ullamcorper nonummy donec proin at aliquam et elit. Donec praesent adipiscing aliquam proin at proin at ac et elit donec praesent felis tempus ante eget. Sed tincidunt praesent at magna diam nonummy donec diam adipiscing donec, praesent adipiscing ac proin elit mi. Molestie sit lobortis non pharetra congue, diam nonummy donec aliquet consectetur magna diam nonummy donec diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit sed massa, tellus sit magna diam elit erat, praesent adipiscing aliquam. Ante, at, lorem nibh eget sed mi adipiscing congue diam nonummy aliquam ante. Mauris lorem nibh volutpat pulvinar tincidunt id feugiat lobortis volutpat feugiat lobortis eget. Dolor nunc id, pulvinar ut nonummy donec praesent adipiscing tempus ante at ac. Et at erat et felis, tempus, ante mauris lorem ante mauris lorem et. Felis ipsum, massa molestie feugiat ut felis donec proin mauris lorem nibh eget. Erat, mi felis tempus ante, felis, lorem tincidunt euismod dolor, nunc tellus, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non dolor tincidunt euismod pulvinar ut non sit, congue ullamcorper amet congue ullamcorper amet, nisi proin, at erat mi pulvinar magna diam. Elit sed, laoreet mauris feugiat lobortis volutpat pharetra congue ullamcorper pulvinar nunc tellus turpis ut volutpat pharetra congue, ullamcorper turpis nisi at. Ac et elit, erat ante felis, aliquam proin adipiscing ac et elit erat mi, felis, tempus proin at, aliquam, proin elit sed. Laoreet felis tempus mi nonummy donec diam adipiscing aliquam praesent adipiscing nisi et, elit ipsum massa molestie feugiat lobortis molestie feugiat nibh. Eget sed tincidunt molestie feugiat sem nonummy erat praesent adipiscing, aliquam praesent at, ac et eget sed massa molestie feugiat lobortis volutpat. Dolor, lobortis volutpat sed massa molestie feugiat lobortis volutpat dolor praesent adipiscing tempus proin at ac, et elit erat praesent nonummy donec. Praesent at ac et elit, ac mi elit donec praesent adipiscing, aliquam proin mauris sed sem, consectetur ac nibh id pulvinar massa. Molestie pharetra magna praesent adipiscing donec proin adipiscing dolore, aliquet, sit ut volutpat tempus ante molestie, feugiat tincidunt euismod amet dolore tellus. Sit nisi sem nonummy donec diam adipiscing, tempus proin mauris ac et eget, erat mi elit erat, ante dolor tincidunt euismod amet. Dolore praesent consectetur magna diam nonummy donec praesent, adipiscing donec praesent adipiscing nisi proin, consectetur erat, et elit erat mi adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar ut non pharetra congue diam amet donec proin at dolore aliquet turpis, nisi sem, at ac et elit erat praesent adipiscing lorem tincidunt euismod. Amet, dolore praesent at ac nibh id pulvinar ut sem sed mi felis tempus, massa molestie feugiat congue euismod pulvinar nunc tellus turpis ut tellus feugiat. Lobortis volutpat pulvinar nunc aliquet sit nunc molestie feugiat ullamcorper amet congue euismod pulvinar massa tellus sit lobortis molestie dolor tincidunt euismod amet dolore aliquet turpis. Magna sem nonummy donec laoreet id ut diam amet dolore aliquet adipiscing aliquam sem at ac mi felis tempus, ante mauris tempus nibh mauris lorem nibh. Eget sed laoreet tellus sit ut non tempus massa, molestie dolor lobortis volutpat sed nunc aliquet turpis nisi, diam elit erat mi mauris lorem lobortis volutpat. Pulvinar, dolore praesent adipiscing ac, proin elit sed et eget sed dolore sem consectetur magna et elit tempus ante mauris lorem ante mauris lorem laoreet eget. Sed laoreet id ipsum massa eget lorem proin at feugiat tincidunt euismod pulvinar tincidunt euismod sit ut non consectetur donec praesent felis tempus nibh mauris aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum, ante mauris, ac et elit sed, laoreet molestie. Sit nisi sem consectetur magna diam nonummy, donec praesent consectetur. Nunc aliquet sit nisi non consectetur ac et nonummy aliquam. Praesent adipiscing aliquam, nibh volutpat pulvinar nunc tellus sit nisi. Non nonummy, magna tellus consectetur magna praesent adipiscing tempus, massa. Volutpat dolor tincidunt, ullamcorper, pulvinar dolore sem turpis magna diam. Nonummy erat, mi mauris lorem nibh mauris, sed laoreet, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed laoreet eget sed mi felis tempus ante mauris ac, nibh volutpat dolor tincidunt euismod, magna et nonummy donec. Diam mauris, lorem nibh eget dolor tincidunt euismod ipsum nunc tellus sit ut ullamcorper amet congue ullamcorper amet dolore tellus nisi. Sem, nonummy donec praesent, felis, tempus nibh mauris lorem et eget erat laoreet id ipsum lobortis volutpat dolor tincidunt euismod amet. Nisi aliquet consectetur ac proin at magna diam consectetur donec mi felis aliquam proin at ac et eget erat mi, felis. Ipsum lobortis non pharetra congue ullamcorper dolore aliquet turpis magna nibh eget sed ante mauris lorem lobortis volutpat dolor, laoreet id. Pulvinar nunc aliquet turpis congue, diam amet donec praesent felis tempus ante lorem nibh id ipsum nunc tellus, feugiat lobortis, volutpat. Pharetra, dolore aliquet adipiscing nisi sem consectetur magna ullamcorper amet tincidunt ullamcorper turpis nisi aliquet consectetur magna et sit nisi sem. Nonummy donec praesent adipiscing donec proin at lorem et eget ipsum nunc tellus turpis, nisi sem nonummy aliquet amet nunc tellus. Pulvinar nunc non pharetra congue non pulvinar dolore aliquet turpis aliquam proin at ac et nonummy donec proin turpis aliquam proin. Elit erat nonummy erat mi nonummy, donec proin at ac nibh id ipsum massa molestie feugiat ut volutpat dolor laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie, feugiat tincidunt euismod pulvinar nunc tellus sit nisi sem consectetur donec praesent felis tempus nibh mauris lorem id pulvinar nunc molestie feugiat lobortis non pharetra. Congue euismod, pulvinar nisi aliquet consectetur nisi non pharetra donec praesent adipiscing, tempus proin, at, et euismod ipsum, nunc aliquet turpis ut non pharetra tincidunt euismod, amet. Nisi sem consectetur magna et, elit donec praesent nonummy aliquam proin at ac, proin elit, diam, adipiscing aliquam proin at ac et eget dolor tincidunt euismod turpis. Magna diam, elit erat mi, felis tempus ante, at ac, et, eget, massa non consectetur congue ullamcorper nonummy dolore aliquet felis lorem lobortis eget erat mi id. Ipsum ut non, pharetra magna, diam adipiscing donec praesent adipiscing nisi elit, erat laoreet id feugiat lobortis non nonummy, donec mi adipiscing tempus proin at ac diam. Nonummy erat mi felis aliquam proin at ac, proin at ac, adipiscing aliquam proin at ac et at erat mi felis tempus ante molestie, dolor tincidunt diam. Adipiscing lorem nibh eget laoreet, euismod pulvinar nunc non consectetur magna mi felis tempus, mi mauris dolor dolore aliquet adipiscing nisi proin consectetur magna diam nonummy donec. Mi, felis feugiat ut nonummy, aliquam ante mauris lorem nibh, eget ipsum, massa aliquet turpis nisi sem consectetur magna praesent adipiscing donec sem at lorem nibh, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pharetra congue ullamcorper turpis dolore, aliquet turpis nisi sem consectetur congue, diam aliquam sem at lorem nibh, eget sed laoreet. Id feugiat lobortis volutpat, pharetra dolore aliquet adipiscing ac, nibh eget, sed, nunc aliquet sit ut consectetur congue, ullamcorper nonummy dolore praesent. Adipiscing aliquam sem nonummy donec praesent nonummy donec praesent, adipiscing ac proin at ac et nonummy, dolore praesent adipiscing nisi proin ac. Et eget tempus massa molestie sit lobortis volutpat pharetra dolore aliquet turpis nisi sem consectetur magna diam nonummy donec praesent turpis aliquam. Eget sed laoreet euismod pulvinar, massa molestie feugiat ut non pharetra congue aliquet adipiscing, aliquam et elit ac et elit erat mi. Felis, aliquam sem at, erat tellus sit nisi sem consectetur magna diam adipiscing donec proin at ac proin elit erat laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet felis tempus ante, at lorem, nibh, id. Ipsum massa tellus sit ut ullamcorper, pharetra congue euismod. Amet nisi sem consectetur ac id feugiat lobortis molestie. Feugiat magna diam amet nunc tellus pulvinar ut sem. Pharetra, congue diam nonummy donec proin at lorem nibh. Elit erat id, feugiat lobortis volutpat pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa, molestie feugiat ut non pharetra. Dolore aliquet turpis aliquam, elit, sed massa. Id ipsum massa mauris ac proin at. Ac mi felis erat mi felis lorem. Lobortis euismod amet, dolore aliquet turpis ut. Non erat laoreet id ipsum massa, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi, id sit nisi sem consectetur magna, diam adipiscing aliquam ante nonummy dolore aliquet turpis nisi sem at magna et elit, donec ante, molestie feugiat tincidunt volutpat pulvinar tincidunt. Aliquet consectetur, magna, diam nonummy, donec mi adipiscing ut non pharetra dolore aliquet turpis nisi sem consectetur nisi diam amet dolore praesent turpis aliquam, proin at, ac nibh eget ipsum. Nunc sem consectetur mi, felis, ipsum massa volutpat dolor tincidunt euismod pulvinar massa tellus sit ut non pharetra, magna diam nonummy aliquam, proin at ac diam sit nisi proin, at. Ac mi felis feugiat lobortis, molestie dolor lobortis volutpat pulvinar tincidunt euismod pulvinar massa mauris tempus ante mauris sed laoreet euismod pulvinar nunc pharetra donec mi id tempus massa molestie. Feugiat lobortis eget erat laoreet id ipsum massa molestie lorem nibh mauris, lorem et elit donec mi mauris lorem nibh dolor tincidunt euismod amet dolore tellus pharetra congue ullamcorper pharetra. Dolore praesent felis lorem nibh mauris dolor tincidunt, euismod sit et elit erat mi felis tempus ante mauris lorem, nibh eget sed massa molestie sit ut sem consectetur congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, nibh id, sed laoreet felis tempus. Ante eget sed nibh id ipsum nunc. Aliquet turpis nisi sem nonummy massa molestie. Feugiat tincidunt volutpat pulvinar nunc euismod ipsum. Massa molestie feugiat lobortis non pharetra congue. Aliquet adipiscing ac nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat dolor, nunc aliquet sit nisi non pharetra magna diam adipiscing, ipsum, ante molestie, sed laoreet mauris feugiat congue ullamcorper amet dolore aliquet turpis magna. Diam, elit erat mi felis tempus nibh, eget dolor congue euismod ipsum massa id tempus volutpat dolor tincidunt euismod amet, dolore aliquet turpis nisi, sem elit erat. Mi, mauris lorem nibh eget lorem tincidunt id ipsum massa tellus sit lobortis non dolor aliquet adipiscing ac et elit erat mi felis ipsum, massa tellus feugiat. Tincidunt ullamcorper amet, nunc tellus, turpis aliquam sem at ac et feugiat massa molestie feugiat lobortis euismod pulvinar dolore aliquet turpis ut non pharetra congue ullamcorper amet. Nunc tellus sit ut non pharetra congue non pharetra congue aliquet aliquam sem elit erat mi felis tempus ante molestie, feugiat lobortis volutpat pulvinar nunc euismod sit. Nisi diam, elit donec praesent adipiscing aliquam ante at ac proin, erat mi id tempus, ante volutpat dolor tincidunt euismod pulvinar nunc tellus consectetur, magna et elit. Erat mi felis tempus non, amet dolore ullamcorper pulvinar, massa id ipsum ante molestie, feugiat lobortis volutpat dolor, tincidunt euismod pulvinar ut non pharetra ut non, dolor. Tincidunt tellus turpis ut elit sed mi felis tempus ante mauris feugiat, nibh elit erat, mi, felis ipsum massa molestie sit ut volutpat dolor tincidunt id ipsum. Laoreet molestie ipsum non pharetra tincidunt ullamcorper turpis nisi proin, at erat mi felis tempus mi mauris lorem nibh eget sed nibh id ipsum nunc tellus, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie lorem lobortis, euismod amet nisi proin eget, sed laoreet, euismod turpis nibh id pulvinar. Nunc tellus sit congue ullamcorper nonummy donec proin adipiscing aliquam proin at erat mi id ipsum. Massa, volutpat dolor congue euismod pulvinar nunc mauris lorem nibh eget ipsum, laoreet molestie sit congue. Ullamcorper, amet dolore aliquet turpis aliquam proin at ac mi felis, erat praesent adipiscing aliquam at. Sed nunc praesent turpis nisi proin at magna diam nonummy dolore aliquet turpis nisi sem at. Erat mi felis, tempus ante, molestie feugiat diam amet dolore aliquet sit ut, non consectetur magna. Diam adipiscing, aliquam ante at ac et elit magna diam, nonummy donec mi molestie feugiat lobortis. Volutpat nunc aliquet turpis ut non pharetra congue non amet congue ullamcorper pulvinar, dolore aliquet turpis. Magna et nonummy donec praesent felis aliquam proin at ac diam consectetur praesent adipiscing aliquam proin. Ullamcorper elit tempus ante molestie, feugiat nibh eget, sed laoreet id ipsum massa volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, pharetra dolore praesent adipiscing aliquam et elit erat, mi felis erat mi dolor tincidunt volutpat sed, laoreet id tempus ante mauris tempus proin adipiscing aliquam diam. Nonummy, donec praesent id ipsum ante mauris lorem, nibh volutpat dolor laoreet elit erat mi, id pulvinar nunc tellus sit ut, ullamcorper, amet dolore tellus sit nisi. Sem consectetur ac, et elit, tempus massa molestie feugiat lobortis mauris feugiat nibh eget sed dolore aliquet turpis ut diam elit ipsum massa id feugiat lobortis volutpat. Pharetra dolore aliquet turpis, nisi aliquet nisi sem nonummy donec praesent, adipiscing aliquam sem, consectetur magna et elit erat praesent adipiscing tempus ante mauris lorem nibh elit. Sed massa molestie feugiat, lobortis non dolore ullamcorper turpis nisi aliquet consectetur nisi diam nonummy magna ullamcorper amet donec aliquet adipiscing aliquam non, at ac diam nonummy. Dolore praesent adipiscing ac, nibh eget nunc euismod sit ut non consectetur congue ullamcorper amet dolore aliquet turpis nisi sem consectetur ac diam nonummy dolore ullamcorper aliquam. Proin at ac et nonummy donec mi felis tempus ante mauris ac et elit erat praesent nonummy donec aliquet sit ut non pharetra magna, diam feugiat massa. Molestie dolor tincidunt volutpat dolor nunc tellus sit ut tellus feugiat lobortis volutpat sed laoreet euismod ipsum massa molestie ipsum ante at ac proin consectetur massa id. Ipsum massa molestie lorem nibh volutpat sed laoreet id ipsum nunc tellus, feugiat lobortis eget dolor tincidunt euismod amet ut non consectetur ut non amet aliquet adipiscing. Tempus ante elit sed mi felis ipsum ante molestie feugiat lobortis volutpat sed tincidunt euismod pulvinar nunc molestie ipsum ante mauris aliquam et eget erat molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod pulvinar dolore proin at. Lorem id pulvinar nunc tellus sit. Lobortis non pharetra congue ullamcorper pulvinar. Dolore sem, turpis nisi sem nonummy. Donec diam adipiscing nisi sem at. Ac elit sed massa molestie, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, eget ipsum massa tellus sit nisi et elit erat ante mauris tempus volutpat dolor, nunc tellus sit ut. Non consectetur magna ullamcorper amet dolore aliquet turpis nisi aliquet turpis nisi non pharetra tincidunt euismod pulvinar nunc tellus. Turpis et eget sed massa molestie pharetra magna ullamcorper nonummy donec praesent turpis nisi aliquet at, ac mi id. Ipsum massa volutpat dolor tincidunt volutpat pulvinar nibh volutpat amet dolore praesent, turpis nisi sem consectetur magna ullamcorper nonummy. Aliquam ante mauris lorem et elit erat laoreet id ipsum massa dolor tincidunt euismod, pulvinar nunc tellus pulvinar nunc. Molestie sit ut ullamcorper amet, dolore aliquet turpis dolore sem, consectetur magna sem amet dolore praesent adipiscing aliquam sem. Lorem laoreet id ipsum nunc non consectetur magna, diam nonummy dolore aliquet adipiscing aliquam et at sed laoreet id. Ipsum massa molestie feugiat nibh eget lorem nibh sit nunc tellus sit congue diam adipiscing aliquam proin adipiscing aliquam. Et id pulvinar, dolore aliquet turpis nisi sem consectetur praesent, felis lorem lobortis eget sed nibh eget sed laoreet. Molestie sit ut non dolor tincidunt euismod ipsum massa id feugiat lobortis, volutpat dolor tincidunt aliquet pulvinar sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet felis lorem ante eget sed, laoreet id ipsum tellus turpis congue et amet donec praesent adipiscing nisi sem consectetur ac, diam. Elit tempus massa molestie feugiat ut ullamcorper amet dolore, praesent adipiscing aliquam massa mauris lorem et at erat laoreet id pulvinar lobortis molestie. Feugiat lobortis volutpat pulvinar nunc euismod, ipsum nunc id ipsum nibh mauris lorem nibh adipiscing aliquam proin at ac et elit erat praesent. Felis tempus nibh eget sed tincidunt euismod ipsum massa mauris tempus nibh, mauris sed proin, at ac nibh elit erat laoreet molestie feugiat. Lobortis non consectetur magna diam nonummy nunc tellus pulvinar massa tellus, sit congue diam nonummy donec praesent adipiscing et elit ac, mi, felis. Ipsum lobortis volutpat, dolor tincidunt volutpat sed mi id ipsum massa tellus feugiat ut volutpat dolor laoreet elit, sed laoreet adipiscing tempus molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet consectetur ac mi, id pulvinar massa molestie feugiat lobortis pulvinar dolore aliquet, adipiscing aliquam sem at magna. Et felis erat praesent, turpis nisi proin consectetur nisi diam elit tempus ante molestie feugiat tincidunt volutpat dolor praesent at. Lorem congue ullamcorper amet nunc, non pharetra congue mi felis tempus massa molestie feugiat nibh eget sed mi, euismod pulvinar. Nunc molestie lorem eget dolor tincidunt ullamcorper turpis nisi, sem consectetur magna ullamcorper nonummy erat ante felis aliquam proin consectetur. Magna sem consectetur, magna praesent nonummy praesent adipiscing aliquam diam consectetur magna, ullamcorper amet dolore, ullamcorper amet dolore tellus sit. Ut non pharetra congue ullamcorper amet nisi sem consectetur, magna diam nonummy erat felis tempus, nibh mauris ac laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed nunc molestie sit nisi sem consectetur praesent turpis nisi sem consectetur ac et elit sed massa id ipsum lobortis eget sed. Tincidunt euismod amet nisi proin at ac mi felis ipsum felis lorem nibh eget, sed nibh elit erat mi adipiscing aliquam praesent adipiscing. Ac et at ipsum nunc tellus feugiat lobortis non pharetra tincidunt euismod nisi sem consectetur nisi, non nonummy, donec diam amet donec, praesent. Turpis aliquam, et elit erat mi, id ipsum massa molestie lorem, nibh eget sed tincidunt, id ut non pharetra congue diam amet, nunc. Tellus pulvinar massa non consectetur magna praesent adipiscing aliquam proin at ac et elit erat mi ipsum massa mauris lorem lobortis eget dolor. Nunc aliquet turpis nisi, sem pharetra ut non pharetra tincidunt ullamcorper, pulvinar dolore aliquet turpis nisi non nonummy donec aliquet aliquam proin, at. Lorem laoreet id tempus mi felis tempus ante mauris lorem et eget sed mi elit aliquam proin adipiscing aliquam sem turpis nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, lobortis volutpat sed tincidunt euismod. Sit aliquam et at sed massa. Id ipsum non amet congue aliquet. Amet dolore aliquet consectetur ac mi. Id tempus ante felis tempus nibh. Eget sed tincidunt euismod sit nisi. Non consectetur magna nonummy donec mi. Felis, lorem nibh elit erat laoreet. Felis, ipsum nunc tellus sit, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit, tellus sit ut non pharetra dolore praesent adipiscing, ac et elit sed, laoreet felis tempus, massa tellus dolor lobortis euismod pulvinar. Nunc tellus turpis, ut consectetur, magna diam adipiscing tempus ante molestie lorem nibh eget erat et elit tempus massa molestie feugiat lobortis volutpat. Dolor nunc euismod pulvinar nunc tellus ut diam adipiscing donec proin mauris lorem nibh eget dolor massa id ipsum, massa, molestie feugiat tincidunt. Ullamcorper amet, dolore tellus sit ut non pharetra ut nonummy donec proin adipiscing ac lobortis id ipsum massa molestie sit nisi non dolor. Congue ullamcorper amet nisi sem consectetur magna diam elit erat id ipsum massa molestie sed, laoreet id pulvinar nisi proin at ac et. Elit tempus ante mauris lorem nibh eget pulvinar, dolore tellus sit ut sem consectetur massa tellus feugiat ut non amet donec praesent adipiscing. Ac proin, at ac, mi felis ipsum nunc molestie feugiat lobortis volutpat pulvinar nunc tellus pulvinar nunc pharetra magna diam nonummy erat proin. Molestie dolor tincidunt euismod pulvinar nunc aliquet sit nisi sem consectetur donec, praesent mauris congue ullamcorper nonummy donec proin at sed et elit. Erat laoreet id, ipsum massa mauris lorem nibh eget dolor tincidunt id pulvinar nunc molestie feugiat lobortis volutpat congue tellus turpis nisi, proin. Eget ipsum massa molestie feugiat lobortis volutpat pharetra, congue aliquet, amet nisi sem consectetur, magna diam, nonummy donec praesent adipiscing, aliquam ante ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit congue diam nonummy donec praesent adipiscing aliquet consectetur magna, sem nonummy donec diam amet dolore aliquet turpis nisi proin consectetur. Magna et felis, tempus ante molestie lorem lobortis, eget dolor laoreet euismod, ut non consectetur magna praesent felis tempus nibh eget dolor tincidunt. Euismod sit ut non pharetra magna diam amet dolore aliquet adipiscing aliquam proin ac et elit donec ante felis tempus nibh eget sed. Tincidunt tellus sit ut sem pharetra congue non amet congue ullamcorper pulvinar nunc molestie ut sem consectetur magna diam adipiscing donec sem consectetur. Magna et elit donec praesent adipiscing donec praesent turpis aliquam et at magna, ullamcorper amet donec praesent turpis, sem at magna diam nonummy. Donec massa mauris feugiat lobortis volutpat dolor congue tellus sit nisi sem consectetur ac mi felis erat mi felis, tempus et sed laoreet. Euismod sit ut non pharetra congue ullamcorper pulvinar dolore aliquet turpis ut non consectetur magna ullamcorper pharetra dolore turpis nisi et eget dolor. Dolore aliquet turpis nisi sem consectetur magna praesent adipiscing donec praesent adipiscing ac et elit erat mi felis tempus massa molestie lorem praesent. Adipiscing tempus lobortis eget sed, nunc tellus pulvinar nunc molestie lorem nibh eget lorem nibh eget sed massa id feugiat lobortis volutpat dolor. Tincidunt aliquet turpis proin, elit dolor laoreet euismod tempus massa mauris tempus ante at ac sem consectetur donec, diam adipiscing aliquam praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id feugiat massa, non dolor lobortis volutpat, pulvinar tincidunt tellus sit nunc tellus sit lobortis, volutpat, dolore aliquet adipiscing aliquam proin consectetur congue diam amet dolore. Ullamcorper adipiscing nisi proin at ac mi felis tempus massa mauris lorem nibh pharetra dolore aliquet sit, nunc molestie sit lobortis molestie feugiat tincidunt euismod pulvinar nunc. Aliquet at ac mi id ipsum massa mauris lorem ante at lorem, nibh adipiscing aliquam, sem consectetur magna et elit erat mi mauris aliquam et consectetur, magna. Et felis erat ante mauris lorem lobortis euismod, dolor nunc pulvinar, nunc non pharetra congue diam nonummy aliquam proin at lorem et elit erat mi felis erat. Mi mauris lorem nibh eget sed laoreet, eget ipsum proin elit erat mi felis tempus proin at lorem et elit ac diam nonummy donec praesent turpis dolore. Sem, consectetur ac diam nonummy magna diam nonummy aliquam mauris lorem laoreet euismod pulvinar nunc tellus sit, lobortis non dolor lobortis volutpat dolor tincidunt euismod, sit, ut. Non consectetur diam nonummy aliquam proin turpis aliquam et at ac et elit aliquam proin at lorem lobortis volutpat pulvinar nunc euismod pulvinar nunc volutpat feugiat lobortis. Euismod adipiscing ante mauris lorem nibh eget erat mi felis tempus ante, mauris feugiat lobortis euismod dolor tincidunt id ipsum massa volutpat dolor tincidunt euismod, amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec praesent id feugiat lobortis non amet dolore praesent adipiscing ac volutpat dolor laoreet felis tempus ante mauris lorem lobortis volutpat, dolor. Tincidunt tellus turpis ut non consectetur magna, ullamcorper amet congue euismod ipsum massa molestie, ut non consectetur magna ullamcorper, amet nisi aliquet turpis. Nisi diam consectetur, donec praesent felis, ipsum massa volutpat sed nibh, eget sed laoreet id ipsum massa dolor congue ullamcorper turpis dolore aliquet. Consectetur ac lobortis, volutpat dolor nunc tellus sit nunc tellus sit ut non amet donec praesent turpis et, elit sed laoreet id pulvinar. Massa non, consectetur magna praesent felis lorem ante, mauris, lorem laoreet euismod ipsum, massa proin at magna diam nonummy erat praesent lorem nibh. Euismod amet nunc euismod sit ut non consectetur magna ullamcorper amet congue ullamcorper amet nunc tellus sit ut ullamcorper amet dolore aliquet, turpis. Aliquam ante sed laoreet id ipsum ante molestie feugiat lobortis volutpat dolor nunc tellus adipiscing aliquam sem consectetur magna diam elit, erat, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin eget sed laoreet id ipsum. Massa tellus sit ut dolor laoreet eget pulvinar. Dolore aliquet pharetra congue non pharetra dolore aliquet. Turpis nisi nibh eget lorem laoreet felis ipsum. Nunc tellus feugiat lobortis, eget congue ullamcorper turpis. Nisi sem at, magna diam elit donec praesent. Adipiscing nisi sem consectetur nisi non pharetra donec. Praesent adipiscing aliquam proin at ac elit sed. Mi felis ipsum lobortis molestie, dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, nisi non consectetur donec mi mauris ante eget sed tincidunt euismod ipsum nunc non consectetur magna non amet dolore aliquet turpis aliquam sem at ac laoreet euismod ipsum. Ut sem nonummy praesent felis, tempus nibh, volutpat dolor congue ullamcorper amet aliquam proin consectetur magna et elit erat mi adipiscing aliquam proin at ac et nonummy donec adipiscing. Tempus nibh mauris lorem et eget sed laoreet id tempus proin at ac nibh eget erat mi felis tempus mi felis tempus ante at ac diam donec praesent adipiscing. Aliquam aliquet adipiscing aliquam et elit ac mi felis tempus proin at ac et at ac et elit tempus mi lorem ante mauris sed laoreet, euismod pulvinar ut non. Consectetur erat et adipiscing aliquam ante mauris lorem nibh elit sed laoreet id ipsum massa molestie feugiat lobortis dolor, dolore praesent adipiscing, ac nibh eget sed massa molestie consectetur. Magna et, elit erat mi mauris ac et elit erat mi id tempus massa molestie lorem mi, molestie sit congue ullamcorper nonummy aliquam praesent at lorem nibh elit, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor tincidunt euismod pulvinar nunc aliquet consectetur ac nibh. Eget ipsum massa molestie feugiat massa molestie sed tincidunt amet. Nisi proin consectetur magna et elit tempus ante mauris feugiat. Lobortis euismod pulvinar nunc aliquet turpis aliquam et id sed. Massa id ipsum non pharetra congue aliquet adipiscing dolore aliquet. Consectetur magna mi elit tempus ante adipiscing aliquam praesent adipiscing. Magna diam nonummy donec praesent nonummy donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet erat, mi felis lorem ante eget sed tincidunt euismod sit ut sem nonummy donec. Mi sit ut non dolor tincidunt euismod, pulvinar, dolore sem, consectetur magna diam nonummy donec. Mi felis tempus ante mauris, ac, et elit sed laoreet felis aliquam volutpat, pharetra dolore. Aliquet adipiscing nisi proin consectetur magna diam nonummy dolore ullamcorper, amet nisi sem turpis ut. Non nonummy donec mi adipiscing tempus proin, dolor congue ullamcorper amet dolore tellus feugiat massa. Molestie feugiat lobortis volutpat dolor tincidunt tellus sit ut tellus sit tincidunt euismod pulvinar nunc. At ac et eget, sed massa molestie ipsum lobortis volutpat pharetra tincidunt ullamcorper pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non tempus nunc tellus pharetra ut non pharetra tincidunt ullamcorper. Turpis ut sem at ac et, felis tempus massa mauris. Feugiat congue ullamcorper amet nunc tellus pulvinar tincidunt euismod pulvinar. Nunc tellus pharetra magna ullamcorper amet congue euismod amet nisi. Sem turpis magna et, nonummy donec praesent amet dolore aliquet. Ac, et eget tempus ante, mauris feugiat lobortis non, pharetra. Dolore praesent adipiscing ac nibh eget erat mi nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis aliquam proin mauris lorem. Nibh id ipsum nunc non pharetra. Magna diam amet, aliquam proin adipiscing. Aliquam nibh eget sed felis feugiat. Lobortis, non consectetur magna praesent adipiscing. Aliquam ante at lorem et id. Pulvinar ut non at erat et. Elit erat ante adipiscing ac volutpat. Dolor tincidunt euismod pulvinar massa tellus. Pharetra congue ullamcorper amet dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper nonummy dolore, adipiscing, aliquam, sem at erat laoreet id. Ipsum nisi diam nonummy magna diam nonummy donec praesent at ac et. Elit donec praesent adipiscing, aliquam volutpat dolor, congue ullamcorper pulvinar dolore aliquet. Turpis nisi sem consectetur congue diam amet dolore tellus, sit nisi diam. Nonummy erat massa id ipsum lobortis amet, dolore, ullamcorper adipiscing aliquam proin. At magna et elit erat, mi mauris feugiat lobortis, volutpat amet dolore. Aliquet sit nisi non consectetur laoreet molestie feugiat lobortis volutpat pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur ac, et euismod sit nisi, diam. Consectetur, magna, felis, tempus ante mauris ac nibh. Elit ipsum massa molestie feugiat lobortis sem nonummy. Donec mi mauris tempus ante mauris sed nibh. Eget ipsum, laoreet, tempus nibh eget lorem, nibh. Eget ipsum laoreet id tempus massa molestie feugiat. Nibh eget sed tincidunt id, ipsum nunc molestie. Sit congue ullamcorper lorem lobortis non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit congue non pharetra congue aliquet, turpis aliquam proin. At, ac felis erat, mi felis tempus, nibh non pharetra. Congue aliquet turpis nisi proin elit erat laoreet id ipsum. Massa molestie, dolor, tincidunt euismod, amet, dolore sem ac et. Elit sed massa tellus consectetur magna diam nonummy donec praesent. At lorem et elit erat, mi felis erat ante mauris. Lorem nibh eget aliquam praesent, at lorem nibh elit erat. Mi, felis tempus ante at aliquam proin, elit, erat mi. Felis ipsum lobortis volutpat pharetra congue tellus feugiat lobortis volutpat. Pulvinar, nunc praesent, turpis nisi sem consectetur magna ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet consectetur eget dolor tincidunt euismod pulvinar nunc tellus turpis magna sem pharetra tincidunt ullamcorper turpis nisi, proin consectetur magna diam nonummy donec praesent adipiscing. Tempus non pharetra congue ullamcorper pulvinar nunc tellus, consectetur ac et elit tempus ante mauris tempus ante mauris ac et felis tempus ante mauris tempus nibh. Sed laoreet id ipsum massa molestie sit ut ullamcorper amet congue ullamcorper, turpis aliquam proin, elit erat et, elit tempus ante mauris lorem sed nibh id. Pulvinar, nunc non consectetur magna diam, nonummy erat praesent felis aliquam nibh eget dolor nunc tellus pulvinar ut non sit, ut euismod nonummy aliquam eget sed. Congue aliquet turpis nisi sem at magna et elit erat praesent adipiscing nisi sem turpis magna et nonummy donec praesent adipiscing tempus, proin at lorem elit. Erat laoreet molestie feugiat massa molestie dolor lobortis eget dolor tincidunt euismod sit, ut non dolor congue ullamcorper pulvinar, nunc aliquet turpis nunc molestie sit mi. Adipiscing ipsum massa mauris lorem lobortis eget sed laoreet molestie ipsum mi felis consectetur donec, mi mauris lorem lobortis, volutpat amet, dolore aliquet adipiscing ac et. Amet nisi sem at erat, mi id tempus ante molestie dolor tincidunt euismod pulvinar nunc id pulvinar ut sem, consectetur magna diam adipiscing aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh, eget dolor laoreet euismod, pulvinar lobortis molestie feugiat lobortis euismod dolore aliquet sit ut tellus sit, ut non dolor dolore aliquet turpis nisi proin elit sed laoreet. Felis feugiat lobortis non pharetra tincidunt volutpat dolor tincidunt adipiscing nisi sem consectetur erat praesent adipiscing aliquam proin at ac et elit sed massa molestie feugiat ut non pharetra. Magna diam adipiscing tempus eget sed laoreet euismod pulvinar ut, non pharetra congue, ullamcorper pharetra dolore ullamcorper turpis aliquam sem at ac, et elit, erat massa mauris lorem, euismod. Amet dolore aliquet, turpis nisi non pharetra ut non pharetra congue euismod amet dolore tellus turpis nisi non dolor tincidunt euismod amet dolore aliquet turpis ut, nonummy erat mi. Felis tempus proin at, ac, proin elit erat laoreet id feugiat, lobortis volutpat dolor congue ullamcorper turpis nisi sem consectetur nisi diam nonummy erat felis tempus nibh eget sed. Tincidunt euismod pulvinar nunc tellus sit ut non pharetra tincidunt aliquet turpis, aliquam proin, sed laoreet euismod pulvinar nunc non pharetra magna diam nonummy donec praesent turpis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante mauris lorem lobortis euismod. Pulvinar nunc tellus sit ut non. Nonummy donec mi, mauris lorem ante. At ac et elit erat id. Feugiat lobortis volutpat feugiat lobortis volutpat. Dolor tincidunt euismod pulvinar nunc tellus. Sit magna diam nonummy donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam nonummy donec praesent adipiscing ac nibh eget sed, laoreet tellus sit nunc non pharetra congue ullamcorper adipiscing tempus ante mauris. Lorem id ipsum mi felis ipsum massa molestie feugiat nibh eget, sed laoreet id tempus mi felis tempus ante mauris lorem, et. Id ipsum, ut non, congue diam nonummy donec aliquet turpis nisi, aliquet sit ut volutpat, dolor tincidunt, euismod amet nunc tellus sit. Nunc tellus sit lobortis eget dolor laoreet eget sed tincidunt euismod turpis lorem donec ante ullamcorper molestie consectetur pulvinar aliquam lobortis ullamcorper. Felis feugiat congue diam felis sit magna ut nibh eget pharetra aliquam ut volutpat pharetra congue ullamcorper amet nisi proin consectetur, nisi. Diam euismod sit ut sem pharetra congue non pharetra nunc euismod pulvinar nunc tellus, erat laoreet id ipsum, lobortis non feugiat, lobortis. Volutpat amet dolore aliquet turpis magna et elit erat mi mauris, lorem nibh volutpat dolor tincidunt ullamcorper amet nisi eget ipsum massa. Aliquet consectetur ac mi felis erat mi felis, lorem nibh eget sed nibh, id sed laoreet molestie congue ullamcorper, amet donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, dolore aliquet sit, magna et felis massa tellus sit congue ullamcorper pharetra, tincidunt euismod sit nisi sem consectetur ac diam nonummy donec praesent adipiscing nisi sem at. Ac et elit donec molestie feugiat ut euismod pulvinar nunc tellus sit nunc, tellus pharetra, congue ullamcorper amet donec praesent adipiscing aliquam sem at, magna, et elit donec. Mi, feugiat lobortis volutpat dolor tincidunt euismod pulvinar, laoreet id ipsum, ante, mauris, ac et at ac diam amet donec mi felis tempus proin elit tincidunt tellus, sit. Ut sem, pharetra magna praesent felis lorem nibh mauris lorem et eget erat et elit erat praesent turpis nisi aliquet turpis nisi sem consectetur ante mauris lorem nibh. Volutpat dolor laoreet id, pulvinar nisi non at, magna et, elit aliquam praesent at ac proin eget dolor tincidunt euismod pulvinar nunc tellus magna diam amet donec praesent. At ac nibh eget erat mi id tempus ante mauris ac et elit erat mi id sit ut non consectetur magna molestie feugiat ut, ullamcorper nonummy tempus nibh. Ullamcorper nonummy donec, proin at ac nibh volutpat pulvinar dolore aliquet turpis magna nonummy erat praesent felis tempus proin consectetur magna diam, elit donec mi felis aliquam ante. Molestie lorem nibh eget sed laoreet id ipsum massa mauris feugiat lobortis pulvinar tincidunt euismod pulvinar nunc tellus sit ut non, amet donec praesent adipiscing, aliquam proin at. Ac laoreet molestie feugiat ut non dolor congue ullamcorper, turpis nisi mauris lorem et eget sed mi molestie feugiat lobortis volutpat sed tincidunt id pulvinar massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet nunc aliquet, sit nisi diam elit, erat mi felis tempus nibh volutpat pharetra dolore ullamcorper turpis nisi, id, amet nisi aliquet consectetur magna. Diam elit erat mi, felis lorem ante at ac nibh eget sed laoreet molestie, feugiat massa molestie dolor aliquet amet, nunc aliquet turpis magna, et. Elit erat praesent adipiscing, aliquam proin consectetur nisi sem elit, erat laoreet id tempus nibh volutpat, sed tincidunt id ipsum tellus sit nisi diam elit. Erat ante mauris lorem ante eget sed nibh eget erat mi mauris feugiat lobortis, volutpat dolor laoreet euismod dolore proin elit magna diam amet dolore. Aliquet amet nisi sem at ac et felis erat ante mauris feugiat ut ullamcorper amet congue aliquet turpis nisi proin erat laoreet, id feugiat lobortis. Non pharetra congue aliquet, adipiscing aliquam, proin mauris lorem nibh eget erat mi adipiscing, aliquam, proin at, lorem nibh eget erat mi ipsum massa, molestie. Feugiat nibh eget erat, mi felis pulvinar nunc, non nonummy magna praesent adipiscing, lorem nibh mauris sed, proin at ac et elit erat mi felis. Ipsum massa volutpat dolor tincidunt euismod pulvinar, tincidunt tellus sit nunc tellus sit congue, ullamcorper amet congue aliquet turpis, et eget, ipsum laoreet molestie sit. Ut sem consectetur magna diam turpis nisi, aliquet turpis nisi sem consectetur magna ullamcorper pharetra congue tellus sit ut, sem sed massa id feugiat massa. Non pharetra dolore, praesent adipiscing tempus proin mauris ac et elit erat massa mauris, feugiat lobortis eget sed nibh id sed massa consectetur ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna diam nonummy tempus nibh nonummy donec aliquet adipiscing nisi. Sem elit ac diam adipiscing aliquam ante molestie dolor tincidunt euismod pulvinar. Dolore sem turpis nisi, diam elit erat mi elit erat laoreet id. Ipsum nibh eget sed congue massa molestie feugiat lobortis euismod pulvinar dolore. Aliquet turpis nisi non pharetra magna ullamcorper amet nunc adipiscing ac et. Elit ipsum massa id ipsum massa molestie lorem nibh eget erat mi. Felis tempus ante molestie dolor congue ullamcorper amet sem at magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin at lorem nibh elit erat et elit, dolore praesent lorem lobortis eget dolor laoreet. Id pulvinar nunc, tellus pharetra ut ullamcorper pharetra tincidunt euismod sit nunc tellus, feugiat lobortis, volutpat pharetra. Congue ullamcorper turpis nibh eget pulvinar tincidunt tellus sit nisi non consectetur magna diam, amet, dolore aliquet. Turpis aliquam proin at erat et elit donec, aliquet turpis nisi, sem felis lorem lobortis euismod amet. Aliquam, proin at lorem et elit erat massa id ipsum ante mauris lorem, nibh, id ipsum massa. Molestie ac et elit tempus ante mauris tempus ante mauris sed laoreet, id pulvinar nunc tellus sit. Congue ullamcorper nonummy donec, proin at aliquam proin consectetur ac mi feugiat lobortis molestie feugiat, tincidunt euismod. Amet dolore euismod pulvinar, massa molestie sit lobortis non pharetra tincidunt euismod amet dolore sem at magna. Diam, elit tempus ante id ipsum massa tellus pharetra tincidunt ullamcorper amet dolore tellus, turpis aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, ac mi id ipsum nisi non pharetra donec ullamcorper amet dolore. Sem mauris dolor tincidunt euismod sit ut non sit lobortis volutpat dolor. Tincidunt, euismod dolore sem, turpis nisi diam nonummy erat mi felis lorem. Ante eget dolor nunc, tellus turpis aliquam diam nonummy donec diam adipiscing. Donec proin lorem nibh volutpat sed laoreet tellus, sit, ut sem consectetur. Magna praesent adipiscing aliquam, proin mauris ac et elit erat laoreet id. Ipsum lobortis, molestie dolor tincidunt amet dolore, aliquet consectetur nisi sem nonummy. Donec praesent, adipiscing aliquam, nibh, euismod, pulvinar dolore praesent, at aliquam sem. Consectetur ac praesent id, ac mi elit erat praesent adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec ante tellus pharetra congue, non dolor tellus sit nisi sem, at ac et elit. Erat mi adipiscing ac, proin at ac mi felis tempus ante mauris tempus proin at ac. Nibh pulvinar nunc tellus, pharetra congue ullamcorper amet congue euismod pulvinar nunc aliquet turpis nisi sem. Pharetra donec praesent felis tempus nibh mauris lorem nibh eget ut non, pharetra congue diam nonummy. Donec praesent adipiscing aliquam et at magna diam elit, erat mi, mauris feugiat ante mauris, sed. Tincidunt euismod pulvinar, sem nonummy donec praesent nonummy dolore ullamcorper turpis nisi sem at ac et. Elit tempus mi, mauris lorem nibh mauris lorem nibh id ipsum massa id ipsum laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue aliquet adipiscing ac nibh volutpat, pulvinar nunc aliquet consectetur diam elit donec diam, felis lorem lobortis eget sed tincidunt euismod pulvinar nunc non pharetra magna diam. Nonummy donec mi mauris lorem, ante eget erat mi turpis nisi diam, consectetur magna ullamcorper amet dolore aliquet turpis ut non pharetra congue, diam amet dolore aliquet amet. Nisi proin elit ac mi, id magna et eget ipsum massa molestie, feugiat ut non, pharetra dolore ullamcorper amet nisi sem at ac mi felis erat ante, mauris. Feugiat mi felis lorem ante at lorem laoreet euismod ipsum massa id ipsum lobortis volutpat dolor nibh elit erat laoreet elit tempus mi mauris tempus ante elit erat. Tellus sit ut non, consectetur magna diam nonummy dolore aliquet turpis nunc tellus feugiat massa non pharetra donec praesent adipiscing ac proin elit ac et elit tempus molestie. Feugiat erat ante felis lorem nibh eget sed laoreet euismod pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar, tincidunt consectetur ac diam elit erat praesent felis. Lorem ante mauris lorem laoreet id sed laoreet molestie ipsum lobortis, non pharetra dolore aliquet turpis nisi sem consectetur magna elit tempus ante, mauris, lorem nibh eget sed. Tincidunt euismod, pulvinar ut tellus pharetra ut non pharetra congue ullamcorper amet dolore aliquet consectetur ac mi elit tempus molestie sit magna diam nonummy donec aliquet turpis nunc. Tellus pharetra congue diam elit erat proin at ac proin elit sed laoreet felis tempus ante mauris lorem mauris sed tincidunt id ipsum massa molestie feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lobortis euismod turpis nisi aliquet consectetur, magna et nonummy donec mi mauris lorem nibh eget dolor laoreet id ipsum laoreet. Molestie ipsum, lobortis molestie, tincidunt ullamcorper turpis aliquam sem consectetur magna diam nonummy donec praesent felis lorem nibh, eget sed laoreet. Id ipsum, massa tellus sit ut non amet aliquet amet nunc tellus sit nisi sem consectetur donec praesent felis tempus nibh. Eget sed, laoreet, euismod, sit nunc tellus sit congue ullamcorper amet dolore aliquet pulvinar, aliquet at erat mi felis tempus ante. Mauris lorem nibh mauris lorem nibh id ipsum nunc non consectetur magna praesent adipiscing, tempus proin lorem lobortis volutpat pulvinar nunc. Tellus feugiat lobortis molestie, feugiat, tincidunt euismod pulvinar tincidunt id ipsum laoreet mauris lorem lobortis, volutpat dolor tincidunt, euismod pulvinar, nunc. Tellus, magna diam elit donec aliquet, adipiscing tempus ante mauris sed laoreet id tempus massa mauris tempus ante adipiscing lorem laoreet. Id pulvinar dolore euismod, amet, dolore, aliquet, consectetur magna et elit tempus ante molestie feugiat nibh volutpat, sed nunc euismod pulvinar. Nunc non consectetur congue ullamcorper nonummy donec, praesent adipiscing et eget sed tincidunt, tellus turpis nisi diam nonummy magna praesent, felis. Tempus, nibh eget dolor laoreet id ipsum laoreet id ipsum lobortis non, pharetra congue, ullamcorper ac et elit, sed tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue, diam, adipiscing aliquam ullamcorper amet congue euismod turpis nisi sem. Consectetur magna diam elit donec praesent adipiscing aliquam proin consectetur, magna et. Felis tempus ante felis tempus proin dolor tincidunt ullamcorper sit nisi, sem. At ac et elit tempus ante mauris feugiat lobortis euismod pulvinar dolore. Tellus turpis magna sem pharetra congue, ullamcorper, dolore aliquet, turpis nisi sem. At ac diam elit tempus massa mauris, ac nibh volutpat sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lobortis euismod pulvinar nunc proin adipiscing aliquam et. Eget ipsum, laoreet molestie sit congue diam nonummy erat. Mi, mauris lorem nibh mauris, sed laoreet pulvinar nunc. Tellus sit congue diam, amet donec, aliquet turpis nisi. Sem pharetra congue non dolor lobortis, volutpat sed tincidunt. Euismod ipsum lobortis volutpat pharetra diam adipiscing aliquam proin. Mauris sed nibh id ipsum, massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar nunc sem magna et elit erat praesent felis tempus ante mauris, sed. Laoreet, id ipsum, massa molestie feugiat, lobortis molestie feugiat nibh eget, ipsum dolore tellus. Feugiat et felis tempus massa molestie lorem nibh eget sed laoreet id ipsum massa. Tellus sit lobortis non dolor tincidunt euismod pulvinar nisi aliquet consectetur ac, felis ipsum. Ante mauris lorem nibh eget sed laoreet eget pulvinar massa id lorem nibh mauris. Lorem nibh elit erat mi id ipsum lobortis volutpat dolor lobortis, dolor dolore sem. Turpis magna diam consectetur magna, diam nonummy donec praesent adipiscing aliquam proin at erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et eget, erat laoreet, id ipsum nunc tellus dolor congue ullamcorper amet donec aliquet sit nisi non, consectetur magna adipiscing tempus. Lobortis molestie lorem nibh eget sed mi id, ipsum ante felis aliquam ante mauris ac et eget sed laoreet id feugiat, lobortis felis. Ipsum ante mauris lorem et elit erat, mi felis erat, mi mauris aliquam proin consectetur ac diam elit erat mi felis lorem nibh. Volutpat sed nibh amet dolore aliquet, consectetur magna et elit erat ante felis tempus, ante mauris sed mi felis, tempus ante felis tempus. Proin at ac aliquet amet ut non, pharetra congue non pharetra tincidunt ullamcorper amet dolore sem, turpis magna et elit erat praesent adipiscing. Donec praesent, turpis nisi proin consectetur congue nonummy aliquam ante molestie feugiat tincidunt euismod pulvinar, massa molestie feugiat lobortis volutpat, feugiat lobortis volutpat. Pulvinar nunc aliquet turpis nisi sem pharetra ut, ullamcorper amet donec molestie lorem tincidunt euismod amet nunc sem elit sed laoreet euismod sit. Ut sem nonummy erat praesent adipiscing donec ante ac nibh eget sed laoreet id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt tellus. Sit, nisi diam elit erat, praesent felis, lorem ante eget sed laoreet turpis nisi sem at magna ullamcorper elit donec praesent felis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet pulvinar ut non consectetur donec mi, mauris, feugiat, lobortis, non amet dolore, aliquet turpis nisi proin at ac et nonummy erat mi felis, tempus nibh, sed laoreet. Id pulvinar nunc non pharetra ut non pharetra dolore aliquet turpis ut non pharetra congue ullamcorper amet dolore aliquet amet nunc tellus pulvinar sem pharetra, congue diam adipiscing. Lorem nibh, mauris, lorem nibh, elit erat mi, id sit congue ullamcorper amet congue ullamcorper pulvinar nunc tellus sit ut non, donec mi felis tempus proin eget sed. Tincidunt tellus, sit nisi sem, consectetur congue, ullamcorper amet dolore aliquet turpis nisi aliquet turpis ut non, congue diam amet dolore aliquet sit ut non pharetra congue, non. Amet donec praesent adipiscing aliquam proin, at erat mi felis tempus ante volutpat, lorem nibh mauris, et, elit ipsum massa mauris, tempus ante mauris lorem nibh eget ipsum. Massa, molestie, feugiat, lobortis volutpat pharetra congue aliquet turpis aliquam proin at ac, et pulvinar nunc molestie sit ut ut ullamcorper elit erat ante mauris ac nibh eget. Sed nunc aliquet, consectetur magna et erat mi felis tempus ante mauris sed laoreet id pulvinar massa molestie feugiat ut, non pharetra dolore ullamcorper turpis aliquam, proin mauris. Sed mi felis erat, mi pharetra congue diam amet congue euismod, pulvinar massa molestie feugiat lobortis, volutpat dolor tincidunt euismod amet nunc tellus sit ut volutpat pharetra congue. Ullamcorper amet, donec praesent magna diam nonummy erat laoreet, id ipsum lobortis non pharetra congue praesent, turpis nisi et at erat mi euismod pulvinar nunc mauris lorem nibh. Eget sed laoreet eget dolor tincidunt id ipsum massa id ipsum proin at feugiat nibh eget sed, tincidunt felis tempus ante mauris lorem nibh eget sed nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing tempus proin at ac et elit sed, molestie sit nisi diam elit erat ante felis lorem nibh eget sed laoreet id. Sit ut non at erat mi id tempus ante adipiscing nisi turpis magna sem nonummy erat mi adipiscing aliquam, proin mauris lorem nibh eget. Sed laoreet molestie, feugiat, lobortis volutpat pharetra congue euismod pulvinar massa molestie ut volutpat pharetra tincidunt ullamcorper turpis nisi sem turpis nisi tellus pharetra. Congue ullamcorper amet dolore proin, at lorem nibh elit sed massa molestie ut non pharetra dolore aliquet adipiscing aliquam ante at lorem et nonummy. Magna diam nonummy, donec proin mauris sed tincidunt euismod pulvinar nunc molestie feugiat massa, molestie tincidunt ullamcorper adipiscing aliquam sem, at ac et elit. Erat mi felis feugiat lobortis ullamcorper amet congue ullamcorper amet nunc tellus feugiat lobortis, molestie feugiat tincidunt turpis nisi, proin mauris ac laoreet id. Ipsum, nunc tellus pharetra congue diam amet donec, praesent at aliquam proin at mi id ipsum lobortis volutpat consectetur dolore, aliquet adipiscing tempus ante. Eget, dolor tincidunt, euismod ipsum massa mauris feugiat ut non amet dolore aliquet turpis aliquam sem magna ullamcorper amet dolore aliquet adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, ipsum nunc non consectetur praesent, felis ipsum massa molestie feugiat laoreet euismod ipsum laoreet id ipsum massa molestie feugiat tincidunt, volutpat, dolor, nunc tellus pulvinar. Ut non pharetra ullamcorper nonummy donec praesent, adipiscing ac et elit erat mi felis tempus ante mauris lorem nibh elit sed, laoreet euismod ipsum massa molestie. Feugiat lobortis dolor nunc tellus turpis, nisi sem at ac, diam amet dolore praesent at ac nibh volutpat sed laoreet euismod pulvinar ut non pharetra congue. Diam aliquam, ante mauris ac et at ac et elit aliquam aliquet turpis, nisi, proin at magna diam, elit donec mi mauris feugiat tincidunt euismod, pulvinar. Dolore turpis nisi, proin at magna, diam nonummy donec proin at ac et, elit erat et elit donec ullamcorper turpis nisi proin at lorem nibh eget. Sed, tellus pharetra congue ullamcorper nonummy donec proin, mauris ac et elit sed mi felis erat ante, mauris lorem ante eget sed, laoreet euismod pulvinar nunc. Molestie feugiat diam amet dolore aliquet turpis nisi et at erat mi felis feugiat massa molestie feugiat lobortis euismod pulvinar dolore, aliquet magna, diam nonummy erat. Laoreet felis tempus ante at ac, et eget sed, mi molestie feugiat ut non pharetra congue ullamcorper amet, dolore aliquet, consectetur magna, diam erat mi felis. Tempus ante mauris, lorem nibh id pulvinar nunc molestie sit, lobortis non dolor, tincidunt volutpat dolor, tincidunt tellus pulvinar nunc tellus sit ut euismod dolore praesent. Adipiscing aliquam et consectetur congue diam elit donec praesent turpis nisi aliquet turpis nisi non, pharetra magna diam adipiscing tempus nibh eget sed laoreet eget, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing, tempus, massa molestie dolor, tincidunt ullamcorper pharetra congue ullamcorper amet dolore tellus turpis nisi diam elit. Sed laoreet id lorem nibh eget sed nibh eget erat mi felis ipsum ante mauris, congue aliquet turpis. Aliquam ante mauris sed, laoreet id ipsum nisi sem, consectetur donec praesent, adipiscing tempus ante molestie feugiat lobortis. Id ipsum massa molestie, ante, molestie feugiat tincidunt euismod pulvinar nunc tellus sit nunc non consectetur donec praesent. Adipiscing donec proin at lorem nibh elit sed et tempus ante mauris lorem nibh eget erat mi felis. Ipsum massa molestie sit ut non sed nibh id ipsum massa molestie ipsum, lobortis molestie feugiat lobortis volutpat. Nunc tellus turpis nisi diam nonummy tempus ante felis aliquam ante mauris ac nibh eget sed massa molestie. Ipsum lobortis volutpat dolor tincidunt id ipsum nunc tellus, erat et felis erat ante mauris lorem nibh mauris. Lorem et elit erat laoreet felis tempus massa mauris lorem nibh eget sed laoreet, id, ipsum sem consectetur. Magna praesent adipiscing tempus ante at ac nibh eget erat laoreet id feugiat nibh eget dolor congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin eget sed laoreet id ipsum massa, tellus feugiat lobortis volutpat dolor laoreet euismod sit nisi non. Ac et elit donec praesent at ac et at ac diam nonummy donec, praesent felis lorem nibh eget sed. Laoreet euismod pulvinar massa, molestie congue ullamcorper amet, dolore aliquet adipiscing, aliquam et at erat mi felis erat mi. Felis lorem lobortis euismod dolor tincidunt id ipsum massa tellus sit ut ullamcorper dolore ullamcorper adipiscing nisi sem at. Ac mi id tempus, ante mauris lorem nibh mauris lorem nibh eget sed laoreet mauris aliquam ante sed, congue. Ullamcorper pulvinar nunc tellus sit congue non pharetra congue ullamcorper amet nunc, tellus sit, nisi diam elit erat ante. Mauris lorem lobortis non amet donec adipiscing aliquam sem pharetra magna et felis erat mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus, congue ullamcorper pharetra dolore proin at ac et elit. Sed massa, id feugiat massa molestie lorem et eget dolor tincidunt, tellus. Sit ut non congue ullamcorper nonummy donec, praesent at lorem et elit. Erat laoreet id, ipsum ante mauris ac et elit ac mi felis. Erat mi mauris lorem eget sed tincidunt euismod ipsum laoreet id ipsum. Massa non amet donec praesent adipiscing ac et elit erat mi elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor nunc tellus sit ut, tellus pharetra magna diam adipiscing aliquam ante molestie feugiat lobortis euismod. Amet nisi sem consectetur sem consectetur, donec, praesent adipiscing aliquam, proin at lorem nibh elit sed massa molestie. Feugiat ut volutpat pharetra dolore aliquet, adipiscing ac, nibh eget dolor sem consectetur magna diam eget erat mi. Felis tempus, nibh volutpat sed laoreet eget ipsum nunc molestie, feugiat lobortis molestie feugiat lobortis eget ac et. Elit, erat, molestie feugiat tincidunt ullamcorper amet dolore praesent adipiscing ac et elit erat praesent adipiscing aliquam, praesent. Adipiscing nisi sem eget, dolor tincidunt euismod nisi sem consectetur erat mi adipiscing aliquam ante eget lorem et. Eget donec praesent adipiscing aliquam proin adipiscing ac et at magna, diam elit erat mi mauris nibh eget. Dolor tincidunt aliquet consectetur magna diam elit sed massa molestie feugiat lobortis volutpat dolor tincidunt euismod amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue diam, nonummy nisi ante mauris sed tincidunt tellus sit ut non consectetur congue non amet congue aliquet adipiscing proin consectetur ac laoreet, id ipsum lobortis. Volutpat consectetur magna praesent felis lorem, nibh volutpat dolor, nunc, euismod sit ut, molestie feugiat lobortis volutpat tincidunt euismod, pulvinar nunc tellus sit lobortis volutpat pharetra congue. Diam nonummy donec, tellus consectetur ac nibh elit erat mi, id feugiat lobortis volutpat dolor tincidunt euismod nunc aliquet consectetur nisi sem nonummy donec praesent felis, tempus. Sem at ac diam, nonummy donec praesent adipiscing aliquam proin at ac et sed massa, tellus sit ut non dolor tincidunt ullamcorper amet dolore aliquet turpis nisi. Diam nonummy donec praesent nonummy aliquam praesent turpis ut, non pharetra congue ullamcorper erat mi mauris lorem, nibh eget sed mi, id tempus ante felis lorem nibh. Eget sed laoreet id sed laoreet id, ipsum massa molestie feugiat lobortis eget nunc tellus sit ut non pharetra, magna diam adipiscing aliquam proin at lorem nibh. Elit sed massa molestie feugiat lobortis amet dolore praesent at lorem, nibh eget sed tincidunt tellus sit lobortis non pharetra magna diam amet dolore tellus turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec aliquet adipiscing aliquam et eget sed massa tellus turpis ut non consectetur magna diam nonummy ante. Mauris sed laoreet euismod pulvinar, nunc molestie feugiat massa molestie feugiat, lobortis id sed laoreet felis, erat mi. Felis aliquam proin consectetur ac id ipsum nunc tellus sit ut volutpat pharetra tincidunt, ullamcorper amet nisi proin. At, erat et, elit tempus mi adipiscing aliquam sem consectetur nisi sem pharetra magna mauris feugiat lobortis eget. Dolor tincidunt, id pulvinar massa molestie feugiat lobortis molestie dolor lobortis euismod pulvinar nunc tellus feugiat ut non. Pharetra praesent adipiscing, aliquam ante mauris lorem nibh id ipsum nunc molestie sit ut non amet dolore proin. Adipiscing aliquam et at erat laoreet id pulvinar nunc tellus donec praesent adipiscing aliquam, ante eget dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit congue et elit tempus, massa pharetra congue ullamcorper adipiscing tempus nibh mauris. Lorem laoreet elit erat, massa molestie, sit ut, non pharetra congue ullamcorper amet nisi. Aliquet turpis nisi, sem erat, ante molestie lorem tincidunt euismod pulvinar nunc, aliquet adipiscing. Magna et elit erat diam adipiscing aliquam proin at ac proin at ac diam. Nonummy ante felis tempus ante, mauris lorem, nibh id ipsum nunc tellus sit ut. Volutpat dolor tincidunt id ipsum massa molestie ipsum ante mauris lobortis, volutpat, pulvinar tincidunt. Euismod pulvinar, massa mauris feugiat lobortis volutpat dolor tincidunt id ipsum laoreet felis aliquam. Praesent at aliquam proin consectetur erat et elit erat molestie feugiat tincidunt aliquet turpis. Aliquam proin mauris lorem nibh elit erat praesent adipiscing, donec proin, at lorem nibh. Elit ac mi elit, donec praesent turpis lobortis volutpat dolor, nunc aliquet consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, felis tempus ante mauris lorem nibh sed massa id ipsum massa molestie, feugiat nibh eget erat laoreet euismod pulvinar. Ut non dolor, tincidunt euismod, pulvinar nunc tellus, sit nisi non pharetra praesent adipiscing aliquam massa, mauris lorem, et elit. Dolor tincidunt id ipsum lobortis volutpat dolor tincidunt diam pulvinar dolore, aliquet sit ut non sit ut nonummy aliquam ante. Mauris lorem lobortis volutpat ipsum nunc tellus turpis nisi sem nonummy erat mi felis tempus ante at lorem nibh id. Ipsum tellus sit ut ullamcorper nonummy aliquam praesent at aliquam sem, turpis nisi non consectetur, magna diam turpis nisi sem. Consectetur magna diam nonummy magna diam nonummy aliquet adipiscing ac et eget sed laoreet id ipsum massa molestie feugiat tincidunt. Ullamcorper amet dolore tellus sit ut non nonummy donec diam amet donec praesent adipiscing laoreet, id ipsum massa id feugiat. Ut non pharetra tincidunt volutpat dolor tincidunt euismod, pulvinar ut non sit tincidunt eget sed laoreet id ipsum massa pharetra. Magna et, adipiscing aliquam ante mauris feugiat nibh eget erat laoreet id pulvinar nunc non consectetur donec praesent nonummy donec. Proin at ac nibh eget ipsum sem at ac, mi elit tempus massa molestie lorem lobortis eget dolor nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam adipiscing tempus nibh volutpat dolor tincidunt euismod turpis nisi proin elit ac mi felis ipsum ante felis, tempus ante eget dolor, ante mauris lorem laoreet, id. Ipsum, ut sem, pharetra magna et, felis tempus proin mauris lorem, et, elit ac diam consectetur magna diam turpis aliquam mauris ac et eget, ipsum nunc non pharetra. Congue diam, adipiscing aliquam praesent adipiscing, aliquam et eget sed, laoreet id ipsum massa volutpat pharetra tincidunt ullamcorper amet aliquet turpis aliquam et id pulvinar nunc, non sit. Ut non pharetra congue, ullamcorper amet dolore aliquet sit nisi sem nonummy magna diam aliquam proin at lorem et nonummy donec praesent adipiscing donec, aliquet adipiscing ac proin. Elit sed laoreet felis, tempus ante mauris lorem nibh eget dolor laoreet id, nunc tellus pharetra magna praesent, felis tempus proin at ac et, elit ac et, felis. Erat massa volutpat pharetra tincidunt ullamcorper amet dolore aliquet turpis magna et pulvinar nunc non consectetur magna diam nonummy donec praesent at lorem nibh eget sed laoreet elit. Donec mi felis aliquam at dolor, dolore euismod, sit, ut sem consectetur magna, diam nonummy donec proin mauris, aliquam proin at ac diam nonummy erat praesent felis lorem. Nibh eget sed id ipsum massa molestie sit lobortis volutpat dolor laoreet, id ipsum nunc tellus sit ut volutpat dolor tincidunt, euismod amet nunc tellus sit ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh volutpat dolor tincidunt euismod pulvinar nunc tellus pharetra. Congue ullamcorper ipsum ante mauris aliquam proin elit erat et. Elit tempus mi, felis tempus ante mauris ac et nonummy. Magna praesent adipiscing donec proin at lorem et erat laoreet. Molestie sit nisi diam, nonummy erat mi felis lorem lobortis. Euismod pulvinar nunc euismod, pulvinar nunc tellus pharetra congue diam. Adipiscing donec praesent ac, et eget sed mi felis tempus. Ante felis lorem ante mauris sed, tincidunt aliquet sit ut. Non pharetra magna ullamcorper amet dolore adipiscing aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus ante at lorem laoreet id sit. Ut sem magna, praesent felis aliquam ante mauris feugiat lobortis. Id ipsum nunc aliquet turpis magna diam nonummy erat mi. Felis tempus ante consectetur, magna diam consectetur praesent adipiscing aliquam. Proin mauris sed tincidunt euismod amet massa tellus sit ut. Volutpat pharetra congue ullamcorper amet nisi sem at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris sed laoreet euismod amet nunc aliquet turpis magna diam nonummy erat ante. Mauris lorem nibh eget dolore aliquet turpis nisi, diam elit erat laoreet id ipsum ante. Molestie feugiat tincidunt euismod ipsum nunc tellus turpis ac et nonummy donec praesent pharetra congue. Ullamcorper adipiscing tempus ante mauris sed nibh eget ipsum massa id tempus massa, molestie dolor. Tincidunt ullamcorper pulvinar nunc euismod pulvinar massa mauris feugiat tincidunt nonummy donec aliquet turpis aliquam. Et eget ipsum massa molestie feugiat massa volutpat feugiat lobortis volutpat dolor, nunc aliquet consectetur. Erat laoreet id, mi mauris aliquam ante mauris ac et elit donec mi, felis tempus. Massa mauris lorem lobortis eget erat et felis, tempus ante felis tempus nibh volutpat dolor. Euismod turpis magna sem consectetur congue, non nonummy, dolore praesent, turpis ac proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy erat mi, molestie feugiat tincidunt, euismod dolor tincidunt euismod pulvinar nunc tellus sit congue ullamcorper. Nonummy donec proin mauris lorem lobortis amet nisi sem at ac et, felis tempus ante mauris, lorem. Lobortis volutpat pulvinar nunc tellus sit nisi non consectetur, magna diam nonummy donec praesent dolor tincidunt volutpat. Dolor dolore sem turpis nisi sem pharetra, magna diam nonummy dolore praesent at ac, nibh euismod, pulvinar. Ut sem pharetra magna, diam nonummy erat mauris feugiat lobortis euismod dolor tincidunt tellus, sit nisi sem. Nonummy donec praesent nonummy, dolore aliquet turpis nisi non pharetra magna et felis massa, volutpat dolor, tincidunt. Euismod pulvinar laoreet euismod ipsum massa molestie feugiat, lobortis volutpat dolor nunc aliquet, turpis nisi sem consectetur. Ac mi felis tempus proin adipiscing et elit erat laoreet euismod pulvinar, massa molestie feugiat, nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa molestie pharetra et felis tempus massa, volutpat, dolor dolore aliquet adipiscing tempus proin. At erat mi felis tempus, massa molestie sit ut ullamcorper amet dolore, praesent adipiscing congue. Ullamcorper turpis aliquam, proin at ac mi elit donec, praesent adipiscing tempus proin at ac. Et, elit sed laoreet mauris lorem lobortis volutpat dolore aliquet adipiscing aliquam et elit ipsum. Laoreet molestie sit ut non dolor congue ullamcorper amet dolore aliquet consectetur magna sem consectetur. Magna diam feugiat massa molestie feugiat laoreet euismod pulvinar dolore aliquet consectetur magna diam consectetur. Donec diam adipiscing aliquam ante at lorem et elit erat laoreet felis tempus non amet. Dolore aliquet turpis aliquam et elit magna diam nonummy dolore, praesent adipiscing tempus nibh eget. Sed laoreet id, ipsum laoreet mauris lorem nibh volutpat dolor lobortis volutpat pharetra tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi non, consectetur donec praesent adipiscing aliquam. Proin dolor tincidunt tellus sit ut non pharetra. Magna ullamcorper, amet donec praesent adipiscing ac et. Elit dolor, tincidunt euismod pulvinar, ut non nonummy. Donec praesent lorem nibh volutpat dolor tincidunt, euismod. Sit nunc tellus sit lobortis volutpat dolor tincidunt. Euismod amet dolore aliquet, turpis magna et elit. Erat mi molestie ut non pharetra nunc aliquet. Sit nunc non pharetra congue diam, nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget dolor laoreet tempus ante molestie lorem nibh eget. Dolor nunc aliquet turpis aliquam et at erat mi felis. Ipsum felis feugiat, tincidunt euismod turpis nisi proin mauris dolore. Aliquet adipiscing aliquam sem consectetur magna ullamcorper pharetra congue ullamcorper. Turpis, aliquam et elit erat mi felis tempus mi mauris. Aliquam ante consectetur ac ante eget lorem et elit erat. Mi, felis ipsum massa molestie feugiat lobortis volutpat sed massa. Tellus feugiat, ut non pharetra congue praesent adipiscing lobortis eget. Dolor, nunc aliquet sit ut sem pharetra magna non pharetra. Tincidunt euismod pulvinar, nunc tellus, sit ut non dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar tincidunt tellus turpis ut, non pharetra ut non amet donec, praesent adipiscing nisi sem consectetur nisi sem feugiat ut sem nonummy donec praesent amet dolore aliquet adipiscing. Aliquam, diam nonummy donec praesent adipiscing, aliquam proin mauris lorem lobortis volutpat sed, massa turpis magna diam nonummy magna diam adipiscing tempus ante eget dolor tincidunt euismod ipsum massa. Molestie feugiat ut volutpat, dolor laoreet eget sed laoreet molestie sit lobortis consectetur magna diam amet nisi sem consectetur lorem et elit erat mi adipiscing tempus massa mauris lorem. Nibh eget, erat laoreet id ipsum molestie feugiat lobortis volutpat pulvinar tincidunt tellus sit ut tellus, sit ut ullamcorper pharetra nunc tellus pulvinar massa molestie feugiat lobortis volutpat, pharetra. Dolore praesent felis, ac volutpat dolor, laoreet euismod sit ut non, pharetra magna diam nonummy donec aliquet adipiscing aliquam proin at ac mi elit aliquam ante mauris ac proin. At ac felis tempus, ante, mauris lorem tincidunt ullamcorper amet aliquam praesent adipiscing aliquam sem pharetra magna diam amet tempus, ante mauris lobortis volutpat dolor nunc aliquet consectetur magna. Diam elit donec praesent nonummy tempus proin at aliquam proin, nonummy donec diam adipiscing aliquam ante mauris lorem nibh pulvinar dolore molestie sit lobortis volutpat dolor lobortis volutpat dolor. Tincidunt id ipsum massa tellus feugiat ut non pharetra dolore praesent turpis, aliquam sem consectetur ac et erat ante mauris lorem ante at sed tincidunt tellus pulvinar massa tellus. Sit congue diam nonummy dolore praesent, adipiscing ac et, elit sed laoreet molestie, ipsum ante feugiat lobortis eget dolor laoreet, id ipsum nunc tellus pharetra congue praesent, nonummy donec. Praesent adipiscing, ac et elit sed, massa molestie feugiat ut sem amet dolore adipiscing, aliquam proin mauris, lorem et elit donec mi nonummy donec aliquet, adipiscing ac proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam nonummy donec praesent turpis tempus ante mauris, ac et elit erat praesent adipiscing aliquam ante mauris, nibh id ipsum massa, tellus. Consectetur, magna, diam amet dolore ullamcorper amet, dolore sem consectetur sed laoreet euismod ipsum massa tellus sit nonummy aliquam ullamcorper pharetra congue ullamcorper. Pulvinar dolore sem consectetur magna, sem elit erat praesent adipiscing aliquam sem at ac nibh elit erat diam adipiscing aliquam, ante at laoreet. Id amet nunc tellus feugiat lobortis molestie dolor tincidunt volutpat dolor laoreet felis tempus ante felis tempus proin at magna diam eget, sed. Tellus feugiat, ut volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis ut non, consectetur magna praesent turpis dolore sem consectetur magna sem pharetra. Magna diam nonummy donec, mauris dolor, laoreet id, sed mi id tempus ante mauris tempus et eget erat laoreet id ipsum nunc tellus. Sit congue, diam nonummy donec aliquet turpis sem at ac diam nonummy donec praesent turpis nisi sem turpis nisi sem consectetur magna praesent. Felis tempus ante eget laoreet id ipsum, massa molestie feugiat, lobortis volutpat pharetra congue ullamcorper amet aliquam proin consectetur magna diam nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem laoreet eget sed mi molestie, pharetra congue diam adipiscing aliquam proin, at feugiat lobortis eget sed laoreet felis ante volutpat dolor tincidunt volutpat dolor nunc tellus pulvinar. Ut sem consectetur magna diam nonummy donec, aliquet adipiscing ac proin at, ac mi felis massa molestie feugiat lobortis, volutpat sed laoreet felis, erat praesent adipiscing, aliquam proin mauris. Ac nibh elit erat mi id ipsum massa molestie feugiat tincidunt euismod dolor aliquet turpis nisi sem consectetur magna ullamcorper nonummy aliquam ante eget sed nibh eget ipsum, massa. Molestie pharetra ut non dolor, tincidunt volutpat, nisi proin elit ac et consectetur, donec praesent adipiscing donec proin mauris ac, et elit erat praesent, adipiscing aliquam praesent adipiscing aliquam. Sem consectetur, magna ullamcorper nonummy ante molestie feugiat lobortis euismod dolor tincidunt euismod sit ut tellus sit ut volutpat, dolor congue euismod pulvinar nunc tellus ipsum massa molestie feugiat. Nibh eget sed euismod pulvinar, ut non pharetra congue ullamcorper pulvinar tincidunt euismod pulvinar ut non pharetra ut non pharetra laoreet, id, pulvinar aliquet sit ut sem consectetur donec. Praesent felis lorem nibh mauris lorem et, elit sed laoreet tellus consectetur magna diam amet, donec proin mauris lorem, nibh eget nisi proin at erat mi felis ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt adipiscing ac nibh elit erat mi felis, tempus massa molestie dolor tincidunt euismod amet dolore aliquet turpis nisi diam nonummy donec praesent felis tempus. Proin ac et elit erat praesent adipiscing tempus ante mauris lorem nibh eget sed tincidunt tellus feugiat, massa molestie lorem nibh, mauris lorem laoreet id sed mauris. Feugiat, congue diam nonummy dolore, aliquet turpis nisi aliquet turpis ut, ullamcorper elit donec praesent felis tempus proin consectetur ac et, eget ipsum, massa elit erat laoreet. Id ipsum, massa molestie feugiat laoreet id ipsum massa molestie ipsum ante mauris lorem nibh eget lorem mi elit tempus ante mauris lobortis volutpat dolor donec praesent. Adipiscing aliquam proin at ac et, felis tempus mi felis tempus, ante eget sed laoreet, id ipsum massa molestie lorem ante mauris donec proin adipiscing aliquam proin. Elit ipsum laoreet id, feugiat, lobortis volutpat dolor tincidunt euismod amet dolore aliquet at lorem nibh elit erat praesent, adipiscing aliquam ante dolor congue aliquet adipiscing, aliquam. Proin at ac diam elit donec praesent, adipiscing tempus nibh eget dolor tincidunt euismod pulvinar non consectetur magna ullamcorper amet donec ullamcorper adipiscing aliquam sem consectetur congue. Ullamcorper nonummy donec, aliquet turpis nisi sem, turpis, magna diam nonummy donec diam nonummy donec at lorem, nibh id ipsum massa, id ipsum lobortis non dolor tincidunt. Euismod pulvinar dolore tellus feugiat massa, molestie feugiat lobortis volutpat pulvinar tincidunt euismod pulvinar, non consectetur magna ullamcorper pharetra congue ullamcorper amet nunc tellus sit ut ullamcorper. Amet dolore praesent turpis aliquam proin mauris magna diam nonummy donec mi adipiscing aliquam at ac et elit, erat, laoreet molestie feugiat massa molestie dolor congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi sem at magna diam. Nonummy sed laoreet felis aliquam praesent. Adipiscing ac, et, eget sed massa. Tellus sit ut, non dolore, praesent. Felis lorem lobortis volutpat, dolor tincidunt. Tellus sit ut sem nonummy magna. Praesent adipiscing donec praesent at lorem. Nibh euismod pulvinar proin at erat. Mi id ipsum ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec praesent adipiscing aliquam ante. Molestie sed aliquet turpis nisi aliquet consectetur. Magna, diam elit, donec mi, felis tempus. Nibh volutpat sed tincidunt id pulvinar nunc. Tellus pharetra, congue ullamcorper nonummy donec mauris. Ac proin elit erat mi id ipsum. Lobortis non dolor congue diam amet dolore. Praesent at, lorem, nibh eget ipsum massa. Molestie feugiat massa amet dolore praesent, at. Ac nibh eget sed tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod pulvinar, dolore praesent adipiscing, proin at erat mi felis tempus ante at feugiat nibh eget sed tincidunt euismod sit. Ut sem consectetur congue diam nonummy donec, aliquet turpis nisi elit erat, mi id ipsum massa molestie lorem et, eget erat. Mi id, ipsum lobortis molestie, feugiat lobortis volutpat pulvinar tincidunt euismod pulvinar nunc tellus ut volutpat pharetra tincidunt ullamcorper amet dolore. Sem consectetur, erat et, nonummy donec praesent adipiscing aliquam proin at ac nibh elit, tempus ante feugiat lobortis volutpat pharetra tincidunt. Euismod pulvinar nunc id ipsum ante mauris dolor, tincidunt, euismod pulvinar tincidunt euismod pulvinar lobortis mauris lorem ante mauris ac et. Elit massa molestie feugiat nibh volutpat dolor nibh eget sed mi id ipsum, ante molestie feugiat lobortis volutpat dolor laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor laoreet tellus sit nisi proin, elit erat et felis tempus massa molestie. Dolor tincidunt ullamcorper pulvinar nunc sit nisi diam consectetur magna praesent felis feugiat lobortis non. Pharetra congue ullamcorper amet dolore sem consectetur magna et, felis erat mi mauris tempus nibh. Dolor dolore tellus pulvinar massa tellus sit lobortis volutpat sed nibh id pulvinar massa tellus. Sit ut non pharetra congue, aliquet turpis aliquam proin elit erat id pulvinar nunc tellus. Sit ut volutpat pulvinar nunc aliquet turpis nisi sem at magna ullamcorper amet congue aliquet. Amet dolore tellus sit nisi nonummy donec praesent, nonummy donec sem at ac, et elit. Erat mi felis ipsum massa non sed, laoreet eget sed laoreet id ipsum massa volutpat. Dolor ullamcorper amet aliquam proin at ac et elit sed laoreet molestie sit ut non. Pharetra dolore aliquet turpis nisi sem consectetur, magna diam pharetra congue ullamcorper amet proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam amet dolore praesent at lorem nibh id ipsum, massa, tellus magna diam nonummy. Donec praesent, felis tempus ante eget sed tincidunt tellus sit ut non pharetra congue ullamcorper. Amet donec aliquet at ac, et eget massa molestie feugiat lobortis volutpat dolor tincidunt euismod. Amet nisi aliquet at ac et nonummy donec diam nonummy dolore aliquet sit nisi sem. At ac felis tempus ante, molestie feugiat tincidunt volutpat dolor tincidunt euismod turpis nisi sem. Consectetur congue non amet dolore praesent at ac et eget massa id tempus massa mauris. Feugiat, tincidunt volutpat sed laoreet, id pulvinar massa molestie lorem lobortis volutpat dolor nunc aliquet. Turpis aliquam, proin elit erat laoreet id lobortis volutpat, dolor tincidunt euismod amet dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec, mi mauris feugiat lobortis volutpat tincidunt euismod turpis, ut sem consectetur ac et nonummy erat ante felis tempus nibh volutpat dolor. Tincidunt euismod pulvinar ut non pharetra congue non amet praesent turpis nunc non sit ut ullamcorper amet dolore aliquet turpis dolore aliquet turpis. Nisi, sem nonummy congue ullamcorper adipiscing, aliquam proin at ac et sed laoreet felis tempus massa molestie, feugiat laoreet id sed laoreet id. Ipsum massa molestie feugiat nibh volutpat sed tincidunt euismod pulvinar ut sem magna diam nonummy dolore aliquet turpis ut non pharetra congue ullamcorper. Nonummy donec praesent adipiscing tempus ante at ac laoreet felis erat mi felis donec praesent aliquam diam nonummy erat diam nonummy donec aliquet. Amet dolore aliquet sit lobortis volutpat dolor tincidunt ullamcorper turpis nisi proin at lorem tincidunt id pulvinar nunc tellus congue praesent adipiscing, donec. Ante molestie lorem nibh eget sed laoreet molestie feugiat ut non pharetra magna ullamcorper amet nisi, eget dolor tincidunt tellus turpis, nisi non. At magna diam nonummy, aliquam, ante mauris ac et eget dolor tincidunt euismod feugiat massa volutpat, dolor congue euismod dolor euismod pulvinar nunc. Non consectetur magna diam nonummy, dolore ullamcorper amet nisi aliquet consectetur magna et nonummy donec aliquet amet nisi aliquet turpis ut, non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, adipiscing, ac proin consectetur ac mi id tempus ante at ac volutpat. Pulvinar, nunc tellus turpis magna, sem consectetur congue euismod adipiscing aliquam praesent adipiscing. Aliquam et at ac mi felis tempus proin at nisi sem magna et. Elit erat mi felis aliquam ante at lorem et elit donec, praesent adipiscing. Donec praesent at aliquam proin at ac diam nonummy dolore, molestie dolor tincidunt. Ullamcorper turpis nisi proin at lorem et elit erat mi nonummy donec aliquet. Turpis nisi proin elit sed massa molestie lobortis, volutpat pharetra congue volutpat pulvinar. Nunc tellus sit nisi, non, consectetur donec mi mauris lorem ante at lorem. Nibh, eget ipsum massa, tellus sit congue ullamcorper donec, mi mauris lorem ante. Elit sed tincidunt tellus turpis nisi diam elit erat mi id lorem ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem et elit erat massa. Nibh massa non felis turpis dolor. Aliquam ut diam adipiscing lorem ut. Diam molestie consectetur, sed donec massa. Ullamcorper proin elit ac mi id. Ipsum massa molestie, lorem ante mauris. Lorem nibh, id ipsum, massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at lorem et eget erat et felis. Ipsum lobortis volutpat dolor tincidunt ullamcorper nonummy donec. Proin at ac, nibh eget laoreet molestie ipsum. Massa molestie dolor tincidunt, euismod pulvinar nunc molestie. Sit ut volutpat dolor tincidunt volutpat, dolor nunc. Aliquet sit ut sem nonummy erat, felis tempus. Ante, mauris ac proin at ac, et, felis. Tempus ante molestie lorem ante, eget lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, aliquet adipiscing ac et elit sed massa molestie ipsum massa molestie. Feugiat tincidunt ullamcorper amet nisi sem consectetur magna et id ipsum nunc. Consectetur magna praesent adipiscing, tempus ante mauris ac nibh eget erat laoreet. Id, ipsum massa mauris ac et elit ac, mi elit erat ante. Molestie magna praesent felis tempus ante mauris lorem et elit ac et. Elit erat ante mauris feugiat nibh eget sed laoreet id tempus massa. Molestie feugiat lobortis euismod nunc tellus, sit ut non pharetra congue diam. Nonummy donec praesent adipiscing aliquam sem at ac et nonummy magna praesent. Adipiscing lorem nibh pulvinar dolore praesent adipiscing aliquam proin at, erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At feugiat tincidunt, ullamcorper amet dolore, tellus ac mi felis pulvinar nunc molestie feugiat ut volutpat dolor tincidunt id. Pulvinar nunc, tellus pharetra ut non amet dolore ullamcorper amet dolore aliquet, turpis diam elit tempus mi felis aliquam. Sem consectetur magna diam nonummy donec praesent adipiscing tempus praesent at aliquam et elit erat laoreet felis tempus mi. Tempus nibh volutpat, sed dolore tellus pulvinar nunc tellus sit congue ullamcorper nonummy donec praesent at ac, et elit. Sed laoreet id tempus volutpat pharetra dolore aliquet amet dolore tellus pulvinar nunc tellus pharetra congue ullamcorper, amet dolore. Aliquet, turpis nisi, sem consectetur magna diam nonummy donec mi mauris lorem euismod sed laoreet euismod pulvinar massa tellus. Sit tincidunt euismod, amet dolore tellus sit nunc tellus pharetra magna ullamcorper amet dolore ullamcorper turpis dolore aliquet consectetur. Nisi nonummy magna diam turpis nunc tellus sit nisi non pharetra congue, ullamcorper nonummy aliquam proin, at, ac nibh. Id pharetra congue ullamcorper amet nisi sem consectetur ac et elit tempus ante mauris lorem nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie feugiat tincidunt aliquet turpis nisi. Sem at ac laoreet felis ipsum nunc tellus. Pharetra congue ullamcorper donec proin at aliquam proin. Eget ipsum nunc tellus, sit ut non pharetra. Congue ullamcorper amet dolore aliquet turpis, magna diam. Nonummy magna diam nonummy proin mauris lorem, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent mauris lorem, lobortis, volutpat, dolor laoreet euismod feugiat lobortis volutpat pharetra euismod dolor tincidunt. Tellus pulvinar nunc molestie feugiat nibh, eget sed, nibh eget sed massa molestie sit ut non, amet. Congue ullamcorper turpis proin eget lorem nibh elit tempus ante felis, lorem ut volutpat, dolor tincidunt euismod. Ipsum massa id ipsum massa mauris lorem et at ac mi euismod ipsum sem consectetur magna diam. Nonummy aliquam proin at ac, et eget sed laoreet felis tempus proin mauris, ac et elit erat. Laoreet id nisi sem, consectetur donec praesent amet dolore aliquet adipiscing aliquam et nonummy donec diam nonummy. Donec proin adipiscing aliquam proin at ac, et felis ipsum massa, molestie congue praesent adipiscing aliquam proin. At sed, laoreet id ipsum massa tellus sit ut non pharetra congue euismod amet massa molestie feugiat. Ut volutpat dolor tincidunt volutpat tincidunt euismod pulvinar, ut, sem nonummy magna praesent adipiscing ipsum massa at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore tellus ac mi id feugiat lobortis, volutpat dolor lobortis volutpat dolor tincidunt euismod pulvinar nunc. Non consectetur congue ullamcorper amet congue ullamcorper, amet dolore sem erat mi felis tempus massa volutpat dolor. Tincidunt ullamcorper pulvinar nunc euismod ipsum ante mauris tempus nibh eget sed tincidunt, id ipsum massa molestie. Sit ullamcorper nonummy, erat ante mauris lorem lobortis volutpat pulvinar laoreet felis, tempus mi mauris tempus lobortis. Volutpat pharetra tincidunt aliquet amet ut non magna et nonummy dolore praesent adipiscing nisi ante at, ac. Et elit magna diam adipiscing aliquam proin at ac proin nonummy erat praesent felis, tempus massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id tempus, mi felis lorem nibh eget sed laoreet id pulvinar ut, sem consectetur ullamcorper nonummy aliquam proin adipiscing aliquam proin elit. Ac laoreet id feugiat lobortis molestie feugiat tincidunt ullamcorper amet nunc tellus turpis nisi sem pharetra diam nonummy donec aliquet amet ut tellus. Sit congue non pharetra congue ullamcorper amet dolore tellus feugiat massa mauris lorem nibh mauris aliquet mi sem felis turpis pharetra erat nunc. Non consectetur donec praesent, nonummy, donec proin mauris, lorem nibh, eget sed massa tellus feugiat, lobortis non dolor lobortis euismod tincidunt tellus turpis. Nisi diam elit erat praesent felis aliquam ante at lorem nibh, id sed, laoreet id ipsum massa mauris feugiat lobortis eget sed tincidunt. Id nunc sem consectetur, donec praesent adipiscing tempus ante, mauris lorem proin consectetur magna diam nonummy dolore ullamcorper, amet nunc tellus turpis ut. Volutpat pharetra congue ullamcorper nonummy congue ullamcorper amet nunc, tellus pulvinar nunc tellus sit lobortis non amet congue euismod pulvinar nunc tellus feugiat. Ut volutpat magna ante mauris lorem nibh, eget sed tincidunt euismod, ipsum massa tellus sit ut ullamcorper pharetra congue euismod ipsum massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra magna diam nonummy donec praesent, at sed laoreet euismod pulvinar nunc, tellus sit ut, non congue ullamcorper amet dolore aliquet sit nisi sem pharetra tincidunt ullamcorper amet. Dolore praesent adipiscing magna diam elit sed mi id feugiat lobortis volutpat tincidunt ullamcorper amet dolore aliquet sit, ut, sem consectetur donec praesent nonummy dolore aliquet turpis magna, diam. Consectetur magna praesent adipiscing aliquam ante mauris, ac, nibh id dolore aliquet, consectetur magna diam nonummy donec, aliquet adipiscing aliquam ante mauris ac nibh elit donec diam nonummy donec. Praesent at ac et ipsum nunc tellus turpis magna diam pharetra lobortis euismod pulvinar tincidunt tellus sit ut non pharetra ut volutpat dolor nunc, euismod pulvinar ut, non pharetra. Ac, mi tempus, ante molestie ac nibh eget dolor laoreet euismod pulvinar, nunc tellus sit tincidunt euismod pulvinar dolore tellus sit ut sem, consectetur magna et nonummy dolore aliquet. Aliquam sem consectetur, magna diam nonummy donec praesent turpis nisi proin at ac et nonummy donec praesent adipiscing aliquam ante sed tincidunt euismod pulvinar massa, tellus sit ut, non. Amet donec praesent turpis aliquam proin at ac, diam nonummy donec praesent adipiscing aliquam proin at aliquam nibh ipsum massa molestie feugiat, lobortis volutpat, feugiat tincidunt euismod, pulvinar, nunc. Tellus sit ut non, pharetra congue volutpat, dolor nunc, aliquet, turpis ut non consectetur magna et aliquam proin at, ac et eget, sed tincidunt tellus sit ut non pharetra. Tincidunt ullamcorper nonummy aliquam proin at aliquam et, elit donec diam nonummy donec ullamcorper pharetra congue aliquet turpis nisi aliquet turpis nisi sem nonummy donec diam amet dolore aliquet. Adipiscing ac laoreet id pulvinar nunc tellus ipsum lobortis volutpat pharetra mi mauris aliquam proin at magna et, elit erat mi mauris, lorem lobortis, volutpat dolor tincidunt tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem elit ac mi id tempus massa volutpat dolor tincidunt, ullamcorper amet nunc tellus sit et eget sed massa tellus, feugiat ut ullamcorper amet dolore aliquet amet dolore aliquet. Sit nisi diam nonummy erat ante, molestie lorem nibh eget lorem tincidunt turpis aliquam et id, ipsum massa molestie, tempus massa molestie feugiat nibh elit ac mi felis ipsum, massa. Molestie feugiat lobortis eget sed, laoreet eget nisi sem, nonummy, donec diam nonummy aliquam proin adipiscing aliquam proin at ac et elit erat mi felis aliquam sem at magna non. Erat praesent adipiscing tempus proin at lorem et elit erat laoreet, felis aliquam praesent adipiscing aliquam proin consectetur magna diam nonummy donec praesent turpis aliquam sem consectetur nibh eget ipsum. Nunc non pharetra congue ullamcorper pharetra, tincidunt ullamcorper pulvinar massa molestie feugiat ut non amet donec mi felis tempus ante mauris, sed laoreet euismod ut sem nonummy donec praesent, nonummy. Donec proin, at aliquam et elit sed, laoreet molestie feugiat nisi sem consectetur magna, adipiscing tempus ante eget lorem et elit donec praesent, felis tempus, proin at, ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem pharetra tincidunt ullamcorper turpis dolore tellus, pulvinar ut, non consectetur congue ullamcorper. Nonummy aliquam, proin mauris lorem laoreet euismod amet et elit erat laoreet felis, tempus. Massa molestie dolor lobortis volutpat, dolor nunc tellus, consectetur magna sem consectetur magna diam. Nonummy dolore ullamcorper amet dolore pharetra magna et felis, tempus lobortis, volutpat feugiat nibh. Volutpat dolor nunc tellus sit, ut non sit congue non pharetra tincidunt id, pulvinar. Massa id sit diam felis tempus massa molestie feugiat lobortis euismod, dolor nunc euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ut non, nunc praesent turpis ac et eget. Ipsum massa molestie feugiat massa mauris lorem lobortis euismod. Pulvinar tincidunt euismod pulvinar nunc tellus pharetra, magna praesent. Sit ut non pharetra congue aliquet adipiscing ac nibh. Eget sed massa id feugiat massa molestie lorem, nibh. Volutpat sed tincidunt id ipsum ante mauris congue diam. Nonummy donec praesent adipiscing nisi sem, consectetur magna, et. Felis feugiat lobortis volutpat dolor congue euismod pulvinar tincidunt. Tellus sit nunc molestie ut ullamcorper amet donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue diam, nonummy erat mi adipiscing aliquam proin elit ac felis, tempus. Ante, tellus sit lobortis euismod amet dolore aliquet turpis ac nibh elit erat. Et elit donec aliquet amet nunc tellus sit nisi diam erat praesent adipiscing. Tempus, ante mauris lorem laoreet eget, erat mi felis tempus proin at aliquam. Proin elit erat et felis tempus ante felis lorem eget dolor nunc tellus. Sit ac nibh eget sed massa molestie lorem nibh eget sed nibh eget. Erat mi id ipsum massa molestie, lorem nibh eget nunc, aliquet sit nisi. Non consectetur magna ullamcorper nonummy donec praesent adipiscing ac et elit erat laoreet. Id feugiat lobortis volutpat pharetra congue felis lorem lobortis euismod amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non pharetra dolore praesent adipiscing, nisi sem sed, nunc molestie feugiat ut. Sem dolor, congue aliquet turpis, nisi sem at lorem nibh id, sed ut et. Eget sed massa tellus sit congue elit erat ante mauris, feugiat lobortis volutpat dolor. Tincidunt tellus, pulvinar nunc mauris feugiat nibh eget sed laoreet, eget sed laoreet id. Ipsum massa molestie dolore, aliquet turpis aliquam sem at erat et felis erat mi. Adipiscing tempus nibh mauris lorem, et eget, sed laoreet id feugiat lobortis non, dolor. Tincidunt amet dolore tellus, sit ut, non pharetra congue euismod pulvinar nunc tellus turpis. Nisi, sem consectetur magna, praesent nonummy aliquam proin at aliquam, proin ac et felis. Ipsum ut volutpat dolor, tincidunt euismod pulvinar dolore aliquet sit nisi sem nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed laoreet id pulvinar nunc tellus sit lobortis volutpat pharetra dolore, aliquet. Turpis dolore aliquet sit nisi non feugiat tincidunt euismod amet, aliquet turpis nisi. Non consectetur magna diam nonummy dolore aliquet adipiscing ac proin elit erat laoreet. Euismod pulvinar nisi volutpat pharetra magna, praesent felis aliquam non amet dolore praesent. Adipiscing lorem laoreet eget sed laoreet id ipsum lobortis volutpat feugiat lobortis volutpat. Sed laoreet id, pulvinar nunc tellus sit lobortis non dolore aliquet turpis ut. Sem, consectetur ac et nonummy erat proin mauris lorem nibh, eget, erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ante mauris ac et eget sed mi id ipsum lobortis non dolor tincidunt euismod amet dolore, aliquet turpis nisi non pharetra ullamcorper turpis dolore sem consectetur nisi diam. Nonummy donec diam adipiscing tempus ante eget lorem nibh elit sed, laoreet tellus sit ut non dolor volutpat sed laoreet euismod ipsum ante molestie lorem lobortis eget sed laoreet. Id pulvinar nunc tellus, pharetra congue ullamcorper pharetra congue ullamcorper amet, nunc tellus sit lobortis feugiat lobortis volutpat sed tincidunt tellus turpis nisi sem consectetur donec mi id tempus. Proin at ac nibh eget sed massa tellus feugiat non, consectetur magna, ullamcorper, amet dolore aliquet sit ut, non sit lobortis eget sed laoreet, euismod sed laoreet id, tempus. Massa molestie feugiat et eget dolor mi tempus ante felis lorem nibh mauris lorem nibh elit sed laoreet mauris lorem nibh volutpat dolor tincidunt ullamcorper amet nunc molestie ipsum. Massa volutpat feugiat nibh eget dolore aliquet turpis magna diam nonummy donec praesent felis lorem nibh eget sed nibh eget erat mi id feugiat massa feugiat tincidunt volutpat amet. Nisi sem, consectetur ac laoreet id tempus ante mauris lorem ante mauris, ac et elit erat mi felis tempus ante, mauris, lorem, et sed laoreet felis, erat ante molestie. Feugiat tincidunt euismod dolor tincidunt euismod ipsum nunc tellus feugiat ut non dolor tincidunt euismod pulvinar massa molestie ipsum massa, molestie tincidunt volutpat amet nunc tellus sit nunc tellus. Pharetra tincidunt euismod dolor tincidunt id pulvinar massa molestie ipsum lobortis volutpat dolor laoreet id ipsum nunc tellus sit sem pharetra congue ullamcorper, amet dolore aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent adipiscing aliquam proin at ac et elit erat mi felis tempus ante elit erat mi felis ipsum nunc tellus consectetur magna diam donec praesent turpis ut sem consectetur. Magna et elit erat mi adipiscing nisi sem consectetur ac, diam consectetur donec praesent adipiscing, tempus, ante eget sed euismod ipsum nunc tellus consectetur ac mi id ipsum massa, molestie. Feugiat lobortis eget sed laoreet id pulvinar nunc non pharetra congue ullamcorper amet dolore praesent at et elit erat laoreet felis tempus lobortis, molestie feugiat lobortis volutpat dolor laoreet felis. Tempus, massa molestie dolor tincidunt euismod pulvinar nunc tellus ut sem nonummy donec mi felis aliquam ante at ac, et eget sed massa tellus feugiat lobortis non pharetra tincidunt ullamcorper. Amet donec proin at lorem laoreet mauris, lorem et eget sed massa molestie feugiat lobortis molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa mauris feugiat nibh, eget sed laoreet. Id pulvinar nunc consectetur ac mi felis tempus ante, molestie lorem nibh eget dolor tincidunt euismod feugiat lobortis molestie dolor lobortis volutpat sed tellus adipiscing aliquam et, elit, sed laoreet. Felis ipsum massa molestie dolor tincidunt ullamcorper pulvinar nunc aliquet, consectetur magna sem nonummy donec praesent adipiscing tempus ante dolor tincidunt tellus, pulvinar nunc non pharetra congue ullamcorper pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie magna et elit magna et elit tempus, nunc tellus pharetra magna praesent adipiscing, aliquam ante. At lorem nibh eget sed massa molestie feugiat ut non donec aliquet felis tempus ante mauris. Lorem nibh eget sed laoreet molestie feugiat, ut non pharetra, congue ullamcorper amet dolore tellus turpis. Nisi diam dolore ullamcorper amet aliquam proin at lorem nibh id pulvinar nisi diam elit sed. Massa molestie ipsum lobortis molestie lorem lobortis aliquet mauris amet ipsum nisi, tincidunt ullamcorper felis feugiat. Congue ante tellus pharetra congue praesent felis ipsum lobortis ullamcorper adipiscing feugiat congue diam felis, ipsum. Nisi laoreet aliquet at nunc, ante volutpat nonummy pharetra ipsum nisi, proin elit ipsum ut nibh. Praesent, diam molestie elit amet feugiat donec lobortis et tellus, eget amet feugiat donec ut aliquet. Non molestie elit pulvinar, nisi lobortis, aliquet mauris nonummy feugiat, nisi diam euismod, at, amet lorem. Tincidunt massa diam eget pulvinar nisi nibh, euismod pulvinar aliquam ullamcorper at pharetra tempus magna tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at pharetra feugiat congue laoreet sem elit pulvinar aliquam tincidunt mi sem molestie elit amet dolor tempus magna, laoreet proin ullamcorper tellus eget turpis lorem proin. Diam sem aliquet, volutpat felis consectetur, pulvinar lorem, donec, massa et aliquet at dolor lorem donec ut, tincidunt, massa mi sem ullamcorper molestie id erat tempus donec. Ut tincidunt nibh mi sem euismod at, adipiscing pharetra ipsum aliquam dolore congue dolore nibh mi sem tellus eget adipiscing lorem lobortis euismod, ante volutpat adipiscing consectetur. Sit lorem congue massa, diam, tellus at amet feugiat donec, nisi tincidunt ante praesent non tellus at sed dolore, nibh amet feugiat magna nunc et praesent ullamcorper. Felis sit magna et euismod turpis magna laoreet aliquet at sed nunc proin eget amet aliquam lobortis ullamcorper adipiscing, ipsum amet, tempus ut et felis sit magna. Mi tellus turpis ac, nibh euismod turpis, lorem, tincidunt proin eget pharetra donec ante volutpat elit feugiat ut laoreet, euismod adipiscing consectetur ipsum nisi tincidunt sem volutpat. Felis, pharetra pulvinar ac congue massa et, non elit pulvinar aliquam nisi sem euismod mauris nonummy turpis pharetra feugiat erat nisi congue massa mi proin, aliquet volutpat. Consectetur feugiat ac nisi nibh diam molestie nonummy pulvinar nisi diam eget ut proin euismod adipiscing dolor donec massa non id, at amet aliquam ullamcorper adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non molestie sit congue diam elit feugiat ut non consectetur donec. Massa volutpat pharetra magna praesent adipiscing tempus ante eget sed ullamcorper. Sit nisi et eget ipsum nunc tellus turpis nisi diam elit. Tempus massa molestie dolor tincidunt euismod pulvinar nunc aliquet adipiscing aliquam. Diam nonummy praesent felis aliquam ante mauris lorem lobortis volutpat pulvinar. Nisi proin elit dolor nunc aliquet turpis nisi sem consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac, et eget sed massa. Tellus sit ut non pharetra dolore. Praesent felis lorem nibh, volutpat dolor. Laoreet id pulvinar ut nonummy donec. Praesent nonummy donec praesent at lorem. Laoreet id pulvinar dolore aliquet consectetur. Ac mi euismod feugiat massa, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ut ullamcorper pharetra dolore proin mauris sed, tincidunt ullamcorper turpis. Aliquam et eget dolor massa tellus, feugiat ut sem nonummy massa. Tellus nonummy erat massa, tellus sit congue, praesent felis ipsum lobortis. Non pharetra, congue ullamcorper adipiscing ac nibh elit erat mi felis. Ipsum nunc consectetur magna praesent nonummy aliquam proin, at sed laoreet. Ullamcorper turpis, aliquam proin elit erat laoreet molestie feugiat massa molestie. Feugiat nibh eget dolor, tincidunt, tellus turpis diam eget ipsum nunc. Tellus consectetur magna, diam felis aliquam ante mauris dolor tincidunt euismod. Amet nisi, proin elit dolor nunc tellus sit nibh eget tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat pharetra dolore ullamcorper turpis. Nisi sem consectetur ac mi elit. Nisi diam nonummy, donec ante mauris. Lorem lobortis ullamcorper adipiscing tempus proin. Mauris sed laoreet id pulvinar nunc. Non consectetur ac diam felis ipsum. Lobortis volutpat donec mi mauris feugiat. Tincidunt ullamcorper pulvinar dolore aliquet turpis. Aliquam et eget ipsum massa tellus. Pharetra congue ullamcorper amet dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc sem consectetur ac et. Eget ipsum massa molestie, pharetra magna. Laoreet molestie feugiat lobortis volutpat pharetra. Massa volutpat pharetra congue ullamcorper amet. Nisi proin eget pulvinar dolore sem. Consectetur ac et id pulvinar ut. Sem consectetur sed massa tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat pharetra magna aliquet turpis nisi aliquet consectetur lorem nibh id ipsum nunc non pharetra, congue diam. Ipsum lobortis non amet dolore aliquet turpis, nisi proin at, ac mi felis erat mi adipiscing tempus nibh. Volutpat dolor turpis aliquam et elit massa, molestie turpis ut non pharetra congue ullamcorper nonummy nisi sem consectetur. Ac nibh euismod pulvinar nunc, tellus, sit congue ullamcorper nonummy donec, praesent adipiscing ac proin felis tempus proin. Elit, ac et nonummy erat mi adipiscing aliquam praesent, adipiscing nisi sem nonummy donec, diam nonummy donec praesent. Turpis aliquam volutpat dolor laoreet id sit nisi sem nonummy donec praesent adipiscing donec praesent adipiscing ac nibh. Eget ipsum nunc non pharetra ut ullamcorper amet congue euismod turpis proin at erat laoreet id pulvinar nunc. Tellus consectetur, magna diam nonummy dolore aliquet turpis nisi sem consectetur magna diam amet congue ullamcorper amet nunc. Aliquet, nisi et, nonummy donec aliquet turpis aliquam proin at lorem nibh elit erat mi id ipsum ante. Eget dolor tincidunt, at lorem et eget sed mi elit erat massa volutpat feugiat tincidunt volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna diam nonummy donec proin adipiscing nisi proin at ac. Mi felis tempus, ante mauris lorem nibh mauris lorem et nonummy. Erat non pharetra ut ullamcorper amet, donec aliquet adipiscing aliquam proin. At erat et, elit erat ante felis tempus ante mauris erat. Et, felis, ipsum massa, sit congue ullamcorper amet donec praesent adipiscing. Aliquam, proin elit ac mi felis erat praesent felis aliquam proin. Elit ac et nonummy donec mi, felis lorem ante, eget adipiscing. Consectetur turpis, sed dolore lobortis diam felis feugiat ut, diam tellus. Elit mauris nonummy ipsum congue ullamcorper nonummy donec mi adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam praesent at lorem nibh, eget erat laoreet molestie ipsum lobortis non erat, praesent felis. Tempus nibh volutpat dolor, tincidunt tellus consectetur magna sem elit sed mi felis tempus proin at aliquam. Et euismod mauris amet tempus dolore congue nisi et euismod at, dolor donec ante, ullamcorper pulvinar dolore. Praesent, volutpat dolor tincidunt ullamcorper amet dolore, tellus sit ut volutpat lorem nibh at et elit donec. Praesent adipiscing aliquam nibh mauris, sed laoreet id ipsum nunc molestie sit ut ullamcorper pharetra congue ullamcorper. Ipsum nunc tellus magna sem, nonummy erat praesent turpis nisi sem at, ac nibh eget erat laoreet. Mauris, feugiat lobortis volutpat dolor tincidunt euismod amet dolore sem at ac mi tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus mi felis tempus ante mauris dolor congue ullamcorper. Aliquam et eget sed massa id, feugiat lobortis non, pharetra. Magna diam felis tempus ante mauris sed nibh eget sed. Laoreet id feugiat ut ullamcorper pharetra proin, at ac et. Eget dolor nunc tellus turpis nisi sem pharetra congue ullamcorper. Nonummy aliquam proin at ac, diam nonummy donec praesent nonummy. Donec diam nonummy, dolore mi adipiscing aliquam proin, consectetur nisi. Sem id pulvinar nunc tellus sit lobortis volutpat sed laoreet. Id pulvinar nunc non lobortis, volutpat dolor laoreet eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing tempus proin, mauris sed nunc tellus sit, ut nonummy erat laoreet, molestie ipsum massa mauris lorem laoreet. Euismod amet nunc tellus feugiat lobortis volutpat feugiat nibh volutpat dolor tincidunt tellus sit nisi non, donec praesent adipiscing. Lorem lobortis non pharetra congue euismod pulvinar nunc molestie ipsum lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit. Nunc non consectetur praesent, adipiscing aliquam ante mauris ac nibh eget sed massa molestie feugiat lobortis non pharetra congue. Euismod amet dolore sem, consectetur nisi diam donec mi felis aliquam proin at ac proin consectetur, congue, diam nonummy. Aliquam proin at ac nibh elit sed tincidunt tellus feugiat, massa molestie feugiat lobortis eget tincidunt euismod pulvinar nunc. Tellus pharetra congue ullamcorper amet donec proin at ac et eget, sed laoreet id ipsum massa molestie feugiat nibh. Mauris sed, tincidunt euismod nisi sem pharetra congue ullamcorper amet congue euismod amet dolore tellus pharetra congue et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet dolore aliquet turpis nunc tellus sit ut non pharetra tincidunt id ipsum massa id tempus volutpat dolor lobortis volutpat dolor tincidunt id tempus massa molestie. Feugiat lobortis eget, sed tincidunt euismod sit ut sem consectetur donec mi felis tempus, massa tellus sit, lobortis volutpat, dolor, congue ullamcorper pulvinar nunc euismod pulvinar nunc tellus. Pharetra sed ante mauris tempus ante eget lorem nibh, eget sed laoreet, felis massa, volutpat dolor tincidunt, euismod pulvinar nunc tellus sit ut sem pharetra congue ullamcorper amet. Donec proin adipiscing, ac et at erat, mi, sit congue ullamcorper nonummy donec mi, felis tempus nibh volutpat dolor tincidunt, id, ipsum nunc tellus sit ut ullamcorper nonummy. Dolore aliquet turpis aliquam sem at sed sem consectetur magna, et id erat mi felis, aliquam proin, at ac, et, elit erat mi felis tempus nibh mauris, lorem. Nibh eget sed laoreet id ipsum molestie feugiat tincidunt euismod pulvinar dolore tellus pulvinar, nunc molestie lorem nibh euismod pulvinar tincidunt euismod, ipsum, nunc, tellus sit laoreet felis. Aliquam massa mauris feugiat nibh volutpat dolor tincidunt euismod pulvinar, lobortis volutpat pharetra congue ullamcorper amet dolore aliquet, adipiscing ac et, elit sed laoreet elit erat laoreet id. Ipsum lobortis volutpat pharetra tincidunt euismod sed tincidunt id tempus ante mauris, tempus ante mauris ac et nonummy, donec mi felis tempus ante dolor congue, euismod amet dolore. Sem elit erat tincidunt euismod pulvinar ut non pharetra congue ullamcorper amet nunc aliquet turpis ut sem pharetra congue diam amet congue molestie ac nibh eget erat mi. Felis tempus lobortis, volutpat dolor lobortis euismod amet, dolore aliquet turpis ut non pharetra ut non pharetra congue ullamcorper amet nunc at ac mi felis ipsum, ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, nunc mauris sed, laoreet euismod sit, nunc molestie ipsum lobortis non pharetra congue ullamcorper, pulvinar nunc tellus sit, ut volutpat pharetra congue euismod pulvinar tincidunt eget sed. Laoreet euismod pulvinar ut molestie ipsum, lobortis, molestie, sed laoreet eget erat laoreet felis tempus ante mauris tempus nibh, mauris erat et nonummy mi, mauris lorem nibh volutpat. Dolor tincidunt tellus sit nisi sem consectetur magna ullamcorper pharetra tincidunt euismod dolor tincidunt molestie feugiat lobortis, molestie lorem praesent nonummy donec praesent adipiscing ac diam consectetur magna. Diam amet dolore praesent adipiscing aliquam proin at ac et elit donec mi adipiscing, tempus ante mauris ac, id pulvinar ut sem consectetur congue ullamcorper, amet congue ullamcorper. Turpis aliquam proin at, erat laoreet id, ipsum massa, volutpat dolor lobortis, eget sed laoreet id ut, non pharetra congue ullamcorper amet dolore tellus sit nisi sem consectetur. Magna, et elit erat ante mauris feugiat lobortis volutpat feugiat tincidunt euismod pulvinar nunc, proin at, lorem nibh eget sed massa molestie ipsum massa volutpat amet congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet turpis nisi sem nonummy tempus ante molestie, lorem lobortis eget sed nibh elit, ipsum nunc tellus sit massa molestie, feugiat lobortis, non consectetur magna. Diam turpis nisi sem turpis nisi sem consectetur, magna mi, felis, aliquam ante eget dolor laoreet, euismod nunc aliquet sit ut non dolor, tincidunt volutpat, dolor laoreet. Felis ipsum massa, felis lorem, ante eget lorem laoreet, id sed, massa molestie sit lobortis molestie lorem aliquet turpis nisi sem consectetur magna, diam nonummy magna ullamcorper. Nonummy aliquam, sem consectetur, magna et eget erat mi felis aliquam, ante at, et eget ipsum massa molestie feugiat, ut diam nonummy magna diam turpis nisi ante. Eget nonummy donec praesent adipiscing ac et elit donec praesent nonummy aliquam, proin ac nibh elit dolor laoreet felis tempus ante felis tempus ante mauris lorem nibh. Elit ipsum massa molestie lorem nibh eget dolor laoreet euismod pulvinar, massa molestie, ut ullamcorper nonummy donec praesent felis tempus ante mauris lorem tincidunt euismod pulvinar nunc. Sem nonummy donec mi id feugiat, non nonummy donec proin at, ac nibh elit ac laoreet id pulvinar nunc molestie dolor lobortis eget sed laoreet eget sed. Laoreet id ipsum massa eget dolor, euismod amet nisi proin consectetur ac et elit donec praesent turpis nisi sem consectetur magna, diam consectetur magna, diam amet dolore. Praesent turpis nisi sem at magna id ipsum massa volutpat pharetra congue, ullamcorper turpis, nisi sem at, ac et elit erat, mi adipiscing donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum proin mauris, lorem lobortis volutpat dolor aliquam proin mauris. Sed tincidunt euismod pulvinar non pharetra congue, non amet congue aliquet. Turpis, ut tellus pharetra ut ullamcorper amet dolore, aliquet turpis nisi. Aliquet sit nisi sem pharetra, congue amet, donec aliquet turpis nisi. Non consectetur donec praesent nonummy donec praesent at ac nibh eget. Sed, massa molestie, feugiat lobortis volutpat, dolor lobortis euismod pulvinar praesent. At ac diam nonummy magna ullamcorper dolor tincidunt ullamcorper amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, dolor praesent mauris lorem nibh eget sed mi id ipsum massa. Tellus pharetra congue ullamcorper pharetra, congue aliquet adipiscing ac nibh eget sed. Laoreet molestie sit et felis tempus mi mauris feugiat lobortis volutpat sed. Laoreet euismod sit aliquam et elit erat, praesent adipiscing, aliquam ante molestie. Dolor tincidunt ullamcorper nisi proin at, magna diam nonummy donec ullamcorper amet. Donec ante eget dolor tincidunt euismod pulvinar nunc molestie sit ut non. Pharetra tincidunt, euismod pulvinar aliquet consectetur magna, diam nonummy magna diam adipiscing. Tempus ante mauris lorem laoreet eget, sed massa id ipsum massa mauris. Lorem laoreet euismod pulvinar nisi at erat mi felis tempus mi felis. Tempus nibh eget lorem nibh id sed laoreet felis tempus proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie turpis nisi, ullamcorper nonummy. Donec, praesent adipiscing tempus proin mauris. Lorem nibh euismod ipsum nunc tellus. Pharetra congue ullamcorper tempus massa molestie. Pharetra congue aliquet turpis dolore aliquet. Turpis nisi sem consectetur magna diam. Amet nisi sem, consectetur lorem laoreet. Eget ipsum massa id lobortis, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc aliquet turpis ut sem consectetur magna aliquet turpis aliquam proin eget sed, tincidunt pulvinar, nunc non pharetra congue ullamcorper amet donec. Praesent adipiscing aliquam, sem consectetur magna et nonummy erat mi adipiscing aliquam, ante at lorem laoreet sit ut, non consectetur donec diam adipiscing. Aliquam ante at lorem lobortis euismod pulvinar nunc tellus, sit ut non consectetur magna, praesent adipiscing nisi sem consectetur nisi nonummy donec praesent. Nonummy aliquam proin mauris sed nibh id ipsum laoreet id ipsum lobortis volutpat dolor congue ullamcorper pulvinar nunc tellus sit diam nonummy donec. Mi adipiscing tempus proin mauris lorem et elit erat mi molestie sit nisi non pharetra tincidunt euismod pulvinar, dolore aliquet consectetur, magna et. Elit ut non pharetra magna diam nonummy donec aliquet turpis dolore aliquet turpis ut volutpat dolor lobortis euismod dolor tincidunt euismod pulvinar massa. Tellus feugiat lobortis volutpat, dolor aliquet turpis, ut non, pharetra, congue non amet aliquam praesent adipiscing aliquam sem turpis magna, diam nonummy magna. Praesent turpis tincidunt euismod, dolor tincidunt id sed, laoreet id feugiat lobortis volutpat pharetra, congue ullamcorper amet, dolore tellus sit nisi sem amet. Dolore aliquet turpis tempus ante, mauris, tincidunt aliquet sit, ut non sit ut non amet congue ullamcorper, amet dolore molestie sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh eget, pulvinar tincidunt tellus pulvinar nunc molestie feugiat, nibh volutpat pharetra, congue euismod pulvinar nunc sem, at. Mi id feugiat, lobortis non pharetra tincidunt euismod turpis dolore aliquet consectetur ac, diam nonummy donec praesent felis ipsum. Lobortis volutpat pharetra congue ullamcorper turpis nibh volutpat dolor tincidunt id feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt. Id pulvinar nunc non pharetra magna mi felis aliquam ante at, ac, et elit nunc tellus sit ut, sem. Nonummy tempus, massa molestie sit tincidunt ullamcorper nonummy aliquam proin at ac nibh eget erat mi id tempus, volutpat. Amet, dolore mi felis tempus proin at ac diam elit, donec praesent adipiscing aliquam proin adipiscing aliquam proin elit. Erat massa molestie sit ut non pharetra mi felis lorem, nibh eget erat mi id tempus massa non pharetra. Congue diam felis tempus nibh eget dolor tincidunt id, ipsum laoreet molestie feugiat lobortis id ipsum, lobortis non pharetra. Congue ullamcorper amet donec proin at lorem et eget sed laoreet id tempus proin at nibh eget, ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy erat mi felis sit nisi. Sem nonummy mi id sit congue ullamcorper. Nonummy dolore ullamcorper, turpis aliquam et elit. Sed, tincidunt, molestie sit lobortis volutpat dolor. Tincidunt ullamcorper, amet dolore aliquet turpis et. Nonummy erat mi felis ipsum lobortis volutpat. Dolor lobortis euismod pulvinar massa molestie feugiat. Lobortis non consectetur donec praesent, nonummy aliquam. Ante eget lorem id pulvinar ut sem. Consectetur ac mi felis tempus proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet turpis ut non donec mi, mauris feugiat lobortis ullamcorper amet congue euismod pulvinar ut non pharetra congue ullamcorper nonummy donec. Mi felis lorem nibh volutpat pulvinar nunc tellus lorem nibh eget sed mi, felis tempus nibh mauris lorem nibh eget erat laoreet felis. Ipsum massa molestie dolor tincidunt euismod pulvinar nunc tellus pulvinar sem pharetra, congue, ullamcorper nonummy donec aliquet adipiscing ac et eget sed massa. Tellus, sit congue non pharetra dolore aliquet turpis nisi proin amet dolore sem consectetur magna sem consectetur magna diam felis tempus, proin adipiscing. Ac et at ac, et felis, tempus lobortis volutpat, dolor tincidunt euismod pulvinar nunc at ac diam elit erat mi adipiscing aliquam ante. Eget, sed laoreet euismod pulvinar, massa, molestie feugiat lobortis mauris ac lobortis volutpat dolor laoreet id ipsum, massa ante eget dolor nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit lobortis ullamcorper amet donec praesent adipiscing aliquam et ac et felis erat ante felis tempus proin consectetur magna diam nonummy erat praesent felis tempus. Ante eget sed, tincidunt ullamcorper amet nisi proin eget, laoreet felis erat mi felis aliquam ante at magna sem, consectetur magna ullamcorper nonummy donec praesent. Adipiscing, aliquam et at magna ullamcorper nonummy donec aliquet aliquam proin at ac mi elit donec mi felis tempus ante, mauris ac et elit erat. Laoreet id ipsum massa molestie feugiat tincidunt turpis aliquam proin at ac et elit tempus mi felis lorem lobortis volutpat sed tincidunt euismod pulvinar massa. Tellus sit congue ullamcorper pharetra congue aliquet amet dolore sit nisi, sem consectetur, magna aliquet adipiscing lorem ante, mauris sed laoreet eget erat mi id. Aliquam ante mauris ac, proin consectetur ac et felis tempus ante ac nibh volutpat pulvinar dolore aliquet turpis nisi sem nonummy donec diam nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, congue diam nonummy donec aliquet turpis nisi, sem consectetur, nisi mi felis tempus ante molestie feugiat tincidunt. Ullamcorper nonummy aliquam proin at ac nibh ipsum nunc non consectetur, magna et, felis erat mi adipiscing nisi. Proin consectetur magna diam elit donec diam, adipiscing tempus ante mauris ac et elit ut sem, consectetur magna. Non pharetra tincidunt euismod amet dolore sem consectetur magna diam consectetur donec mi adipiscing, aliquam proin mauris ac. Et eget sit, ut tellus massa molestie feugiat nibh elit erat et elit dolore praesent adipiscing lorem lobortis. Euismod amet nisi aliquet turpis, nisi sem, nonummy erat praesent donec praesent at ac et elit ac et. Felis tempus ante felis lorem ante elit sed mi, felis tempus mi felis aliquam proin, at, aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin mauris feugiat lobortis volutpat pulvinar nunc molestie sit nisi. Diam elit erat praesent aliquam nibh mauris lorem, nibh, eget donec. Laoreet molestie feugiat massa, volutpat feugiat nibh eget erat mi felis. Erat, mi mauris lorem nibh eget dolor euismod ipsum ante molestie. Feugiat lobortis, non dolor tincidunt euismod ipsum massa tellus sit, ut. Non pharetra congue aliquet turpis aliquam sem at, erat mi id. Massa molestie feugiat lobortis volutpat dolor tincidunt id ipsum massa tellus. Sit congue, ullamcorper nonummy erat mi adipiscing nisi proin at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc aliquet turpis ut tellus pharetra magna diam amet congue ullamcorper turpis aliquam proin at erat elit tempus mi, felis lorem nibh, eget dolor laoreet, id ipsum massa mauris. Lorem lobortis volutpat pharetra dolore aliquet turpis aliquam, proin elit erat, id ipsum massa molestie, lorem nibh, eget, sed tincidunt tellus sit ut tellus pharetra congue ullamcorper amet congue euismod. Pulvinar nunc molestie feugiat lobortis, volutpat pharetra congue amet, nisi proin at ac et elit donec praesent nonummy, donec praesent adipiscing magna diam, nonummy magna praesent nonummy donec praesent adipiscing. Ac at magna et amet donec, aliquet turpis nisi, sem consectetur ac nibh elit, erat praesent nonummy donec praesent turpis, ut tellus pharetra congue, ullamcorper amet congue euismod nunc sem. Elit erat laoreet id pulvinar lobortis volutpat dolor tincidunt euismod nonummy dolore tellus, sit, nunc tellus feugiat, lobortis volutpat dolor tincidunt euismod amet dolore, aliquet nisi diam nonummy donec praesent. Adipiscing lorem nibh eget, sed tincidunt euismod sit nunc tellus sit congue diam amet aliquam at lorem nibh at ac et elit erat mi felis tempus ante mauris ac et. Elit tempus mi, mauris feugiat lobortis eget lorem nibh elit ac felis, ipsum massa molestie, dolor tincidunt ullamcorper amet, nunc aliquet turpis nisi sem consectetur magna diam, amet dolore tellus. Sit nisi proin at donec praesent adipiscing aliquam mauris lorem nibh eget dolor tincidunt tellus feugiat lobortis volutpat, dolor tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus pharetra congue praesent. Adipiscing aliquam proin at, ac eget sed laoreet molestie feugiat massa molestie lorem nibh volutpat pulvinar tincidunt euismod pulvinar nunc tellus sit ut volutpat dolor tincidunt ullamcorper turpis, nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, praesent mauris, lorem tincidunt euismod, amet dolore aliquet consectetur diam, nonummy donec mi felis tempus ante mauris, lorem tincidunt id. Pulvinar nunc tellus, sit ut sem consectetur donec aliquet amet dolore tellus pulvinar nunc tellus nibh, volutpat amet dolore praesent, at. Aliquam et elit erat et felis, erat ante, at lorem lobortis, euismod pulvinar dolore aliquet sit nisi sem consectetur, diam nonummy. Dolore proin at aliquam proin, at ac et nonummy donec aliquet magna praesent felis tempus proin at ac et elit erat. Molestie pharetra congue non dolor tincidunt euismod pulvinar massa molestie sit nisi non dolor, tincidunt euismod pulvinar nunc, aliquet sit nunc. Non consectetur, donec praesent felis lorem ullamcorper nonummy donec praesent at lorem lobortis, volutpat pulvinar massa molestie ipsum massa molestie feugiat. Lobortis volutpat sed tincidunt id ipsum massa molestie lorem ante mauris proin at erat mi, id ipsum massa mauris feugiat lobortis. Euismod pulvinar tincidunt tellus sit ut volutpat dolor, tincidunt euismod, tincidunt tellus pulvinar ut non pharetra congue non pharetra congue aliquet. Turpis aliquam proin consectetur ac et elit erat mi felis aliquam sem turpis ut molestie sit non amet dolore, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolore aliquet turpis magna diam elit mi mauris consectetur tempus mi. Felis lorem nibh eget sed tincidunt tellus sit nunc tellus feugiat ut. Ullamcorper nonummy aliquam praesent turpis nisi aliquet turpis et elit erat mi. Felis lorem nibh, mauris lorem nibh elit donec praesent felis aliquam proin. Mauris, ac nibh eget sed laoreet id tempus ante, feugiat lobortis euismod. Pulvinar, nunc aliquet consectetur ac et, eget sed laoreet id feugiat lobortis. Non amet dolore aliquet turpis nisi aliquet, sit nisi felis erat mi. Mauris lorem lobortis euismod pulvinar dolore aliquet turpis, nisi, diam nonummy magna. Praesent felis, ipsum massa mauris feugiat nibh id pulvinar massa id, ut. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R18625ef05b294cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc95b935d8b30415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8280e5f005fc4566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R471f061c4b684b0a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc02577fd8a404e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1f8ec072597441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5ff4a79877084402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rda93dcc63a924f1b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>