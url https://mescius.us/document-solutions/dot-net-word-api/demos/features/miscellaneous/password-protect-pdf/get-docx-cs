--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd183ba808c8c4fed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcdcbbe2f09374694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R83ad44cfded8411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd183ba808c8c4fed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcdcbbe2f09374694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4be8e9a66e4b4cff" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
               <w:right w:w="480" w:type="dxa"/>