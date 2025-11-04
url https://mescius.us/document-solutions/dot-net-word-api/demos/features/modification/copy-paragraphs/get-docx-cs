--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -4096,51 +4096,51 @@
             <w14:styleSet w14:id="4" w14:val="false"/>
             <w14:styleSet w14:id="5" w14:val="false"/>
             <w14:styleSet w14:id="6" w14:val="false"/>
             <w14:styleSet w14:id="7" w14:val="false"/>
             <w14:styleSet w14:id="8" w14:val="false"/>
             <w14:styleSet w14:id="9" w14:val="false"/>
             <w14:styleSet w14:id="10" w14:val="false"/>
             <w14:styleSet w14:id="11" w14:val="false"/>
             <w14:styleSet w14:id="12" w14:val="false"/>
             <w14:styleSet w14:id="13" w14:val="false"/>
             <w14:styleSet w14:id="14" w14:val="false"/>
             <w14:styleSet w14:id="15" w14:val="false"/>
             <w14:styleSet w14:id="16" w14:val="false"/>
             <w14:styleSet w14:id="17" w14:val="false"/>
             <w14:styleSet w14:id="18" w14:val="false"/>
             <w14:styleSet w14:id="19" w14:val="false"/>
             <w14:styleSet w14:id="20" w14:val="false"/>
           </w14:stylisticSets>
           <w14:cntxtAlts w14:val="false"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Tue, 04 Nov 2025 00:41:09 GMT.</w:t>
+        <w:t>Created by DsWord on Tue, 04 Nov 2025 00:45:32 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00201A46" w:rsidR="004C188A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>