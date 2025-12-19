--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -4096,51 +4096,51 @@
             <w14:styleSet w14:id="4" w14:val="false"/>
             <w14:styleSet w14:id="5" w14:val="false"/>
             <w14:styleSet w14:id="6" w14:val="false"/>
             <w14:styleSet w14:id="7" w14:val="false"/>
             <w14:styleSet w14:id="8" w14:val="false"/>
             <w14:styleSet w14:id="9" w14:val="false"/>
             <w14:styleSet w14:id="10" w14:val="false"/>
             <w14:styleSet w14:id="11" w14:val="false"/>
             <w14:styleSet w14:id="12" w14:val="false"/>
             <w14:styleSet w14:id="13" w14:val="false"/>
             <w14:styleSet w14:id="14" w14:val="false"/>
             <w14:styleSet w14:id="15" w14:val="false"/>
             <w14:styleSet w14:id="16" w14:val="false"/>
             <w14:styleSet w14:id="17" w14:val="false"/>
             <w14:styleSet w14:id="18" w14:val="false"/>
             <w14:styleSet w14:id="19" w14:val="false"/>
             <w14:styleSet w14:id="20" w14:val="false"/>
           </w14:stylisticSets>
           <w14:cntxtAlts w14:val="false"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Tue, 04 Nov 2025 00:45:32 GMT.</w:t>
+        <w:t>Created by DsWord on Fri, 19 Dec 2025 11:19:59 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00201A46" w:rsidR="004C188A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>