--- v2 (2025-12-19)
+++ v3 (2025-12-19)
@@ -4096,51 +4096,51 @@
             <w14:styleSet w14:id="4" w14:val="false"/>
             <w14:styleSet w14:id="5" w14:val="false"/>
             <w14:styleSet w14:id="6" w14:val="false"/>
             <w14:styleSet w14:id="7" w14:val="false"/>
             <w14:styleSet w14:id="8" w14:val="false"/>
             <w14:styleSet w14:id="9" w14:val="false"/>
             <w14:styleSet w14:id="10" w14:val="false"/>
             <w14:styleSet w14:id="11" w14:val="false"/>
             <w14:styleSet w14:id="12" w14:val="false"/>
             <w14:styleSet w14:id="13" w14:val="false"/>
             <w14:styleSet w14:id="14" w14:val="false"/>
             <w14:styleSet w14:id="15" w14:val="false"/>
             <w14:styleSet w14:id="16" w14:val="false"/>
             <w14:styleSet w14:id="17" w14:val="false"/>
             <w14:styleSet w14:id="18" w14:val="false"/>
             <w14:styleSet w14:id="19" w14:val="false"/>
             <w14:styleSet w14:id="20" w14:val="false"/>
           </w14:stylisticSets>
           <w14:cntxtAlts w14:val="false"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Created by DsWord on Fri, 19 Dec 2025 11:19:59 GMT.</w:t>
+        <w:t>Created by DsWord on Fri, 19 Dec 2025 13:04:02 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00201A46" w:rsidR="004C188A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>