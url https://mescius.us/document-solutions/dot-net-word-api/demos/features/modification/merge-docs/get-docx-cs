--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfc4fbfc0926f4d8c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5e1af76fcb6f4a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R76b7350576da479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R861d84e486144a9f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R02561ad270c84566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0e81aa3579394a0a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Cop</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_GoBack" w:id="7466237260982920133"/>
-      <w:bookmarkEnd w:id="7466237260982920133"/>
+      <w:bookmarkStart w:name="_GoBack" w:id="17291991951704182353"/>
+      <w:bookmarkEnd w:id="17291991951704182353"/>
       <w:r>
         <w:t>y and combine paragraphs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="288"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This sample demonstrates how to manipulate (swap, join </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>or copy</w:t>
       </w:r>
@@ -1904,51 +1904,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R30f11a648f4c40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd1beb7e8838f4dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R64d25be3a7144fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7d1b1aa5d3cf4eb1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra8a05ec72b5b4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd59e5c41ddaf46a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raee9258706874588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R995679aa9828469a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>