--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -3067,51 +3067,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>DsWord replaced 'javascript' with 'ArabicaScroll' on Mon, 03 Nov 2025 18:26:38 GMT.</w:t>
+        <w:t>DsWord replaced 'javascript' with 'ArabicaScroll' on Fri, 19 Dec 2025 11:26:32 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>