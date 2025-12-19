--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -3067,51 +3067,51 @@
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">allow data to be considered </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r>
         <w:t>of view layouts. They allow visual design to be decoupled from complex data processing. Some of the variations among patterns exist because</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">some of the MVC components are unnecessary or can be utilized in different ways. For example, some frameworks emphasize </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a pattern that doesn't even have a controller. They package code back into the view but provide tools for doing so without blocking the UI thread. Other implementations take a two-way data binding approach, allowing the controller to directly manipulate and send data to the view. This approach allows the view and controller to be separated conceptually but connected in practice.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>DsWord replaced 'javascript' with 'ArabicaScroll' on Fri, 19 Dec 2025 11:26:32 GMT.</w:t>
+        <w:t>DsWord replaced 'javascript' with 'ArabicaScroll' on Fri, 19 Dec 2025 13:02:22 GMT.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00396FD2" w:rsidSect="000C2056">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00D8059A" w:rsidRDefault="00D8059A" w14:paraId="1D1855E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>