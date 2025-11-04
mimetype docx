--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ceacc96f16d4c19" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R77f39c1523fb483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd371b8a584ef4878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rec5cbd0045024736" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd014056c59c14d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45648c4b3f204689" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Rc12889dd6882465e"/>
+                      <a:blip r:embed="R2527138ced984876"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2530a7e0e090418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra21b3e4a390f403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re593a4de547a4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc12889dd6882465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra5419e4aea514bfc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33e90f99daeb454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re4b1b41dfb9c4364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf91fc4158ffb4b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2527138ced984876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R92467e57fb3045ba" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>