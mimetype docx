--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rec5cbd0045024736" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd014056c59c14d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45648c4b3f204689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R871e76fb6c014526" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb824ca8a8b194fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf45e31f77bb5403f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="R2527138ced984876"/>
+                      <a:blip r:embed="Ra21a592705df4a9e"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33e90f99daeb454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re4b1b41dfb9c4364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf91fc4158ffb4b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2527138ced984876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R92467e57fb3045ba" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R00b36032d8964867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R988f72136e0646a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c60dd96341b43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra21a592705df4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R546aa0edd52c484c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>