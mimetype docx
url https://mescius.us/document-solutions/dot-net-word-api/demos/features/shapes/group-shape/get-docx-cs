--- v2 (2025-12-19)
+++ v3 (2025-12-19)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R871e76fb6c014526" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb824ca8a8b194fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf45e31f77bb5403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R08ea28eb0bad4e4e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6ceba8bf66a24f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7832632c9621433d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Group shape with an image fill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5105400" cy="6248400"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                 <wpg:wgp>
                   <wpg:cNvGrpSpPr/>
                   <wpg:grpSpPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5105400" cy="6248400"/>
                       <a:chOff x="0" y="0"/>
                       <a:chExt cx="5105400" cy="6248400"/>
                     </a:xfrm>
                     <a:blipFill dpi="0" rotWithShape="1">
-                      <a:blip r:embed="Ra21a592705df4a9e"/>
+                      <a:blip r:embed="R5237dca5a52b4f29"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </a:blipFill>
                   </wpg:grpSpPr>
                   <wps:wsp>
                     <wps:cNvPr id="2" name="" descr="This is shape Triangle"/>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1651000" cy="1524000"/>
                       </a:xfrm>
                       <a:prstGeom prst="triangle">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:grpFill/>
                       <a:ln w="38100">
                         <a:solidFill>
                           <a:srgbClr val="6A5ACD"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx id="1">
@@ -992,51 +992,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R00b36032d8964867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R988f72136e0646a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c60dd96341b43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra21a592705df4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R546aa0edd52c484c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3afaaa98fb374625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R161af32d0b404006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref2930827b944cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R5237dca5a52b4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R69ad4e011fd44432" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>