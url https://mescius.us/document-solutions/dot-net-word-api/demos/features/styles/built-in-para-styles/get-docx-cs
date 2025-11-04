--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5e807034af6943f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R40b4d38fd1474ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R32bf4c9551654f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25608df7ef2941d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd684a6dc530484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0be3061f287c423f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R781132a23fff4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R88346e32ac9c4aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf95026c71f44171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5ae12f6dfb3d44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5353bdbdb7e54b1b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R57cee9efcb104cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R46783c0e1ccd47f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R186d34edd54d4aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3fe459e50a864ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9479a92d497042de" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>