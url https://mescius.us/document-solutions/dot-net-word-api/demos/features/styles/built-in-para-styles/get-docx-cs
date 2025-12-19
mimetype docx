--- v1 (2025-11-04)
+++ v2 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25608df7ef2941d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd684a6dc530484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0be3061f287c423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ba88b6bf9df4834" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R24c1ccd8031d4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb212932b50c44bdb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R57cee9efcb104cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R46783c0e1ccd47f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R186d34edd54d4aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3fe459e50a864ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9479a92d497042de" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4aab418d24944059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4834c021999b44dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7fed9173ea854470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rab0d6df3ac704afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8facd7b37f624af0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>