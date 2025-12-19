--- v2 (2025-12-19)
+++ v3 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ba88b6bf9df4834" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R24c1ccd8031d4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb212932b50c44bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97f4db28cbac45cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72cc5408e835404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R993a7bfb818541b4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Paragraph Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Paragraph formatted using built-in paragraph style ' TOC Heading'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Bibliography"/>
       </w:pPr>
@@ -2892,51 +2892,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4aab418d24944059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4834c021999b44dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7fed9173ea854470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rab0d6df3ac704afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8facd7b37f624af0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rae6cfa268f034413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R635d6eb959aa419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2299918f044a4c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4bd2c5a8893a47e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd7208ec55d514561" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>