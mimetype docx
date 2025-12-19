--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd3045f7ec6bc412a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R704c9dfd9e284603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d03fe2bb3e44dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f52147223d149b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc583da099eaa424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd62b2b1a49924cd9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Demo of All Built-in Table Styles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table is formatted using style 'Grid Table Light':</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
@@ -48514,51 +48514,51 @@
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb11a74ea15124cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9bc0f1d91e914122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b479f7c12f3438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50a3eebe38804992" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rda62822ec0dd4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1479c6ed75464ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb5a266293374409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfa7701b5b98f41a5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>