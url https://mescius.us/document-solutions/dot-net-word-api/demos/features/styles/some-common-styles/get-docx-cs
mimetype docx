--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbf9b00d6cb0848ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf7e7924a9c554f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2c63e024a5344ec7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21a0446007c44e57" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd96d91af202c485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rea9af300a1354c2b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id nunc magna nunc, lorem. Tempus magna tincidunt ante non. Felis, pharetra sed nunc non. </w:t>
+        <w:t xml:space="preserve">Ut ut erat pharetra lorem. Sit id ut feugiat elit. Non massa erat amet non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Non, elit sit erat nisi. Proin eget pulvinar aliquam lobortis. Praesent molestie, consectetur sed nunc. </w:t>
+        <w:t xml:space="preserve">Nibh aliquam nonummy euismod lobortis. Aliquam volutpat nibh tempus amet. Ullamcorper lobortis lorem felis praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ante sem eget pulvinar aliquam. Nunc, proin non nonummy aliquam. Ante, non nonummy ipsum ut. </w:t>
+        <w:t xml:space="preserve">Congue sit massa ipsum elit. Et magna turpis tellus, dolore. Dolor elit proin nisi amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Tempus lobortis ullamcorper, mauris pharetra. Sed nunc sem elit ipsum. Dolore proin eget pulvinar tellus. </w:t>
+        <w:t xml:space="preserve">Praesent dolore dolor, eget nibh. Tempus adipiscing diam, magna dolor. Volutpat lobortis ipsum elit et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5ad7fb4b045f4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb1884b20b921428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd571c4da943e4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc8afc78a1bfd44e3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78c5b2bf37eb4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re25b27207e214441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R73fbea4e582e456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd9105eacb5504c55" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>