--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21a0446007c44e57" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd96d91af202c485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rea9af300a1354c2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6e65456f5f384453" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1cdadf19c81e466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R08481d3aa1434dc9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Some Common Built-in Styles (Title)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Demonstration of some of the built-in styles. (Subtitle)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -51,90 +51,90 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Heading 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This and the following 'lorem impum' paragraph use the 'Normal' style.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut ut erat pharetra lorem. Sit id ut feugiat elit. Non massa erat amet non. </w:t>
+        <w:t xml:space="preserve">Dolore tincidunt proin praesent, mauris. Elit pulvinar magna et eget. At pulvinar donec nibh volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Quote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Nibh aliquam nonummy euismod lobortis. Aliquam volutpat nibh tempus amet. Ullamcorper lobortis lorem felis praesent. </w:t>
+        <w:t xml:space="preserve">Donec, proin molestie feugiat lobortis. Praesent felis tempus proin at. Sed, laoreet euismod sit magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'Intense Quote' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Congue sit massa ipsum elit. Et magna turpis tellus, dolore. Dolor elit proin nisi amet. </w:t>
+        <w:t xml:space="preserve">Aliquet elit dolor nunc sem. Turpis magna diam elit donec. Mi mauris lorem lobortis, volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The next paragraph uses the 'List Paragraph' style:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Praesent dolore dolor, eget nibh. Tempus adipiscing diam, magna dolor. Volutpat lobortis ipsum elit et. </w:t>
+        <w:t xml:space="preserve">Ac, nibh volutpat pulvinar, tincidunt. Tellus consectetur magna diam elit. Tempus ante molestie feugiat ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">In this paragraph we demonstrate some of the built-in character styles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses the 'Strong' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">This run uses 'Emphasis' style. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A run of normal text. </w:t>
       </w:r>
       <w:r>
@@ -929,51 +929,51 @@
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78c5b2bf37eb4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re25b27207e214441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R73fbea4e582e456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd9105eacb5504c55" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb8ed29ad0ef4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R20bcc277908d479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8f35ed060a1c4f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R617b2f91c10b44bf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>