--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,1809 +1,850 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R325e66563b294138" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R87403e1274ba40d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d7ec7b83a21497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfba575745bb0402c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd343bf418abf4c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75105983f92a4fa8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 5, col 3 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 7, col 1 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 5, col 3</w:t>
+        <w:t>Row 7, col 1</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 48 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 4 columns by 27 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
-              <w:t>Row 5, col 3</w:t>
-[...58 lines deleted...]
-            <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
-            </w:r>
-[...782 lines deleted...]
-              <w:t>Row 48, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2354,51 +1395,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R13ed144b0ed44a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R914f2b1b44424662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcaa0166d0aff4eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re59083f1df014ee0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R321712c1347b4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcf49f4dcdd494bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf53003ad87434be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R928163368bab4d14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>