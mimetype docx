--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0435f0c825045ff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc7f03718d184b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce5547bec9df4551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc20810389c2c4449" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R52ff43c28be949d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re8ad181df0514284" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="R1e90ecd688b14a44">
+      <w:hyperlink r:id="Rb374bc06bde64734">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="R109986f951094acb">
+      <w:hyperlink r:id="R18aa0f8e0fd94a3d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="R7f4340511d784c81">
+      <w:hyperlink r:id="R9ebbf0d3ac37412b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc57baaae9e7f4bda">
+      <w:hyperlink r:id="R197a0ec05ae84981">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc7c132abf7ee4e44">
+      <w:hyperlink r:id="R4ba977095b4146e1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="R33e8e9ebdfd441d6">
+      <w:hyperlink r:id="R929ec0924a254cbe">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R2c128420868f4da3">
+      <w:hyperlink r:id="R0512a001bc164bad">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="16174179452428227569"/>
-      <w:bookmarkEnd w:id="16174179452428227569"/>
+      <w:bookmarkStart w:name="support_api" w:id="12008193302893786086"/>
+      <w:bookmarkEnd w:id="12008193302893786086"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd1363d1d8f434bc4">
+      <w:hyperlink r:id="Rabb93113b58541f0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R00450ba028e84084">
+      <w:hyperlink r:id="R90dd3097b0804cd9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="R643e5811fccb4c61">
+      <w:hyperlink r:id="R3a25cc56da454d91">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="R8bc7b759dbcb4faa">
+      <w:hyperlink r:id="R149ce3610a304a0f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd6ccf32c7435497a">
+      <w:hyperlink r:id="R67867a255c974f05">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd30f1608f38141f7">
+      <w:hyperlink r:id="R72c2090c88784637">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="1038080145837525106"/>
-      <w:bookmarkEnd w:id="1038080145837525106"/>
+      <w:bookmarkStart w:name="japanese" w:id="11981779705791796002"/>
+      <w:bookmarkEnd w:id="11981779705791796002"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="R87b6a27853e24455">
+      <w:hyperlink r:id="Rf3299b2912d1421d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R51eea94aaf1d4972">
+      <w:hyperlink r:id="R99d105c299684a51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R237e1870b4c94f17">
+      <w:hyperlink r:id="Ra1d919aeafb84cd0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R35131f3def5e4030">
+      <w:hyperlink r:id="R1ee9e76567d742b8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Raa8eb660bee24b8f">
+      <w:hyperlink r:id="R0c1fccb9daf841ea">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R17bdca54fa0b4d05">
+      <w:hyperlink r:id="R9c752367c8a44299">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R624243ceead74278">
+      <w:hyperlink r:id="Re23787df122d414d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rfe720dffacb54583">
+      <w:hyperlink r:id="R823c9fede0c54b6a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R817f8d52607e4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3595c7072654251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb5ff61ef33424867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc7910e8a0e0a44e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R1e90ecd688b14a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R109986f951094acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R7f4340511d784c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Rc57baaae9e7f4bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Rc7c132abf7ee4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R33e8e9ebdfd441d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R2c128420868f4da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rd1363d1d8f434bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R00450ba028e84084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R643e5811fccb4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R8bc7b759dbcb4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rd6ccf32c7435497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Rd30f1608f38141f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R87b6a27853e24455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R51eea94aaf1d4972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R237e1870b4c94f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R35131f3def5e4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="Raa8eb660bee24b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R17bdca54fa0b4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R624243ceead74278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Rfe720dffacb54583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rea640ca2a66a4aa1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67ab18568baf40f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0fe147c94fcb4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R895a78e155fa4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6f5bb5eb820b468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="Rb374bc06bde64734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R18aa0f8e0fd94a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R9ebbf0d3ac37412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R197a0ec05ae84981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R4ba977095b4146e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R929ec0924a254cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R0512a001bc164bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rabb93113b58541f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R90dd3097b0804cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R3a25cc56da454d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R149ce3610a304a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R67867a255c974f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R72c2090c88784637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rf3299b2912d1421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R99d105c299684a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="Ra1d919aeafb84cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R1ee9e76567d742b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R0c1fccb9daf841ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R9c752367c8a44299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="Re23787df122d414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R823c9fede0c54b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f0019da6ebf4179" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>