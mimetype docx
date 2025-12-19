--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdbe12510375d476c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3b791b7021944726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd64a113501ab4315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a6ebd2ed89943a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3006b953d2c74ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb5b7ede58eca4c58" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="R452673b2b847445a">
+      <w:hyperlink r:id="Red22a338d7ea4fb0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R9402485336854a2c">
+      <w:hyperlink r:id="Ra2e800c1ffe24175">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R4bc274ca93d94f05">
+      <w:hyperlink r:id="R64c7100a63de4523">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R729f45856e6d4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R03609f413fd0456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R57500cbc3fb84cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rac6923b91c1643c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R452673b2b847445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R9402485336854a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R4bc274ca93d94f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R78d8acb5673d4a4f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcc346ded564840a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc8ecd320492947e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R885490ac67d2405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R247e9a351d354971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Red22a338d7ea4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Ra2e800c1ffe24175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R64c7100a63de4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb50c53b02e3146b3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>