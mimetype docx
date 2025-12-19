--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a6ebd2ed89943a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3006b953d2c74ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb5b7ede58eca4c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0da41439134c4cf1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1dc3cb160484d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R96e6790ec8914441" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="Red22a338d7ea4fb0">
+      <w:hyperlink r:id="R50887cb7d76f483c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra2e800c1ffe24175">
+      <w:hyperlink r:id="Rb3bd0a4f99884a77">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R64c7100a63de4523">
+      <w:hyperlink r:id="Rb6d13bf51f09494c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcc346ded564840a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc8ecd320492947e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R885490ac67d2405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R247e9a351d354971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Red22a338d7ea4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Ra2e800c1ffe24175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R64c7100a63de4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb50c53b02e3146b3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2052737166734e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7b8b33ab9f014377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R312f65f2a1034cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R54a1177c83104993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R50887cb7d76f483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Rb3bd0a4f99884a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Rb6d13bf51f09494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f7fb7b33fe045b3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>