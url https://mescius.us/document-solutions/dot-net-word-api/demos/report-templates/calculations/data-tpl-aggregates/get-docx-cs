--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,448 +1,538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R52bd35e504154544" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re697cb14c9c24927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1ee88c06bd04d8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R92c20b31b4d44f89" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R267bbd23022e4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1141683c5f6d43a1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>11158.07</w:t>
-[...164 lines deleted...]
-        <w:t>2173.93</w:t>
+        <w:t>9705.12</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5030.44</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>1888.6</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>39017.11</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>9885.11</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>39696.24</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>9050.19</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>3361.96</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>3780.22</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>21423.98</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8816.71</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>27311.71</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>30492.14</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8742.21</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>27737.84</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>41682.33</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>19923.38</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>4422.65</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8700.641666666666</w:t>
+        <w:t>17331.55222222222</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11158.07</w:t>
+        <w:t>9705.12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2173.93</w:t>
+        <w:t>4422.65</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>27490.44</w:t>
+        <w:t>41682.33</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1640.92</w:t>
+        <w:t>1888.6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>104407.7</w:t>
+        <w:t>311967.94</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8700.641666666666</w:t>
+        <w:t>17331.552222222217</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>123070154.18348332</w:t>
+        <w:t>479919719.5160888</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>86.79710714121177</w:t>
+        <w:t>120.87214620741315</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>104407.7</w:t>
+        <w:t>311967.94</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1265,51 +1355,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb978e5fdc8414068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2ee0912fdb2f41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7c7604141323410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1236777865fa422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R949e39f6a14241cc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re8957dec5e254b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdcf8ce265dc84b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8372eecbc1864272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R373bb9ba9f594120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rec4bd384a9bd4469" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>