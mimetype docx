--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3c5e935de29442ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R224406e6026d4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0266bbf4c3c0484a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R278eaa30dfcf4aae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R035fa89af185426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb83ace9acd14af8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1535.58</w:t>
+        <w:t>11420.47</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>39129.62</w:t>
+        <w:t>5823.09</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>40665.200000000004</w:t>
+        <w:t>17243.559999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-37594.04</w:t>
+        <w:t>5597.379999999999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>60086661.8796</w:t>
+        <w:t>66502424.6523</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.03924341713515234</w:t>
+        <w:t>1.961238792462421</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>26335.53</w:t>
+        <w:t>7803</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9728.83</w:t>
+        <w:t>69900</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>36064.36</w:t>
+        <w:t>77703</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>16606.699999999997</w:t>
+        <w:t>-62097</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>256213894.3299</w:t>
+        <w:t>545429700</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2.7069575683818092</w:t>
+        <w:t>0.11163090128755365</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3677.96</w:t>
+        <w:t>4423.27</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>271.83</w:t>
+        <w:t>4308.87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3949.79</w:t>
+        <w:t>8732.14</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3406.13</w:t>
+        <w:t>114.40000000000055</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>999779.8668</w:t>
+        <w:t>19059295.404900003</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>13.53036824485892</w:t>
+        <w:t>1.026549884308415</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>78682.83</w:t>
+        <w:t>5828.63</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12201.02</w:t>
+        <w:t>13480.52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>90883.85</w:t>
+        <w:t>19309.15</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>66481.81</w:t>
+        <w:t>-7651.89</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>960010782.4866</w:t>
+        <w:t>78572963.28760001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>6.448873127000857</w:t>
+        <w:t>0.43237427042873716</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3589.57</w:t>
+        <w:t>20266.71</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>710.41</w:t>
+        <w:t>36835</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4299.9800000000005</w:t>
+        <w:t>57101.71</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2879.1600000000003</w:t>
+        <w:t>-16568.29</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2550066.4237</w:t>
+        <w:t>746524262.85</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>5.052814571866951</w:t>
+        <w:t>0.5502025247726346</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11977.55</w:t>
+        <w:t>25301.78</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5414.89</w:t>
+        <w:t>143.93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>17392.44</w:t>
+        <w:t>25445.71</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>6562.659999999999</w:t>
+        <w:t>25157.85</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>64857115.7195</w:t>
+        <w:t>3641685.1954</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2.211965524692099</w:t>
+        <w:t>175.79226012645034</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a317091995244d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1487eac68b91443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0910e2f772934503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb76ad8a21d9f48d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8c0cfe7fcb824fb6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R422d1644553d4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5e5b916a5c4b4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6ef66561e4c6414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R49f26ee5a3aa49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1962085c380a4bce" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>