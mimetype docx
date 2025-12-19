--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,516 +1,516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re032e629e3104cbf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R667df9446f174c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1899866727354179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R562696d6a6dc46d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R79547934ef6e4d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25632df85a2646fb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 6:24:04 PM</w:t>
+        <w:t>12/19/2025 11:21:29 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 12:00:00 AM</w:t>
+        <w:t>12/19/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 6:24:04 PM</w:t>
+        <w:t>12/19/2025 11:21:29 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 6:24:04 PM</w:t>
+        <w:t>12/19/2025 11:21:29 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 6:25:04 PM</w:t>
+        <w:t>12/19/2025 11:22:29 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 6:25:04 PM</w:t>
+        <w:t>12/19/2025 11:22:29 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 6:25:04 PM</w:t>
+        <w:t>12/19/2025 11:22:29 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 8:24:04 PM</w:t>
+        <w:t>12/19/2025 1:21:29 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/10/2025 12:00:00 AM</w:t>
+        <w:t>12/26/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3/3/2026 12:00:00 AM</w:t>
+        <w:t>4/19/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2035 12:00:00 AM</w:t>
+        <w:t>12/19/2035 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7838208000000000</w:t>
+        <w:t>7877952000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>274</w:t>
+        <w:t>817</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9072</w:t>
+        <w:t>9118</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18:24:04.2741459</w:t>
+        <w:t>11:21:29.8176095</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>274</w:t>
+        <w:t>817</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11/3/2025 12:00:00 AM</w:t>
+        <w:t>12/19/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Monday</w:t>
+        <w:t>Friday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>307</w:t>
+        <w:t>353</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R04668c66fbbe42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd3fa0699fbf844c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf85cf77a83c4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4f911d6feab944bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb40595390f74493a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re0bbb6f4b00d49bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc87c9668c6ea41a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2948ba5cd03340c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1590918d6af446d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b6d33eddd194d56" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>