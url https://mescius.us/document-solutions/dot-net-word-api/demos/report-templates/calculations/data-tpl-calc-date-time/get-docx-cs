--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,193 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R562696d6a6dc46d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R79547934ef6e4d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25632df85a2646fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7ad5472fd334e4a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R90536756c9a64d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1c680c6974d429f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 11:21:29 AM</w:t>
+        <w:t>12/19/2025 1:11:27 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12/19/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 11:21:29 AM</w:t>
+        <w:t>12/19/2025 1:11:27 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 11:21:29 AM</w:t>
+        <w:t>12/19/2025 1:11:27 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 11:22:29 AM</w:t>
+        <w:t>12/19/2025 1:12:27 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 11:22:29 AM</w:t>
+        <w:t>12/19/2025 1:12:27 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 11:22:29 AM</w:t>
+        <w:t>12/19/2025 1:12:27 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 1:21:29 PM</w:t>
+        <w:t>12/19/2025 3:11:27 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12/26/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -228,204 +228,204 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>7877952000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>817</w:t>
+        <w:t>494</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>21</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>9118</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>13:11:27.4946918</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>494</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
         <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
-[...83 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12/19/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re0bbb6f4b00d49bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc87c9668c6ea41a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2948ba5cd03340c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1590918d6af446d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b6d33eddd194d56" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6f99a68ed1f5446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd051077becf14e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R456accccd841409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R99be6d29d768499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R67ae73cb316443c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>