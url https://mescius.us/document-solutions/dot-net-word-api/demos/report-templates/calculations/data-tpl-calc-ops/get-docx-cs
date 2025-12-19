--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R34efc8934b8949d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R19fb90aca7044cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67b1c5d5fd844998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R605f6fa4bb4445b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R935d7240529e49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R912de46db59e4f84" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8411.51</w:t>
+        <w:t>8204.39</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>17965.12</w:t>
+        <w:t>13383.37</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>volutpat</w:t>
+        <w:t>pulvinar</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>dolore</w:t>
+        <w:t>tincidunt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>26376.629999999997</w:t>
+        <w:t>21587.760000000002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-9553.609999999999</w:t>
+        <w:t>-5178.980000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>151113786.5312</w:t>
+        <w:t>109802386.9943</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.4682134046418839</w:t>
+        <w:t>0.613028706521601</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>8411</w:t>
+        <w:t>8204</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>volutpatdolore</w:t>
+        <w:t>pulvinartincidunt</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67b2ac0318d3460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R789572ec2d734fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbd039bc4aff04d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7a3969ea4a3a4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86ddad55e3a642eb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb894dda128664f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb8f080af183840ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R628b866d7b384600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R59fdf4cf904644ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6236c875ebd64358" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>