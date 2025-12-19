--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R605f6fa4bb4445b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R935d7240529e49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R912de46db59e4f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R626497237bb740e6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a92a9ff8b624550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd9beae00d5f34fac" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8204.39</w:t>
+        <w:t>12381.14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>13383.37</w:t>
+        <w:t>8115.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>pulvinar</w:t>
+        <w:t>pharetra</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>tincidunt</w:t>
+        <w:t>eget</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>21587.760000000002</w:t>
+        <w:t>20496.239999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-5178.980000000001</w:t>
+        <w:t>4266.039999999999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>109802386.9943</w:t>
+        <w:t>100474189.214</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.613028706521601</w:t>
+        <w:t>1.5256916119333093</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>8204</w:t>
+        <w:t>4266</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>pulvinartincidunt</w:t>
+        <w:t>pharetraeget</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -301,123 +301,123 @@
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Greater than</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a &gt; ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Greater or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Less than</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt; ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
         <w:t>False</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Greater or equal</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:t xml:space="preserve">Less or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt;= ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
-        <w:t/>
-[...46 lines deleted...]
-        <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Logical And</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a And ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb894dda128664f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb8f080af183840ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R628b866d7b384600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R59fdf4cf904644ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6236c875ebd64358" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25e1a92213b449ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfd69b7d98fa94c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8f6a03c4090b4561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R28c03277d8de4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re55db0204f564482" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>