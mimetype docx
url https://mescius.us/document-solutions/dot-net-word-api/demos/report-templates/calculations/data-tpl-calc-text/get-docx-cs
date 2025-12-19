--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,176 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R04ba6c391c604efb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb2de744177c2442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R81d20d73bfba492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb1afcf00e0324650" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rddd416b77ce34a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbf57f1562e054d8d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>tincidunt</w:t>
+        <w:t>nonummy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>tempus</w:t>
+        <w:t>ullamcorper</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>aliquam</w:t>
+        <w:t>proin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asc</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>116</w:t>
+        <w:t>110</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concat</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>tincidunttempusaliquam</w:t>
+        <w:t>nonummyullamcorperproin</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Contains</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
@@ -193,51 +193,51 @@
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Insert</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>titempusncidunt</w:t>
+        <w:t>nonullamcorperummy</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>-1</w:t>
         <w:t/>
       </w:r>
@@ -279,280 +279,280 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>lorem ipsum!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Len</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>9</w:t>
+        <w:t>7</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>   tincidunt</w:t>
+        <w:t>     nonummy</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>!!!tincidunt</w:t>
+        <w:t>!!!!!nonummy</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ncidunt</w:t>
+        <w:t>nummy</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>n</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ti</w:t>
+        <w:t>no</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ticidunt</w:t>
+        <w:t>noummy</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Replace</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>ipsumipsumlobortis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>tincidunt   </w:t>
+        <w:t>nonummy     </w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>tincidunt!!!</w:t>
+        <w:t>nonummy!!!!!</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StartsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>tnudicnit</w:t>
+        <w:t>ymmunon</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78870662d43a41e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc8c37b9d48254cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R587caceaa9c14b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5e937e901ba04e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6295a9888f474d9e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5ba01db4fcaa4c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd4d29c9ab6ee43ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R175f64a26b704b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R087745522a694ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R845044861db84210" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>