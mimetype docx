--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,558 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb1afcf00e0324650" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rddd416b77ce34a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbf57f1562e054d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f9f501282ab45a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R71c979488af346dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfb76a29c383e46d8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>nonummy</w:t>
+        <w:t>euismod</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>ullamcorper</w:t>
+        <w:t>dolore</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>proin</w:t>
+        <w:t>aliquam</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Asc</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>101</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Concat</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+        <w:t>euismoddolorealiquam</w:t>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Contains</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">EndsWith</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>False</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Insert</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+        <w:t>eudoloreismod</w:t>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">InStr</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
         <w:t>3</w:t>
-      </w:r>
-[...57 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">InStr</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s", ds.n)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>3</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LCase</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LCase("Lorem Ipsum!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>lorem ipsum!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Len</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>7</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>     euismod</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>!!!!!euismod</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mid</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>ismod</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mid</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>i</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Remove</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>eu</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Remove</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>eusmod</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Replace</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>ipsumipsumlobortis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>euismod     </w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>euismod!!!!!</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">StartsWith</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">EndsWith</w:t>
-[...336 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ymmunon</w:t>
+        <w:t>domsiue</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5ba01db4fcaa4c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd4d29c9ab6ee43ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R175f64a26b704b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R087745522a694ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R845044861db84210" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re39aa331b9ba4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raa0c945a2a78479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R69381e5227d1463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R159d3a14814c439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra59eeaa67b004659" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>