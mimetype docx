--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra210f5687f1d41f5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf96f2b3827da4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3dfcf4036ca84b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R88d8d64d21d444a9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f9c98fb5ba44995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R710b1f5f626f4131" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd453ba1e52354678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf3431a3962954a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3a921ac8db3449dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R919a0e64f37b4acc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4c218f3778af4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8bbc83b0e5ca4c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0eeddd89ceb44b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1711ff4d731c4c2d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>