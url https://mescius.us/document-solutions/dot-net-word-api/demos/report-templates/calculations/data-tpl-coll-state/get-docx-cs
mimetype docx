--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R88d8d64d21d444a9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f9c98fb5ba44995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R710b1f5f626f4131" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R643a7125e13e4a44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf859953422f341d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R208053154a1846ce" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4c218f3778af4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8bbc83b0e5ca4c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0eeddd89ceb44b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1711ff4d731c4c2d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4a6adbe56ca4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3472f942bddf4678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R78dccb99d1d547d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R27a22445c89b480f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>