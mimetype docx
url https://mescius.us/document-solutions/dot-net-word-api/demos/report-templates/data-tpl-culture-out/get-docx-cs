--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,166 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb73fe7f4699a44b0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56bd0dc56e3f496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2596009fbd9c46fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6d44232a88c04b88" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R22001ae9d4bb4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb65278a1786d4882" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$75.10</w:t>
+        <w:t>$19.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>64,29 €</w:t>
+        <w:t>16,30 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$94.20</w:t>
+        <w:t>$90.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>80,64 €</w:t>
+        <w:t>77,02 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$64.80</w:t>
+        <w:t>$56.40</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>55,47 €</w:t>
+        <w:t>47,89 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$26.30</w:t>
+        <w:t>$91.60</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>22,52 €</w:t>
+        <w:t>77,79 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$25.20</w:t>
+        <w:t>$2.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>21,57 €</w:t>
+        <w:t>2,38 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$79.10</w:t>
+        <w:t>$96.00</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>67,72 €</w:t>
+        <w:t>81,52 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$57.90</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>49,17 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$63.50</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>53,92 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -685,51 +727,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6f33dfc4996c4e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5467385a098844f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92859471ea954df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6d7f0b388a54580" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R60cb683933904922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R222d43c48c8747c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51c47bb1665d4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae4552f9fc934aad" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>