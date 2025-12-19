--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,208 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6d44232a88c04b88" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R22001ae9d4bb4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb65278a1786d4882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65574249b96841f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R12ea4639854a482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra494ecc673584712" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$19.20</w:t>
+        <w:t>$6.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>16,30 €</w:t>
+        <w:t>5,18 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$90.70</w:t>
+        <w:t>$14.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>77,02 €</w:t>
+        <w:t>12,65 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$56.40</w:t>
+        <w:t>$26.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>47,89 €</w:t>
+        <w:t>22,16 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$91.60</w:t>
+        <w:t>$24.60</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>77,79 €</w:t>
+        <w:t>20,89 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$2.80</w:t>
+        <w:t>$38.30</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>2,38 €</w:t>
+        <w:t>32,52 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$96.00</w:t>
+        <w:t>$56.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>81,52 €</w:t>
+        <w:t>48,23 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$57.90</w:t>
+        <w:t>$28.40</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>49,17 €</w:t>
+        <w:t>24,12 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$63.50</w:t>
+        <w:t>$67.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>53,92 €</w:t>
+        <w:t>57,57 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$5.60</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>4,76 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -727,51 +748,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R60cb683933904922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R222d43c48c8747c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51c47bb1665d4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae4552f9fc934aad" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R34e719e3468f4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc55397dd345c4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbe2faa75354349c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc1b28e82d31a450b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>