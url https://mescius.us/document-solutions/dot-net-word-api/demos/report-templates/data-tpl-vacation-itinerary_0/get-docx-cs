--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -115,52 +115,52 @@
             <w:tcW w:w="10671" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC852"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="050A33"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="050A33"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Vacation Itinerary</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_GoBack" w:id="16250610987244702500"/>
-            <w:bookmarkEnd w:id="16250610987244702500"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="8861307460268639386"/>
+            <w:bookmarkEnd w:id="8861307460268639386"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="611" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="97"/>
               <w:ind w:left="269"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="050A33"/>