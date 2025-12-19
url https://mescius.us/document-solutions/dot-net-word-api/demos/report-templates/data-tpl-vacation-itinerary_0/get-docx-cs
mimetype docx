--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -115,52 +115,52 @@
             <w:tcW w:w="10671" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC852"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="050A33"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="050A33"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Vacation Itinerary</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_GoBack" w:id="8861307460268639386"/>
-            <w:bookmarkEnd w:id="8861307460268639386"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="17155711882928569334"/>
+            <w:bookmarkEnd w:id="17155711882928569334"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="611" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="97"/>
               <w:ind w:left="269"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="050A33"/>