--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R501fc3e108f546f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R373562a5af394faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb2264930929546be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdf17d41a6c4a4f4e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R701a62059c0745df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R92a74370099348df" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Item processed action is required." occurred because the BatchProcess() method requires a non-null action to be specified that would be called as each root data item is processed. The fix is to specify an action (even an action that does nothing would do). Note that when the BatchProcess() method returns, the original template document with data tags rather than actual data is restored.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>{{#ds}}</w:t>
         <w:t>{{ds.name}}</w:t>
         <w:t>{{/ds}}</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
@@ -595,51 +595,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4af9a8a7d48b4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re05df8290cb94982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9b7f2b9bed9542ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R165e7471fe5c45c6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7e2eab29d8f04c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6dac44cd9ed4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R42651447a5da4f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc073b85b80084d57" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>