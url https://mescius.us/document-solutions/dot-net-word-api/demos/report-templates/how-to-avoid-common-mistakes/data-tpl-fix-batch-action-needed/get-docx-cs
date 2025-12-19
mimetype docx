--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdf17d41a6c4a4f4e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R701a62059c0745df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R92a74370099348df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ddf31d255954fd7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c88ae7c823c4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R132104781919402e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Item processed action is required." occurred because the BatchProcess() method requires a non-null action to be specified that would be called as each root data item is processed. The fix is to specify an action (even an action that does nothing would do). Note that when the BatchProcess() method returns, the original template document with data tags rather than actual data is restored.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>{{#ds}}</w:t>
         <w:t>{{ds.name}}</w:t>
         <w:t>{{/ds}}</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
@@ -595,51 +595,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7e2eab29d8f04c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6dac44cd9ed4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R42651447a5da4f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc073b85b80084d57" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6b30a13d6a094cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7456c05cdaf54650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf64bc7a0a62e4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7d12ddee674d4bb5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>