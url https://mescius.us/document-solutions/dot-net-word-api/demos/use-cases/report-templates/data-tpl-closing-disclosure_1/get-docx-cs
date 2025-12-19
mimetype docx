--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="3465442569270360713"/>
-            <w:bookmarkEnd w:id="3465442569270360713"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="15312746828445589519"/>
+            <w:bookmarkEnd w:id="15312746828445589519"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>