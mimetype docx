--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10308</w:t>
+        <w:t>10970</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10/18/2012</w:t>
+        <w:t>4/22/2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Ana Trujillo Emparedados y helados</w:t>
+        <w:t>Bólido Comidas preparadas</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Robert King</w:t>
+        <w:t>Anne Dodsworth</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Avda. de la Constitución 2222,</w:t>
+        <w:t>C/ Araquil, 67,</w:t>
         <w:cr/>
-        <w:t>México D.F.  05021 Mexico</w:t>
+        <w:t>Madrid  28023 Spain</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R36f3cd57d71e4d78">
+      <w:hyperlink r:id="Rf8a952915102497e">
         <w:r>
-          <w:t>robert.k@anatrujilloemparedadosyhelados.com</w:t>
+          <w:t>anne.d@bólidocomidaspreparadas.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Robert King</w:t>
+        <w:t>Anne Dodsworth</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Avda. de la Constitución 2222,</w:t>
+        <w:t>C/ Araquil, 67,</w:t>
         <w:cr/>
-        <w:t>México D.F.  05021 Mexico</w:t>
+        <w:t>Madrid  28023 Spain</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,274 +673,138 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gudbrandsdalsost</w:t>
+              <w:t>Filo Mix</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>40</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$28.80</w:t>
+              <w:t>$7.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$28.80</w:t>
-[...135 lines deleted...]
-              <w:t>$60.00</w:t>
+              <w:t>$280.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -999,51 +863,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$88.80</w:t>
+              <w:t>$280.00</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2263,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R36f3cd57d71e4d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rf8a952915102497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>